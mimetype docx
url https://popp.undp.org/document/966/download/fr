--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -1,60 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="21F253C8" w14:textId="505182ED" w:rsidR="007D7219" w:rsidRDefault="005718CE" w:rsidP="007542FC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Mise en compétition</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A6C3F7D" w14:textId="77777777" w:rsidR="00D57106" w:rsidRPr="000D188E" w:rsidRDefault="00D57106" w:rsidP="007542FC">
       <w:pPr>
@@ -175,1473 +173,1473 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="739B9A9A" w14:textId="75FF67FB" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="739B9A9A" w14:textId="75FF67FB" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958164" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dossiers types d'invitation à soumissionner</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958164 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3386E973" w14:textId="777ACF15" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="3386E973" w14:textId="777ACF15" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958165" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions générales</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958165 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="59B6C302" w14:textId="1CF13C15" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="59B6C302" w14:textId="1CF13C15" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958166" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Situation de conflits d'intérêts potentiels</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958166 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="53640296" w14:textId="76CF4CAC" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="53640296" w14:textId="76CF4CAC" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958167" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Coût de préparation de l'offre</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958167 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3EC40CAF" w14:textId="788A5398" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="3EC40CAF" w14:textId="788A5398" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958168" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Langue de l'offre</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958168 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02276766" w14:textId="30518C93" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="02276766" w14:textId="30518C93" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958169" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Structure de l'offre</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958169 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CB67505" w14:textId="64783A13" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="3CB67505" w14:textId="64783A13" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958170" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Coentreprises, consortiums ou partenariats</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958170 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3EB406CD" w14:textId="4A101EBD" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="3EB406CD" w14:textId="4A101EBD" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958171" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Garanties bancaires</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958171 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B75C9FB" w14:textId="15D80B35" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="1B75C9FB" w14:textId="15D80B35" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958172" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Soumission financière</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958172 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10D25E0E" w14:textId="354163CE" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="10D25E0E" w14:textId="354163CE" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958173" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Devise de la soumission</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958173 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="716EF794" w14:textId="1869E220" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="716EF794" w14:textId="1869E220" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958174" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Paiement anticipé</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958174 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="491CE752" w14:textId="758ACA5B" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="491CE752" w14:textId="758ACA5B" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958175" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Validité des soumissions</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958175 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74E306AF" w14:textId="7B1C8EEF" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="74E306AF" w14:textId="7B1C8EEF" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958176" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Modification de l’appel à la concurrence</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958176 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="448455DE" w14:textId="6C57E062" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="448455DE" w14:textId="6C57E062" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958177" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Dépôt d'une soumission alternative</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958177 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="23DF0DE0" w14:textId="1D2D5B3C" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="23DF0DE0" w14:textId="1D2D5B3C" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958178" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Rétraction, remplacement et modification des soumissions</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958178 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F241740" w14:textId="7D3E1010" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="3F241740" w14:textId="7D3E1010" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958179" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obtention d’explications</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958179 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="669CDA06" w14:textId="7656C541" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="669CDA06" w14:textId="7656C541" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958180" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Conférence des soumissionnaires</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958180 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A6507F9" w14:textId="29686FC1" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="2A6507F9" w14:textId="29686FC1" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958181" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Droit d’accepter, de rejeter ou de déclarer non conforme une ou toutes les soumissions</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958181 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00EFB59A" w14:textId="043E9677" w:rsidR="00182F60" w:rsidRDefault="00182F60">
+        <w:p w14:paraId="00EFB59A" w14:textId="043E9677" w:rsidR="00182F60" w:rsidRDefault="00682E94">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958182" w:history="1">
-            <w:r w:rsidRPr="00B303D2">
+            <w:r w:rsidR="00182F60" w:rsidRPr="00B303D2">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Droit de modification des exigences lors de l’attribution du contrat</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958182 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00182F60">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="2ACDBA2D" w14:textId="071675C5" w:rsidR="00D57106" w:rsidRDefault="00FC43B7" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D188E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="26884091" w14:textId="77777777" w:rsidR="00D57106" w:rsidRDefault="00D57106" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="1F6AA197" w14:textId="77777777" w:rsidR="00D57106" w:rsidRPr="000D188E" w:rsidRDefault="00D57106" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="0D12C48B" w14:textId="77777777" w:rsidR="00855405" w:rsidRPr="000D188E" w:rsidRDefault="005A6A6B" w:rsidP="005174AC">
+        <w:p w14:paraId="0D12C48B" w14:textId="77777777" w:rsidR="00855405" w:rsidRPr="000D188E" w:rsidRDefault="00682E94" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="240ABD66" w14:textId="77777777" w:rsidR="007542FC" w:rsidRDefault="00BC623B" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contenu de page</w:t>
       </w:r>
     </w:p>
@@ -2351,247 +2349,271 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>appui aux achats lors de la rédaction des dossiers d'invitation à soumissionner pour les méthodes de passation de marchés suivantes</w:t>
       </w:r>
       <w:r w:rsidR="00BC623B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C10E330" w14:textId="77777777" w:rsidR="00923DEB" w:rsidRPr="000D188E" w:rsidRDefault="00923DEB" w:rsidP="00923DEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EE856D1" w14:textId="53B56057" w:rsidR="0027215C" w:rsidRPr="00A177B8" w:rsidRDefault="00923DEB" w:rsidP="00CD752C">
+    <w:p w14:paraId="4EE856D1" w14:textId="53B56057" w:rsidR="0027215C" w:rsidRPr="00A177B8" w:rsidRDefault="00682E94" w:rsidP="00CD752C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="001C33D7">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00923DEB" w:rsidRPr="001C33D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>MICRO-ACHAT</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3DEC436D" w14:textId="675B3EB5" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00A177B8" w:rsidP="00A177B8">
+    <w:p w14:paraId="3DEC436D" w14:textId="675B3EB5" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00682E94" w:rsidP="00A177B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00920996">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00A177B8" w:rsidRPr="00920996">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">DEMANDE DE </w:t>
         </w:r>
         <w:r w:rsidR="00604D24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>PRI</w:t>
         </w:r>
         <w:r w:rsidR="00AD5DFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>X</w:t>
         </w:r>
         <w:r w:rsidR="003879DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00AD5DFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>(RFQ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD5DFC">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A177B8">
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pour les biens)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE37880" w14:textId="136AA718" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00A177B8" w:rsidP="00A177B8">
+    <w:p w14:paraId="2BE37880" w14:textId="01012D90" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00682E94" w:rsidP="00A177B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="00D064CE">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00A177B8" w:rsidRPr="00D064CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>DEMANDE DE PROPOSITION</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A177B8">
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (pour les services d'une valeur inférieure à 200 000 </w:t>
+        <w:t xml:space="preserve"> (pour les services d'une valeur inférieure à </w:t>
+      </w:r>
+      <w:r w:rsidR="001240FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 000 </w:t>
       </w:r>
       <w:r w:rsidR="008776C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>USD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A177B8">
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5092A06A" w14:textId="1E722D85" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00A177B8" w:rsidP="00A177B8">
+    <w:p w14:paraId="5092A06A" w14:textId="253DA7E9" w:rsidR="00A177B8" w:rsidRPr="00A177B8" w:rsidRDefault="00682E94" w:rsidP="00A177B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00D064CE">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00A177B8" w:rsidRPr="00D064CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>DEMANDE DE PROPOSITION</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A177B8">
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (pour les services d'une valeur de 200 000 </w:t>
+        <w:t xml:space="preserve"> (pour les services d'une valeur de </w:t>
+      </w:r>
+      <w:r w:rsidR="001240FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 000 </w:t>
       </w:r>
       <w:r w:rsidR="008776C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>USD</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A177B8">
+      <w:r w:rsidR="00A177B8" w:rsidRPr="00A177B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> et plus)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67320B39" w14:textId="1486B6DE" w:rsidR="00A177B8" w:rsidRPr="000D188E" w:rsidRDefault="00A177B8" w:rsidP="00A177B8">
+    <w:p w14:paraId="67320B39" w14:textId="1486B6DE" w:rsidR="00A177B8" w:rsidRPr="000D188E" w:rsidRDefault="00682E94" w:rsidP="00A177B8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidRPr="00D064CE">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00A177B8" w:rsidRPr="00D064CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>APPEL D'OFFR</w:t>
         </w:r>
         <w:r w:rsidR="00384E1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>ES (IT</w:t>
         </w:r>
         <w:r w:rsidR="00C238E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>B)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="35DB1F00" w14:textId="443CBBE3" w:rsidR="007542FC" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
@@ -3414,95 +3436,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">son </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>offre, qu'elle soit sélectionnée ou non. En aucun cas, le PNUD ne sera responsable de ces coûts, quel que soit le déroulement ou le résultat du processus d'achat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1105E837" w14:textId="77777777" w:rsidR="007542FC" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Hlk520111311"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc190958168"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc190958168"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk520111311"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Langue de l'offre</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="2AAA332A" w14:textId="77777777" w:rsidR="007542FC" w:rsidRPr="00084232" w:rsidRDefault="007542FC" w:rsidP="00B24A9A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00084232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>L'offre doit également être rédigée dans une langue indiquée par le PNUD dans le dossier d'invitation à soumissionner. Lorsque des documents ne sont pas rédigés dans la langue préférée du PNUD, ils doivent être traduits pour la soumission. Aux fins de l'interprétation de l'offre, et en cas de divergence ou d'incohérence de sens, la version traduite dans la langue de préférence prévaudra. Lors de la conclusion d'un contrat, la langue du contrat régira les relations entre le contractant et le PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E799A0A" w14:textId="77777777" w:rsidR="007542FC" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc190958169"/>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>Structure de l'offre</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="7A174BEB" w14:textId="77777777" w:rsidR="00934B9B" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="006F68D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Sauf indication contraire dans le dossier d'invitation à soumissionner, l'offre comporte généralement les éléments suivants</w:t>
@@ -3931,78 +3953,78 @@
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00E72717">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>'un d'eux reçoit ou a reçu une subvention directe ou indirecte de l'</w:t>
       </w:r>
       <w:r w:rsidR="00F057BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>un ou de (s) l’</w:t>
       </w:r>
       <w:r w:rsidR="00E72717">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>autre</w:t>
       </w:r>
       <w:r w:rsidR="00F057BE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (e)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F057BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidR="00E72717">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC623B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E72717">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> ou</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6ADF8EBF" w14:textId="77777777" w:rsidR="00E72717" w:rsidRPr="000D188E" w:rsidRDefault="00E72717" w:rsidP="00E72717">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D74178C" w14:textId="77777777" w:rsidR="00E72717" w:rsidRPr="000D188E" w:rsidRDefault="0052427F" w:rsidP="00E72717">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5311,145 +5333,126 @@
       </w:pPr>
       <w:r w:rsidRPr="004B315C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Les unités administratives ont la possibilité d'exiger une garantie d’offre ou de soumission, sous la forme d'une garantie bancaire, qui lie un soumissionnaire au PNUD et respecte les engagements qui ont été pris dans son offre. Lorsqu'une garantie d'offre ou de soumission est requise, elle doit être basée sur le montant et la complexité du contrat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2F4578" w14:textId="77777777" w:rsidR="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1E1D12" w14:textId="58257E80" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
+    <w:p w14:paraId="37AD4982" w14:textId="47C510FC" w:rsidR="00F916A3" w:rsidRPr="001116E7" w:rsidRDefault="00F916A3" w:rsidP="00F916A3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B315C">
-[...39 lines deleted...]
-        <w:t>%) du montant estimé du contrat. Cependant, pour des raisons de bonnes pratiques, une garantie d'offre ou de soumission doit toujours être indiquée comme un montant spécifique plutôt que comme un pourcentage du montant du contrat.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>En règle générale, il est conseillé d'exiger une garantie de soumission pour tous les contrats supérieurs à 300 000 USD. Le montant exact doit être déterminé en fonction des pratiques du secteur. En aucun cas, la garantie de soumission ne doit normalement représenter moins de 0,5 % ni plus de 2 % du montant estimé du contrat et doit toujours être exprimée sous forme de montant forfaitaire précis afin d'éviter de divulguer le budget prévisionnel. Il est recommandé d'arrondir le montant à la hausse.  Toutefois, par souci de bonnes pratiques, la garantie de soumission doit toujours être indiquée comme un montant précis plutôt que comme un pourcentage du montant du contrat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4E3526" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1559C527" w14:textId="45BCCE4C" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
+    <w:p w14:paraId="1559C527" w14:textId="0323CE89" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B315C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Si une telle garantie est demandée, un formulaire type de garantie d’offre ou de soumission doit faire partie du dossier d'invitation à soumissionner et, si le processus est une invitation à soumissionner, la garantie de soumission doit être incluse dans la soumission technique et non dans la soumission financière.</w:t>
+        <w:t xml:space="preserve">Si une telle garantie est demandée, un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00CF7BB0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          </w:rPr>
+          <w:t>formulaire type de garantie d’offre ou de soumission</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004B315C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doit faire partie du dossier d'invitation à soumissionner et, si le processus est une invitation à soumissionner, la garantie de soumission doit être incluse dans la soumission technique et non dans la soumission financière.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FED348C" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A05AE5C" w14:textId="031C7601" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -5780,94 +5783,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BDD72C7" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00544F64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="77"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Si le soumissionnaire retenu ne signe pas le contrat après que le PNUD l’</w:t>
       </w:r>
       <w:r w:rsidR="007027EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> attribué</w:t>
       </w:r>
       <w:r w:rsidR="00BC623B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou ne se conforme pas aux modifications des exigences du PNUD</w:t>
       </w:r>
       <w:r w:rsidR="00BC623B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou ne fournit pas </w:t>
-[...6 lines deleted...]
-        <w:t>au PNUD une garantie de bonne exécution, des assurances ou d'autres documents que le PNUD peut exiger comme condition pour rendre effectif le contrat qui peut être attribué au soumissionnaire.</w:t>
+        <w:t xml:space="preserve"> ou ne fournit pas au PNUD une garantie de bonne exécution, des assurances ou d'autres documents que le PNUD peut exiger comme condition pour rendre effectif le contrat qui peut être attribué au soumissionnaire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4988E3EE" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239CFEAC" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00A12B6A" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
@@ -5946,51 +5943,51 @@
       </w:r>
       <w:r w:rsidRPr="004B315C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> exigent une garantie de bonne exécution</w:t>
       </w:r>
       <w:r w:rsidR="00DB7B93" w:rsidRPr="00DB7B93">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB7B93">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>en utilisant à cet effet le modèle standard du PNUD :</w:t>
       </w:r>
       <w:r w:rsidR="00126A5A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00D55FD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>S</w:t>
         </w:r>
         <w:r w:rsidR="00D55FD6" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>écurité</w:t>
         </w:r>
         <w:r w:rsidR="00126A5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00126A5A" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -6429,58 +6426,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9D4400" w14:textId="02602072" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B315C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les dommages et intérêts libératoires se réfèrent au montant que l'entrepreneur doit payer au PNUD pour les dommages causés à la suite du manquement de l’entrepreneur à ses obligations en vertu du </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>contrat. Cette disposition est couramment utilisée pour l'achat de biens ou de travaux, quand les retards et les écarts peuvent causer de graves conséquences au PNUD, mais elle peut également être appliquée aux services, si la nature et le contexte du besoin le justifient. L'application des LD est facultative, car il peut y avoir des procédures d'achats où des retards raisonnables ne présentent pas de risques sérieux.</w:t>
+        <w:t>Les dommages et intérêts libératoires se réfèrent au montant que l'entrepreneur doit payer au PNUD pour les dommages causés à la suite du manquement de l’entrepreneur à ses obligations en vertu du contrat. Cette disposition est couramment utilisée pour l'achat de biens ou de travaux, quand les retards et les écarts peuvent causer de graves conséquences au PNUD, mais elle peut également être appliquée aux services, si la nature et le contexte du besoin le justifient. L'application des LD est facultative, car il peut y avoir des procédures d'achats où des retards raisonnables ne présentent pas de risques sérieux.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F468260" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F047691" w14:textId="78ED4F81" w:rsidR="00AC0780" w:rsidRPr="004B315C" w:rsidRDefault="00AC0780" w:rsidP="004B315C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -7111,51 +7102,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Si une exception à cette règle devait être faite, le PNUD obligera</w:t>
       </w:r>
       <w:r w:rsidR="00B711F2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> le soumissionnaire à fournir une garantie bancaire d’un montant identique à celui du paiement anticipé. Une garantie bancaire pour le paiement anticipé devra être fournie en utilisant à cet effet le modèle standard du PNUD</w:t>
       </w:r>
       <w:r w:rsidR="002E31E7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00424DB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>G</w:t>
         </w:r>
         <w:r w:rsidR="002E31E7" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>arantie</w:t>
         </w:r>
         <w:r w:rsidR="00424DB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="002E31E7" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -8764,57 +8755,71 @@
     </w:p>
     <w:p w14:paraId="405538F4" w14:textId="1E9C7AC6" w:rsidR="00AF7822" w:rsidRDefault="00AF7822" w:rsidP="00CD752C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Soumission - la réponse du soumissionnaire à l’invitation à </w:t>
       </w:r>
       <w:r w:rsidR="00E07C2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">proposer une offre </w:t>
-[...5 lines deleted...]
-        <w:t>, y compris le formulaire de soumission, les soumission</w:t>
+        <w:t xml:space="preserve">proposer une </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E07C2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offre </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y compris le formulaire de soumission, les soumission</w:t>
       </w:r>
       <w:r w:rsidR="00E07C2E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> technique et financière et tout autre document joint, tel que requis par la RFP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2076D18B" w14:textId="77777777" w:rsidR="00CD752C" w:rsidRPr="00CD752C" w:rsidRDefault="00CD752C" w:rsidP="00CD752C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0951805D" w14:textId="63413D24" w:rsidR="00AF7822" w:rsidRDefault="00AF7822" w:rsidP="00CD752C">
       <w:pPr>
@@ -9101,130 +9106,142 @@
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:val="en-GB" w:eastAsia="fi-FI"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77ABB664" w14:textId="3EAD49D1" w:rsidR="00FB6758" w:rsidRPr="00FB6758" w:rsidRDefault="00FB6758" w:rsidP="00FB6758">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="270" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FB6758">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
-              <w:t xml:space="preserve">Attention: </w:t>
+              <w:t>Attention:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FB6758">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:lang w:eastAsia="fi-FI"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB6758">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t>En cas de divergence entre les textes français et anglais de cette politique, le texte anglais fait foi, sauf disposition expresse écrite contraire.</w:t>
             </w:r>
             <w:r w:rsidR="00C05950">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:lang w:eastAsia="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40FAEB72" w14:textId="07036B06" w:rsidR="00F84050" w:rsidRPr="00F84050" w:rsidRDefault="00F84050" w:rsidP="00C05950">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F84050" w:rsidRPr="00F84050" w:rsidSect="00D57106">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1170" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="1260" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="241FE549" w14:textId="77777777" w:rsidR="00376E38" w:rsidRDefault="00376E38" w:rsidP="000D68B6">
+    <w:p w14:paraId="226A3206" w14:textId="77777777" w:rsidR="00682E94" w:rsidRDefault="00682E94" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C83C4DD" w14:textId="77777777" w:rsidR="00376E38" w:rsidRDefault="00376E38" w:rsidP="000D68B6">
+    <w:p w14:paraId="331F9BC4" w14:textId="77777777" w:rsidR="00682E94" w:rsidRDefault="00682E94" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9260,56 +9277,63 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2AAABA2D" w14:textId="5D066968" w:rsidR="007027EF" w:rsidRPr="00571200" w:rsidRDefault="007027EF" w:rsidP="00571200">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2AAABA2D" w14:textId="0826A3CB" w:rsidR="007027EF" w:rsidRPr="00571200" w:rsidRDefault="007027EF" w:rsidP="00571200">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00FC43B7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00571200">
       <w:rPr>
         <w:b/>
@@ -9341,131 +9365,116 @@
     <w:r w:rsidR="00FC43B7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001C33D7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>16</w:t>
     </w:r>
     <w:r w:rsidR="00FC43B7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidR="001C33D7">
-[...23 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+      <w:r w:rsidR="001C33D7" w:rsidRPr="001C33D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+    </w:fldSimple>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Date d’entrée en vigueur :</w:t>
     </w:r>
     <w:r w:rsidR="00023941" w:rsidRPr="00023941">
       <w:t xml:space="preserve"> 27/07/2016</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">     Version n : </w:t>
     </w:r>
-    <w:r w:rsidR="000447FA">
-      <w:t>8</w:t>
+    <w:r w:rsidR="001240FC">
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="000447FA" w:rsidRPr="000447FA">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D660357" w14:textId="77777777" w:rsidR="00376E38" w:rsidRDefault="00376E38" w:rsidP="000D68B6">
+    <w:p w14:paraId="2C538CEB" w14:textId="77777777" w:rsidR="00682E94" w:rsidRDefault="00682E94" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7964E8AD" w14:textId="77777777" w:rsidR="00376E38" w:rsidRDefault="00376E38" w:rsidP="000D68B6">
+    <w:p w14:paraId="09D5D288" w14:textId="77777777" w:rsidR="00682E94" w:rsidRDefault="00682E94" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1A50EE33" w14:textId="65958D94" w:rsidR="007027EF" w:rsidRDefault="005566B7" w:rsidP="00571200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="005566B7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D2E43CD" wp14:editId="02EBDAEE">
           <wp:extent cx="328361" cy="658086"/>
           <wp:effectExtent l="0" t="0" r="0" b="8890"/>
           <wp:docPr id="1849313357" name="Picture 1849313357" descr="PNUD-Logo-Blue-Large"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="PNUD-Logo-Blue-Large"/>
                   <pic:cNvPicPr>
@@ -9494,51 +9503,51 @@
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00215B52">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2DCEECA6" w14:textId="77777777" w:rsidR="007027EF" w:rsidRDefault="007027EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F4D13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42EE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3423" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4143" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13920,370 +13929,373 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2081977453">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1941444690">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="635649003">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2080858178">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="720714740">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1590239236">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="666900993">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1247767588">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="104888793">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1889299481">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1177310260">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1279023587">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1502546476">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="490873890">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="64493179">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1158224928">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1174148367">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2132631202">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1731804459">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="754017238">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1205173929">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="2107730662">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1156802498">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="158231951">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="486173058">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1829639183">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2060474864">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1393576845">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1347753685">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1681665782">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1696541163">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1901743135">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="253393875">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1427464456">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="630749712">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="784423358">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="388961783">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1642616267">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="262807903">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1283460957">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1507095158">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="63644653">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1603025782">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="811674652">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1105930305">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="2039381726">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="694886360">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="83840254">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="650060253">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1979218749">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1043866591">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1186749610">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="2100129219">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="1552838378">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="1455055310">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="503906416">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="600452380">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="71126069">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="475224612">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="121314319">
+  <w:num w:numId="60">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="1324435605">
+  <w:num w:numId="61">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="388237273">
+  <w:num w:numId="62">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="2050298731">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="1059135412">
+  <w:num w:numId="64">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="889194262">
+  <w:num w:numId="65">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="89933693">
+  <w:num w:numId="66">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="202210564">
+  <w:num w:numId="67">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="1950431277">
+  <w:num w:numId="68">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="194928880">
+  <w:num w:numId="69">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="1005743354">
+  <w:num w:numId="70">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="1034111720">
+  <w:num w:numId="71">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="637927453">
+  <w:num w:numId="72">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="290016054">
+  <w:num w:numId="73">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="74" w16cid:durableId="387414962">
+  <w:num w:numId="74">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="75" w16cid:durableId="52585877">
+  <w:num w:numId="75">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="76" w16cid:durableId="1819227038">
+  <w:num w:numId="76">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="77" w16cid:durableId="905261932">
+  <w:num w:numId="77">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="78" w16cid:durableId="68040938">
+  <w:num w:numId="78">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="79" w16cid:durableId="257447097">
+  <w:num w:numId="79">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="80" w16cid:durableId="1528566940">
+  <w:num w:numId="80">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="81" w16cid:durableId="867064277">
+  <w:num w:numId="81">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="82" w16cid:durableId="1609510879">
+  <w:num w:numId="82">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="83" w16cid:durableId="1260067510">
+  <w:num w:numId="83">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84" w16cid:durableId="1089496661">
+  <w:num w:numId="84">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="85" w16cid:durableId="1629509605">
+  <w:num w:numId="85">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="86" w16cid:durableId="844515284">
+  <w:num w:numId="86">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="87" w16cid:durableId="2115634937">
+  <w:num w:numId="87">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="79"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007542FC"/>
     <w:rsid w:val="0001244B"/>
     <w:rsid w:val="00012D8F"/>
     <w:rsid w:val="00023941"/>
     <w:rsid w:val="000265BA"/>
     <w:rsid w:val="000327B5"/>
+    <w:rsid w:val="000331BE"/>
     <w:rsid w:val="000447FA"/>
     <w:rsid w:val="00061429"/>
     <w:rsid w:val="00067872"/>
     <w:rsid w:val="00077FA6"/>
     <w:rsid w:val="00084232"/>
     <w:rsid w:val="00095D79"/>
     <w:rsid w:val="000A4CA1"/>
     <w:rsid w:val="000A56DA"/>
     <w:rsid w:val="000C07CD"/>
     <w:rsid w:val="000D188E"/>
     <w:rsid w:val="000D4DE0"/>
     <w:rsid w:val="000D68B6"/>
     <w:rsid w:val="000D7861"/>
     <w:rsid w:val="000E10F2"/>
     <w:rsid w:val="000E3735"/>
     <w:rsid w:val="000E3D2C"/>
     <w:rsid w:val="000E543A"/>
     <w:rsid w:val="000F2F94"/>
     <w:rsid w:val="00101583"/>
     <w:rsid w:val="00104240"/>
+    <w:rsid w:val="001116E7"/>
     <w:rsid w:val="00116A1B"/>
+    <w:rsid w:val="001240FC"/>
     <w:rsid w:val="00126A5A"/>
     <w:rsid w:val="0012797C"/>
     <w:rsid w:val="0013208B"/>
     <w:rsid w:val="0013377B"/>
     <w:rsid w:val="00147DE7"/>
     <w:rsid w:val="00173BCD"/>
     <w:rsid w:val="00182F60"/>
     <w:rsid w:val="00185030"/>
     <w:rsid w:val="001933A7"/>
     <w:rsid w:val="00197309"/>
     <w:rsid w:val="001A0D3C"/>
     <w:rsid w:val="001A56B6"/>
     <w:rsid w:val="001A790D"/>
     <w:rsid w:val="001B518C"/>
     <w:rsid w:val="001C33D7"/>
     <w:rsid w:val="001C33DB"/>
     <w:rsid w:val="001E5DC1"/>
     <w:rsid w:val="00205612"/>
     <w:rsid w:val="002109CA"/>
     <w:rsid w:val="00215B52"/>
     <w:rsid w:val="00220CEB"/>
     <w:rsid w:val="0023146E"/>
     <w:rsid w:val="002319DB"/>
     <w:rsid w:val="0025226C"/>
     <w:rsid w:val="00261193"/>
@@ -14331,54 +14343,56 @@
     <w:rsid w:val="004B315C"/>
     <w:rsid w:val="004B4B7D"/>
     <w:rsid w:val="004C01D7"/>
     <w:rsid w:val="004C66AE"/>
     <w:rsid w:val="004D1F02"/>
     <w:rsid w:val="004D2239"/>
     <w:rsid w:val="004D386C"/>
     <w:rsid w:val="005174AC"/>
     <w:rsid w:val="0052427F"/>
     <w:rsid w:val="00542C91"/>
     <w:rsid w:val="00544F64"/>
     <w:rsid w:val="005463DE"/>
     <w:rsid w:val="00546F89"/>
     <w:rsid w:val="00547957"/>
     <w:rsid w:val="005566B7"/>
     <w:rsid w:val="00567674"/>
     <w:rsid w:val="00571200"/>
     <w:rsid w:val="005718CE"/>
     <w:rsid w:val="005967B2"/>
     <w:rsid w:val="005C582D"/>
     <w:rsid w:val="005E25B7"/>
     <w:rsid w:val="005F2AD4"/>
     <w:rsid w:val="00603DD8"/>
     <w:rsid w:val="00604D24"/>
     <w:rsid w:val="00607127"/>
+    <w:rsid w:val="0063521A"/>
     <w:rsid w:val="00641204"/>
     <w:rsid w:val="006422E3"/>
     <w:rsid w:val="00654EF0"/>
     <w:rsid w:val="00662236"/>
+    <w:rsid w:val="00682E94"/>
     <w:rsid w:val="006947ED"/>
     <w:rsid w:val="006A6A86"/>
     <w:rsid w:val="006A7B13"/>
     <w:rsid w:val="006B1B5F"/>
     <w:rsid w:val="006B5ACE"/>
     <w:rsid w:val="006C5400"/>
     <w:rsid w:val="006D739B"/>
     <w:rsid w:val="006E4991"/>
     <w:rsid w:val="006E6ED9"/>
     <w:rsid w:val="006F68D4"/>
     <w:rsid w:val="0070027A"/>
     <w:rsid w:val="00701287"/>
     <w:rsid w:val="007014FB"/>
     <w:rsid w:val="007027EF"/>
     <w:rsid w:val="00720F1B"/>
     <w:rsid w:val="00726693"/>
     <w:rsid w:val="0073301F"/>
     <w:rsid w:val="00745750"/>
     <w:rsid w:val="007542FC"/>
     <w:rsid w:val="007553E6"/>
     <w:rsid w:val="00755BB7"/>
     <w:rsid w:val="007626AE"/>
     <w:rsid w:val="00774FB2"/>
     <w:rsid w:val="00777FF4"/>
     <w:rsid w:val="007979AE"/>
@@ -14431,180 +14445,185 @@
     <w:rsid w:val="009E0A6D"/>
     <w:rsid w:val="009F1968"/>
     <w:rsid w:val="009F1EC4"/>
     <w:rsid w:val="009F7AA6"/>
     <w:rsid w:val="00A12B6A"/>
     <w:rsid w:val="00A15A26"/>
     <w:rsid w:val="00A177B8"/>
     <w:rsid w:val="00A20372"/>
     <w:rsid w:val="00A2358F"/>
     <w:rsid w:val="00A44474"/>
     <w:rsid w:val="00A46FFE"/>
     <w:rsid w:val="00A47627"/>
     <w:rsid w:val="00A62836"/>
     <w:rsid w:val="00A63321"/>
     <w:rsid w:val="00A64286"/>
     <w:rsid w:val="00A75324"/>
     <w:rsid w:val="00A846B2"/>
     <w:rsid w:val="00A97688"/>
     <w:rsid w:val="00AA0AA2"/>
     <w:rsid w:val="00AA3C83"/>
     <w:rsid w:val="00AA791E"/>
     <w:rsid w:val="00AB54DE"/>
     <w:rsid w:val="00AC0780"/>
     <w:rsid w:val="00AC139E"/>
     <w:rsid w:val="00AC31E1"/>
+    <w:rsid w:val="00AC4C32"/>
     <w:rsid w:val="00AD5DFC"/>
     <w:rsid w:val="00AE45EC"/>
     <w:rsid w:val="00AF10C4"/>
     <w:rsid w:val="00AF7123"/>
     <w:rsid w:val="00AF7822"/>
     <w:rsid w:val="00B001DD"/>
     <w:rsid w:val="00B04143"/>
     <w:rsid w:val="00B21156"/>
     <w:rsid w:val="00B24A9A"/>
     <w:rsid w:val="00B47774"/>
     <w:rsid w:val="00B711F2"/>
     <w:rsid w:val="00B9676D"/>
     <w:rsid w:val="00BA38FE"/>
     <w:rsid w:val="00BB223C"/>
     <w:rsid w:val="00BB6BD8"/>
     <w:rsid w:val="00BB6DD0"/>
     <w:rsid w:val="00BC174C"/>
     <w:rsid w:val="00BC2156"/>
     <w:rsid w:val="00BC23DF"/>
     <w:rsid w:val="00BC56FD"/>
     <w:rsid w:val="00BC623B"/>
     <w:rsid w:val="00C05950"/>
     <w:rsid w:val="00C062C7"/>
     <w:rsid w:val="00C151FB"/>
     <w:rsid w:val="00C16C73"/>
     <w:rsid w:val="00C238E4"/>
     <w:rsid w:val="00C27516"/>
     <w:rsid w:val="00C3129E"/>
     <w:rsid w:val="00C44094"/>
     <w:rsid w:val="00C61852"/>
     <w:rsid w:val="00C662B2"/>
     <w:rsid w:val="00C711F6"/>
     <w:rsid w:val="00C72A13"/>
     <w:rsid w:val="00C73589"/>
     <w:rsid w:val="00C83B74"/>
     <w:rsid w:val="00C90FCB"/>
     <w:rsid w:val="00CA0FAA"/>
     <w:rsid w:val="00CA2B8C"/>
     <w:rsid w:val="00CC66E8"/>
     <w:rsid w:val="00CD374E"/>
     <w:rsid w:val="00CD449E"/>
     <w:rsid w:val="00CD752C"/>
+    <w:rsid w:val="00CF7BB0"/>
     <w:rsid w:val="00CF7CE1"/>
     <w:rsid w:val="00D01513"/>
     <w:rsid w:val="00D04E43"/>
     <w:rsid w:val="00D064CE"/>
     <w:rsid w:val="00D12647"/>
     <w:rsid w:val="00D21952"/>
     <w:rsid w:val="00D221FE"/>
     <w:rsid w:val="00D42B73"/>
     <w:rsid w:val="00D44A0E"/>
     <w:rsid w:val="00D46E9E"/>
     <w:rsid w:val="00D55FD6"/>
     <w:rsid w:val="00D56C6D"/>
     <w:rsid w:val="00D57106"/>
     <w:rsid w:val="00D62C8A"/>
     <w:rsid w:val="00D732E5"/>
     <w:rsid w:val="00D933C1"/>
     <w:rsid w:val="00DA15B6"/>
     <w:rsid w:val="00DA372C"/>
     <w:rsid w:val="00DA520C"/>
     <w:rsid w:val="00DB7B93"/>
     <w:rsid w:val="00DC1841"/>
     <w:rsid w:val="00DD0C4B"/>
     <w:rsid w:val="00DF3FD4"/>
     <w:rsid w:val="00DF5775"/>
     <w:rsid w:val="00DF6ABC"/>
     <w:rsid w:val="00E01596"/>
     <w:rsid w:val="00E07C2E"/>
     <w:rsid w:val="00E13DA2"/>
     <w:rsid w:val="00E31E6D"/>
     <w:rsid w:val="00E36AD9"/>
     <w:rsid w:val="00E42A18"/>
     <w:rsid w:val="00E5513F"/>
     <w:rsid w:val="00E72717"/>
     <w:rsid w:val="00E7618F"/>
     <w:rsid w:val="00E87CA1"/>
     <w:rsid w:val="00EA23B3"/>
     <w:rsid w:val="00EA3C7F"/>
     <w:rsid w:val="00EB407D"/>
     <w:rsid w:val="00EB5CEB"/>
     <w:rsid w:val="00F00ED0"/>
     <w:rsid w:val="00F057BE"/>
+    <w:rsid w:val="00F06829"/>
+    <w:rsid w:val="00F24C21"/>
     <w:rsid w:val="00F27CD4"/>
     <w:rsid w:val="00F51FB1"/>
     <w:rsid w:val="00F5436B"/>
     <w:rsid w:val="00F551FD"/>
     <w:rsid w:val="00F56DE5"/>
     <w:rsid w:val="00F574AA"/>
     <w:rsid w:val="00F7476B"/>
     <w:rsid w:val="00F84050"/>
+    <w:rsid w:val="00F916A3"/>
     <w:rsid w:val="00F9651C"/>
     <w:rsid w:val="00FA4FF9"/>
     <w:rsid w:val="00FB0F21"/>
     <w:rsid w:val="00FB6758"/>
     <w:rsid w:val="00FC43B7"/>
     <w:rsid w:val="00FE41C0"/>
     <w:rsid w:val="00FE6B28"/>
     <w:rsid w:val="00FF27C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36B36FAE"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15309,51 +15328,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00220CEB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008C30DF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1908371114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2110198318">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -17904,51 +17923,51 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/securite-des-performances" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/appel-doffres-itb" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/invitation-soumissionner-plus-de-200-000-dollars-des-etats-unis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/demande-de-proposition-pour-moins-de-20000000-usd" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/garantie-de-paiement-anticipe" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/demande-de-prix-rfq" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/demande-de-proposition-pour-moins-de-20000000-usd" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/garantie-de-paiement-anticipe" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/demande-de-prix-rfq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/securite-des-performances" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/formulaire-type-de-garantie-doffre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/2046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/appel-doffres-itb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/invitation-soumissionner-plus-de-200-000-dollars-des-etats-unis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -18188,469 +18207,224 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...132 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -18695,172 +18469,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9181995-F530-46D4-8217-E8D135175A10}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B71BBA-DB90-4D76-83DF-21348D33568C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4DE77F-082A-42D5-BDED-C84B9520947A}">
-[...33 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C138FFA5-C527-4301-870A-46C7172A1E95}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31DB6E66-6816-4D62-9560-20424151164F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4DE77F-082A-42D5-BDED-C84B9520947A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>6376</Words>
-  <Characters>36349</Characters>
+  <Words>6406</Words>
+  <Characters>36520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>302</Lines>
+  <Lines>304</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42640</CharactersWithSpaces>
+  <CharactersWithSpaces>42841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hideko Hadzialic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>4e17fa7b-6c96-43d5-94a9-d2e7fed708e6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
@@ -18887,27 +18648,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UNDP_POPP_DOCUMENT_TYPE">
     <vt:lpwstr>Policy</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="UNDP_POPP_VERSION_COMMENTS">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="UNDP_POPP_DOCUMENT_LANGUAGE">
     <vt:lpwstr>French</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="UNDP_POPP_FILEVERSION">
     <vt:r8>2048</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="UNDP_POPP_REFITEM_VERSION">
     <vt:r8>7</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="docLang">
+    <vt:lpwstr>fr</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>