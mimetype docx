--- v0 (2025-10-10)
+++ v1 (2026-03-05)
@@ -1,60 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="58FA3E80" w14:textId="77777777" w:rsidR="007D7219" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="007542FC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Licitación</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
@@ -160,1429 +158,1429 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="39F7CC28" w14:textId="68D02EAD" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="39F7CC28" w14:textId="68D02EAD" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958210" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Documentos de Solicitud Estándares</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958210 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="725FE083" w14:textId="04EB22FF" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="725FE083" w14:textId="04EB22FF" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958211" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instrucciones Generales</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958211 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6334F474" w14:textId="43598337" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="6334F474" w14:textId="43598337" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958212" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Situación de Posibles Conflictos de Intereses</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958212 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0192F184" w14:textId="0B038985" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="0192F184" w14:textId="0B038985" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958213" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Costo de Preparación de la Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958213 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D481397" w14:textId="05CD030A" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="7D481397" w14:textId="05CD030A" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958214" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Idioma de la Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958214 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5124825D" w14:textId="71B044B9" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="5124825D" w14:textId="71B044B9" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958215" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Estructura de la Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958215 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00AA0E91" w14:textId="7A02776F" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="00AA0E91" w14:textId="7A02776F" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958216" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Empresas Mixtas, Consorcios o Asociaciones</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958216 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16FD8FEB" w14:textId="4B1540F4" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="16FD8FEB" w14:textId="4B1540F4" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958217" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instrumentos de Garantía</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958217 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1886E98A" w14:textId="7A890C83" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="1886E98A" w14:textId="7A890C83" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958218" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Propuesta Financiera</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958218 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0ABA16D6" w14:textId="297DF99C" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="0ABA16D6" w14:textId="297DF99C" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958219" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Moneda de la Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958219 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="200AB459" w14:textId="49E94AD3" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="200AB459" w14:textId="49E94AD3" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958220" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pago Anticipado</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958220 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55B576B0" w14:textId="1D4BC051" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="55B576B0" w14:textId="1D4BC051" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958221" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Validez de las Ofertas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958221 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D97108C" w14:textId="3A9B88C9" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="2D97108C" w14:textId="3A9B88C9" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958222" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Modificación de una Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958222 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="17629B7C" w14:textId="6522D3B8" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="17629B7C" w14:textId="6522D3B8" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958223" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Presentación de una Oferta Alternativa</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958223 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CF3A89B" w14:textId="7A5FED4A" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="3CF3A89B" w14:textId="7A5FED4A" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958224" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Retiro, Sustitución y Modificación de la Oferta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958224 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A9823DD" w14:textId="55FCEC0B" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="6A9823DD" w14:textId="55FCEC0B" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958225" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Obtención de Aclaración</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958225 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69A4C227" w14:textId="5A2FB908" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="69A4C227" w14:textId="5A2FB908" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958226" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Conferencia de Ofertantes</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958226 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="70B94F72" w14:textId="624BEB50" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="70B94F72" w14:textId="624BEB50" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958227" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Derecho del PNUD a aceptar, rechazar o considerar que cualquier Oferta o todas las Ofertas no cumplen con todos los requisitos exigidos</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958227 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1029BD3B" w14:textId="3E3E338B" w:rsidR="000C7138" w:rsidRDefault="000C7138">
+        <w:p w14:paraId="1029BD3B" w14:textId="3E3E338B" w:rsidR="000C7138" w:rsidRDefault="001D23B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc190958228" w:history="1">
-            <w:r w:rsidRPr="00E04B1F">
+            <w:r w:rsidR="000C7138" w:rsidRPr="00E04B1F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Derecho a modificar los requisitos en el momento de la adjudicación</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc190958228 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="000C7138">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="58FA3E82" w14:textId="2C4D3ACE" w:rsidR="00CD752C" w:rsidRDefault="007D7219">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D188E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
@@ -1609,51 +1607,51 @@
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="58FA3E9A" w14:textId="77777777" w:rsidR="000E543A" w:rsidRPr="000D188E" w:rsidRDefault="000E543A" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="58FA3E9B" w14:textId="77777777" w:rsidR="000E543A" w:rsidRPr="000D188E" w:rsidRDefault="000E543A" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="58FA3E9C" w14:textId="77777777" w:rsidR="000E543A" w:rsidRPr="000D188E" w:rsidRDefault="000E543A" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="58FA3E9D" w14:textId="77777777" w:rsidR="00855405" w:rsidRPr="000D188E" w:rsidRDefault="00A123FE" w:rsidP="005174AC">
+        <w:p w14:paraId="58FA3E9D" w14:textId="77777777" w:rsidR="00855405" w:rsidRPr="000D188E" w:rsidRDefault="001D23B0" w:rsidP="005174AC">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="58FA3E9E" w14:textId="77777777" w:rsidR="007542FC" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:t>Page Content</w:t>
@@ -2266,219 +2264,231 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Unidad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Apoyo a las Adquisiciones al preparar los documentos de solicitud para los siguientes métodos de adquisición:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3EB8" w14:textId="77777777" w:rsidR="00923DEB" w:rsidRPr="000D188E" w:rsidRDefault="00923DEB" w:rsidP="00923DEB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FA3EB9" w14:textId="3F11996F" w:rsidR="0027215C" w:rsidRPr="00E8196E" w:rsidRDefault="00923DEB" w:rsidP="00CD752C">
+    <w:p w14:paraId="58FA3EB9" w14:textId="3F11996F" w:rsidR="0027215C" w:rsidRPr="00E8196E" w:rsidRDefault="001D23B0" w:rsidP="00CD752C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="000871C9">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00923DEB" w:rsidRPr="000871C9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>MICROCOMPRA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D6942EA" w14:textId="16A86C31" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="00E8196E" w:rsidP="00E8196E">
+    <w:p w14:paraId="2D6942EA" w14:textId="16A86C31" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="001D23B0" w:rsidP="00E8196E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00CE0A44">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00E8196E" w:rsidRPr="00CE0A44">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">SOLICITUD DE </w:t>
         </w:r>
         <w:r w:rsidR="00CE0A44" w:rsidRPr="0015395E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>COTIZACIÓN</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E8196E">
+      <w:r w:rsidR="00E8196E" w:rsidRPr="00E8196E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (para mercancías)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A38CDB2" w14:textId="2C1B5205" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="00E8196E" w:rsidP="00E8196E">
+    <w:p w14:paraId="3A38CDB2" w14:textId="57E4F3E5" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="00E8196E" w:rsidP="00E8196E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E8196E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">SOLICITUD DE PROPUESTA </w:t>
         </w:r>
         <w:r w:rsidRPr="003C7045">
-          <w:t>(para servicios inferiores a 200</w:t>
+          <w:t xml:space="preserve">(para servicios inferiores a </w:t>
+        </w:r>
+        <w:r w:rsidR="0071695A">
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="003C7045">
+          <w:t>00</w:t>
         </w:r>
         <w:r w:rsidR="005F236A">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="003C7045">
           <w:t xml:space="preserve">000 </w:t>
         </w:r>
         <w:r w:rsidR="003C7045">
           <w:t>USD</w:t>
         </w:r>
         <w:r w:rsidRPr="003C7045">
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E8196E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3037F278" w14:textId="6AB0C4E8" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="00E8196E" w:rsidP="00E8196E">
+    <w:p w14:paraId="3037F278" w14:textId="056D72C9" w:rsidR="00E8196E" w:rsidRPr="00E8196E" w:rsidRDefault="00E8196E" w:rsidP="00E8196E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E8196E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve">SOLICITUD DE PROPUESTA </w:t>
         </w:r>
         <w:r w:rsidRPr="00C70E3A">
-          <w:t>(para servicios superiores a 200</w:t>
+          <w:t xml:space="preserve">(para servicios superiores a </w:t>
+        </w:r>
+        <w:r w:rsidR="0071695A">
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C70E3A">
+          <w:t>00</w:t>
         </w:r>
         <w:r w:rsidR="005F236A">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00C70E3A">
           <w:t xml:space="preserve">000 </w:t>
         </w:r>
         <w:r w:rsidR="00FA7EDC" w:rsidRPr="00C70E3A">
           <w:t>USD</w:t>
         </w:r>
         <w:r w:rsidRPr="00C70E3A">
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CC2C939" w14:textId="4C493F7F" w:rsidR="00E8196E" w:rsidRPr="000D188E" w:rsidRDefault="00554D69" w:rsidP="00E8196E">
+    <w:p w14:paraId="0CC2C939" w14:textId="4C493F7F" w:rsidR="00E8196E" w:rsidRPr="000D188E" w:rsidRDefault="001D23B0" w:rsidP="00E8196E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00554D69">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>INVITACIÓN A LICITAR (ITB)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="58FA3EBE" w14:textId="77777777" w:rsidR="007542FC" w:rsidRPr="000D188E" w:rsidRDefault="007542FC" w:rsidP="005174AC">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="_Toc447736476"/>
       <w:bookmarkStart w:id="23" w:name="_Toc190958211"/>
       <w:r>
         <w:t>Instrucciones Generales</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
@@ -4715,111 +4725,140 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> ante el PNUD a cumplir con los compromisos asumidos en su oferta.  Cuando se requiere una Garantía de Licitación/Propuesta, esta deberá estar basada en el valor y la complejidad del contrato. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F1E" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FA3F1F" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
+    <w:p w14:paraId="58FA3F20" w14:textId="5ED80911" w:rsidR="00AC0780" w:rsidRDefault="0058434D" w:rsidP="0058434D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...10 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E76E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>En general, se recomienda solicitar una garantía de oferta para todos los contratos que superen los 300.000 USD. El importe exacto debe determinarse en función de las prácticas del sector. En ningún caso la garantía de oferta deberá ser inferior al 0,5 % ni superior al 2 % del importe estimado del contrato, y siempre deberá indicarse como una suma fija para evitar revelar el presupuesto estimado. Se recomienda redondear la cantidad al alza.  Sin embargo, como buena práctica, la garantía de oferta siempre debe indicarse como una suma específica en lugar de como un porcentaje del importe del contrato.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0780">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BD39DB" w14:textId="77777777" w:rsidR="0058434D" w:rsidRPr="00E76E63" w:rsidRDefault="0058434D" w:rsidP="00E76E63">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="58FA3F21" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58FA3F21" w14:textId="12FF0FCB" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si se solicita dicha garantía, deberá incluirse en los documentos de solicitud un formulario estándar de Garantía de Licitación/Propuesta y, si el proceso es una RFP, la garantía de propuesta debe estar dentro de la Propuesta Técnica, y no en la Propuesta Financiera.  </w:t>
+        <w:t>Si se solicita dicha garantía, deberá incluirse en los documentos de solicitud</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76E63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="003E3B8A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          </w:rPr>
+          <w:t>formulario estándar de Garantía de Licitación/Propuesta</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y, si el proceso es una RFP, la garantía de propuesta debe estar dentro de la Propuesta Técnica, y no en la Propuesta Financiera.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F22" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F23" w14:textId="7F0C922C" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -5213,51 +5252,51 @@
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Todos los contratos que exceden los USD 500 000 requieren una garantía de cumplimiento</w:t>
       </w:r>
       <w:r w:rsidR="00583928" w:rsidRPr="00583928">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00583928">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">utilizando la plantilla estándar del PNUD: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00CD7561">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>G</w:t>
         </w:r>
         <w:r w:rsidR="00CD7561" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>arantía</w:t>
         </w:r>
         <w:r w:rsidR="002D6C7C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="002D6C7C" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -5576,112 +5615,120 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58FA3F41" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">La garantía de cumplimiento deberá devolverse al Contratista dentro de los 30 días posteriores a la finalización del contrato, incluida cualquier obligación de saneamiento o período de mantenimiento según se haya acordado en el contrato.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58FA3F42" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
+    <w:p w14:paraId="58FA3F42" w14:textId="04614DB8" w:rsidR="00AC0780" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EF4B03" w14:textId="77777777" w:rsidR="003E3B8A" w:rsidRPr="000D188E" w:rsidRDefault="003E3B8A" w:rsidP="00AC0780">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F43" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00A12B6A" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indemnización fijada convencionalmente (LD) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F44" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00AC0780">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3F45" w14:textId="77777777" w:rsidR="00AC0780" w:rsidRPr="000D188E" w:rsidRDefault="00AC0780" w:rsidP="00A12B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">La indemnización fijada convencionalmente se refiere al monto que debe pagar el Contratista al PNUD por los daños ocasionados al PNUD como consecuencia del incumplimiento de las obligaciones del Contratista según el Contrato.  Se utiliza frecuentemente en la adquisición de bienes u obras, pero cuando los retrasos y las desviaciones provocarían consecuencias graves para el PNUD, también puede aplicarse a los servicios, si la naturaleza y el contexto del requisito lo justifican.  La aplicación de la LD es opcional, ya que puede haber casos de adquisición en los que los retrasos razonables no representan riesgos graves.  </w:t>
       </w:r>
@@ -6163,51 +6210,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> requiera un pago anticipado a la firma del contrato, y si dicha solicitud es aceptada debidamente por el PNUD, dicho pago anticipado no deberá exceder el 20 % del precio de la Oferta total o el monto de USD 30 000, el que sea más bajo. En caso de que se deba hacer una excepción a lo anterior, el PNUD deberá exigir al </w:t>
       </w:r>
       <w:r w:rsidR="00F63EB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Ofertante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> que presente una garantía bancaria en el mismo monto que el pago anticipado.  La garantía bancaria de pago anticipado se presentará utilizando la plantilla estándar del PNUD</w:t>
       </w:r>
       <w:r w:rsidR="00FD202A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00D01FBC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidR="00BF4017" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t>odelo</w:t>
         </w:r>
         <w:r w:rsidR="00D01FBC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00BF4017" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -8105,51 +8152,65 @@
         </w:rPr>
         <w:t xml:space="preserve">Información Complementaria a la ITB/RFP: una comunicación por escrito emitida por el PNUD a los posibles </w:t>
       </w:r>
       <w:r w:rsidR="00F63EB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Ofertante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">s/Proponentes que contiene aclaraciones, respuestas a consultas recibidas de posibles </w:t>
       </w:r>
       <w:r w:rsidR="00F63EB2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Ofertante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>s/Proponentes o cambios que deban introducirse en la ITB/RFP, en cualquier momento después de la emisión de la ITB/RFP pero antes de la fecha límite para la presentación de las Ofertas/Propuestas.</w:t>
+        <w:t>s/Proponentes o cambios que deban introducirse en la ITB/RFP, en cualquier momento después de la emisión de la ITB/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>RFP</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pero antes de la fecha límite para la presentación de las Ofertas/Propuestas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3FA2" w14:textId="77777777" w:rsidR="00CD752C" w:rsidRPr="00CD752C" w:rsidRDefault="00CD752C" w:rsidP="00CD752C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58FA3FA3" w14:textId="77777777" w:rsidR="00A2358F" w:rsidRDefault="00AF7822" w:rsidP="00CD752C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -8273,88 +8334,88 @@
       </w:r>
       <w:r w:rsidRPr="008362C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. </w:t>
       </w:r>
       <w:r w:rsidRPr="008362C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="333333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-UY" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008362C1" w:rsidRPr="000D188E">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E8F59EA" w14:textId="77777777" w:rsidR="00DD0898" w:rsidRDefault="00DD0898" w:rsidP="000D68B6">
+    <w:p w14:paraId="0EDAAFA1" w14:textId="77777777" w:rsidR="001D23B0" w:rsidRDefault="001D23B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25F75286" w14:textId="77777777" w:rsidR="00DD0898" w:rsidRDefault="00DD0898" w:rsidP="000D68B6">
+    <w:p w14:paraId="1BBCAF90" w14:textId="77777777" w:rsidR="001D23B0" w:rsidRDefault="001D23B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8394,52 +8455,52 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58FA3FA9" w14:textId="5D7AD810" w:rsidR="00E13DA2" w:rsidRPr="00571200" w:rsidRDefault="00571200" w:rsidP="00571200">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="58FA3FA9" w14:textId="4196CB97" w:rsidR="00E13DA2" w:rsidRPr="00571200" w:rsidRDefault="00571200" w:rsidP="00571200">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00571200">
       <w:rPr>
         <w:b/>
@@ -8552,97 +8613,97 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Fecha de entrada en vigor:</w:t>
     </w:r>
     <w:r w:rsidR="00162E47" w:rsidRPr="00162E47">
       <w:t xml:space="preserve"> 27/07/2016</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
-      <w:t xml:space="preserve">    Versión </w:t>
+      <w:t xml:space="preserve">   Versión </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>n.°</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00FD029D">
-      <w:t>8</w:t>
+    <w:r w:rsidR="0071695A">
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00FD029D" w:rsidRPr="00FD029D">
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68F53440" w14:textId="77777777" w:rsidR="00DD0898" w:rsidRDefault="00DD0898" w:rsidP="000D68B6">
+    <w:p w14:paraId="4DD8A14B" w14:textId="77777777" w:rsidR="001D23B0" w:rsidRDefault="001D23B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="080BA9CD" w14:textId="77777777" w:rsidR="00DD0898" w:rsidRDefault="00DD0898" w:rsidP="000D68B6">
+    <w:p w14:paraId="332821EC" w14:textId="77777777" w:rsidR="001D23B0" w:rsidRDefault="001D23B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="77BA2CFA" w14:textId="77C6CCBE" w:rsidR="00571200" w:rsidRDefault="000C7138" w:rsidP="00571200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="005566B7">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="270E5B49" wp14:editId="6CD0CF04">
           <wp:extent cx="328361" cy="658086"/>
           <wp:effectExtent l="0" t="0" r="0" b="8890"/>
           <wp:docPr id="1849313357" name="Picture 1849313357" descr="PNUD-Logo-Blue-Large"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="PNUD-Logo-Blue-Large"/>
                   <pic:cNvPicPr>
@@ -8668,51 +8729,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A984E2C" w14:textId="77777777" w:rsidR="00571200" w:rsidRDefault="00571200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081F4D13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB42EE6"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3423" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4143" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13094,423 +13155,429 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2113670816">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="559442411">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="336269892">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1424187494">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2063215764">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1407458443">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="245579755">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1968243507">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1893925867">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="7297167">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1969313778">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="616062598">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1521238106">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="909659764">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2132820859">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1333995156">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1142502318">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1960333218">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1547258479">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="820971235">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="434204765">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1844398405">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="142548945">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1069694103">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1396129413">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1432749038">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1445732815">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="742607195">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1982343440">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1052970529">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="811753510">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="390157776">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="2146972725">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="541943668">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1503473611">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="2081050151">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1831942338">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="1047801154">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1215191949">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1545483817">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="93325423">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1335721314">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1438864400">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1683243928">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="675036994">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="661667859">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="702286178">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="290939532">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="541284801">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1174145572">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="966201945">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1671372577">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="110975188">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="989748959">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="389546402">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1962375593">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="1750226002">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="1829394845">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1427384268">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="1475293057">
+  <w:num w:numId="60">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="1601916017">
+  <w:num w:numId="61">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="808478316">
+  <w:num w:numId="62">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="710304401">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="1180316472">
+  <w:num w:numId="64">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="1308321105">
+  <w:num w:numId="65">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="1585794960">
+  <w:num w:numId="66">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="193814144">
+  <w:num w:numId="67">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="250047725">
+  <w:num w:numId="68">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="1732461632">
+  <w:num w:numId="69">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="1007945042">
+  <w:num w:numId="70">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="753630861">
+  <w:num w:numId="71">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="2045521467">
+  <w:num w:numId="72">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="1240479639">
+  <w:num w:numId="73">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="74" w16cid:durableId="1045444579">
+  <w:num w:numId="74">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="75" w16cid:durableId="1939481430">
+  <w:num w:numId="75">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="76" w16cid:durableId="1014965534">
+  <w:num w:numId="76">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="77" w16cid:durableId="374544259">
+  <w:num w:numId="77">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="78" w16cid:durableId="1444808906">
+  <w:num w:numId="78">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="79" w16cid:durableId="986975924">
+  <w:num w:numId="79">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="80" w16cid:durableId="1246378348">
+  <w:num w:numId="80">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="81" w16cid:durableId="513571208">
+  <w:num w:numId="81">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="82" w16cid:durableId="973829329">
+  <w:num w:numId="82">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="83" w16cid:durableId="1070345488">
+  <w:num w:numId="83">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84" w16cid:durableId="1019039173">
+  <w:num w:numId="84">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="85" w16cid:durableId="658273351">
+  <w:num w:numId="85">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="86" w16cid:durableId="573708198">
+  <w:num w:numId="86">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="87" w16cid:durableId="1926113004">
+  <w:num w:numId="87">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="79"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007542FC"/>
     <w:rsid w:val="00016210"/>
     <w:rsid w:val="000265BA"/>
     <w:rsid w:val="00032766"/>
+    <w:rsid w:val="000331BE"/>
     <w:rsid w:val="000343FE"/>
     <w:rsid w:val="00061429"/>
     <w:rsid w:val="00077FA6"/>
     <w:rsid w:val="00083CD0"/>
     <w:rsid w:val="000871C9"/>
     <w:rsid w:val="00095D79"/>
     <w:rsid w:val="000A56DA"/>
     <w:rsid w:val="000C07CD"/>
     <w:rsid w:val="000C7138"/>
     <w:rsid w:val="000D188E"/>
     <w:rsid w:val="000D68B6"/>
     <w:rsid w:val="000D7861"/>
     <w:rsid w:val="000E3D2C"/>
     <w:rsid w:val="000E543A"/>
     <w:rsid w:val="00104240"/>
     <w:rsid w:val="00122AFE"/>
     <w:rsid w:val="0013377B"/>
     <w:rsid w:val="0015395E"/>
     <w:rsid w:val="00162E47"/>
     <w:rsid w:val="0018051D"/>
     <w:rsid w:val="0019043E"/>
     <w:rsid w:val="00197309"/>
     <w:rsid w:val="001A0D3C"/>
+    <w:rsid w:val="001D23B0"/>
     <w:rsid w:val="00205612"/>
     <w:rsid w:val="00211E63"/>
     <w:rsid w:val="0023533A"/>
+    <w:rsid w:val="00242B30"/>
     <w:rsid w:val="00250798"/>
     <w:rsid w:val="0025226C"/>
     <w:rsid w:val="00261193"/>
     <w:rsid w:val="0027215C"/>
     <w:rsid w:val="0028200F"/>
     <w:rsid w:val="002A6048"/>
     <w:rsid w:val="002D56E8"/>
     <w:rsid w:val="002D6C7C"/>
     <w:rsid w:val="003067FF"/>
     <w:rsid w:val="00313138"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00341355"/>
     <w:rsid w:val="00375104"/>
     <w:rsid w:val="00393A73"/>
     <w:rsid w:val="003A04FF"/>
     <w:rsid w:val="003A0F0B"/>
     <w:rsid w:val="003C3C09"/>
     <w:rsid w:val="003C7045"/>
     <w:rsid w:val="003E0227"/>
+    <w:rsid w:val="003E3B8A"/>
     <w:rsid w:val="003F6127"/>
     <w:rsid w:val="00407A07"/>
     <w:rsid w:val="00456863"/>
     <w:rsid w:val="0046221D"/>
     <w:rsid w:val="0048777D"/>
     <w:rsid w:val="00500659"/>
     <w:rsid w:val="005174AC"/>
     <w:rsid w:val="00542C91"/>
     <w:rsid w:val="00554D69"/>
     <w:rsid w:val="00571200"/>
     <w:rsid w:val="00583928"/>
+    <w:rsid w:val="0058434D"/>
     <w:rsid w:val="005967B2"/>
     <w:rsid w:val="00596E02"/>
     <w:rsid w:val="005D216C"/>
     <w:rsid w:val="005F236A"/>
     <w:rsid w:val="005F2AD4"/>
     <w:rsid w:val="0060053D"/>
     <w:rsid w:val="00603DD8"/>
     <w:rsid w:val="00607127"/>
     <w:rsid w:val="00613956"/>
     <w:rsid w:val="00641204"/>
     <w:rsid w:val="00664BCE"/>
     <w:rsid w:val="006A7B13"/>
     <w:rsid w:val="006B1B5F"/>
     <w:rsid w:val="006B1D15"/>
     <w:rsid w:val="006C0251"/>
     <w:rsid w:val="006D739B"/>
     <w:rsid w:val="006E6ED9"/>
     <w:rsid w:val="0070027A"/>
     <w:rsid w:val="00703DFF"/>
     <w:rsid w:val="007160AB"/>
+    <w:rsid w:val="0071695A"/>
     <w:rsid w:val="00720F1B"/>
     <w:rsid w:val="007363BA"/>
     <w:rsid w:val="00737F40"/>
     <w:rsid w:val="0074259D"/>
     <w:rsid w:val="0074703C"/>
     <w:rsid w:val="007542FC"/>
     <w:rsid w:val="007979AE"/>
     <w:rsid w:val="007B0FFC"/>
     <w:rsid w:val="007C2DDE"/>
     <w:rsid w:val="007D537D"/>
     <w:rsid w:val="007D7219"/>
     <w:rsid w:val="007E6726"/>
     <w:rsid w:val="007E789F"/>
     <w:rsid w:val="007F6EA5"/>
     <w:rsid w:val="00812FC7"/>
     <w:rsid w:val="008248BE"/>
     <w:rsid w:val="00825020"/>
     <w:rsid w:val="008254A5"/>
     <w:rsid w:val="00831100"/>
     <w:rsid w:val="008362C1"/>
     <w:rsid w:val="00855405"/>
     <w:rsid w:val="008A1933"/>
     <w:rsid w:val="008B5748"/>
     <w:rsid w:val="008C3E81"/>
     <w:rsid w:val="008D0EAA"/>
@@ -13534,131 +13601,135 @@
     <w:rsid w:val="00A46FFE"/>
     <w:rsid w:val="00A47627"/>
     <w:rsid w:val="00A846B2"/>
     <w:rsid w:val="00A93561"/>
     <w:rsid w:val="00A97688"/>
     <w:rsid w:val="00AA0AA2"/>
     <w:rsid w:val="00AA791E"/>
     <w:rsid w:val="00AB54DE"/>
     <w:rsid w:val="00AC0780"/>
     <w:rsid w:val="00AC139E"/>
     <w:rsid w:val="00AE45EC"/>
     <w:rsid w:val="00AF7822"/>
     <w:rsid w:val="00B074BB"/>
     <w:rsid w:val="00B24A9A"/>
     <w:rsid w:val="00BA38FE"/>
     <w:rsid w:val="00BB223C"/>
     <w:rsid w:val="00BB6BD8"/>
     <w:rsid w:val="00BB6DD0"/>
     <w:rsid w:val="00BC23DF"/>
     <w:rsid w:val="00BD2942"/>
     <w:rsid w:val="00BF4017"/>
     <w:rsid w:val="00C151FB"/>
     <w:rsid w:val="00C154B0"/>
     <w:rsid w:val="00C16C73"/>
     <w:rsid w:val="00C4706A"/>
+    <w:rsid w:val="00C60CC9"/>
     <w:rsid w:val="00C61852"/>
     <w:rsid w:val="00C70E3A"/>
     <w:rsid w:val="00C73589"/>
     <w:rsid w:val="00C90FCB"/>
     <w:rsid w:val="00CA0FAA"/>
     <w:rsid w:val="00CD752C"/>
     <w:rsid w:val="00CD7561"/>
     <w:rsid w:val="00CE0A44"/>
     <w:rsid w:val="00CF7CE1"/>
     <w:rsid w:val="00D01513"/>
     <w:rsid w:val="00D01FBC"/>
     <w:rsid w:val="00D04E43"/>
     <w:rsid w:val="00D35357"/>
     <w:rsid w:val="00D42B73"/>
     <w:rsid w:val="00D56C6D"/>
     <w:rsid w:val="00D62C8A"/>
     <w:rsid w:val="00D933C1"/>
     <w:rsid w:val="00DA15B6"/>
     <w:rsid w:val="00DA2614"/>
     <w:rsid w:val="00DA372C"/>
     <w:rsid w:val="00DA520C"/>
     <w:rsid w:val="00DD0898"/>
     <w:rsid w:val="00DF6633"/>
     <w:rsid w:val="00E13DA2"/>
     <w:rsid w:val="00E31E6D"/>
     <w:rsid w:val="00E41C63"/>
+    <w:rsid w:val="00E43514"/>
     <w:rsid w:val="00E65F8C"/>
     <w:rsid w:val="00E72717"/>
+    <w:rsid w:val="00E76E63"/>
     <w:rsid w:val="00E8196E"/>
     <w:rsid w:val="00E97708"/>
     <w:rsid w:val="00EA3C7F"/>
     <w:rsid w:val="00EB407D"/>
     <w:rsid w:val="00EC6B89"/>
     <w:rsid w:val="00F00ED0"/>
     <w:rsid w:val="00F266A9"/>
     <w:rsid w:val="00F5436B"/>
     <w:rsid w:val="00F551FD"/>
     <w:rsid w:val="00F56DE5"/>
     <w:rsid w:val="00F63EB2"/>
     <w:rsid w:val="00F7476B"/>
     <w:rsid w:val="00F842E6"/>
     <w:rsid w:val="00F9651C"/>
     <w:rsid w:val="00FA7EDC"/>
     <w:rsid w:val="00FB0F21"/>
     <w:rsid w:val="00FC5F3B"/>
     <w:rsid w:val="00FD029D"/>
     <w:rsid w:val="00FD1936"/>
     <w:rsid w:val="00FD202A"/>
     <w:rsid w:val="00FE6B28"/>
+    <w:rsid w:val="476A44A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58FA3E80"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2FDB7FBB-6899-4CB9-B3BD-FB7DB7B4A774}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14359,51 +14430,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008362C1"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00664BCE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1908371114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2110198318">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -16954,51 +17025,51 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/garantia-de-rendimiento-o-desempeno" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/invitacion-licitar-itb" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-propuesta-superior-200-000-usd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-propuesta-por-menos-de-usd-200-000" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/modelo-de-garantia-de-pago-por-adelantado" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-cotizacion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-propuesta-por-menos-de-usd-200-000" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/modelo-de-garantia-de-pago-por-adelantado" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-cotizacion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/garantia-de-rendimiento-o-desempeno" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/formulario-estandar-de-garantia-de-licitacion" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/2046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/invitacion-licitar-itb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/documento/solicitud-de-propuesta-superior-200-000-usd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -17238,469 +17309,231 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
-[...16 lines deleted...]
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...24 lines deleted...]
-    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...81 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17745,198 +17578,162 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F65E1001-2A1F-43EB-991D-DFC1D8770526}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4DE77F-082A-42D5-BDED-C84B9520947A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4DE77F-082A-42D5-BDED-C84B9520947A}">
-[...16 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B71BBA-DB90-4D76-83DF-21348D33568C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{969EED27-CF5E-48B1-8DCD-866BDCC0205D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA7C3144-6A39-4680-933D-F50B5B293F77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F65E1001-2A1F-43EB-991D-DFC1D8770526}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>6384</Words>
-  <Characters>36390</Characters>
+  <Words>6407</Words>
+  <Characters>36522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>303</Lines>
+  <Lines>304</Lines>
   <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42689</CharactersWithSpaces>
+  <CharactersWithSpaces>42844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hideko Hadzialic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>d1301a11-3a67-4a9f-b9f7-58df74d25377</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="UN Languages">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="UndpUnitMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="eRegFilingCodeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="docLang">
+    <vt:lpwstr>es</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>