--- v0 (2025-10-10)
+++ v1 (2026-02-12)
@@ -1,60 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3402F594" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Inputs"/>
       <w:bookmarkStart w:id="1" w:name="Deliverables"/>
       <w:bookmarkStart w:id="2" w:name="RolesResponsibilities"/>
       <w:bookmarkStart w:id="3" w:name="TemplatesForms"/>
       <w:bookmarkStart w:id="4" w:name="AdditionalInfo"/>
       <w:bookmarkStart w:id="5" w:name="Lessons"/>
       <w:bookmarkStart w:id="6" w:name="DrawingBoard"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
@@ -177,1448 +175,1448 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29001A75" w14:textId="5B6901BE" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="29001A75" w14:textId="5B6901BE" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252284" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Standard Solicitation Documents</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252284 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0403BA92" w14:textId="28BCFB30" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="0403BA92" w14:textId="28BCFB30" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252285" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>General Instructions</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252285 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E193222" w14:textId="1E5F388E" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="1E193222" w14:textId="1E5F388E" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252286" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Situation of Potential Conflicts of Interest</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252286 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="47A4F394" w14:textId="60CA3184" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="47A4F394" w14:textId="60CA3184" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252287" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Cost of Preparing the Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252287 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E215B92" w14:textId="28643164" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="1E215B92" w14:textId="28643164" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252288" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Language of the Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252288 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00C2AB9C" w14:textId="01AE6C35" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="00C2AB9C" w14:textId="01AE6C35" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252289" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Structure of the Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252289 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="473E42A8" w14:textId="5F99728A" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="473E42A8" w14:textId="5F99728A" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252290" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Joint Ventures, Consortia or Associations</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252290 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A900FB5" w14:textId="6F5444C8" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="3A900FB5" w14:textId="6F5444C8" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252291" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Security Instruments</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252291 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43B76E8B" w14:textId="4357D453" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="43B76E8B" w14:textId="4357D453" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252292" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Financial Proposal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252292 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F189187" w14:textId="5A4EF935" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="6F189187" w14:textId="5A4EF935" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252293" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Currency of the Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252293 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C93C961" w14:textId="1D019435" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="1C93C961" w14:textId="1D019435" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252294" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Advanced Payment</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252294 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CA13FEA" w14:textId="4AD8A815" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="6CA13FEA" w14:textId="4AD8A815" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252295" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Validity of Offers</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252295 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="011DDE43" w14:textId="3BCC6C01" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="011DDE43" w14:textId="3BCC6C01" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252296" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Amending an Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252296 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71E45354" w14:textId="6994119F" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="71E45354" w14:textId="6994119F" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252297" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Submission of Alternative Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252297 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5F5DB70D" w14:textId="3630D885" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="5F5DB70D" w14:textId="3630D885" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252298" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Withdrawal, Substitution, and Modification of Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252298 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29444491" w14:textId="53E62FB1" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="29444491" w14:textId="53E62FB1" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252299" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Obtaining Clarification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252299 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3B073628" w14:textId="5FB36C34" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="3B073628" w14:textId="5FB36C34" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252300" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Offeror’s Conference</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252300 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1EB58150" w14:textId="38EE65F7" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="1EB58150" w14:textId="38EE65F7" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252301" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>UNDP’s Right to Accept, Reject, or Render Non-Responsive Any or All Offer</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252301 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="342E994E" w14:textId="7807CCF0" w:rsidR="00847401" w:rsidRDefault="00847401">
+        <w:p w14:paraId="342E994E" w14:textId="7807CCF0" w:rsidR="00847401" w:rsidRDefault="009531B0">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-US"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187252302" w:history="1">
-            <w:r w:rsidRPr="00FE3912">
+            <w:r w:rsidR="00847401" w:rsidRPr="00FE3912">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Right to Vary Requirements at the Time of Award</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187252302 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00847401">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="3460E254" w14:textId="7ABC047F" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000D188E">
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
@@ -1644,51 +1642,51 @@
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="38F549D9" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="351EEBFD" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
         <w:p w14:paraId="7E5020CC" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w14:paraId="630734C8" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00E02E5C" w:rsidP="00AC1EF8">
+        <w:p w14:paraId="630734C8" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="009531B0" w:rsidP="00AC1EF8">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="2680D478" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:vanish/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -2143,311 +2141,295 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787688C4" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solicitation documents should clearly define the scope of supply/work to be performed, the location of the work, the goods to be supplied/services to be rendered; the place of delivery or installation, a schedule for delivery or completion, minimum performance requirements, and the warranty and maintenance requirements, as well as any other pertinent terms and conditions. Where appropriate, the documents should also define the tests, standards and methods that will be applied to assure the conformity of delivered equipment, performed civil works or services, in accordance </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the specifications, TOR, or Statement of Works for construction requirements.</w:t>
+        <w:t>Solicitation documents should clearly define the scope of supply/work to be performed, the location of the work, the goods to be supplied/services to be rendered; the place of delivery or installation, a schedule for delivery or completion, minimum performance requirements, and the warranty and maintenance requirements, as well as any other pertinent terms and conditions. Where appropriate, the documents should also define the tests, standards and methods that will be applied to assure the conformity of delivered equipment, performed civil works or services, in accordance to the specifications, TOR, or Statement of Works for construction requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7669C60E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DFF4DB" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> ensure consistency, Business Units are encouraged to use the standard templates developed by the Procurement Support Unit when drafting solicitation documents for the following procurement methods:</w:t>
+      <w:r w:rsidRPr="000D188E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>In order to ensure consistency, Business Units are encouraged to use the standard templates developed by the Procurement Support Unit when drafting solicitation documents for the following procurement methods:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C15371" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37AB06BE" w14:textId="28419761" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
+    <w:p w14:paraId="37AB06BE" w14:textId="28419761" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="009531B0" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="00E6677B">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00AC1EF8" w:rsidRPr="00E6677B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>MICROPURCHASING</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="372E880E" w14:textId="77076E6F" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
+    <w:p w14:paraId="372E880E" w14:textId="77076E6F" w:rsidR="00AC1EF8" w:rsidRDefault="009531B0" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00160D63">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00AC1EF8" w:rsidRPr="00160D63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>REQUEST FOR QUOTATION</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A9416F">
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="00A9416F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for goods)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F26638C" w14:textId="05E2EEE9" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
+    <w:p w14:paraId="0F26638C" w14:textId="431ECE2B" w:rsidR="00AC1EF8" w:rsidRDefault="009531B0" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidRPr="004461BF">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00AC1EF8" w:rsidRPr="004461BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>REQUEST FOR PROPOSAL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A9416F">
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="00A9416F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for services less than </w:t>
       </w:r>
       <w:r w:rsidR="00243C0F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">USD </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A9416F">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A9416F">
+      <w:r w:rsidR="00A30F64">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>300K</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="00A9416F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00AC1EF8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12500471" w14:textId="5819D392" w:rsidR="004E0399" w:rsidRPr="004E0399" w:rsidRDefault="00AC1EF8" w:rsidP="004E0399">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="28A118E3" w14:textId="70CAC612" w:rsidR="00CB4D23" w:rsidRPr="0028075B" w:rsidRDefault="00CB4D23" w:rsidP="0028075B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="004E0399">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00AC1EF8" w:rsidRPr="004E0399">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>REQUEST FOR PROPOSAL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004E0399">
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="004E0399">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1411">
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">(for services </w:t>
       </w:r>
-      <w:r w:rsidR="00243C0F" w:rsidRPr="00EA1411">
+      <w:r w:rsidR="00243C0F" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">USD </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1411">
-[...2 lines deleted...]
-      <w:r w:rsidR="00243C0F" w:rsidRPr="00EA1411">
+      <w:r w:rsidR="00A30F64" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>00</w:t>
+      </w:r>
+      <w:r w:rsidR="00243C0F" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t>K</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA1411">
+      <w:r w:rsidR="00AC1EF8" w:rsidRPr="0028075B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and above)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406B8F90" w14:textId="77777777" w:rsidR="004E0399" w:rsidRPr="004E0399" w:rsidRDefault="004E0399" w:rsidP="004E0399">
-[...14 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0D877B63" w14:textId="1DEA2BDD" w:rsidR="00AC1EF8" w:rsidRPr="0028075B" w:rsidRDefault="00CB4D23" w:rsidP="0028075B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="81"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00364433">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00AC1EF8" w:rsidRPr="00CB4D23">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>INVITATION TO BID</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2195318D" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="_Toc187252285"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
@@ -2535,124 +2517,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0148901F" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">However, all offers received by UNDP does not constitute or imply the acceptance of any Offer by UNDP. As such, UNDP is under no obligation to award a contract to any Offeror </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> a solicitation process.</w:t>
+        <w:t>However, all offers received by UNDP does not constitute or imply the acceptance of any Offer by UNDP. As such, UNDP is under no obligation to award a contract to any Offeror as a result of a solicitation process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57CD9D46" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc187252286"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Situation of Potential Conflicts of Interest</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="06176020" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">In a solicitation process, UNDP requires all offerors to conduct themselves in a professional, objective and impartial manner, and they must </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> hold UNDP’s interests paramount.   They must strictly avoid conflicts with other assignments or their own interests, and act without consideration for future work.  All offerors found to have a conflict of interest should be disqualified.  </w:t>
+        <w:t xml:space="preserve">In a solicitation process, UNDP requires all offerors to conduct themselves in a professional, objective and impartial manner, and they must at all times hold UNDP’s interests paramount.   They must strictly avoid conflicts with other assignments or their own interests, and act without consideration for future work.  All offerors found to have a conflict of interest should be disqualified.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49CF5476" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E80C7C" w14:textId="605A5CC9" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -2771,65 +2725,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A9A1574" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="86"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">are found to be in conflict for any other reason, as may be established by, or at the discretion of, UNDP.  In the event of any uncertainty in the interpretation of what is potentially a conflict of interest, offerors must disclose the condition to UNDP and seek UNDP’s confirmation on </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> such conflict exists. </w:t>
+        <w:t xml:space="preserve">are found to be in conflict for any other reason, as may be established by, or at the discretion of, UNDP.  In the event of any uncertainty in the interpretation of what is potentially a conflict of interest, offerors must disclose the condition to UNDP and seek UNDP’s confirmation on whether or not such conflict exists. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04360C7D" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1710" w:hanging="630"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2889C8F1" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -3012,65 +2952,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cost of Preparing the Offer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="5CC70C6B" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Offeror shall bear </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> costs related to the preparation and/or submission of the offer, regardless of whether its offer was selected or not.  UNDP shall in no case be responsible or liable for those costs, regardless of the conduct or outcome of the procurement process.</w:t>
+        <w:t>The Offeror shall bear any and all costs related to the preparation and/or submission of the offer, regardless of whether its offer was selected or not.  UNDP shall in no case be responsible or liable for those costs, regardless of the conduct or outcome of the procurement process.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B344A79" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc187252288"/>
       <w:r w:rsidRPr="000D188E">
@@ -3276,65 +3202,51 @@
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B39E35" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">That, in the case of an Offeror offering to supply goods under the Contract which the Offeror did not manufacture or otherwise produce, the Offeror has been duly authorized by the goods’ manufacturer or producer to supply the goods in the country of </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+        <w:t xml:space="preserve">That, in the case of an Offeror offering to supply goods under the Contract which the Offeror did not manufacture or otherwise produce, the Offeror has been duly authorized by the goods’ manufacturer or producer to supply the goods in the country of final destination; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C93A3C" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CCBE79E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
@@ -3350,77 +3262,55 @@
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9C29CE" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="72"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>That, to</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of UNDP’s list of suspended and removed vendors. </w:t>
+        <w:t xml:space="preserve">That, to the best of the Offeror’s knowledge, it is not included in the UN 1267 List or the UN Ineligibility List, nor in any and all of UNDP’s list of suspended and removed vendors. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FCAE50" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48B7EACF" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
@@ -3599,63 +3489,55 @@
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>they are subcontractors to each other’s Offer, or a subcontractor to one Offer also submits another Offer under its name as lead Offeror; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47533C96" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F482ABF" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="73"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>an</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> expert proposed to be in the Offer of one Offeror participates in more than one Offer received for a particular procurement process.  This condition does not apply to subcontractors being included in more than one Offer.</w:t>
+        <w:t>an expert proposed to be in the Offer of one Offeror participates in more than one Offer received for a particular procurement process.  This condition does not apply to subcontractors being included in more than one Offer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9CBC92" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DFB2F6B" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="74"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -3966,65 +3848,51 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DE4618" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>If the Offeror is a group of legal entities that will form or have formed a joint venture, consortium or association at the time of the submission of the Offer, they shall confirm in their Offer that : (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">) they have  designated one party to act as a lead entity, duly vested with authority to legally bind the members of the joint venture jointly and severally, and this shall be duly evidenced by a duly notarized Agreement among the legal entities, which shall be submitted along with the Offer; and (ii) if they are awarded the contract, the contract shall be entered into, by and between UNDP and the designated lead entity, who shall be acting for and on behalf of all entities that comprise the joint venture. </w:t>
+        <w:t xml:space="preserve">If the Offeror is a group of legal entities that will form or have formed a joint venture, consortium or association at the time of the submission of the Offer, they shall confirm in their Offer that : (i) they have  designated one party to act as a lead entity, duly vested with authority to legally bind the members of the joint venture jointly and severally, and this shall be duly evidenced by a duly notarized Agreement among the legal entities, which shall be submitted along with the Offer; and (ii) if they are awarded the contract, the contract shall be entered into, by and between UNDP and the designated lead entity, who shall be acting for and on behalf of all entities that comprise the joint venture. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5833D1CC" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57045919" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -4272,67 +4140,51 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7F4A5D" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Previous contracts completed by individual experts working privately but who are permanently or were temporarily associated with any of the member firms cannot be claimed as the experience of the joint venture or those of its </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> should only be claimed by the individual experts themselves in their presentation of their individual credentials.</w:t>
+        <w:t>Previous contracts completed by individual experts working privately but who are permanently or were temporarily associated with any of the member firms cannot be claimed as the experience of the joint venture or those of its members, but should only be claimed by the individual experts themselves in their presentation of their individual credentials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D54A5B5" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5365D503" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4346,95 +4198,82 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If the Offer of a joint venture is determined by UNDP as the most responsive Offer that offers the best value for money, UNDP shall award the contract to the joint venture, in the name of its designated lead entity, who shall sign the contract for and on behalf of all the member entities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A9C024" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc187252291"/>
+      <w:bookmarkStart w:id="35" w:name="_Hlk219362998"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Security Instruments</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="7F3CD5B4" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">As part of risk mitigation measures, at the time of the solicitation of offers, UNDP may require any or </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the following security instruments: </w:t>
+        <w:t xml:space="preserve">As part of risk mitigation measures, at the time of the solicitation of offers, UNDP may require any or all of the following security instruments: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDF562C" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F9B286" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
@@ -4465,159 +4304,194 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2902449B" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Business Units have the option of requiring a Bid/Proposal security, in the form of a bank guarantee, which binds an offeror to UNDP and </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> should be based on the value and complexity of the contract. </w:t>
+        <w:t xml:space="preserve">Business Units have the option of requiring a Bid/Proposal security, in the form of a bank guarantee, which binds an offeror to UNDP and fulfill the commitments they have made in their offer.  When a Bid/Proposal Security is required, they should be based on the value and complexity of the contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570ECA06" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D691F3E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
+    <w:p w14:paraId="6D691F3E" w14:textId="3922C150" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">In general, request of a Bid/Proposal security is advisable for all contracts exceeding USD 300,000.  The exact amount must be determined based on the industry practices.   Under no circumstance will the Bid/Proposal security be less than two (2%) percent of the estimated total contract value.  However, as a matter of best practice, a Bid/Proposal security must always be stated as a specific sum rather than as a percentage of the contract amount.   </w:t>
+        <w:t xml:space="preserve">In general, request of a Bid/Proposal security is advisable for all contracts exceeding USD 300,000.  The exact amount must be determined based on the industry practices.   Bid/Proposal security </w:t>
+      </w:r>
+      <w:r w:rsidR="00750221">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">normally ranges from </w:t>
+      </w:r>
+      <w:r w:rsidR="00750221" w:rsidRPr="00750221">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>0.5% to 2% of the expected contract amount and must always be stated as a specific lump sum to avoid signaling the estimated budget. It</w:t>
+      </w:r>
+      <w:r w:rsidR="00750221">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="00750221" w:rsidRPr="00750221">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to round-up the amount</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D188E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rather than </w:t>
+      </w:r>
+      <w:r w:rsidR="00750221">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stating it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D188E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as a percentage of the contract amount.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E09045" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660BA5EB" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
+    <w:p w14:paraId="660BA5EB" w14:textId="659350D5" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">If such security is requested, a standard Bid/Proposal Security Form should be part of the solicitation documents and, if the process is an RFP, the Proposal Security must be inside the Technical Proposal, and not in the Financial Proposal.  </w:t>
+        <w:t xml:space="preserve">If such security is requested, a standard </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00CB4D23">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>Bid/Proposal Security Form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000D188E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be part of the solicitation documents and, if the process is an RFP, the Proposal Security must be inside the Technical Proposal, and not in the Financial Proposal.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E91624" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740340E3" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
@@ -4878,50 +4752,51 @@
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>If the successful Offeror fails to sign the Contract after UNDP has awarded it; or to comply with UNDP’s variation of requirement; or to furnish UNDP with a Performance Security, insurances, or other documents that UNDP may require as a condition to rendering effective the contract that may be awarded to the Offeror.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2BDFD6" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="3036FADF" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="75"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Performance security</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48430697" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
@@ -4940,51 +4815,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>All contracts exceeding USD 500,000 require a performance security</w:t>
       </w:r>
       <w:r w:rsidR="005D1B31">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> using the standard UNDP template: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="005D1B31" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>performance</w:t>
         </w:r>
         <w:r w:rsidR="005D1B31">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="005D1B31" w:rsidRPr="00BE3D71">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           </w:rPr>
           <w:t>security</w:t>
         </w:r>
         <w:r w:rsidR="005D1B31">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
@@ -5349,173 +5224,131 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC1EA34" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Liquidated damages refer to the amount which the Contractor must pay UNDP for the damages caused to UNDP resulting from the Contractor’s breach of its obligations as per Contract.  It is commonly used in the procurement of goods/works, but where delays and deviations will cause serious consequences to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> they may also be applied to services, if the nature and context of the requirement justifies.  The application of LD is optional, as there may be procurement cases where reasonable delays do not pose serious risks.  </w:t>
+        <w:t xml:space="preserve">Liquidated damages refer to the amount which the Contractor must pay UNDP for the damages caused to UNDP resulting from the Contractor’s breach of its obligations as per Contract.  It is commonly used in the procurement of goods/works, but where delays and deviations will cause serious consequences to UNDP, but they may also be applied to services, if the nature and context of the requirement justifies.  The application of LD is optional, as there may be procurement cases where reasonable delays do not pose serious risks.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3942C00E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CEB9E5" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">The purpose of LD is to avoid lengthy discussions and disputes over the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of actual damages once the aggrieved party (e.g., UNDP) can prove breach of contract.  </w:t>
+        <w:t xml:space="preserve">The purpose of LD is to avoid lengthy discussions and disputes over the amount of actual damages once the aggrieved party (e.g., UNDP) can prove breach of contract.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25BE53BE" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119F79CA" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">When imposing LD, the amount must be determined based on good faith, and not </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> penalize the Contractor.  The most logical basis therefore is an estimate of the actual damages that will ensue from the breach of the Contract.  However, in many cases, that is not easy to determine.  Hence, the best practice has so far been the combined application of the following:  </w:t>
+        <w:t xml:space="preserve">When imposing LD, the amount must be determined based on good faith, and not as a means to penalize the Contractor.  The most logical basis therefore is an estimate of the actual damages that will ensue from the breach of the Contract.  However, in many cases, that is not easy to determine.  Hence, the best practice has so far been the combined application of the following:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E100516" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="00CD752C" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="379FFA81" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="79"/>
         </w:numPr>
         <w:ind w:left="2160"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -5631,107 +5464,107 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">An example of LD clause therefore would be: </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>“0.5% of contract for every day of delay, up to a maximum duration of 1 calendar month.  Thereafter, the contract may be terminated”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBB411D" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc187252292"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc187252292"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Financial Proposal</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="26BDB47A" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Financial Proposal shall list all major cost components associated with the goods/services/works, and the detailed breakdown of such costs.  All outputs and activities described in the offer must be priced separately on a one-to-one correspondence.  Any output and activities described in the offer but not priced in the Financial Proposal, shall be assumed to be included in the prices of other activities or items, as well as in the final total price.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56C175F9" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc187252293"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc187252293"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Currency of the Offer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="56D7C080" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">All prices shall be quoted in the currency indicated in the RFQ/ITB/RFP.  However, where Offers are quoted in different currencies, for the purposes of comparison of all Offer, the following actions will be undertaken: </w:t>
       </w:r>
     </w:p>
@@ -5817,61 +5650,61 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="678830D5" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="37" w:name="_Toc187252294"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc187252294"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Advanced Payment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="6EC63823" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Except when the interests of UNDP so require, it is the UNDP’s preference to make no advanced payment(s) on contracts (i.e., payments without having received any outputs), and this should be communicated to the prospective offerors as early as the time of solicitation.  </w:t>
       </w:r>
     </w:p>
@@ -5902,108 +5735,108 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In the event that the Offeror requires an advanced payment upon contract signature, and if such request is duly accepted by UNDP, the said advanced payment must not exceed 20% of the total Offer price, or the amount of USD 30,000, whichever is lower. In the event that an exception to this must be made, UNDP shall require the Offeror to submit a Bank Guarantee in the same amount as the advanced payment.  A bank guarantee for advanced payment shall be furnished using the standard UNDP template</w:t>
       </w:r>
       <w:r w:rsidR="003C6289">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="003C6289">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="003C6289" w:rsidRPr="003C6289">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Advance Payment Bank Guarantee Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003C6289">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for this purpose. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576B1D79" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc187252295"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc187252295"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Validity of Offers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="435682B3" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Offer received by UNDP shall remain valid for the period specified in the RFQ/ITB/RFP.  An Offer valid for a shorter period shall be immediately rejected by UNDP and rendered non-responsive.  </w:t>
       </w:r>
     </w:p>
@@ -6044,104 +5877,88 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In exceptional circumstances, prior to the expiration of the Offer validity period, UNDP may request Offerors to extend the period of validity of their Offer.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The request and the responses shall be made in </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> shall be considered integral to the Offer.</w:t>
+        <w:t>The request and the responses shall be made in writing, and shall be considered integral to the Offer.</w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66686DE8" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc187252296"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc187252296"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Amending an Offer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="4F4D3EEA" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">At any time prior to the deadline for submission of the offer, UNDP may, for any reason, such as in response to a clarification requested by an offeror, modify the RFQ/ITB/RFP in the form of a Supplemental Information. All prospective offerors will be notified in writing of all changes/amendments and additional instructions through Supplemental Information.  </w:t>
       </w:r>
     </w:p>
@@ -6180,61 +5997,61 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In order to afford prospective offerors reasonable time to consider the amendments in preparing their offer, UNDP may, at its discretion, extend the deadline for submission of offer, if the nature of the amendment to the RFQ/ITB/RFP justifies such an extension.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F4D1C4A" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc187252297"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc187252297"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Submission of Alternative Offer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="10BF505E" w14:textId="6C7E3FCE" w:rsidR="00E772C6" w:rsidRPr="00E661C3" w:rsidRDefault="00DA6575" w:rsidP="00E661C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">An alternative offer is an offer that does not comply with the exact requirements of the tender, or which may represent an improvement over the original offer by exceeding the minimum performance parameters of the request, and it is proposed by a vendor as an optional way of meeting the requirements of the tender. Alternative offers can be a useful tool in considering more sustainable options. </w:t>
       </w:r>
       <w:r w:rsidR="00AC1EF8" w:rsidRPr="00E661C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Unless otherwise specified in the</w:t>
       </w:r>
       <w:r w:rsidR="00AC1EF8" w:rsidRPr="00E661C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -6629,60 +6446,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB28A47" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc187252298"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc187252298"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Withdrawal, Substitution, and Modification of Offer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="226FCDB7" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Offerors are expected to have sole responsibility for taking steps to carefully examine in detail the full consistency of its Offer to the requirements of the RFQ/ITB/RFP, keeping in mind that material deficiencies in providing information requested by UNDP, or the lack of clarity in the description of goods and related services to be provided, may result in the rejection of the Offer.  The Offeror shall assume any responsibility regarding erroneous interpretations or conclusions made by the Offeror in the course of understanding the RFQ/ITB/RFP out of the set of information furnished by UNDP.  </w:t>
       </w:r>
       <w:r w:rsidRPr="40EE9357">
@@ -6782,60 +6599,60 @@
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">However, all notices must be received by UNDP prior to the deadline for submission and submitted in accordance with the instructions of the RFQ/ITB/RFP.   No Offer may be withdrawn, substituted, or modified in the interval between the deadline for submission of Offer and the expiration of the period of Offer validity specified by the Offeror on the Bid/Proposal or any extension thereof.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F83CDC2" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc187252299"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc187252299"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Obtaining Clarification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E797FEB" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -6879,60 +6696,60 @@
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP shall endeavour to provide such responses to clarifications in an expeditious manner, but any delay in such response shall not cause an obligation on the part of UNDP to extend the submission date of the offer, unless UNDP deems that such an extension is justified and necessary.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D689F2" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc187252300"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc187252300"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Offeror’s Conference</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="0B76E53B" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When appropriate, an Offeror’s conference will be conducted at the date, time and location specified in the RFQ/ITB/RFP.  While all Offerors are encouraged to attend, their non-attendance, however, shall </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
@@ -6997,60 +6814,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Quantum portal </w:t>
       </w:r>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or disseminated to the individual firms who have registered or expressed interest with the contract, whether or not they attended the conference.  No verbal statement made during the conference shall modify the terms and conditions of the RFQ/ITB/RFP unless such statement is specifically written in the Minutes of the Conference or issued/posted as an amendment in the form of a Supplemental Information to the RFQ/ITB/RFP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8FC836" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc187252301"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc187252301"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UNDP’s Right to Accept, Reject, or Render Non-Responsive Any or All Offer</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="7D00982E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UNDP reserves the right to accept or reject any Offer, to render any or all of the Offers as non-responsive, and to reject all Offers at any time prior to award of contract, without incurring any liability, or obligation to inform the affected Offeror(s) of the grounds for UNDP’s action.  Furthermore, UNDP is not obligated to award the contract to the lowest price offer.</w:t>
       </w:r>
     </w:p>
@@ -7091,61 +6908,61 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDP shall also verify, and immediately reject their respective Offer, if the Offerors are found to appear in the UN’s Consolidated List of Individuals and Entities with Association to Terrorist Organizations, in the List of Vendors Suspended or Removed from the UN Secretariat Procurement Division Vendor Roster, the UN Ineligibility List, and other such lists that as may be established or recognized by UNDP policy on Vendor Sanctions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E742F4E" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="Style1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc187252302"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc187252302"/>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Right to Vary Requirements at the Time of Award</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="4A47C6D6" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">At the time of award of Contract, UNDP reserves the right to vary the quantity of the goods and/or services, by up to a maximum twenty-five per cent (25%) of the total offer, without any change in the unit price or other terms and conditions.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA3D131" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
@@ -7421,65 +7238,51 @@
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Government – the Government of the country where the goods/services/works being procured will be delivered or undertaken, as specified in the RFQ, ITB or RFP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63364187" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Instructions to Offerors/Proposers – the complete set of documents which provides Offerors/Proposers with all information needed and procedures to be followed </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> preparing their Offer/Proposal.</w:t>
+        <w:t>Instructions to Offerors/Proposers – the complete set of documents which provides Offerors/Proposers with all information needed and procedures to be followed in the course of preparing their Offer/Proposal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337CB57B" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="524AF691" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -7498,65 +7301,51 @@
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="162A4EC0" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
-        <w:t>Material Deviation – any content or characteristic of the Offer that is significantly different from an essential aspect or requirement of the ITB/RFP, and (</w:t>
-[...13 lines deleted...]
-        <w:t>) substantially alters the scope and quality of the requirements; (ii) limits the rights of UNDP and/or the obligations of the offeror; and (iii) adversely impacts the fairness and principles of the procurement process, such as those that compromise the competitive position of other offerors.</w:t>
+        <w:t>Material Deviation – any content or characteristic of the Offer that is significantly different from an essential aspect or requirement of the ITB/RFP, and (i) substantially alters the scope and quality of the requirements; (ii) limits the rights of UNDP and/or the obligations of the offeror; and (iii) adversely impacts the fairness and principles of the procurement process, such as those that compromise the competitive position of other offerors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="701BD7EA" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="00CD752C" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="773726BD" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -7788,88 +7577,88 @@
     </w:p>
     <w:p w14:paraId="6E37ED59" w14:textId="77777777" w:rsidR="00AC1EF8" w:rsidRPr="000D188E" w:rsidRDefault="00AC1EF8" w:rsidP="00AC1EF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="87"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D188E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Terms of Reference (TOR) – the document included in the RFP which describes the objectives, scope of services, activities, tasks to be performed, respective responsibilities of the proposer, expected results and deliverables and other data pertinent to the performance of the range of duties and services expected of the successful proposer.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FA3FA3" w14:textId="77A5F05C" w:rsidR="00A2358F" w:rsidRPr="00AC1EF8" w:rsidRDefault="00A2358F" w:rsidP="00AC1EF8"/>
     <w:sectPr w:rsidR="00A2358F" w:rsidRPr="00AC1EF8">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2057EFB8" w14:textId="77777777" w:rsidR="009C4D39" w:rsidRDefault="009C4D39" w:rsidP="000D68B6">
+    <w:p w14:paraId="4744770B" w14:textId="77777777" w:rsidR="009531B0" w:rsidRDefault="009531B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15120B29" w14:textId="77777777" w:rsidR="009C4D39" w:rsidRDefault="009C4D39" w:rsidP="000D68B6">
+    <w:p w14:paraId="5F9F98A5" w14:textId="77777777" w:rsidR="009531B0" w:rsidRDefault="009531B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7909,52 +7698,52 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="58FA3FA9" w14:textId="287397E7" w:rsidR="00E13DA2" w:rsidRPr="00571200" w:rsidRDefault="00571200" w:rsidP="00571200">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="58FA3FA9" w14:textId="055EF2C8" w:rsidR="00E13DA2" w:rsidRPr="00571200" w:rsidRDefault="00571200" w:rsidP="00571200">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="00571200">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
@@ -8134,84 +7923,84 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidRPr="004949B2">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00C90FCB">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t>ersion #</w:t>
     </w:r>
     <w:r w:rsidR="009A04F9">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
-    <w:r w:rsidR="00E661C3">
-      <w:t>8</w:t>
+    <w:r w:rsidR="00A30F64">
+      <w:t>9</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57228C9A" w14:textId="77777777" w:rsidR="009C4D39" w:rsidRDefault="009C4D39" w:rsidP="000D68B6">
+    <w:p w14:paraId="6EEAA947" w14:textId="77777777" w:rsidR="009531B0" w:rsidRDefault="009531B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E463A25" w14:textId="77777777" w:rsidR="009C4D39" w:rsidRDefault="009C4D39" w:rsidP="000D68B6">
+    <w:p w14:paraId="61B1285D" w14:textId="77777777" w:rsidR="009531B0" w:rsidRDefault="009531B0" w:rsidP="000D68B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="77BA2CFA" w14:textId="5824CFDC" w:rsidR="00571200" w:rsidRDefault="00BB6383" w:rsidP="00571200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1747036B" wp14:editId="67EBA2BD">
           <wp:extent cx="289560" cy="579120"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -8229,51 +8018,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="289627" cy="579254"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A984E2C" w14:textId="77777777" w:rsidR="00571200" w:rsidRDefault="00571200">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06C317DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB485F4E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -12744,566 +12533,576 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="572930038">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2103601442">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="106702682">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1983537902">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="574164067">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1693335567">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="540945997">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="306126519">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1245802291">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1079910564">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1489134088">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1305502259">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1834952027">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2095273152">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="575435873">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1636376885">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1527671139">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1370032684">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1570536750">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1672483821">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="907417122">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="60837501">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="178736268">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="642387120">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1994095590">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1627664366">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1815638009">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1003433400">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1179932722">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="662273053">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="620577823">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1894731204">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="883835599">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1065639968">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="470024911">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="609354733">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="5980127">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="665741790">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1807549148">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1769235562">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1435393966">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="389154385">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1695571535">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="2046711764">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1142313160">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1624851156">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="1776248257">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="1454858268">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="2052488917">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="191264424">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="282226268">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1631594811">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="335117837">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="646977670">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="1999573395">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="1920867268">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="641156124">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="577906126">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1604798754">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="1434126395">
+  <w:num w:numId="60">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="703597524">
+  <w:num w:numId="61">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="357514196">
+  <w:num w:numId="62">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="1246457998">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="937980215">
+  <w:num w:numId="64">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="935597755">
+  <w:num w:numId="65">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="2101632276">
+  <w:num w:numId="66">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="615865434">
+  <w:num w:numId="67">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="477579504">
+  <w:num w:numId="68">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="833028200">
+  <w:num w:numId="69">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="1596523367">
+  <w:num w:numId="70">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="1257059868">
+  <w:num w:numId="71">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="521019951">
+  <w:num w:numId="72">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="634722070">
+  <w:num w:numId="73">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="74" w16cid:durableId="366755571">
+  <w:num w:numId="74">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="75" w16cid:durableId="837772570">
+  <w:num w:numId="75">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="76" w16cid:durableId="1677072083">
+  <w:num w:numId="76">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="77" w16cid:durableId="933050263">
+  <w:num w:numId="77">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="78" w16cid:durableId="1136340969">
+  <w:num w:numId="78">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="79" w16cid:durableId="1434017098">
+  <w:num w:numId="79">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="80" w16cid:durableId="777681846">
+  <w:num w:numId="80">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="81" w16cid:durableId="2122216099">
+  <w:num w:numId="81">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="82" w16cid:durableId="1294172131">
+  <w:num w:numId="82">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="83" w16cid:durableId="531454473">
+  <w:num w:numId="83">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="84" w16cid:durableId="1730759387">
+  <w:num w:numId="84">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="85" w16cid:durableId="1612206891">
+  <w:num w:numId="85">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="86" w16cid:durableId="531773770">
+  <w:num w:numId="86">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="87" w16cid:durableId="1750931385">
+  <w:num w:numId="87">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="88" w16cid:durableId="205989719">
+  <w:num w:numId="88">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="79"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007542FC"/>
     <w:rsid w:val="00000ACB"/>
     <w:rsid w:val="000265BA"/>
+    <w:rsid w:val="000331BE"/>
     <w:rsid w:val="00061429"/>
     <w:rsid w:val="00077FA6"/>
     <w:rsid w:val="00095D79"/>
     <w:rsid w:val="000A56DA"/>
     <w:rsid w:val="000A6EC6"/>
     <w:rsid w:val="000B5D1E"/>
     <w:rsid w:val="000C07CD"/>
     <w:rsid w:val="000D188E"/>
     <w:rsid w:val="000D68B6"/>
     <w:rsid w:val="000D7861"/>
     <w:rsid w:val="000E3D2C"/>
     <w:rsid w:val="000E543A"/>
     <w:rsid w:val="00104240"/>
     <w:rsid w:val="0013377B"/>
     <w:rsid w:val="00197309"/>
     <w:rsid w:val="001A0D3C"/>
     <w:rsid w:val="001E1D7B"/>
     <w:rsid w:val="001F031E"/>
     <w:rsid w:val="00205612"/>
+    <w:rsid w:val="0023110F"/>
     <w:rsid w:val="00243C0F"/>
     <w:rsid w:val="0025226C"/>
     <w:rsid w:val="00261193"/>
     <w:rsid w:val="0027215C"/>
+    <w:rsid w:val="0028075B"/>
     <w:rsid w:val="002A3CCC"/>
     <w:rsid w:val="002D56E8"/>
     <w:rsid w:val="003067FF"/>
     <w:rsid w:val="00320A02"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00325560"/>
     <w:rsid w:val="0039058E"/>
     <w:rsid w:val="00393A73"/>
     <w:rsid w:val="003A04FF"/>
     <w:rsid w:val="003A3F1B"/>
     <w:rsid w:val="003A56B6"/>
     <w:rsid w:val="003B0BAC"/>
     <w:rsid w:val="003B23A5"/>
     <w:rsid w:val="003C3C09"/>
     <w:rsid w:val="003C6289"/>
     <w:rsid w:val="003E0227"/>
     <w:rsid w:val="003F6127"/>
     <w:rsid w:val="00407A07"/>
     <w:rsid w:val="0041346F"/>
     <w:rsid w:val="00456863"/>
     <w:rsid w:val="0046221D"/>
     <w:rsid w:val="0048777D"/>
+    <w:rsid w:val="004A6451"/>
     <w:rsid w:val="004E0399"/>
     <w:rsid w:val="004E11E9"/>
     <w:rsid w:val="005174AC"/>
     <w:rsid w:val="0053057E"/>
     <w:rsid w:val="00542C91"/>
     <w:rsid w:val="00571200"/>
     <w:rsid w:val="00585F4F"/>
     <w:rsid w:val="005967B2"/>
     <w:rsid w:val="005D1B31"/>
     <w:rsid w:val="005D6A6E"/>
     <w:rsid w:val="005F2AD4"/>
     <w:rsid w:val="00603DD8"/>
     <w:rsid w:val="00607127"/>
     <w:rsid w:val="00641204"/>
     <w:rsid w:val="006A7B13"/>
     <w:rsid w:val="006B1B5F"/>
     <w:rsid w:val="006B70E2"/>
     <w:rsid w:val="006C5142"/>
     <w:rsid w:val="006D739B"/>
     <w:rsid w:val="006E040B"/>
     <w:rsid w:val="006E6ED9"/>
     <w:rsid w:val="0070027A"/>
     <w:rsid w:val="00720F1B"/>
+    <w:rsid w:val="00750221"/>
     <w:rsid w:val="007542FC"/>
     <w:rsid w:val="00761EA6"/>
     <w:rsid w:val="00765F11"/>
     <w:rsid w:val="007979AE"/>
     <w:rsid w:val="007B0FFC"/>
     <w:rsid w:val="007C2DDE"/>
     <w:rsid w:val="007D537D"/>
     <w:rsid w:val="007D7219"/>
     <w:rsid w:val="007E6726"/>
     <w:rsid w:val="007E789F"/>
     <w:rsid w:val="007F6EA5"/>
     <w:rsid w:val="008248BE"/>
     <w:rsid w:val="00825020"/>
     <w:rsid w:val="00831100"/>
+    <w:rsid w:val="00833946"/>
     <w:rsid w:val="00847401"/>
     <w:rsid w:val="00855405"/>
     <w:rsid w:val="008577AA"/>
     <w:rsid w:val="008C3E81"/>
     <w:rsid w:val="008F292E"/>
     <w:rsid w:val="00907564"/>
     <w:rsid w:val="00910E81"/>
     <w:rsid w:val="00923DEB"/>
     <w:rsid w:val="009315BC"/>
     <w:rsid w:val="00934B9B"/>
     <w:rsid w:val="00935617"/>
     <w:rsid w:val="0095185F"/>
+    <w:rsid w:val="009531B0"/>
     <w:rsid w:val="00953765"/>
     <w:rsid w:val="00964796"/>
     <w:rsid w:val="00981473"/>
     <w:rsid w:val="00997F32"/>
     <w:rsid w:val="009A04F9"/>
     <w:rsid w:val="009C10A1"/>
     <w:rsid w:val="009C4D39"/>
     <w:rsid w:val="009C5745"/>
     <w:rsid w:val="009F1968"/>
     <w:rsid w:val="00A12B6A"/>
     <w:rsid w:val="00A20F00"/>
     <w:rsid w:val="00A2358F"/>
+    <w:rsid w:val="00A30F64"/>
     <w:rsid w:val="00A369B2"/>
     <w:rsid w:val="00A44474"/>
     <w:rsid w:val="00A46FFE"/>
     <w:rsid w:val="00A47627"/>
     <w:rsid w:val="00A82310"/>
     <w:rsid w:val="00A846B2"/>
     <w:rsid w:val="00A97688"/>
     <w:rsid w:val="00AA0AA2"/>
     <w:rsid w:val="00AA1086"/>
     <w:rsid w:val="00AA791E"/>
     <w:rsid w:val="00AB11D8"/>
     <w:rsid w:val="00AB54DE"/>
     <w:rsid w:val="00AC0780"/>
     <w:rsid w:val="00AC139E"/>
     <w:rsid w:val="00AC1EF8"/>
     <w:rsid w:val="00AE45EC"/>
     <w:rsid w:val="00AF7822"/>
     <w:rsid w:val="00B24A9A"/>
     <w:rsid w:val="00B921E6"/>
     <w:rsid w:val="00BA08DD"/>
     <w:rsid w:val="00BA38FE"/>
     <w:rsid w:val="00BB223C"/>
     <w:rsid w:val="00BB6383"/>
     <w:rsid w:val="00BB6BD8"/>
     <w:rsid w:val="00BB6DD0"/>
     <w:rsid w:val="00BC15FE"/>
     <w:rsid w:val="00BC23DF"/>
     <w:rsid w:val="00BC292A"/>
     <w:rsid w:val="00BD517A"/>
     <w:rsid w:val="00C13491"/>
     <w:rsid w:val="00C151FB"/>
     <w:rsid w:val="00C16C73"/>
     <w:rsid w:val="00C61852"/>
     <w:rsid w:val="00C73589"/>
     <w:rsid w:val="00C80739"/>
     <w:rsid w:val="00C90FCB"/>
     <w:rsid w:val="00CA0FAA"/>
+    <w:rsid w:val="00CB4D23"/>
     <w:rsid w:val="00CD752C"/>
     <w:rsid w:val="00CF7CE1"/>
     <w:rsid w:val="00D01513"/>
     <w:rsid w:val="00D04E43"/>
     <w:rsid w:val="00D17FB5"/>
     <w:rsid w:val="00D42B73"/>
     <w:rsid w:val="00D56C6D"/>
     <w:rsid w:val="00D62C8A"/>
     <w:rsid w:val="00D8727C"/>
     <w:rsid w:val="00D874B8"/>
     <w:rsid w:val="00D933C1"/>
     <w:rsid w:val="00DA15B6"/>
     <w:rsid w:val="00DA372C"/>
     <w:rsid w:val="00DA520C"/>
     <w:rsid w:val="00DA6575"/>
     <w:rsid w:val="00DB5C20"/>
+    <w:rsid w:val="00DC0F9B"/>
     <w:rsid w:val="00DF6C70"/>
     <w:rsid w:val="00E02E5C"/>
     <w:rsid w:val="00E13DA2"/>
     <w:rsid w:val="00E31E6D"/>
     <w:rsid w:val="00E661C3"/>
     <w:rsid w:val="00E6677B"/>
     <w:rsid w:val="00E72717"/>
     <w:rsid w:val="00E772C6"/>
     <w:rsid w:val="00E96501"/>
     <w:rsid w:val="00EA1411"/>
     <w:rsid w:val="00EA3C7F"/>
     <w:rsid w:val="00EB407D"/>
     <w:rsid w:val="00EC3DBA"/>
     <w:rsid w:val="00F00ED0"/>
     <w:rsid w:val="00F5436B"/>
     <w:rsid w:val="00F551FD"/>
     <w:rsid w:val="00F56DE5"/>
     <w:rsid w:val="00F679D2"/>
     <w:rsid w:val="00F7476B"/>
     <w:rsid w:val="00F84BCA"/>
     <w:rsid w:val="00F9156A"/>
     <w:rsid w:val="00F91AD0"/>
     <w:rsid w:val="00F9651C"/>
     <w:rsid w:val="00FB0F21"/>
     <w:rsid w:val="00FD4FA5"/>
     <w:rsid w:val="00FE0411"/>
     <w:rsid w:val="00FE6B28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="58FA3E80"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2FDB7FBB-6899-4CB9-B3BD-FB7DB7B4A774}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13752,67 +13551,65 @@
     <w:semiHidden/>
     <w:rsid w:val="00AF7822"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00104240"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00104240"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00104240"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00104240"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -14018,51 +13815,51 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E0399"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006C5142"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1908371114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2110198318">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -16612,51 +16409,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2046" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/performance-security-form" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/invitation-bid-itb" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-proposal-rfp-usd-200k-and-above" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-proposal-rfp-less-usd-200k" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/advance-payment-bank-guarantee-form" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-quotation-rfq" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-proposal-rfp-less-usd-200k" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/advance-payment-bank-guarantee-form" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-quotation-rfq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/performance-security-form" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/bid-security-form" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2046" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/invitation-bid-itb" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-proposal-rfp-usd-200k-and-above" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -16896,438 +16693,235 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-[...17 lines deleted...]
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...23 lines deleted...]
-    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -17372,201 +16966,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1C9532F-4530-4147-BCE0-51D4642F781D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45700245-4330-4D6F-8E0F-790D08340C0D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B71BBA-DB90-4D76-83DF-21348D33568C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4DE77F-082A-42D5-BDED-C84B9520947A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B634AA1F-5718-4F66-9036-10D160B08B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AF74FA3-8ED9-431B-A192-7F3C2A0F7842}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5617</Words>
-  <Characters>32019</Characters>
+  <Words>5631</Words>
+  <Characters>32098</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>266</Lines>
+  <Lines>267</Lines>
   <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37561</CharactersWithSpaces>
+  <CharactersWithSpaces>37654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hideko Hadzialic</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>355;#Procurement|254a9f96-b883-476a-8ef8-e81f93a2b38d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>6394b1f7-f45b-4f53-9a35-edace8444ceb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>