--- v0 (2025-10-14)
+++ v1 (2026-02-26)
@@ -1,3192 +1,3889 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4325EAD5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="4325EAD5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Licenciement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour raison de santé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AED66E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="6E6506C3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="20AED66E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E6506C3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La présente section couvre la situation où un fonctionnaire est licencié pour raisons de santé et la procédure d’octroi d’une pension d’invalidité en vertu de la Caisse commune des pensions du personnel des Nations Unies (UNJSPF).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C147A6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="34C147A6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E678DA" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Licenciement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B74353" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="029E9203" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="25B74353" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029E9203" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Le licenciement est une mesure prise par l’Organisation pour mettre fin à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18541BD0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="6DBBC02C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="18541BD0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DBBC02C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> engagement à titre permanent avant sa date d’expiration normale ; ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C83F02" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="56C83F02" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> engagement de caractère continu ; ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B2626A3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5B2626A3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> engagement à durée déterminée.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A51F2B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="61A51F2B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A99A4D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Incapacité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0391421C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="76A1E03E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="0391421C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A1E03E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Aux fins de la présente section et conformément à l’article 33 a) des Statuts de la Caisse commune des pensions du personnel des Nations Unies (UNJSPF), on entend par « incapacité » d’un fonctionnaire que celui-ci « n’est plus capable de remplir des fonctions raisonnablement compatibles avec ses capacités, en raison d’une blessure ou d’une maladie affectant sa santé d’une façon qui semble devoir être permanente ou de longue durée ».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B24B3F1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3B24B3F1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A18037D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564A8B34" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="04CB3DF5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="564A8B34" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04CB3DF5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Il ne peut être mis fin à l’engagement d’un fonctionnaire pour raisons de santé en application de l’alinéa a) iii) de l’article 9.3 du Statut du personnel que si des attestations médicales établissent de façon concluante que l’incapacité du fonctionnaire lui ouvre droit à une pension d’invalidité conformément aux Statuts de la Caisse commune des pensions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0414A158" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="0414A158" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="267E6F6F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>Applicabilité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5B85AD38" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="32532A84" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5B85AD38" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32532A84" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les dispositions de la présente politique s’appliquent à tous les fonctionnaires du Programme des Nations Unies pour le développement (PNUD) régis par le Statut du personnel et le Règlement du personnel des Nations Unies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B92D661" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3B92D661" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B372B92" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Demande au Directeur du service médical de l’Organisation des Nations Unies (ONU)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8F3BD5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="37F73245" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5E8F3BD5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F73245" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="231B23B0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="331"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorsque des fonctionnaires ont pris une longue période de congés de maladie (SL) continus ou cumulés, une demande doit être envoyée au directeur médical de l’ONU pour déterminer si la maladie ou la blessure affectant la santé des fonctionnaires est ou </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>peut être un cas d’incapacité de poursuivre leur service. Cela doit être fait le plus tôt possible et au plus tard six mois avant que le fonctionnaire n’ait épuisé son droit aux congés payés, que ce soit pour congé de maladie ou pour congé annuel (AL).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21505D61" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="231B23B0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="331"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La demande doit être soumise pour :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6334DB6C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="7DD298D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="6334DB6C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD298D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés sur le plan international, par le partenaire du Bureau des ressources humaines qui dessert le lieu d’affectation ou l’unité administrative ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133DA149" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="3E611DB3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="133DA149" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E611DB3" w14:textId="5288DF97" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...13 lines deleted...]
-    <w:p w14:paraId="2A9A84E7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fonctionnaires recrutés localement non affectés à New York, par le représentant résident adjoint</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6EB0" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBD2E00" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A9A84E7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés localement et basés à New York, par le partenaire du Bureau des ressources humaines qui dessert l’unité organisationnelle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E94FAA" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="05A1D3A6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="04E94FAA" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A1D3A6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="331"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>demande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> doit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>inclure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2C414532" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="5F086A5A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2C414532" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F086A5A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> relevés SL du fonctionnaire pour les quatre dernières années ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E4DAB5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="46A72DB1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="60E4DAB5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A72DB1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> rapport médical complet du médecin traitant le membre du personnel indiquant le diagnostic exact, le traitement fourni, la réaction du patient au traitement, le diagnostic et les raisons de l’incapacité à remplir ses fonctions. Le ou les médecins doivent être invités à envoyer le rapport dans une enveloppe scellée portant la mention « confidentiel » et adressée au Directeur du service médical de l’ONU. Si le rapport est reçu non </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>scellé</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, il doit être immédiatement scellé. Aucune photocopie du rapport ne peut être faite pour le dossier personnel du fonctionnaire ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1690B446" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="48609428" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="1690B446" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48609428" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>toute</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> autre information ou documentation pertinente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C209B3F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3C209B3F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49F09C20" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Examen par le Directeur du service médical de l’ONU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA2421B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="21CECE6B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2EA2421B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21CECE6B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Après avoir examiné les dossiers de congés de maladie, les rapports médicaux et autres documents et renseignements pertinents du fonctionnaire, le Directeur du service médical de l’ONU déterminera si la maladie ou la blessure du fonctionnaire constitue une atteinte à la santé qui semble devoir être permanente ou de longue durée.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15D192B9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="23F6915C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="15D192B9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C7BB712" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45333B35" w14:textId="67F695AB" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Le Directeur du service médical de l’ONU communiquera la conclusion :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45333B35" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="5973305A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5973305A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>s’il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’agit d’un fonctionnaire recruté sur le plan international, au partenaire de l’OHR qui dessert le lieu d’affectation ou l’unité administrative ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3312CD34" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="73571BEE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="3312CD34" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73571BEE" w14:textId="0AFC04A6" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>s’il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...13 lines deleted...]
-    <w:p w14:paraId="35190679" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s’agit d’un fonctionnaire recruté localement et non affecté à New York, au représentant résident adjoint</w:t>
+      </w:r>
+      <w:r w:rsidR="003E6EB0" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD763B5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35190679" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>s’il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’agit d’un fonctionnaire recruté localement bas à New York, le partenaire du Bureau des ressources humaines qui dessert l’unité administrative pour notification au fonctionnaire ou, le cas échéant, à un membre de sa famille.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1A2334" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="31C5542A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="1C1A2334" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C5542A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Si le Directeur du service médical de l’ONU conclut qu’une telle déficience n’existe pas et si le fonctionnaire n’est pas d’accord avec la conclusion du Directeur du service médical de l’ONU, le fonctionnaire peut demander un examen de la question par un praticien indépendant accepté par le Directeur du service médical de l’ONU et le fonctionnaire ou par une commission médicale. La commission médicale sera composée des membres suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3A93AA" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="343FDABE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="7A3A93AA" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="343FDABE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> médecin choisi par le fonctionnaire ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B779C7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="69C77718" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="10B779C7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C77718" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>le</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Directeur du service médical de l’ONU ou un médecin désigné par le Directeur médical ; et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2430CF94" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="7F981DE7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2430CF94" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F981DE7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> troisième médecin qui sera choisi d’un commun accord entre les deux autres membres et qui ne sera pas un médecin de l’ONU.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C02F84" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2CEB9387" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="09C02F84" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CEB9387" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Les honoraires facturés par les médecins sélectionnés pour la commission médicale sont payés soit par le PNUD, soit en partie par le PNUD et en partie par le fonctionnaire. Si le diagnostic initial est modifié en faveur du fonctionnaire, le PNUD prendra en charge tous les frais médicaux et les frais accessoires. Toutefois, si la conclusion initiale est maintenue, le fonctionnaire prend en charge les honoraires médicaux du </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>médecin  choisi</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> par le membre du personnel et la moitié des honoraires et des frais médicaux du troisième médecin de la commission médicale. Le solde des frais et des dépenses est à la charge du PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64875AD6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="64875AD6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B4B7CF" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Retard dans la décision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFC418A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2A6B0D99" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2AFC418A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A6B0D99" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="511"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>En cas de retard dans la décision par le Directeur du service médical de l’ONU sur l’incapacité du fonctionnaire et si le fonctionnaire concerné a épuisé tous ses congés de maladie (à plein traitement et demi-traitement) en vertu de la disposition 6.2 du Statut du personnel des Nations Unies, ainsi que ses droits au congé annuel, le fonctionnaire sera mis en congé spécial avec demi-traitement en attendant la décision médicale.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F55E7A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="67F55E7A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B365B7E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Demande à la Caisse commune des pensions du personnel des Nations Unies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F60BD32" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="3D4731DB" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="7F60BD32" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D4731DB" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>S’il est médicalement établi qu’une déficience existe, une demande doit être présentée le plus rapidement possible au Comité des pensions du personnel des Nations Unies (« le Comité ») pour l’octroi d’une pension d’invalidité au fonctionnaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5080C9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="7E69A43D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="6F5080C9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E69A43D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La demande doit être soumise pour :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CEB6DD" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="564A1C1E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="35CEB6DD" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564A1C1E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés sur le plan international, par le partenaire du Bureau des ressources humaines qui dessert le lieu d’affectation ou l’unité administrative ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742590F3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="6036A340" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="742590F3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6036A340" w14:textId="014B010B" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...13 lines deleted...]
-    <w:p w14:paraId="47FD6C37" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fonctionnaires recrutés localement non affectés à New York, par le représentant résident adjoint  ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B21BA86" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47FD6C37" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés localement et basés à New York, par le partenaire du Bureau des ressources humaines qui dessert l’unité organisationnelle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="602D4309" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="43718DEE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="602D4309" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43718DEE" w14:textId="3573A0F8" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">La demande doit être soumise en utilisant le formulaire de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5">
-        <w:r w:rsidRPr="0078009D">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00ED68D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>Demande d’attribution d’une indemnité d’invalidité</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6">
-        <w:r w:rsidRPr="0078009D">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00ED68D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>en vertu de l’article 33 des statuts de la Caisse commune des pensions du personnel des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (en anglais)</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidRPr="0078009D">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00ED68D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="765EBF3F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="765EBF3F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDBC149" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Examen par la Caisse commune des pensions du personnel des Nations Unies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2892C87D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="22223B61" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2892C87D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22223B61" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>L’examen du Comité de la Caisse commune des pensions du personnel des Nations Unies est régi par les Statuts et Règlements de la Caisse commune des pensions du personnel des Nations Unies. Le Comité de la Caisse commune des pensions du personnel des Nations Unies se réunit deux fois par an, normalement en avril et en novembre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164CB528" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="17CE8CDC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="164CB528" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17CE8CDC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Après examen de la demande et sur l’avis du Directeur du service médical de l’ONU, le Comité déterminera si le fonctionnaire est inapte au sens de l’article 33 a) du Règlement de l’UNJSPF et, en cas de décision positive, accordera une indemnité d’invalidité. Le Secrétariat de la Caisse des pensions notifiera le fonctionnaire et le partenaire du Bureau des ressources humaines ou le représentant résident adjoint (opérations) de la décision du Comité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FE98C7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="69FE98C7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="673807B9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Retard dans la décision</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8D2097" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="20283FA3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="6B8D2097" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373A0931" w14:textId="2DC89C16" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>S’il y a un retard dans la décision par le Comité de la Caisse commune des pensions du personnel des Nations Unies de l’attribution ou non d’une prestation d’invalidité et que le fonctionnaires concernés ont épuisé tous leur droits au congé-maladie (à plein traitement et demi-traitement) en vertu de l’article 6.2, selon le cas, et au droit au congé annuel, le fonctionnaires seront mis en congé spécial à demi-traitement en attendant la décision du Comité de la Caisse commune des pensions du personnel des Nations Unies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="431E1094" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="487F7045" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E7D4509" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5C02EE3E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Licenciement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="777A9EEE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36300B92" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:lang w:val="fr-FR"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Généralités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6C38A44C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5403E3A8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>Autorité compétente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34417B2D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="4F1F2A57" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="34417B2D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1F2A57" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>L’administrateur a le pouvoir exclusif de mettre fin à l’engagement de tout fonctionnaire. Le pouvoir de licencier pour raisons de santé a été délégué au directeur du Bureau des ressources humaines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A81FE6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="79A81FE6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41DCA1A8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Demande au Directeur du Bureau des ressources humaines</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48328179" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="549DD7D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="48328179" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="549DD7D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Lorsque le Comité de la Caisse commune des pensions du personnel des Nations Unies a décidé d’accorder une prestation d’invalidité, une recommandation visant à mettre fin à l’engagement du fonctionnaire pour des raisons de santé, conformément à la disposition 9.3 a) iii) du Statut du personnel des Nations Unies, selon le cas, doit être présentée aussi rapidement que possible au Directeur du bureau des ressources humaines pour approbation au nom de l’Administrateur, pour :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="466D7D76" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="71730077" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="466D7D76" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E5C4F2" w14:textId="0418D62E" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés sur le plan international, par le partenaire du Bureau des ressources humaines qui dessert le lieu d’affectation ou l’unité administrative ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E5C4F2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="00C17187" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="182CF3F4" w14:textId="131A8BC6" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...13 lines deleted...]
-    <w:p w14:paraId="0F979C0E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fonctionnaires recrutés localement non affectés à New York, par le représentant résident adjoint  ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6455196A" w14:textId="347A14DA" w:rsidR="00FE1E1D" w:rsidRPr="00787293" w:rsidRDefault="0078009D" w:rsidP="009B7817">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés localement basés à New York, par le partenaire du Bureau des ressources humaines qui dessert l’unité organisationnelle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464A7DD8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7CF3EFC1" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="36A014D0" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CAA4DE" w14:textId="3541C144" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Prévis de licenciement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2323AF45" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2B079CA5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2323AF45" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B079CA5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>À la suite de l’approbation par le Directeur du bureau des ressources humaines de la fin du contrat du fonctionnaire, l’avis de licenciement approprié, tel qu’indiqué au paragraphe suivant, sera communiqué aux fonctionnaires comme suit :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1130B8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="5486E752" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5E1130B8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5486E752" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>pour</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> les fonctionnaires recrutés sur le plan international, par le partenaire du Bureau des ressources humaines qui dessert le lieu d’affectation ou l’unité administrative ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566524E1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="0144C1C1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="566524E1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0144C1C1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>pour</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> les fonctionnaires recrutés localement non affectés à New York, par le chef du bureau ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C9BFD0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="67D058F7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="45C9BFD0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67D058F7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>pour</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> les fonctionnaires recrutés localement basés à New York, par le partenaire du Bureau des ressources humaines qui dessert l’unité administrative.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF1EF32" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="6272277B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="3EF1EF32" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6272277B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Sauf mention contraire dans la lettre de nomination, un fonctionnaire doit recevoir un préavis de licenciement d’au moins :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50617D1D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="47099CCC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="50617D1D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47099CCC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>trois</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mois, dans le cas d’un engagement à titre permanent ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D12117" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="56D12117" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>trois</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> mois, dans le cas d’un engagement de caractère continu ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEF472C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2FEF472C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>trente</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> jours, dans le cas d’un engagement à durée déterminée ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098A3855" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="098A3855" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>quinze</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> jours, dans le cas d’un engagement temporaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="169FC416" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="0A32441B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="169FC416" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A32441B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Au lieu de la période de préavis, l’Administrateur peut autoriser le versement d’une indemnité calculée sur la base du traitement de base net et des indemnités que le fonctionnaire aurait reçues si la date de cessation d’emploi avait été fixée à la fin de la période de préavis. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>période</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>préavis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>n’est</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>pas :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="456B778E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="46D661D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="456B778E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D661D2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>comptée</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> comme contributive aux fins de la pension ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297389F6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="297389F6" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>incluse</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans le calcul de l’ancienneté pour le paiement de l’indemnité de licenciement ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50805F95" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="6ECB3214" w14:textId="6EBEFDA4" w:rsidR="00FE1E1D" w:rsidRPr="00FB4E53" w:rsidRDefault="0078009D" w:rsidP="009B7817">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>comptée</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> comme service aux fins de la comptabilisation des congés annuels.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DFC053" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5CAACE5C" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="7B12D85D" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DE23142" w14:textId="1FBB9A15" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Date de licenciement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3988632E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="4051AA03" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="3988632E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4051AA03" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La cessation de service prendra effet à la date fixée dans le préavis de licenciement. En fixant cette date, les conditions suivantes seront respectées :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F407D0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="07DC7E6C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="17F407D0" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07DC7E6C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, à la date du préavis, les fonctionnaires ont un solde de SL supérieur au délai de préavis prévu par la disposition 9.7 du Règlement du personnel, la date effective de la cessation de service sera la date à laquelle ils auront épuisé leur droits de SL ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30EAB021" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="3673B2FD" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="30EAB021" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3673B2FD" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, à la date du préavis, les fonctionnaires ont un solde de SL inférieur au délai de préavis, la date de départ sera la même que celle indiquée ci-dessus, mais le préavis avisera les fonctionnaires qu’une indemnité tenant lieu de préavis sera versée dans la mesure où le solde de SL est inférieur au délai de préavis ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA654F4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="7B15BB3A" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="0FA654F4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BBC8ED1" w14:textId="3BE1B2CF" w:rsidR="0078009D" w:rsidRPr="00787293" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>, à la date du préavis, les fonctionnaire ont déjà épuisé tous leur droits au congé de maladie et ont été mis en congé spécial à demi-traitement en vertu des paragraphes 13 ou 19, la cessation de service prendra effet à la date du préavis, mais le préavis précisera que l’indemnité sera versée pour toute la durée du préavis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBC8ED1" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5BBFAD62" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Indemnité de licenciement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="636B710D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2BDCE181" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="636B710D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDCE181" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Un fonctionnaire licencié pour des raisons de santé et qui reçoit une indemnité pour invalidité totale en vertu de la disposition 6.4 du Statut du personnel de l’ONU (maladie ou blessure imputables au service) ne reçoit pas d’indemnité de licenciement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C3ED46" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="1E728759" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="53C3ED46" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E728759" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...24 lines deleted...]
-    <w:p w14:paraId="03C40A61" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Un fonctionnaire licencié pour des raisons de santé mais qui ne bénéficie d’aucune indemnité pour incapacité totale en vertu de la disposition 6.4 du Statut du personnel des Nations Unies, reçoit une indemnité de licenciement en fonction du statut contractuel du fonctionnaire et l’ ancienneté conformément à l’annexe II du Règlement du personnel de l’ONU, déduction faite du montant de toute prestation d’invalidité que le fonctionnaire peut recevoir de la Caisse commune des pensions du personnel des Nations Unies pour le nombre de mois correspondant au taux d’indemnisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABF30E8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C40A61" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>La durée de service comprend la durée totale du service continu à plein temps du fonctionnaire au PNUD ou dans une autre organisation du régime commun des Nations Unies, quel que soit le type d’engagement. La continuité de service ne sera pas considérée comme interrompue par des périodes de congé spécial sans traitement (SLWOP) ou avec traitement partiel (SLWPP) pour des périodes de moins d’un mois, mais les mois complets de ces périodes excédant un mois civil ne seront pas crédités au titre de service à des fins d’indemnité.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CED367" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="12CED367" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2390D7AF" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Réduction de l’indemnité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AF1012" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...42 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="06AF1012" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05083E90" w14:textId="30157B22" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Pour éviter une double indemnisation, la période d’indemnité de licenciement ne peut</w:t>
+      </w:r>
+      <w:r w:rsidR="00C63943" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dépasser la période précédant </w:t>
+      </w:r>
+      <w:r w:rsidR="00621905" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>l’âge obligatoire de cessation de service (65 ans)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dans ce cas, l’indemnité est réduite pour le nombre de mois </w:t>
+      </w:r>
+      <w:r w:rsidR="009C2C76" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>dépassant l’âge obligatoire de cessation de service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2854BA62" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="557F118D" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Calcul</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D120CC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="1FE3EC08" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="06D120CC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE3EC08" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="331"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>L’indemnité de licenciement est calculée pour :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E2B20C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="64D5203E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="05E2B20C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D5203E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés sur le plan local, sur la base de la rémunération retenue pour l’indemnisation, déduction faite des contributions du personnel ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F42D8F7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="228A71E5" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="5F42D8F7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="344022D4" w14:textId="2A1DC10C" w:rsidR="0078009D" w:rsidRPr="00FB4E53" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> fonctionnaires recrutés sur le plan international, sur la base du traitement brut, déduction faite des contributions du personnel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344022D4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="1B84E12E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="1B84E12E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Aucune cotisation de retraite n’est versée lors du paiement d’une indemnité de licenciement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BF6419" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="706FEA5F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="107F2FCE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="107F2FCE" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A59BDE3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7A59BDE3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Autre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD69550" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...13 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5FD69550" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="462B14F9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Congé de maladi</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD07868" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7DD07868" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A839D3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Combinaison de SL à demi-traitement avec AL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DBF19DC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="574FEE54" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="6DBF19DC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="574FEE54" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Chaque jour de congé de maladie à demi-traitement peut être combiné avec une demi-journée de congé annule, à condition que le fonctionnaire ait préalablement accepté cet arrangement. Dans ce cas, une demi-journée de congé de maladie à demi-traitement et une demi-journée de congé annuel sont comptabilisées pour chaque jour ouvrable concerné.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3076EB73" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3076EB73" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45816D97" w14:textId="77777777" w:rsidR="0066629B" w:rsidRPr="00ED68D4" w:rsidRDefault="0066629B" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="5D3379EF" w14:textId="56D5072F" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Comptabilisation de congé annuel pendant les congés de maladie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD9B9E4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="2DBD212B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="1AD9B9E4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DBD212B" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Conformément aux alinéas a) et c) de l’article 5.3 (a) et (b) du Règlement du personnel de l’ONU, selon le cas, un fonctionnaire accumulera des congés annuels :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAE3115" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="749DD0E3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="4BAE3115" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="749DD0E3" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>pendant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> qu’il est en SL à plein traitement ; ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656381A2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="656381A2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> cas d’absence du travail dans le cadre d’un accord, dans lequel une demi-journée d’AL est combinée avec une journée complète de SL à demi-traitement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357116B8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="357116B8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E8155C7" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Comptabilisation d’autres droits pendant congé de maladie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C49154" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="5A081BC8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="52C49154" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A081BC8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les périodes de congés de maladie, payées à plein traitement ou à demi-traitement, n’affectent pas l’accumulation des crédits d’années de service au titre de l’augmentation d’échelon, du congé dans les foyers (HL), de l’indemnité de licenciement et de la prime de rapatriement (RG), sauf si l’engagement à durée déterminée des fonctionnaires est prolongé pour leur permettre d’utiliser leur droit au congé de maladie (voir les deux paragraphes ci-dessous).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041EA073" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="041EA073" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25FE189F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Prolongation des engagements à durée déterminée pour l’utilisation du droit au congé de maladie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2003521F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="3A72383E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="2003521F" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A72383E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Lorsque des fonctionnaires engagés pour une durée déterminée sont dans l’incapacité de travail en raison d’une maladie qui se prolonge au-delà de la date d’expiration du contrat, il se voit accorder une prolongation de leur contrat, après consultation avec le Directeur, pour une période continue de maladie attestée jusqu’à concurrence du maximum de congé de maladie à plein traitement et à demi-traitement en vertu de la disposition 6.2 du Règlement du personnel de l’ONU.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE47937" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...6 lines deleted...]
-    <w:p w14:paraId="3A0B12E4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
+    <w:p w14:paraId="4AE47937" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A0B12E4" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Lorsque l’engagement à durée déterminée des fonctionnaires est prolongé uniquement pour leur permettre d’utiliser leur droit au congé de maladie, cette prolongation ne donne pas droit à une augmentation supplémentaire d’échelon, de congé annuel, de congé de maladie ou de congé dans les foyers, mais des crédits au titre de la prime de rapatriement peuvent continuer à s’accumuler si les fonctionnaires ne sont pas retournés dans son pays d’origine. Les congés de maladie à demi-traitement pendant la période de prolongation ne peuvent pas être complétés par des congés annuels. En cas de décès pendant la période de prolongation, la période antérieure au décès peut être prise en compte dans la détermination de la prestation de décès prévue à la disposition 9.11 a) vii) du Règlement du personnel de l’ONU.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E07B7C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="55E07B7C" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EAF8098" w14:textId="77777777" w:rsidR="00FE1E1D" w:rsidRPr="00ED68D4" w:rsidRDefault="00FE1E1D" w:rsidP="009B7817">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="1FEE28E7" w14:textId="144463A6" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Confidentialité</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EA3EC21" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...77 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0EA3EC21" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A66908" w14:textId="3917D3DC" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:hanging="421"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les informations médicales sont confidentielles et doivent être traitées comme telles, que ce soit dans les bureaux ou dans la transmission à la </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5A3F" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Division de la gestion des soins de santé et de la sécurité et de la santé au travail (DHMOSH)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B7817" w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Aucune copie des rapports médicaux des médecins traitants ne peut être conservée dans les dossiers personnels des fonctionnaires.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281836D8" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43FCB544" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C2BF67" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A35BA1E" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A31F9B9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A460C77" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C591E66" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F021D9" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="744F3FCB" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer:</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4F5745" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="1F4F5745" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41D3BAAC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="41D3BAAC" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Attention :</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078009D">
-        <w:rPr>
+      <w:r w:rsidRPr="00ED68D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> En cas de divergence entre les textes français et anglais de cette politique, le texte anglais fait foi, sauf disposition expresse écrite contraire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72AD32B2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="0078009D" w:rsidRDefault="0078009D" w:rsidP="0078009D">
-[...17 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:p w14:paraId="72AD32B2" w14:textId="77777777" w:rsidR="0078009D" w:rsidRPr="00ED68D4" w:rsidRDefault="0078009D" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C92BF78" w14:textId="77777777" w:rsidR="00A31C56" w:rsidRPr="00ED68D4" w:rsidRDefault="00A31C56" w:rsidP="007451DE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A31C56" w:rsidRPr="00ED68D4" w:rsidSect="0078009D">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1162" w:right="1788" w:bottom="1345" w:left="1800" w:header="720" w:footer="748" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5BF7E325" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="41F97C73" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="6AF25AD9" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="51C9802E" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="51C9802E" w14:textId="77777777" w:rsidR="00EB142A" w:rsidRDefault="0066629B">
     <w:pPr>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3A474811" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="3A474811" w14:textId="77777777" w:rsidR="00EB142A" w:rsidRDefault="0066629B">
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="52144AB2" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00F12831" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="52144AB2" w14:textId="62276C9F" w:rsidR="00EB142A" w:rsidRPr="00F12831" w:rsidRDefault="0066629B">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F12831">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00F12831">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F12831">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:lang w:val="fr-FR"/>
@@ -3269,154 +3966,173 @@
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00F12831">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidRPr="00813513">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">Date d’entrée en vigueur : </w:t>
-[...6 lines deleted...]
-      <w:t>01/01/2025</w:t>
+      <w:t>Date d’entrée en vigueur : 01/01/2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00813513">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...4 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidRPr="00813513">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Version </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="00813513">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>n:</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="00813513">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00F12831">
+    <w:r w:rsidR="00056FF6">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7893F2AC" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7893F2AC" w14:textId="77777777" w:rsidR="00EB142A" w:rsidRDefault="0066629B">
     <w:pPr>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5ED19ACE" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="5ED19ACE" w14:textId="77777777" w:rsidR="00EB142A" w:rsidRDefault="0066629B">
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="4001356E" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="001A816C" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="258EA027" w14:textId="77777777" w:rsidR="00D86303" w:rsidRDefault="00D86303">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="797ECB2D" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00CA5D5F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="797ECB2D" w14:textId="77777777" w:rsidR="00EB142A" w:rsidRDefault="0066629B" w:rsidP="00CA5D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12EC4EDD" wp14:editId="0E9A1DB9">
           <wp:extent cx="591279" cy="900000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="810211093" name="Picture 1" descr="A blue and white logo with white text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="810211093" name="Picture 1" descr="A blue and white logo with white text&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -3428,51 +4144,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="591279" cy="900000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047229B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68AAB2E8"/>
     <w:lvl w:ilvl="0" w:tplc="F236B766">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -4278,50 +4994,136 @@
     <w:lvl w:ilvl="8" w:tplc="471EB634">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6466"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DEF7E7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A0F687B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="245A57CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE8E711C"/>
     <w:lvl w:ilvl="0" w:tplc="88D6DE62">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1411" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -4366,54 +5168,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5011" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5731" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6451" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25DF0980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="45F8A0CC"/>
+    <w:tmpl w:val="04DEF334"/>
     <w:lvl w:ilvl="0" w:tplc="63C276BE">
       <w:start w:val="26"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D8724CE0">
       <w:start w:val="1"/>
@@ -4578,51 +5380,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D94CB9EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6466"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="299A37E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="615C65B4"/>
     <w:lvl w:ilvl="0" w:tplc="3E6E6A2E">
       <w:start w:val="22"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4790,51 +5592,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4732C61C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2ED02C7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A242814"/>
     <w:lvl w:ilvl="0" w:tplc="FAA2BEA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5002,51 +5804,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B66E3090">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C83793D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D27ECEDE"/>
     <w:lvl w:ilvl="0" w:tplc="A30EB81A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5214,51 +6016,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A8428162">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51F207A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE08926"/>
     <w:lvl w:ilvl="0" w:tplc="E41ED0C8">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5426,51 +6228,149 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="59FEB820">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59D45DEE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84CC1D5C"/>
+    <w:lvl w:ilvl="0" w:tplc="1F36AC9E">
+      <w:start w:val="37"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="691" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A97033C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6B62464"/>
     <w:lvl w:ilvl="0" w:tplc="6F9E9392">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5638,51 +6538,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4626B228">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74361CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="60668924"/>
     <w:lvl w:ilvl="0" w:tplc="C52A9618">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5851,51 +6751,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D072253E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74EE2B3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FA64222"/>
     <w:lvl w:ilvl="0" w:tplc="89809B74">
       <w:start w:val="30"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6063,51 +6963,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="858CACF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="755A5A56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1400858"/>
     <w:lvl w:ilvl="0" w:tplc="638A32F8">
       <w:start w:val="35"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="691"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6275,161 +7175,203 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3CB67670">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6466"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2114204563">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="372116606">
-[...14 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="821042051">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2129080160">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="563150991">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1207837151">
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1981417608">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1553157610">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0078009D"/>
+    <w:rsid w:val="00000727"/>
+    <w:rsid w:val="00033FE4"/>
+    <w:rsid w:val="00056FF6"/>
     <w:rsid w:val="000C0236"/>
     <w:rsid w:val="00134180"/>
     <w:rsid w:val="001577BB"/>
+    <w:rsid w:val="002D45BC"/>
+    <w:rsid w:val="003E6EB0"/>
+    <w:rsid w:val="0046754C"/>
     <w:rsid w:val="00487C63"/>
+    <w:rsid w:val="00544608"/>
+    <w:rsid w:val="005D68E0"/>
+    <w:rsid w:val="00621905"/>
+    <w:rsid w:val="0066629B"/>
+    <w:rsid w:val="006F4F9E"/>
+    <w:rsid w:val="007451DE"/>
     <w:rsid w:val="0078009D"/>
+    <w:rsid w:val="00787293"/>
+    <w:rsid w:val="008234F8"/>
+    <w:rsid w:val="0089635A"/>
+    <w:rsid w:val="009B7817"/>
+    <w:rsid w:val="009C2C76"/>
     <w:rsid w:val="00A31C56"/>
     <w:rsid w:val="00A9366F"/>
+    <w:rsid w:val="00AA5A3F"/>
+    <w:rsid w:val="00C63943"/>
+    <w:rsid w:val="00D10903"/>
+    <w:rsid w:val="00D86303"/>
     <w:rsid w:val="00E1356D"/>
+    <w:rsid w:val="00E65BC3"/>
+    <w:rsid w:val="00EB142A"/>
+    <w:rsid w:val="00ED68D4"/>
     <w:rsid w:val="00F036CA"/>
+    <w:rsid w:val="00FB4E53"/>
     <w:rsid w:val="00FE0AB1"/>
+    <w:rsid w:val="00FE1E1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NL"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2FE0FF55"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{82916C5C-4C9B-4F0B-8508-7B62CC9C6902}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6979,50 +7921,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0078009D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -7297,104 +8240,138 @@
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="0078009D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0078009D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0078009D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0078009D"/>
     <w:rPr>
       <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0078009D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0089635A"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005D68E0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005D68E0"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/5676" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/5676" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-award-disability-benefit-under-article-33-unjspf-regulations" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/5676" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -7652,59 +8629,389 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DC5EED3-6C5A-4BB2-81A7-4064FF5F3BC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B77870B-BE44-40F8-8C0F-6540A8AFA710}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11548D5F-DC45-4DA4-A432-A8016EBFCCE8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>15492</Characters>
+  <Pages>9</Pages>
+  <Words>2725</Words>
+  <Characters>15537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>129</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18173</CharactersWithSpaces>
+  <CharactersWithSpaces>18226</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pablo Morete</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>