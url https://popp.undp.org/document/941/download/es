--- v0 (2025-10-21)
+++ v1 (2026-02-27)
@@ -1,55 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="20DFCFBB" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Rescisión del Nombramiento por Razones de Salud </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
@@ -737,98 +741,147 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Las disposiciones de esta política rigen para todos los miembros del personal del PNUD regidos por el Estatuto del Personal y el Reglamento del Personal de la ONU.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F1169E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="37F1169E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2E610FB5" w14:textId="77777777" w:rsidR="00184142" w:rsidRDefault="00184142" w:rsidP="001F789B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569C7DBA" w14:textId="77777777" w:rsidR="00184142" w:rsidRPr="001F789B" w:rsidRDefault="00184142" w:rsidP="001F789B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="36FD8BAF" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="3"/>
         <w:ind w:left="360" w:hanging="10"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solicitud al Director Médico de la ONU   </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Solicitud al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E47BB6" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -836,51 +889,50 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cuando  miembros</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> del personal hayan tomado un período extenso de licencia de enfermedad (SL, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sick</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1093,76 +1145,76 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="339E05CC" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50513A66" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="50513A66" w14:textId="6C25A360" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto (Operaciones);  </w:t>
+        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="573A4C58" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -1478,256 +1530,341 @@
     <w:p w14:paraId="7BF05970" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="3"/>
         <w:ind w:left="360" w:hanging="10"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revisión por parte del Director Médico de la ONU   </w:t>
+        <w:t xml:space="preserve">Revisión por parte del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA427EE" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9CB440" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="38BBA61C" w14:textId="544B266E" w:rsidR="001F789B" w:rsidRPr="00184142" w:rsidRDefault="001F789B" w:rsidP="00EC2829">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Después de revisar los registros de SL del miembro del personal, los informes médicos y el resto de la documentación/la información relevante, el Director Médico de la ONU determinará si la enfermedad o la lesión del miembro del personal constituye una deficiencia de salud que probablemente sea permanente o de larga duración.   </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">Después de revisar los registros de SL del miembro del personal, los informes médicos y el resto de la documentación/la información relevante, el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU determinará si la enfermedad o la lesión del miembro del personal constituye una deficiencia de salud que probablemente sea permanente o de larga duración.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E0561E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Director Médico de la ONU impartirá su conclusión a los siguientes funcionarios:   </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU impartirá su conclusión a los siguientes funcionarios:   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66547D7C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525EEDEA" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="525EEDEA" w14:textId="513A75CA" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si se trata de un miembro del personal reclutado internacionalmente, al Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización  </w:t>
+        <w:t>Si se trata de un miembro del personal reclutado internacionalmente, al Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDA0B1E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE940F6" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="2DE940F6" w14:textId="620E1F9A" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si se trata de un miembro del personal reclutado localmente asignado fuera de Nueva York, al Representante Residente Adjunto (Operaciones)  </w:t>
+        <w:t>Si se trata de un miembro del personal reclutado localmente asignado fuera de Nueva York, al Representante Residente Adjunto</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686DE6A5" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="7"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -1802,102 +1939,144 @@
     <w:p w14:paraId="2D423AD3" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si el Director Médico de la ONU llega a la conclusión de que no existe tal deficiencia y el miembro del personal no está de acuerdo con la conclusión del Director Médico de la ONU, el miembro del personal puede solicitar una revisión del asunto por parte de un médico independiente que el Director Médico de la ONU y el miembro del personal acepten o por parte de una junta médica. La junta médica contará con los siguientes miembros:   </w:t>
+        <w:t xml:space="preserve">Si el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU llega a la conclusión de que no existe tal deficiencia y el miembro del personal no está de acuerdo con la conclusión del Director Médico de la ONU, el miembro del personal puede solicitar una revisión del asunto por parte de un médico independiente que el Director Médico de la ONU y el miembro del personal acepten o por parte de una junta médica. La junta médica contará con los siguientes miembros:   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D7876B" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4772FABF" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="4772FABF" w14:textId="4AC5B833" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Un médico seleccionado por el miembro del personal  </w:t>
+        <w:t>Un médico seleccionado por el miembro del personal</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210A5A4A" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1915,123 +2094,165 @@
     <w:p w14:paraId="253687C0" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>El Director Médico de la ONU o un médico designado por el Director Médico; y</w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU o un médico designado por el Director Médico; y</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38029370" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DEFC7D" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="55DEFC7D" w14:textId="1E386162" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Un tercer médico, quien será seleccionado por acuerdo entre los otros dos miembros y quien no será un oficial médico de la ONU  </w:t>
+        <w:t>Un tercer médico, quien será seleccionado por acuerdo entre los otros dos miembros y quien no será un oficial médico de la ONU</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66892837" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -2154,74 +2375,106 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si ocurre una demora en la determinación del Director Médico de la ONU sobre la incapacidad del miembro del personal y el miembro del personal en cuestión ha agotado todo su derecho a SL (tanto con sueldo completo como con medio sueldo) según la regla 6.2 del Reglamento del Personal de la ONU, y su derecho a AL, se le concederá al miembro del personal una licencia especial con medio sueldo hasta que se conozca la determinación médica.   </w:t>
+        <w:t xml:space="preserve">Si ocurre una demora en la determinación del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU sobre la incapacidad del miembro del personal y el miembro del personal en cuestión ha agotado todo su derecho a SL (tanto con sueldo completo como con medio sueldo) según la regla 6.2 del Reglamento del Personal de la ONU, y su derecho a AL, se le concederá al miembro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">del personal una licencia especial con medio sueldo hasta que se conozca la determinación médica.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170515DD" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39247981" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="3"/>
         <w:ind w:left="360" w:hanging="10"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -2344,230 +2597,270 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDEED1C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263B3B31" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="263B3B31" w14:textId="73FCB2CE" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados internacionalmente, por el Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización  </w:t>
+        <w:t>Para miembros del personal reclutados internacionalmente, por el Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495A8F8E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="324222BD" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="324222BD" w14:textId="52DF4863" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto (Operaciones)  </w:t>
+        <w:t>Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3B7292" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A71093" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="39A71093" w14:textId="5AE8D7F4" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados en Nueva York, por el Asesor de la ORH que preste servicios a la unidad de organización  </w:t>
+        <w:t>Para miembros del personal reclutados localmente asignados en Nueva York, por el Asesor de la ORH que preste servicios a la unidad de organización</w:t>
+      </w:r>
+      <w:r w:rsidR="00184142">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5933A075" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C9F862A" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="2C9F862A" w14:textId="31B18B40" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">La solicitud debe presentarse mediante el formulario </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="001F789B">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0563C1"/>
             <w:kern w:val="0"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Solicitud de otorgamiento de una prestación de discapacidad según el Artículo 33 de los Estatutos de la CMPPNU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="0563C1"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> (en inglés)</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
@@ -2718,51 +3011,73 @@
     <w:p w14:paraId="7E288AB7" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tras examinar la solicitud y la recomendación del Director Médico de la ONU, el Comité determinará si el miembro del personal se encuentra incapacitado según la definición del Artículo 33 (a) de los Estatutos de la CMPPNU y, si se concluye que es así, le otorgará una prestación de discapacidad. La Secretaría de la Caja de Pensiones notificará al miembro </w:t>
+        <w:t xml:space="preserve">Tras examinar la solicitud y la recomendación del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Médico de la ONU, el Comité determinará si el miembro del personal se encuentra incapacitado según la definición del Artículo 33 (a) de los Estatutos de la CMPPNU y, si se concluye que es así, le otorgará una prestación de discapacidad. La Secretaría de la Caja de Pensiones notificará al miembro </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745E79B3" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="706" w:right="1231"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">del personal y al Asesor de la ORH o al Representante Residente Adjunto (Operaciones) sobre la decisión del Comité.   </w:t>
       </w:r>
@@ -2858,62 +3173,62 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si ocurre una demora en la determinación del Comité de la CMPPNU sobre si otorgar o no una prestación de discapacidad y los miembros del personal en cuestión han agotado todo su derecho a licencia de enfermedad (tanto con sueldo completo como con medio sueldo) según la regla 6.2 del Reglamento del Personal de la ONU, según corresponda, y su </w:t>
+        <w:t xml:space="preserve">Si ocurre una demora en la determinación del Comité de la CMPPNU sobre si otorgar o no una prestación de discapacidad y los miembros del personal en cuestión han agotado todo su derecho a licencia de enfermedad (tanto con sueldo completo como con medio sueldo) </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">derecho a AL, se le concederá a los miembros del personal una licencia especial con medio sueldo hasta que se conozca la decisión del Comité de la CMPPNU.  </w:t>
+        <w:t xml:space="preserve">según la regla 6.2 del Reglamento del Personal de la ONU, según corresponda, y su derecho a AL, se le concederá a los miembros del personal una licencia especial con medio sueldo hasta que se conozca la decisión del Comité de la CMPPNU.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB48AC9" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
@@ -3153,51 +3468,73 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>20.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Administrador tiene la autoridad exclusiva para rescindir el nombramiento de cualquier miembro del personal. Para la rescisión de nombramientos por razones de salud, esta autoridad ha sido delegada al Director de la ORH.   </w:t>
+        <w:t xml:space="preserve">El Administrador tiene la autoridad exclusiva para rescindir el nombramiento de cualquier miembro del personal. Para la rescisión de nombramientos por razones de salud, esta autoridad ha sido delegada al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la ORH.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D727F6" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3232,51 +3569,75 @@
     <w:p w14:paraId="1577FCF2" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="3"/>
         <w:ind w:left="341" w:hanging="10"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Solicitud al Director de la ORH   </w:t>
+        <w:t xml:space="preserve">Solicitud al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la ORH   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372F899C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -3301,204 +3662,266 @@
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>21. Cuando el Comité de la CMPPNU haya decidido otorgar una prestación de discapacidad, una recomendación para la rescisión del nombramiento del miembro del personal por razones de salud según la cláusula 9.3 (a) (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>iii</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">) del Estatuto del Personal de la ONU, según corresponda, debe ser presentada de la manera más rápida posible al Director de la ORH para su aprobación en nombre del Administrador:  </w:t>
+        <w:t xml:space="preserve">) del Estatuto del Personal de la ONU, según corresponda, debe ser presentada de la manera más rápida posible al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la ORH para su aprobación en nombre del Administrador:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A93DF50" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15EAED63" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="15EAED63" w14:textId="3EC28CB6" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados internacionalmente, por el Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización  </w:t>
+        <w:t>Para miembros del personal reclutados internacionalmente, por el Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización</w:t>
+      </w:r>
+      <w:r w:rsidR="00801169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A1A30A" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03F899B1" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="03F899B1" w14:textId="0337E767" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto (Operaciones)  </w:t>
+        <w:t>Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Representante Residente Adjunto</w:t>
+      </w:r>
+      <w:r w:rsidR="00801169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732CD3DE" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C8F12C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="19C8F12C" w14:textId="12B50308" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados en Nueva York, por el Asesor de la ORH que preste servicios a la unidad de organización  </w:t>
+        <w:t>Para miembros del personal reclutados localmente asignados en Nueva York, por el Asesor de la ORH que preste servicios a la unidad de organización</w:t>
+      </w:r>
+      <w:r w:rsidR="00801169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD8F2D6" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E8CB04" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
@@ -3529,201 +3952,200 @@
         <w:t xml:space="preserve">Notificación de rescisión del nombramiento  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C13909" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B5ED48" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="39B5ED48" w14:textId="45420E9E" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Después de la aprobación de la </w:t>
+        <w:t xml:space="preserve">Después de la aprobación de la rescisión del nombramiento del miembro del personal por parte del </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>rescisión  del</w:t>
+        <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nombramiento del miembro del personal por parte del Director de la ORH, se emitirá, como se indica en el párrafo siguiente, la notificación de rescisión del nombramiento apropiada al miembro del personal de la siguiente manera:   </w:t>
+        <w:t xml:space="preserve"> de la ORH, se emitirá, como se indica en el párrafo siguiente, la notificación de rescisión del nombramiento apropiada al miembro del personal de la siguiente manera:   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135CA2EC" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="7"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E30150" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="16B64224" w14:textId="386017AA" w:rsidR="001F789B" w:rsidRPr="00EC2829" w:rsidRDefault="001F789B" w:rsidP="00EC2829">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Para miembros del personal reclutados internacionalmente, por el Asesor de la ORH que preste servicios al lugar de destino o la unidad de organización  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B64224" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="69141E04" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el Jefe de Oficina  </w:t>
+        <w:t xml:space="preserve">Para miembros del personal reclutados localmente asignados fuera de Nueva York, por el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Oficina  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D06F79" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -4359,51 +4781,73 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Si, en la fecha de notificación, los miembros del personal ya han agotado todo su derecho a SL y se le ha concedido una licencia especial con medio sueldo según el párrafo 13 y/o 19, la separación será efectiva en la fecha en que se dé aviso, pero la notificación especificará que se pagará una indemnización por el período de aviso completo  </w:t>
+        <w:t xml:space="preserve">Si, en la fecha de notificación, los miembros del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>personal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ya han agotado todo su derecho a SL y se le ha concedido una licencia especial con medio sueldo según el párrafo 13 y/o 19, la separación será efectiva en la fecha en que se dé aviso, pero la notificación especificará que se pagará una indemnización por el período de aviso completo  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA6BF03" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
@@ -4648,72 +5092,122 @@
         <w:t xml:space="preserve">Reducción de la indemnización  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2450B760" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47979579" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="47979579" w14:textId="6332C995" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="701" w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">29. Para evitar la doble indemnización, el período de la indemnización por rescisión del nombramiento no puede exceder el período anterior a la edad de jubilación (60, 62 o 65). De ser así, la indemnización se reduce por el número de meses que excedan la edad de jubilación.   </w:t>
+        <w:t xml:space="preserve">29. Para evitar la doble indemnización, el período de la indemnización por rescisión del nombramiento no puede exceder el período anterior a </w:t>
+      </w:r>
+      <w:r w:rsidR="0027572C" w:rsidRPr="0027572C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>la edad obligatoria de separación del servicio (65 años)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. De ser así, la indemnización se reduce por el número de meses que</w:t>
+      </w:r>
+      <w:r w:rsidR="00430E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00430E72" w:rsidRPr="00430E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>excedan la edad obligatoria de separación del servicio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4E1442" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576BDE86" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
@@ -4806,127 +5300,104 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="268FFD2E" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF0A287" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="3698068F" w14:textId="029FDB44" w:rsidR="001F789B" w:rsidRPr="00EC2829" w:rsidRDefault="001F789B" w:rsidP="00EC2829">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Para miembros del personal local, en base a la remuneración pensionable del miembro del personal, menos las contribuciones del personal   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3698068F" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="01407CFC" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para miembros del personal internacional, en base al sueldo bruto del miembro del personal, menos las contribuciones del personal  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22078BA4" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -5175,73 +5646,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F82575C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="701" w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">32. Cada día de SL con medio sueldo puede combinarse con medio día de AL, siempre que el miembro del personal acepte previamente dicho arreglo. En tal caso, se cobrará un día completo con </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> de AL por cada día laborable en cuestión.  </w:t>
+        <w:t xml:space="preserve">32. Cada día de SL con medio sueldo puede combinarse con medio día de AL, siempre que el miembro del personal acepte previamente dicho arreglo. En tal caso, se cobrará un día completo con medio sueldo y medio día de AL por cada día laborable en cuestión.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="165E27EF" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="352EC88D" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
@@ -5491,114 +5940,92 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3966D17D" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="3966D17D" w14:textId="49AB5FB2" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="701" w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>34.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los períodos de SL, ya sean con sueldo completo o medio sueldo, no afectarán la acumulación de créditos de servicio para aumento de sueldo, vacaciones en el lugar de origen (HL), indemnización por rescisión del nombramiento y prima de repatriación (RG), excepto cuando el nombramiento de plazo fijo </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> del personal sea extendido para permitir usar su derecho a SL (véanse los dos párrafos a continuación).  </w:t>
+        <w:t xml:space="preserve">Los períodos de SL, ya sean con sueldo completo o medio sueldo, no afectarán la acumulación de créditos de servicio para aumento de sueldo, vacaciones en el lugar de origen (HL), indemnización por rescisión del nombramiento y prima de repatriación (RG), excepto cuando el nombramiento de plazo fijo de miembros del personal sea extendido para permitir usar su derecho a SL (véanse los dos párrafos a continuación).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387F737D" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C7E5C67" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
@@ -5641,88 +6068,98 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F730EE7" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="5F730EE7" w14:textId="5D979950" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando miembros del personal con un nombramiento de plazo fijo es incapacitado para el servicio debido a una enfermedad que continúa después de la fecha vencimiento del nombramiento, se les concederá una extensión del nombramiento, después de haberlo consultado con el </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Cuando  miembros</w:t>
+        <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> del personal con un nombramiento de plazo fijo es incapacitado para el servicio debido a una enfermedad que continúa después de la fecha vencimiento del nombramiento, se les concederá una extensión del nombramiento, después de haberlo consultado con el Director Médico de la ONU, para un período continuo de enfermedad </w:t>
+        <w:t xml:space="preserve"> Médico de la ONU, para un período continuo de enfermedad </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">certificada hasta el derecho máximo de SL con sueldo completo y medio sueldo según la regla 6.2 del Reglamento del Personal de la ONU.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C0FA941" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
@@ -5817,400 +6254,443 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="54E4D880" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A52946B" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="6A52946B" w14:textId="1E9BB083" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="701" w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">37. La información médica es confidencial y debe tratarse como tal, ya sea dentro de las oficinas o en la transmisión a la División de Servicios Médicos de la ONU (UNMSD, </w:t>
-[...62 lines deleted...]
-        <w:t xml:space="preserve">por sus siglas en inglés). </w:t>
+        <w:t xml:space="preserve">37. La información médica es confidencial y debe tratarse como tal, ya sea dentro de las oficinas o en la transmisión a la </w:t>
+      </w:r>
+      <w:r w:rsidR="00D40C84" w:rsidRPr="00D40C84">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>División de Gestión de la Atención Sanitaria y Seguridad y Salud Ocupacionales de las Naciones Unidas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">No se podrá conservar copias de los informes médicos de los médicos a cargo en los expedientes personales de los miembros del personal.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D14B89D" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
+    <w:p w14:paraId="7D14B89D" w14:textId="1BE1859B" w:rsidR="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="35CF423B" w14:textId="6B2CB0BD" w:rsidR="00EC2829" w:rsidRDefault="00EC2829" w:rsidP="001F789B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C8544AA" w14:textId="77777777" w:rsidR="00EC2829" w:rsidRPr="001F789B" w:rsidRDefault="00EC2829" w:rsidP="001F789B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1EFB66E2" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Disclaimer:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA6ABB8" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w:lang w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E166D7C" w14:textId="77777777" w:rsidR="001F789B" w:rsidRPr="001F789B" w:rsidRDefault="001F789B" w:rsidP="001F789B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Descargo de responsabilidad:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F789B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> esta es una traducción de un documento original en Inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F789B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22908869" w14:textId="77777777" w:rsidR="00A31C56" w:rsidRPr="001F789B" w:rsidRDefault="00A31C56">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A31C56" w:rsidRPr="001F789B" w:rsidSect="001F789B">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1162" w:right="1788" w:bottom="1345" w:left="1800" w:header="720" w:footer="748" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="60AD26A6" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="28C580B8" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="479E7337" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="79F8EF8C" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="79F8EF8C" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="0048168F">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5E0AD63A" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="5E0AD63A" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="0048168F">
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="285D3D85" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00CA5D5F" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="285D3D85" w14:textId="55CF5061" w:rsidR="006A1B55" w:rsidRPr="00CA5D5F" w:rsidRDefault="0048168F">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:t xml:space="preserve">Página </w:t>
+      <w:t>Página</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -6260,145 +6740,159 @@
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>Fecha</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve"> de entrada </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>en</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
-      <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:t xml:space="preserve">: </w:t>
+      <w:t xml:space="preserve"> vigor: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>01/01/2025</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:t>Versión</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve"> n.°: </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00184142">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5873F8A5" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5873F8A5" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="0048168F">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7416A555" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="7416A555" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="0048168F">
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</w:hdr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="788DD2D7" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3A1D23BD" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="57BEA6E0" w14:textId="77777777" w:rsidR="00417652" w:rsidRDefault="00417652">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="3DDC4C40" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00CA5D5F">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3DDC4C40" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="0048168F" w:rsidP="00CA5D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F04824F" wp14:editId="2B07E512">
           <wp:extent cx="591279" cy="900000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2022390712" name="Picture 1" descr="A blue and white logo with white text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2022390712" name="Picture 1" descr="A blue and white logo with white text&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -6406,71 +6900,61 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="591279" cy="900000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="476601B3" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00CA5D5F">
+  <w:p w14:paraId="476601B3" w14:textId="77777777" w:rsidR="006A1B55" w:rsidRDefault="006A1B55" w:rsidP="00CA5D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047229B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68AAB2E8"/>
     <w:lvl w:ilvl="0" w:tplc="F236B766">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -9184,158 +9668,181 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3CB67670">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6466"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="412356044">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1364674191">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="505560897">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="195971296">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="397021282">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="198516043">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1540782347">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1285229850">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="600652438">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1331716910">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1993094417">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="748621685">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2118215451">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F789B"/>
     <w:rsid w:val="000C0236"/>
     <w:rsid w:val="001577BB"/>
+    <w:rsid w:val="00184142"/>
     <w:rsid w:val="001F789B"/>
+    <w:rsid w:val="0027572C"/>
+    <w:rsid w:val="00417652"/>
+    <w:rsid w:val="00430E72"/>
+    <w:rsid w:val="0048168F"/>
     <w:rsid w:val="00487C63"/>
+    <w:rsid w:val="004D6A4A"/>
+    <w:rsid w:val="006A1B55"/>
+    <w:rsid w:val="007742EB"/>
+    <w:rsid w:val="00801169"/>
+    <w:rsid w:val="00943DCF"/>
     <w:rsid w:val="009B5B73"/>
     <w:rsid w:val="00A31C56"/>
     <w:rsid w:val="00A9366F"/>
+    <w:rsid w:val="00BE15FF"/>
+    <w:rsid w:val="00D40C84"/>
     <w:rsid w:val="00E1356D"/>
+    <w:rsid w:val="00EC2829"/>
     <w:rsid w:val="00F036CA"/>
     <w:rsid w:val="00FE0AB1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NL"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0561B4AA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{564F4ACF-B500-4A3C-87F2-1725EDF7DD46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10223,65 +10730,89 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F789B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001F789B"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0048168F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0048168F"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/5676" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-award-disability-benefit-under-article-33-unjspf-regulations" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -10536,59 +11067,389 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69C29C1A-AA8C-40C9-B10A-6471DC5DA0FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{773465B9-F94F-4759-AD92-49676BAAC880}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11313FC7-4772-4C84-AE85-CF447F4DA61C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2752</Words>
-  <Characters>15688</Characters>
+  <Words>2759</Words>
+  <Characters>15729</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>130</Lines>
+  <Lines>131</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18404</CharactersWithSpaces>
+  <CharactersWithSpaces>18452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pablo Morete</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>