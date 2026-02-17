--- v0 (2025-10-10)
+++ v1 (2026-02-17)
@@ -1,53 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="24A1D68E" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination of Appointment for Reasons of Health </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
@@ -931,205 +939,243 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="240B3652" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Internationally-recruited</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">staff members, by the OHR Business Partner serving the duty station or organizational unit;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2FAE5F" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09415067" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="09415067" w14:textId="0A198573" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Locally recruited staff members stationed outside New York, by the Deputy Resident Representative (Operations)  </w:t>
+        <w:t>Locally recruited staff members stationed outside New York, by the Deputy Resident Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B62363" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7847A2" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="4B7847A2" w14:textId="59469ABD" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Locally recruited staff members stationed in</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York, by the OHR Business Partner serving the organizational unit  </w:t>
+        <w:t>New York, by the OHR Business Partner serving the organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6060F44E" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -1499,123 +1545,143 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6A56DE4E" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="219B54E4" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="219B54E4" w14:textId="4EAFF419" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>If an internationally recruited</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">staff member, the OHR Business Partner serving the duty station or organizational unit  </w:t>
+        <w:t>staff member, the OHR Business Partner serving the duty station or organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3BBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F1480A6" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="309847A2" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="309847A2" w14:textId="665D32C6" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>If a locally recruited staff member stationed</w:t>
@@ -1638,51 +1704,71 @@
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>outside</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York, the Deputy Resident Representative (Operations)  </w:t>
+        <w:t>New York, the Deputy Resident Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D00D7D5" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="7"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -2338,123 +2424,143 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="72ACF5E4" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70623026" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="70623026" w14:textId="4A1A6295" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Internationally recruited staff</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">members, by the OHR Business Partner serving the duty station or organizational unit  </w:t>
+        <w:t>members, by the OHR Business Partner serving the duty station or organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="007A68C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DE199F" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="12"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="408986F5" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="408986F5" w14:textId="2071D1DD" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Locally recruited</w:t>
@@ -2498,224 +2604,250 @@
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>outside</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York, by the Deputy Resident Representative (Operations)  </w:t>
+        <w:t>New York, by the Deputy Resident Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="007A68C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770B468F" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="069EDFD4" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="069EDFD4" w14:textId="23AA64B7" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Locally recruited staff members stationed in</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York, by the OHR Business Partner serving the organizational unit  </w:t>
+        <w:t>New York, by the OHR Business Partner serving the organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00F13ABD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FD6F81" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AB7723" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="70AB7723" w14:textId="0E5744D1" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">The request must be submitted using the form </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="001F7E10">
+        <w:t>The request must be submitted using the form</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="008A7CEA" w:rsidRPr="008A7CEA">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:color w:val="0072BC"/>
             <w:kern w:val="0"/>
             <w:lang w:val="en-GB"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t xml:space="preserve">Request for the Award of a Disability </w:t>
+          <w:t>Request for the Award of a Disability Benefit under Article 33 of the UNJSP Regulations</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId6">
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId8">
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="001F7E10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:lang w:val="en-GB"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId9">
+      <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="001F7E10">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="000000"/>
             <w:kern w:val="0"/>
             <w:lang w:val="en-GB"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D065A4B" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3427,123 +3559,143 @@
     </w:p>
     <w:p w14:paraId="6952069D" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD49433" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="0AD49433" w14:textId="54DB9410" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Internationally recruited staff</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">members, by the OHR Business Partner serving the duty station or organizational unit  </w:t>
+        <w:t>members, by the OHR Business Partner serving the duty station or organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27BE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18460FDE" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DB78FC" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="52DB78FC" w14:textId="44F7C8D6" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Locally recruited staff members stationed</w:t>
@@ -3566,77 +3718,97 @@
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>outside</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">New York, by the Deputy Resident Representative (Operations)  </w:t>
+        <w:t>New York, by the Deputy Resident Representative</w:t>
+      </w:r>
+      <w:r w:rsidR="00466918">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BD445F" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF4CEC6" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="1FF4CEC6" w14:textId="73AD4540" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Locally recruited staff members stationed in</w:t>
@@ -3659,51 +3831,71 @@
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>New</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">York, by the OHR Business Partner serving the organizational unit  </w:t>
+        <w:t>York, by the OHR Business Partner serving the organizational unit</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3EEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAD48BE" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCC4716" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
@@ -4296,73 +4488,51 @@
     <w:p w14:paraId="53DF2D6C" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:right="5" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">In lieu of the notice period, the Administrator may authorize compensation calculated </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> the net base salary and allowances that the staff member would have received had the date of termination been at the end of the notice period. In this event, the notice period is not:   </w:t>
+        <w:t xml:space="preserve">In lieu of the notice period, the Administrator may authorize compensation calculated on the basis of the net base salary and allowances that the staff member would have received had the date of termination been at the end of the notice period. In this event, the notice period is not:   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33DE6333" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="9"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -5056,92 +5226,162 @@
         <w:t xml:space="preserve">Reduction of indemnity  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B08024" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B30A9A4" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
+    <w:p w14:paraId="0B30A9A4" w14:textId="1170444C" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
         <w:ind w:left="701" w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>29.</w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">To avoid double compensation, the period of termination indemnity may not exceed the period before retirement age (60, 62 or 65). If so, indemnity is reduced for the number of months exceeding retirement age.   </w:t>
+        <w:t xml:space="preserve">To avoid double compensation, the period of termination indemnity may not exceed the period before </w:t>
+      </w:r>
+      <w:r w:rsidR="00A06213">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the date of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB22AB" w:rsidRPr="00EB22AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mandatory age of </w:t>
+      </w:r>
+      <w:r w:rsidR="004A6589">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>separation</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (MAS) of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65. If so, indemnity is reduced for the number of months exceeding </w:t>
+      </w:r>
+      <w:r w:rsidR="005D0E40">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the MAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F7E10">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E8B3C5" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E457970" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
@@ -6165,73 +6405,51 @@
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">When staff </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>members’</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fixed-term appointment is extended solely to enable them to use their SL entitlement, such extension shall not give rise to any further entitlement to salary increment, AL, SL, or HL, but credit towards RG may continue to accrue if staff members have not returned to their home country. SL on half pay during the period of such extension may not be supplemented by AL. In the event of death during the period of extension, the period prior to the death may be </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> in the determination of the death benefit provided in UN Staff Rule 9.13 (a).</w:t>
+        <w:t xml:space="preserve"> fixed-term appointment is extended solely to enable them to use their SL entitlement, such extension shall not give rise to any further entitlement to salary increment, AL, SL, or HL, but credit towards RG may continue to accrue if staff members have not returned to their home country. SL on half pay during the period of such extension may not be supplemented by AL. In the event of death during the period of extension, the period prior to the death may be taken into account in the determination of the death benefit provided in UN Staff Rule 9.13 (a).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05F6383D" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -6264,93 +6482,131 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFEE506" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA5130A" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
-      <w:pPr>
+    <w:p w14:paraId="2CA5130A" w14:textId="6946794E" w:rsidR="001F7E10" w:rsidRPr="009531B6" w:rsidRDefault="001F7E10" w:rsidP="009531B6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
         <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
-        <w:ind w:left="701" w:hanging="370"/>
+        <w:ind w:hanging="370"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F7E10">
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009531B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Medical information is confidential and should be treated as such, whether within offices or in the transmission to the UN</w:t>
+      </w:r>
+      <w:r w:rsidR="00874EE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F7E10">
-[...8 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="001C105B" w:rsidRPr="009531B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Division of </w:t>
+      </w:r>
+      <w:r w:rsidR="004547B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Healthcare Management and Occupational Safety and Health (DHMOSH)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009531B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. No copies of medical reports from attending physicians may be kept in the personal files of staff members.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67ABD4DF" w14:textId="77777777" w:rsidR="004547B3" w:rsidRPr="009531B6" w:rsidRDefault="004547B3" w:rsidP="009531B6">
+      <w:pPr>
+        <w:spacing w:after="3" w:line="253" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="53D823D9" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E42509" w14:textId="77777777" w:rsidR="001F7E10" w:rsidRPr="001F7E10" w:rsidRDefault="001F7E10" w:rsidP="001F7E10">
       <w:pPr>
@@ -6406,148 +6662,177 @@
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F7E10">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781597F3" w14:textId="77777777" w:rsidR="00A31C56" w:rsidRPr="001F7E10" w:rsidRDefault="00A31C56">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A31C56" w:rsidRPr="001F7E10" w:rsidSect="001F7E10">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1162" w:right="1788" w:bottom="1345" w:left="1800" w:header="720" w:footer="748" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="5AF21051" w14:textId="77777777" w:rsidR="002B1DE6" w:rsidRDefault="002B1DE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3B09C82A" w14:textId="77777777" w:rsidR="002B1DE6" w:rsidRDefault="002B1DE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...11 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5239E90F" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5239E90F" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="004547B3">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="12AEC5B6" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="12AEC5B6" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="004547B3">
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="13F58A27" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00CA5D5F" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="13F58A27" w14:textId="4FA89547" w:rsidR="00230007" w:rsidRPr="00CA5D5F" w:rsidRDefault="004547B3">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:b/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
@@ -6654,114 +6939,149 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00F6767F" w:rsidDel="00F6767F">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00CA5D5F">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
-    <w:r w:rsidRPr="00F6767F">
+    <w:r w:rsidR="00546731">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00F6767F" w:rsidDel="00F6767F">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1E00B8A5" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1E00B8A5" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="004547B3">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="9"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1CB85741" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="1CB85741" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="004547B3">
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2C91C36A" w14:textId="77777777" w:rsidR="002B1DE6" w:rsidRDefault="002B1DE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4EDEC5E5" w14:textId="77777777" w:rsidR="002B1DE6" w:rsidRDefault="002B1DE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FA05882" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00CA5D5F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4C65122D" w14:textId="77777777" w:rsidR="00131994" w:rsidRDefault="00131994">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4FA05882" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="004547B3" w:rsidP="00CA5D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="550E7EDD" wp14:editId="2825BEF3">
           <wp:extent cx="304800" cy="597159"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="24" name="Picture 24"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
@@ -6776,61 +7096,71 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="309373" cy="606118"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="55704187" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000" w:rsidP="00CA5D5F">
+  <w:p w14:paraId="55704187" w14:textId="77777777" w:rsidR="00230007" w:rsidRDefault="00230007" w:rsidP="00CA5D5F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="629DCF24" w14:textId="77777777" w:rsidR="00131994" w:rsidRDefault="00131994">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047229B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68AAB2E8"/>
     <w:lvl w:ilvl="0" w:tplc="F236B766">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -9544,158 +9874,208 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3CB67670">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6466"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1126772916">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="496189829">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="820125043">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1941254043">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1899125198">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1433355735">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="115683276">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="913853615">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="370955860">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1331374609">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="82918050">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="625043369">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="155919541">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F7E10"/>
+    <w:rsid w:val="000154EC"/>
+    <w:rsid w:val="00046593"/>
     <w:rsid w:val="000C0236"/>
+    <w:rsid w:val="000C2D3C"/>
+    <w:rsid w:val="00131994"/>
     <w:rsid w:val="001577BB"/>
+    <w:rsid w:val="001C105B"/>
     <w:rsid w:val="001F7E10"/>
+    <w:rsid w:val="00230007"/>
+    <w:rsid w:val="002B1DE6"/>
+    <w:rsid w:val="002F5AD5"/>
     <w:rsid w:val="00334BE3"/>
+    <w:rsid w:val="004171B3"/>
+    <w:rsid w:val="004547B3"/>
+    <w:rsid w:val="00466918"/>
     <w:rsid w:val="00487C63"/>
+    <w:rsid w:val="004A6589"/>
+    <w:rsid w:val="004B3A4A"/>
+    <w:rsid w:val="00546731"/>
+    <w:rsid w:val="005B68D7"/>
+    <w:rsid w:val="005D0E40"/>
+    <w:rsid w:val="005E2F18"/>
+    <w:rsid w:val="00643117"/>
+    <w:rsid w:val="00692590"/>
+    <w:rsid w:val="006B4E0B"/>
+    <w:rsid w:val="007A68C4"/>
+    <w:rsid w:val="007C00A8"/>
+    <w:rsid w:val="00800D22"/>
+    <w:rsid w:val="00874EE5"/>
+    <w:rsid w:val="008A0B78"/>
+    <w:rsid w:val="008A7CEA"/>
+    <w:rsid w:val="008F2CCF"/>
+    <w:rsid w:val="009531B6"/>
+    <w:rsid w:val="009A434C"/>
+    <w:rsid w:val="00A06213"/>
     <w:rsid w:val="00A31C56"/>
     <w:rsid w:val="00A9366F"/>
+    <w:rsid w:val="00AB5B10"/>
+    <w:rsid w:val="00AF4FE8"/>
+    <w:rsid w:val="00BD3EEF"/>
+    <w:rsid w:val="00D27BE8"/>
+    <w:rsid w:val="00D51ADE"/>
+    <w:rsid w:val="00DF1898"/>
+    <w:rsid w:val="00DF3BBB"/>
     <w:rsid w:val="00E1356D"/>
+    <w:rsid w:val="00E96391"/>
+    <w:rsid w:val="00EB22AB"/>
     <w:rsid w:val="00F036CA"/>
+    <w:rsid w:val="00F06148"/>
+    <w:rsid w:val="00F13ABD"/>
     <w:rsid w:val="00FE0AB1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NL"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="52F932D9"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5E127E16-C451-4E1A-98A5-42978351E4A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10564,84 +10944,142 @@
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="001F7E10"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F7E10"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001F7E10"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001F7E10"/>
+    <w:rsid w:val="00EB22AB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008A7CEA"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008A7CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D51ADE"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="888609745">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/5676" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sas.undp.org/Documents/P295.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/request-award-disability-benefit-under-article-33-unjspf-regulations" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -10896,59 +11334,395 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{347A73A3-51B8-4DF8-AC1F-890680E1022E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C05B7CF1-B063-40AE-BA93-D5EA87327E86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5806B0B5-B361-418B-A325-59A99E54DF29}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2275</Words>
-  <Characters>12969</Characters>
+  <Words>2270</Words>
+  <Characters>12939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>108</Lines>
+  <Lines>107</Lines>
   <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15214</CharactersWithSpaces>
+  <CharactersWithSpaces>15179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pablo Morete</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>68d2d8030f7b78db33d326294a404c254f775d556c2fe272e22155817d8eafce</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>