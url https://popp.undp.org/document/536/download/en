--- v0 (2025-10-03)
+++ v1 (2026-03-10)
@@ -1,667 +1,963 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/customXml/itemProps8.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="004A6796" w:rsidRDefault="00014A90">
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AD3DEB">
+    <w:p w14:paraId="7FF00C41" w14:textId="77777777" w:rsidR="00A10BE7" w:rsidRDefault="00F53388">
+      <w:r w:rsidRPr="00F53388">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F8061A3" wp14:editId="6B2E8720">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60094510" wp14:editId="63FBC612">
+            <wp:extent cx="5981700" cy="4133156"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:docPr id="381552008" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="381552008" name="Picture 1" descr="A screenshot of a document&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5943600" cy="4391025"/>
+                      <a:ext cx="6006695" cy="4150426"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
+    <w:p w14:paraId="3FD00ACE" w14:textId="61F231CC" w:rsidR="00A10BE7" w:rsidRPr="006F5C86" w:rsidRDefault="00A10BE7" w:rsidP="006F5C86">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7015" w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Speed charts</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55B7" w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4E668475" w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Distribution sets) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55B7" w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>for recurring operating expenses with the above percentages could be set up in Quantum</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7015" w:rsidRPr="10E951F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F3221F" w14:textId="6972927D" w:rsidR="00AB7015" w:rsidRPr="006F5C86" w:rsidRDefault="00AB7015" w:rsidP="006F5C86">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F5C86">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Position COA distribution will be updated with the same distribution percentages in Quantum HCM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C034AD" w14:textId="532D0799" w:rsidR="004A6796" w:rsidRDefault="004A6796"/>
     <w:sectPr w:rsidR="004A6796">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="17DBE6BC" w14:textId="77777777" w:rsidR="00B07B9A" w:rsidRDefault="00B07B9A" w:rsidP="00883E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3C9DE80B" w14:textId="77777777" w:rsidR="00B07B9A" w:rsidRDefault="00B07B9A" w:rsidP="00883E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DaunPenh">
-    <w:panose1 w:val="01010101010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MoolBoran">
-    <w:panose1 w:val="020B0100010101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000000F" w:usb1="0000204A" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="80000003" w:usb1="00000000" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="15BAA975" w14:textId="77777777" w:rsidR="00B07B9A" w:rsidRDefault="00B07B9A" w:rsidP="00883E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="69D2F15E" w14:textId="77777777" w:rsidR="00B07B9A" w:rsidRDefault="00B07B9A" w:rsidP="00883E1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1980B8F7" w14:textId="511D134E" w:rsidR="00883E1E" w:rsidRDefault="00883E1E" w:rsidP="00883E1E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00E54643">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="333333"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="338D7D83" wp14:editId="5614DD16">
+          <wp:extent cx="312023" cy="593710"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Picture 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="1" r="-2389" b="15539"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="315903" cy="601092"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="637A65A2" w14:textId="77777777" w:rsidR="00883E1E" w:rsidRDefault="00883E1E" w:rsidP="00883E1E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00014A90"/>
     <w:rsid w:val="00014A90"/>
+    <w:rsid w:val="00171889"/>
+    <w:rsid w:val="002378B4"/>
     <w:rsid w:val="004A6796"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="006F5C86"/>
+    <w:rsid w:val="00883E1E"/>
+    <w:rsid w:val="00A10BE7"/>
+    <w:rsid w:val="00AA55B7"/>
+    <w:rsid w:val="00AB7015"/>
+    <w:rsid w:val="00AC005A"/>
+    <w:rsid w:val="00AC7D0D"/>
+    <w:rsid w:val="00B07B9A"/>
+    <w:rsid w:val="00C1799A"/>
+    <w:rsid w:val="00E056D5"/>
     <w:rsid w:val="00E45A72"/>
+    <w:rsid w:val="00F53388"/>
+    <w:rsid w:val="10E951F3"/>
+    <w:rsid w:val="4E668475"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="km-KH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7259AA22"/>
+  <w15:docId w15:val="{0B2C590B-FC9B-455B-B52D-2A80AC954732}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00014A90"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00014A90"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...169 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...23 lines deleted...]
-    <w:rsid w:val="00014A90"/>
+    <w:rsid w:val="00AC7D0D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a3"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00883E1E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00883E1E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00883E1E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00883E1E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -917,1064 +1213,231 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...18 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...75 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-    <xsd:import namespace="1ed4137b-41b2-488b-8250-6d369ec27664"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:UNDPSummary" minOccurs="0"/>
-[...21 lines deleted...]
-                <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_Publisher" ma:index="5" nillable="true" ma:displayName="Publisher" ma:description="The person who published the document" ma:internalName="_Publisher" ma:readOnly="false">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDPSummary" ma:index="3" nillable="true" ma:displayName="Summary" ma:description="A brief description or summary of the document that will displayed in search results." ma:internalName="UNDPSummary" ma:readOnly="false">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDPPublishedDate" ma:index="6" nillable="true" ma:displayName="Published Date" ma:description="The date the document was published" ma:format="DateOnly" ma:internalName="UNDPPublishedDate" ma:readOnly="false">
-[...22 lines deleted...]
-    <xsd:element name="_dlc_DocId" ma:index="37" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="38" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="39" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Boolean"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UndpClassificationLevel" ma:index="8" nillable="true" ma:displayName="Classification Level" ma:default="Internal Use Only" ma:description="re: UNDP Information Classification &amp; Handling Standard" ma:format="Dropdown" ma:internalName="UndpClassificationLevel">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...4 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UndpProjectNo" ma:index="15" nillable="true" ma:displayName="Project No" ma:description="If applicable, the Atlas Project Number that this document relates to." ma:internalName="UndpProjectNo">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UndpDocStatus" ma:index="16" nillable="true" ma:displayName="Document Status" ma:default="Draft" ma:description="The status of the document" ma:format="Dropdown" ma:internalName="UndpDocStatus">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...6 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UndpIsTemplate" ma:index="17" nillable="true" ma:displayName="Template" ma:default="No" ma:description="Is this document a template or model upon which other documents should be based?" ma:format="RadioButtons" ma:internalName="UndpIsTemplate">
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Choice">
-[...2 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UndpOUCode" ma:index="18" nillable="true" ma:displayName="Unit Code" ma:description="The Atlas Unit Code of the authoring Unit" ma:format="Dropdown" ma:internalName="UndpOUCode">
-[...272 lines deleted...]
-    <xsd:element name="UndpDocTypeMMTaxHTField0" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="UndpDocTypeMMTaxHTField0" ma:taxonomyFieldName="UndpDocTypeMM" ma:displayName="Document Type" ma:default="" ma:fieldId="{ef94467a-fb76-4b42-91a0-5b5bdb6c8d34}" ma:sspId="28e6c43a-9e99-4bdd-9574-a0fa4ea3b61e" ma:termSetId="78839492-c939-4403-a05a-dae1049eff08" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDPCountryTaxHTField0" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="UNDPCountryTaxHTField0" ma:taxonomyFieldName="UNDPCountry" ma:displayName="Applies To Unit/Office/Country" ma:default="" ma:fieldId="{81e4cc14-7d66-47aa-92fc-e5e3ceab8cf9}" ma:taxonomyMulti="true" ma:sspId="28e6c43a-9e99-4bdd-9574-a0fa4ea3b61e" ma:termSetId="4c1519d5-5462-432c-ac69-cbad312f38bc" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
-[...250 lines deleted...]
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
-[...8 lines deleted...]
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -2020,176 +1483,146 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CF53094-6B88-4F4D-AD68-B430CD1A14DA}"/>
-[...10 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1742786-A47F-4D34-A24B-04833D679E76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2682EF4E-ECEC-41F5-880B-7392A9AC4BCD}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEBDA212-3BE5-4DAD-AB2C-F18249FD88F2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01C50FF4-B69C-4D0C-A29D-66D27EEDBAE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="1ed4137b-41b2-488b-8250-6d369ec27664"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>0</Words>
-  <Characters>1</Characters>
+  <Words>33</Words>
+  <Characters>189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company>UNDP BOM/OFA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1</CharactersWithSpaces>
+  <CharactersWithSpaces>221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Annex 1 - Illustration workload study: Country Office XYZ</dc:title>
   <dc:creator>Sethik/OFRM</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>e151992a-1c5b-4fc4-9ab3-c3dc69c6e715</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UN Languages">
     <vt:lpwstr>480;#English|7f98b732-4b5b-4b70-ba90-a0eff09b5d2d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UndpUnitMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="eRegFilingCodeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="BusinessUnit">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Subject TYPE">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Subject TYPE">
     <vt:lpwstr>BusinessUnit</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UNDP_POPP_BUSINESSUNIT">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>