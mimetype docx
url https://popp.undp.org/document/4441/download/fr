--- v0 (2025-10-02)
+++ v1 (2026-03-28)
@@ -1,68 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...18 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="32992079" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les lignes directrices sur l’</w:t>
       </w:r>
@@ -78,66 +75,78 @@
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>tude</w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la Charge de Travail des bureaux de pays du PNUD (WLS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377F973A" w14:textId="50BC9F62" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="377F973A" w14:textId="2CEAEBAE" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C1D91">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>(BMS/OFM)</w:t>
+        <w:t>(BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>M)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D95AAC" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="34D95AAC" w14:textId="2A9F3353" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="66CDEF43">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Le PNUD est une organisation </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
@@ -161,58 +170,131 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>P-5 et</w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de grades inférieurs</w:t>
       </w:r>
       <w:r w:rsidRPr="66CDEF43">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et les autres </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">catégories sonnel tel que </w:t>
-      </w:r>
+        <w:t xml:space="preserve">catégories </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>sonnel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tel que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>PSAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="66CDEF43">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">SCs UNVs, ICs, les postes peuvent être financés par </w:t>
+        <w:t>SCs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="66CDEF43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="66CDEF43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>UNVs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="66CDEF43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="66CDEF43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ICs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="66CDEF43">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, les postes peuvent être financés par </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">des </w:t>
       </w:r>
       <w:r w:rsidRPr="66CDEF43">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">lignes </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">multiples </w:t>
       </w:r>
       <w:r w:rsidRPr="66CDEF43">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -251,93 +333,141 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D578A37" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Les résultats du WLS (Enquête Annuelle sur la Charge de Travail ) renseigneront le temps passé par la personne dans l’exécution de ces taches à la fois dan</w:t>
+        <w:t xml:space="preserve">Les résultats du WLS (Enquête Annuelle sur la Charge de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Travail )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renseigneront le temps passé par la personne dans l’exécution de ces taches à la fois dan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> les projets de gestion et de programme. Les résultats du WLS guident la direction du bureau afin d'aligner les fonctions du personnel sur les sources de financement de leur poste.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>our cela , les résultats de la WLS peuvent fournir des estimations raisonnables du temps passé à fournir des services à des projets spécifiques et de quantifier les couts associés.  Cela permettra aux bureaux d'évaluer et de budgétiser ces coûts dans les budgets respectifs des projets de développement à différents</w:t>
+        <w:t xml:space="preserve">our </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>cela ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les résultats de la WLS peuvent fournir des estimations raisonnables du temps passé à fournir des services à des projets spécifiques et de quantifier les couts associés.  Cela permettra aux bureaux d'évaluer et de budgétiser ces coûts dans les budgets respectifs des projets de développement à </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>différents</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">étapes de la vie du projet. </w:t>
+        <w:t>étapes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la vie du projet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325E42BD" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65330F92" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -416,986 +546,1296 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Compte tenu de la complexité de l'alignement des services/capacités des CO du PNUD sur les diverses sources de financement (par exemple, programmes ou projets de gestion), chaque CO doit nommer un point focal/coordinateur principal pour le WLS, généralement un DRR ou un ARR. Ils sont chargés de garantir l'exactitude, l'exhaustivité, la cohérence, ainsi que la compilation et la soumission en temps opportun des données pour le WLS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D09E9E6" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="705ED5B9" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00A700EF" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="705ED5B9" w14:textId="150F9DBF" w:rsidR="00733E86" w:rsidRPr="00A700EF" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Tous les types de contrat (FTA, SC et UNV) peuvent être inclus dans le WLS annuel.  Une séance d'information doit être organisée au préalable pour l'ensemble du personnel avant le demarrage l'enquête annuelle sur la charge de travail. Tous les membres du personnel doivent comprendre les différentes catégories de leur fonction de gestion et de projets de développement avant l'enquête. Le WLS peut exclure le personnel qui est directement engagé et entièrement financé par des projets du PNUD et d'autres agences des Nations Unies.  Chaque personne doit comprendre l'importance du concept juste et raisonnable de son temps de travail dans le modèle du WLS.   Un point focal de haut niveau devrait présenter les résultats des derniers résultats du WLS et la méthode utilisée pour aligner le financement des postes du personnel à leurs fonctions.</w:t>
+        <w:t>Tous les types de contrat (FTA,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>PSAs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ICs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>SC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>UNV</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) peuvent être inclus dans le WLS annuel.  Une séance d'information doit être organisée au préalable pour l'ensemble du personnel avant le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>demarrage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'enquête annuelle sur la charge de travail. Tous les membres du personnel doivent comprendre les différentes catégories de leur fonction de gestion et de projets de développement avant l'enquête. Le WLS peut exclure le personnel qui est directement engagé et entièrement financé par des projets du PNUD et d'autres agences des Nations Unies.  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0FFE" w:rsidRPr="00CF0FFE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tous doivent</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0FFE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>comprendre l'importance du concept juste et raisonnable de son temps de travail dans le modèle du WLS. Un point focal de haut niveau devrait présenter les résultats des derniers résultats du WLS et la méthode utilisée pour aligner le financement des postes du personnel à leurs fonctions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013A0AC1" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ABB3AFF" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="2ABB3AFF" w14:textId="5F88F814" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pour effectuer le WLS, tout le personnel concerné doit classifier la part de leur temps consacré à l'exécution de diverses fonctions dans les trois grandes fonctions/services suivants : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD31AE8" w14:textId="77777777" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="746921F1" w14:textId="77777777" w:rsidR="00D04A26" w:rsidRPr="00480E98" w:rsidRDefault="00D04A26" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A1F60D" w14:textId="77777777" w:rsidR="00D04A26" w:rsidRPr="009C1D91" w:rsidRDefault="00D04A26" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="630"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD31AE8" w14:textId="5137000C" w:rsidR="00733E86" w:rsidRDefault="00DC2F98" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91" w:rsidDel="00DC2F98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733E86" w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Activités de développement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04A26" w:rsidRPr="00D04A26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>humanitaires</w:t>
+      </w:r>
+      <w:r w:rsidR="007817A8">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidR="00733E86" w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Programmer les activités de projet et les services aux projets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBC2C8F" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C1D91">
-[...17 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1CBC2C8F" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="7A0625F7" w14:textId="4DD62603" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Supervision et coordination du projet</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7A0625F7" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="58EB6186" w14:textId="2B7D141D" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C1D91">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>- Supervision et coordination du projet</w:t>
+        <w:t xml:space="preserve">Coordination du programme </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EB6186" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="590947FE" w14:textId="787959E6" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conseil stratégiques et services d'assurance qualité </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541BADD8" w14:textId="627AC3B0" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Communication du projet,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>plaidoyer et visibilité auprès des partenaires de financement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E917C0" w14:textId="1AB22FF3" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C1D91">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Coordination du programme </w:t>
+        <w:t>Les services administratifs, de fonctionnement et autres services aux projets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590947FE" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="3D410A40" w14:textId="40E63E2A" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...48 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...10 lines deleted...]
-        <w:t>- Les services administratifs, de fonctionnement et autres services aux projets</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Création de documents relatifs au traitement des revenus, au budget, aux dépenses, aux paiements, aux rapports au niveau des fournisseurs et des projets, aux demandes d'achat, aux bons de commande, aux pièces justificatives, au traitement des salaires</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D410A40" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="03330981" w14:textId="5BEBB6A2" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:pBdr>
-[...231 lines deleted...]
-      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
-          <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Acquisition de biens et de services</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="200C2474" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="58003B94" w14:textId="7CCA5BD6" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services des ressources humaines (RH) : recrutement et gestion du personnel de projet (gestion du personnel récurrent, briefings sur la sécurité et l'administration générale, formations et outils d'apprentissage) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFA92EF" w14:textId="7A320BA9" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services logistiques pour les services liés aux locaux de bureaux </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E39018" w14:textId="6CF65A63" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Services de soutien logistique tels que les voyages, la gestion d'événements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131BEE8B" w14:textId="41F67BE1" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Soutien à la communication pour le personnel et les activités du projet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319B0DDC" w14:textId="27FB4094" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Services de gestion des équipements et des biens, y compris les équipements informatiques (IT), la maintenance, les licences et appui à l'équipe et aux activités du projet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246F6FB7" w14:textId="6CE93F6F" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activités menant à la clôture du projet selon la liste de contrôle </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621D7B32" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="200C2474" w14:textId="12851E92" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services des Agences des Nations Unies </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0FFE" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>désormais Coordination du développement des Nations Unies) – Activités et coûts associés soutenant la coordination des activités de développement du système des Nations Unies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDF3037" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C1D91">
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Services des Agences des Nations Unies </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tout le personnel qui fournit des services de soutien administratif et logistique à d'autres agences des Nations unies (y compris l'UNRCO) peut inscrire son temps dans cette catégorie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDF3037" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="009C1D91" w:rsidRDefault="00733E86" w:rsidP="00733E86">
-[...26 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="694958B0" w14:textId="3804E6E7" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00DC2F98" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009C1D91">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC2F98">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Activités habilitantes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00733E86" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Activités de</w:t>
+      </w:r>
+      <w:r w:rsidR="00733E86" w:rsidRPr="00480E98">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>C.           Activités de Gestion</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97BA2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D97BA2" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>estion</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDC464F" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46820D88" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="46820D88" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1440"/>
+        <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA13CC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Il s'agit d'activités liées à la promotion de l'identité du PNUD, à la direction exécutive, à la représentation, à la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">responsabilité </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA13CC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>et au bien-être du bureau de pays du PNUD.   Ces activités peuvent être regroupées en trois sous-groupes applicables au personnel du bureau de pays : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="064DE32A" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00795BDA" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="064DE32A" w14:textId="2F1AFCEB" w:rsidR="00733E86" w:rsidRPr="00795BDA" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>- Direction et Représentation du P</w:t>
+        <w:t>Direction et Représentation du P</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA13CC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">ays </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7510840B" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00795BDA" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="720BCA15" w14:textId="06957D1A" w:rsidR="00D97BA2" w:rsidRPr="00795BDA" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>- Direction et responsabilité du P</w:t>
+        <w:t>Direction et responsabilité du P</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA13CC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">rogramme </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A68645" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00A700EF" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="15A68645" w14:textId="2FECF077" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA13CC">
+      <w:r w:rsidRPr="00480E98">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Gestion des </w:t>
-[...111 lines deleted...]
-        <w:t xml:space="preserve">services généraux) qui permettent au PNUD de remplir la mission de l'organisation (à l'exclusion de l'appui direct à la mise en œuvre des projets). Les activités liées à l'harmonisation et à la simplification des processus opérationnels et des pratiques commerciales de l'ONU doivent également être incluses ici. </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gestion des Opérations et les Activités de l’Administration liées au bureau du PNUD lui-même : gestion globale du personnel/bureau et fourniture de services de soutien et de travail (ICT, finances, OHR, sécurité du PNUD, voyages, actifs et les services généraux) qui permettent au PNUD de remplir la mission de l'organisation (à l'exclusion de l'appui direct à la mise en œuvre des projets). Les activités liées à l'harmonisation et à la simplification des processus opérationnels et des pratiques commerciales de l'ONU doivent également être incluses ici. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3079CAAD" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="3079CAAD" w14:textId="7541144D" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+        <w:t xml:space="preserve">La définition générale des catégories de classification des coûts </w:t>
+      </w:r>
+      <w:r w:rsidR="007817A8" w:rsidRPr="007817A8">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>(activités de développement/humanitaires, coordination du développement des Nations Unies et activités habilitantes)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F065A" w:rsidRPr="002F065A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approuvée par la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="002F065A" w:rsidRPr="000849A7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t>décision 2024/1 du Conseil d’administration du PNUD/FNUAP/UNICEF/ONU-Femmes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002F065A" w:rsidRPr="002F065A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002F065A">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>est</w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fournie </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="600B9AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4471C4"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>ICI.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B611EDF" w14:textId="098EB568" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
+    <w:p w14:paraId="4B611EDF" w14:textId="0F7CEBBE" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Une fois que les classifications fonctionnelles des trois grands groupes d'activités ci-dessus (développement, services d'agence et gestion) sont compris, le personnel doit affecter son temps quotidien, en utilisant une feuille de temps du personnel. Des modèles WLS facultatifs pour un membre du personnel effectuant des activités de développement sont disponibles sur l'intranet de l'OFM </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t xml:space="preserve">Une fois que les classifications fonctionnelles des trois grands groupes d'activités ci-dessus </w:t>
+      </w:r>
+      <w:r w:rsidR="0006598B" w:rsidRPr="0006598B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>(activités de développement/humanitaires, coordination du développement des Nations Unies et activités habilitantes)</w:t>
+      </w:r>
+      <w:r w:rsidR="0006598B" w:rsidRPr="0006598B" w:rsidDel="0006598B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>sont compris, le personnel doit affecter son temps quotidien, en utilisant une feuille de temps du personnel. Des modèles WLS facultatifs pour un membre du personnel effectuant des activités de développement sont disponibles sur l'intranet de l'OF</w:t>
+      </w:r>
+      <w:r w:rsidR="007141AE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="600B9AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="4471C4"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>ICI</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="000849A7">
+        <w:rPr>
+          <w:color w:val="4471C4"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000849A7" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>(en anglais).</w:t>
+      </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="4471C4"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Ces modèles peuvent être modifiés, simplifiés ou personnalisés par la suite pour chaque membre personnel ou suivant la nature du programme du bureau de pays.</w:t>
+        <w:t xml:space="preserve">Ces modèles peuvent être modifiés, simplifiés ou personnalisés par la suite pour chaque membre </w:t>
+      </w:r>
+      <w:r w:rsidR="007141AE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du </w:t>
+      </w:r>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>personnel ou suivant la nature du programme du bureau de pays.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EA2A8D" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="005F5C72" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D6F3F63" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -1520,476 +1960,787 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>À la fin du WLS, le point focal principal du CO pour le WLS devrait analyser et partager les résultats et les conclusions du WLS avec la direction du CO, pour examen et approbation. Les domaines suivants pourraient être examinés et identifiés dans le cadre de cette analyse :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237156EB" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
-      <w:pPr>
+    <w:p w14:paraId="237156EB" w14:textId="34DA2DF1" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La charge de travail du personnel du bureau de pays par grandes catégories </w:t>
+      </w:r>
+      <w:r w:rsidR="00647B8B" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(activités de développement/humanitaires, coordination du développement des Nations Unies et activités habilitantes) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par rapport au financement disponible (prévu) (budget </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>institutionnel (fonds de base, SGG, revenus des services des agences et budgets des programmes)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E204398" w14:textId="6601BEE7" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charge de travail du personnel du CO pour </w:t>
+      </w:r>
+      <w:r w:rsidR="00647B8B" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activités de développement/humanitaires </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>par projet par rapport aux coûts directs approuvés dans le budget du projet respectif et le financement disponible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CE1056" w14:textId="2DF7BC23" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charge de travail du personnel </w:t>
+      </w:r>
+      <w:r w:rsidR="00B87FEB" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>du bureau de pays pour la coordination du développement des Nations Unies (services aux agences)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par rapport aux recettes des agences des Nations unies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A557F38" w14:textId="13F948D5" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tout décalage entre la charge de travail réelle du personnel et le financement de son poste </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CFE6839" w14:textId="5D6BDD1B" w:rsidR="00733E86" w:rsidRPr="00480E98" w:rsidRDefault="00733E86" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stratégies à court et à long terme pour résoudre le déséquilibre entre le financement des postes et leurs fonctions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F14D96" w14:textId="0E0E4AD3" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00B87FEB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Une stratégie de communication pour les principales parties prenantes (parties prenantes du projet pour les révisions budgétaires annuelles)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A700117" w14:textId="77777777" w:rsidR="00B87FEB" w:rsidRPr="00480E98" w:rsidRDefault="00B87FEB" w:rsidP="00480E98">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA13CC">
-[...147 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="223A6F80" w14:textId="5FA59F79" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Les décisions relatives à la planification des postes devraient être reflétées dans l'exercice annuel de planification des travaux du CO, en reflétant avec précision le financement prévu et les budgets approuvés/disponibles de chaque poste du CO. Les coûts annuels à recouvrer en tant que  des coûts directs des projets  (DPC) dans la soumission du plan de travail annuel du CO devraient être basés sur les résultats de la WLS et les budgets approuvés ou disponibles dans les projets de développement.</w:t>
+        <w:t xml:space="preserve">Les décisions relatives à la planification des postes devraient être reflétées dans l'exercice annuel de planification des travaux du CO, en reflétant avec précision le financement prévu et les budgets approuvés/disponibles de chaque poste du CO. Les coûts annuels à recouvrer en tant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>que  des</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="600B9AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> coûts directs des projets  (DPC) dans la soumission du plan de travail annuel du CO devraient être basés sur les résultats de la WLS et les budgets approuvés ou disponibles dans les projets de développement.</w:t>
       </w:r>
       <w:r w:rsidR="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499CFD3D" w14:textId="15B41115" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="00085B03" w:rsidP="003A541D">
+    <w:p w14:paraId="499CFD3D" w14:textId="43CDA115" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="00085B03" w:rsidP="003A541D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="0020173A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>Projet de développement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Pas </w:t>
       </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">numéro </w:t>
       </w:r>
       <w:r w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>3.2</w:t>
       </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Préparer des budgets de projet à coût complet pour s'assurer que tous les coûts programmatiques et opérationnels prévus sont identifiés, y compris l'efficacité du développement et les dispositions de soutien à la mise en œuvre, avec tous les coûts inclus dans le budget. </w:t>
       </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-NL"/>
         </w:rPr>
         <w:t>Les exigences relatives à la budgétisation d'un projet sont décrites dans la section </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005F28C3">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="009D5FDF">
+        <w:instrText>HYPERLINK "https://popp.undp.org/document/guidance-note-planning-and-costing-global-fund-gf-projects" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="005F28C3">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Préparation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de budgets de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>projets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>entièrement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>chiffrés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005F28C3">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="009D5FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D5FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D5FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009D5FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009D5FDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="003A541D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0020173A" w:rsidRPr="0020173A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-NL"/>
         </w:rPr>
         <w:t>Voir les procédures détaillées de calcul des coûts et de budgétisation pour les projets financés par les partenaires suivants :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26ABE5A7" w14:textId="330F7552" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="00000000" w:rsidP="003A541D">
+    <w:p w14:paraId="26ABE5A7" w14:textId="42A980F7" w:rsidR="0020173A" w:rsidRPr="00480E98" w:rsidRDefault="006F7CF5" w:rsidP="003A541D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:lang w:val="en-NL"/>
           </w:rPr>
-          <w:t>Union européenne (UE)</w:t>
+          <w:t xml:space="preserve">Union </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>européenne</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (UE)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00480E98">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B95FF00" w14:textId="1F4F09D9" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="00000000" w:rsidP="003A541D">
+    <w:p w14:paraId="2B95FF00" w14:textId="1FD395F0" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="006F7CF5" w:rsidP="003A541D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-NL"/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:lang w:val="en-NL"/>
           </w:rPr>
           <w:t>Financé par le FEM</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00340A8A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="346479D8" w14:textId="119FDB6A" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="00000000" w:rsidP="003A541D">
+    <w:p w14:paraId="346479D8" w14:textId="13FA15DF" w:rsidR="0020173A" w:rsidRPr="0020173A" w:rsidRDefault="006F7CF5" w:rsidP="003A541D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="en-NL"/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:lang w:val="en-NL"/>
           </w:rPr>
-          <w:t>Fonds mondial (FEM)</w:t>
+          <w:t xml:space="preserve">Fonds </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>mondial</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0020173A" w:rsidRPr="00083D4E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (FEM)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00340A8A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>anglais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00340A8A" w:rsidRPr="00706757">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="36D44CA7" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00BA13CC" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="098D83A1" w14:textId="77777777" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2019,91 +2770,198 @@
         </w:rPr>
         <w:t>Les résultats de la WLS et les décisions de gestion correspondantes doivent être conservés et mis à disposition localement pour de futurs audits et évaluations/suivi des activités du CO ou des projets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14FF6C9E" w14:textId="77777777" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25F6948F" w14:textId="1C0C7D49" w:rsidR="00733E86" w:rsidRPr="00A700EF" w:rsidRDefault="00CA2FAA" w:rsidP="00733E86">
+    <w:p w14:paraId="25F6948F" w14:textId="037A6861" w:rsidR="00733E86" w:rsidRPr="00A700EF" w:rsidRDefault="00CA2FAA" w:rsidP="00733E86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA2FAA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sur la base de la décision de gestion du CO résultant de l'analyse et de l'examen de la WLS, le CO peut avoir besoin de mettre à jour les répartitions des ACO des postes du personnel et du SC dans Quantum. Par exemple, si les résultats de l'analyse WLS révèlent que le personnel ou un SC dont le poste est entièrement financé par des fonds de gestion consacre 70 % de son temps au développement et 30 % à des activités de gestion, le type de poste et l'ACO respectifs pourraient être mis à jour pour refléter la charge de travail réelle tout en respectant les budgets approuvés et disponibles des projets du programme. Pour les CI, les bureaux devraient modifier les bons de commande pour refléter la source de financement appropriée sur la base des résultats de la WLS, tout en respectant les budgets approuvés et disponibles. Pour de plus amples informations sur la manière d'utiliser les résultats de la WLS, veuillez vous référer à la section </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+        <w:t xml:space="preserve">Sur la base de la décision de gestion du CO résultant de l'analyse et de l'examen de la WLS, le CO peut avoir besoin de mettre à jour les répartitions des ACO des postes du </w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5" w:rsidRPr="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>personnel et du personnel non fonctionnaire (par exemple SC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans Quantum. Par exemple, si les résultats de l'analyse WLS révèlent que le personnel ou un SC dont le poste est entièrement financé par des fonds de gestion consacre 70 % de son temps </w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5" w:rsidRPr="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>aux activités de développement/humanitaires</w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et 30 % </w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5" w:rsidRPr="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>aux activités habilitantes (activités de gestion)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, le type de poste et l'ACO respectifs pourraient être mis à jour pour refléter la charge de travail réelle tout en respectant les budgets approuvés et disponibles des projets du programme. Pour les CI, les bureaux devraient modifier les bons de commande pour refléter la source de financement appropriée sur la base des résultats de la WLS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">tout en respectant les budgets approuvés et disponibles. Pour de plus amples informations sur la manière d'utiliser les résultats de la WLS, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>veuillez vous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> référer à la section </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00CA2FAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>Planification et paiement des services d'appui aux projets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA2FAA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et des </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId20" w:history="1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C842F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA2FAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et des </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="0029565A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>lignes de financement multiples pour les postes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CA2FAA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00733E86" w:rsidRPr="600B9AC6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2124,817 +2982,1255 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="5B9BD5" w:themeColor="accent1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50DF2EE2" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00963B8A" w:rsidRDefault="00733E86" w:rsidP="00733E86">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D16859F" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00963B8A" w:rsidRDefault="00733E86" w:rsidP="00733E86">
-[...82 lines deleted...]
-    </w:p>
     <w:p w14:paraId="54789FD9" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00733E86" w:rsidRDefault="00733E86" w:rsidP="004D2268">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08FCDB6C" w14:textId="6D93F18A" w:rsidR="00683972" w:rsidRPr="00733E86" w:rsidRDefault="003B3EC3" w:rsidP="004D2268">
+    <w:p w14:paraId="08FCDB6C" w14:textId="6D93F18A" w:rsidR="00683972" w:rsidRPr="002C6736" w:rsidRDefault="003B3EC3" w:rsidP="004D2268">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:lang w:val="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00733E86">
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6736">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Élément de structure – Description</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA62A2D" w14:textId="24A3E803" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="004D2268">
+    <w:p w14:paraId="5FA62A2D" w14:textId="0635462D" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="004D2268">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00733E86">
+      <w:r w:rsidRPr="002C6736">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Avertissement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00733E86">
-        <w:rPr>
+      <w:r w:rsidR="00EC5521" w:rsidRPr="002C6736">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6736">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>: Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F088143" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00733E86" w:rsidRDefault="00733E86" w:rsidP="004D2268">
+    <w:p w14:paraId="3F088143" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="004D2268">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="775AA82C" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00CA2FAA" w:rsidRDefault="00733E86" w:rsidP="004D2268">
+    <w:p w14:paraId="775AA82C" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="004D2268">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF9674C" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00CA2FAA" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
+    <w:p w14:paraId="2CF9674C" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54924410" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00CA2FAA" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
+    <w:p w14:paraId="54924410" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D2D6CE" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00CA2FAA" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
+    <w:p w14:paraId="52D2D6CE" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="504B233E" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="00CA2FAA" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
+    <w:p w14:paraId="504B233E" w14:textId="77777777" w:rsidR="00733E86" w:rsidRPr="002C6736" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:vanish/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3286B67A" w14:textId="6BF2A9A0" w:rsidR="00BB576D" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
+    <w:p w14:paraId="3286B67A" w14:textId="6BF2A9A0" w:rsidR="00BB576D" w:rsidRPr="002C6736" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6736">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6736">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6736">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576252E3" w14:textId="77777777" w:rsidR="00733E86" w:rsidRDefault="00733E86" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB576D">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00BB576D">
+    </w:p>
+    <w:p w14:paraId="751321F6" w14:textId="77777777" w:rsidR="00BB576D" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="212121"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
-[...19 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A0ACAAE" w14:textId="77777777" w:rsidR="00BB576D" w:rsidRPr="00BB576D" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3740B759" w14:textId="073FF891" w:rsidR="00BB576D" w:rsidRPr="00BB576D" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CD30A59" w14:textId="77777777" w:rsidR="00BB576D" w:rsidRPr="0042157A" w:rsidRDefault="00BB576D" w:rsidP="00BB576D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB576D" w:rsidRPr="0042157A" w:rsidSect="004037E2">
-      <w:headerReference w:type="even" r:id="rId21"/>
       <w:headerReference w:type="default" r:id="rId22"/>
-      <w:footerReference w:type="even" r:id="rId23"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45CD5335" w14:textId="77777777" w:rsidR="00856EE6" w:rsidRDefault="00856EE6" w:rsidP="004D2268">
+    <w:p w14:paraId="3636145D" w14:textId="77777777" w:rsidR="006F7CF5" w:rsidRDefault="006F7CF5" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5793E788" w14:textId="77777777" w:rsidR="00856EE6" w:rsidRDefault="00856EE6" w:rsidP="004D2268">
+    <w:p w14:paraId="56FDE426" w14:textId="77777777" w:rsidR="006F7CF5" w:rsidRDefault="006F7CF5" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Times New Roman">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="6C5EF11D" w14:textId="6B13E0F7" w:rsidR="004D2268" w:rsidRPr="00733E86" w:rsidRDefault="0042157A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6C5EF11D" w14:textId="38DC76AA" w:rsidR="004D2268" w:rsidRPr="00733E86" w:rsidRDefault="0042157A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>Page </w:t>
     </w:r>
     <w:r w:rsidR="004037E2" w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:b/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="004037E2" w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009E14C2" w:rsidRPr="00733E86">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="004037E2" w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> de </w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00114F7B">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00D5137A">
+      <w:t>de</w:t>
+    </w:r>
+    <w:r w:rsidR="003F3C4E" w:rsidRPr="00733E86" w:rsidDel="003F3C4E">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00733E86">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00EE1C39">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00EE1C39" w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00EE1C39">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="009E14C2" w:rsidRPr="00733E86">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00EE1C39">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t> pages</w:t>
+      <w:t> </w:t>
     </w:r>
     <w:r w:rsidR="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">          </w:t>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidR="00BD5208">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00733E86">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00EE1C39">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">         </w:t>
     </w:r>
     <w:r w:rsidR="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00D8505C" w:rsidRPr="00D8505C">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>Date d'entrée en vigueur</w:t>
+    </w:r>
+    <w:r w:rsidR="00DD278A">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">Date effective : </w:t>
+      <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:alias w:val="Date effective"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="-2055068090"/>
         <w:placeholder>
           <w:docPart w:val="983E8AECA37649B78C8C97026F5A09E3"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
-        <w:date w:fullDate="2022-11-29T00:00:00Z">
+        <w:date w:fullDate="2026-02-02T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00743C63">
+        <w:r w:rsidR="00D04A26">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>29</w:t>
+          <w:t>02</w:t>
         </w:r>
-        <w:r w:rsidR="00C646EE" w:rsidRPr="00C646EE">
+        <w:r w:rsidR="00D04A26" w:rsidRPr="00C646EE">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
-        <w:r w:rsidR="00743C63">
+        <w:r w:rsidR="00D04A26">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>02</w:t>
         </w:r>
-        <w:r w:rsidR="00C646EE" w:rsidRPr="00C646EE">
+        <w:r w:rsidR="00D04A26" w:rsidRPr="00C646EE">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>/20</w:t>
         </w:r>
-        <w:r w:rsidR="00743C63">
+        <w:r w:rsidR="00D04A26">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>22</w:t>
+          <w:t>26</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                               </w:t>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:r w:rsidR="00D8505C">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00733E86">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                            </w:t>
     </w:r>
     <w:r w:rsidRPr="00733E86">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Version # : </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="2123952831"/>
         <w:placeholder>
           <w:docPart w:val="1A08DB965DE74E838E9039B1ACAB56FD"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00874CC8">
+        <w:r w:rsidR="00D04A26">
           <w:rPr>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>20</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34AFBC40" w14:textId="77777777" w:rsidR="00856EE6" w:rsidRDefault="00856EE6" w:rsidP="004D2268">
+    <w:p w14:paraId="2431B9C9" w14:textId="77777777" w:rsidR="006F7CF5" w:rsidRDefault="006F7CF5" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="25C6F869" w14:textId="77777777" w:rsidR="00856EE6" w:rsidRDefault="00856EE6" w:rsidP="004D2268">
+    <w:p w14:paraId="7FC0BF0B" w14:textId="77777777" w:rsidR="006F7CF5" w:rsidRDefault="006F7CF5" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="3DF4F1A3" w14:textId="3D35D926" w:rsidR="007817A8" w:rsidRDefault="007817A8">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>Veuillez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> consulter la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007817A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>décision</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007817A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> du Conseil </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="007817A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>d’administration</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="007817A8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> pour la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>définition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>générale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>catégories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> de classification des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>approuvées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> par les Conseils </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>d’administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> du PNUD, du FNUAP, de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>l’UNICEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>d’ONU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve">-Femmes à la suite de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>l’examen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>complet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> de la politique commune de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>recouvrement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007817A8">
+        <w:t xml:space="preserve"> 2024.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="09831062" w14:textId="77777777" w:rsidR="0042157A" w:rsidRDefault="0042157A" w:rsidP="0042157A">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="09831062" w14:textId="0A030970" w:rsidR="0042157A" w:rsidRDefault="00BC2A38" w:rsidP="0042157A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
+    <w:r w:rsidRPr="00BC2A38">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01339404" wp14:editId="68AEEB78">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0754C401" wp14:editId="5D42DB36">
+          <wp:extent cx="260198" cy="529050"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="15447"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309373" cy="603277"/>
+                    <a:ext cx="265260" cy="539343"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="04182A2A" w14:textId="77777777" w:rsidR="0042157A" w:rsidRDefault="0042157A" w:rsidP="0042157A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03157904"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3624F64"/>
+    <w:lvl w:ilvl="0" w:tplc="F9F24754">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04B94A04"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D7BA9FC0"/>
+    <w:lvl w:ilvl="0" w:tplc="0664A798">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14C050B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5BC0390A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F9F24754">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="185770FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="508434B2"/>
     <w:lvl w:ilvl="0" w:tplc="04190017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2976,51 +4272,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1BDC0BDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D8389A66"/>
     <w:lvl w:ilvl="0" w:tplc="9FD8A57E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -3065,51 +4361,163 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C396269"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EF04996"/>
+    <w:lvl w:ilvl="0" w:tplc="F9F24754">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7560" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="269A2BEF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30548F7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3214,265 +4622,652 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4DA43F0D"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34816C9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B0CC1ADE"/>
-    <w:lvl w:ilvl="0" w:tplc="A70058EE">
+    <w:tmpl w:val="A32ECB24"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F9F24754">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DA43F0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E187870"/>
+    <w:lvl w:ilvl="0" w:tplc="A70058EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="630" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:b w:val="0"/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AA646714">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="4" w:tplc="0778CD14">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1708486702">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78E40A22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C85AE2CA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79B272E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C6BE20E0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="632440945">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="702826276">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1739865872">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00683972"/>
     <w:rsid w:val="000354AD"/>
     <w:rsid w:val="00052C65"/>
+    <w:rsid w:val="0006598B"/>
     <w:rsid w:val="00083D4E"/>
+    <w:rsid w:val="000849A7"/>
     <w:rsid w:val="00085B03"/>
     <w:rsid w:val="000A6D00"/>
+    <w:rsid w:val="000C0E51"/>
     <w:rsid w:val="000F3E33"/>
+    <w:rsid w:val="00114F7B"/>
     <w:rsid w:val="0011778A"/>
+    <w:rsid w:val="00154DCA"/>
     <w:rsid w:val="0020173A"/>
     <w:rsid w:val="002057AF"/>
     <w:rsid w:val="00235B5A"/>
     <w:rsid w:val="0029565A"/>
+    <w:rsid w:val="002C6736"/>
+    <w:rsid w:val="002F065A"/>
     <w:rsid w:val="003264ED"/>
+    <w:rsid w:val="00340A8A"/>
+    <w:rsid w:val="00374BE7"/>
     <w:rsid w:val="00376DA4"/>
     <w:rsid w:val="003A541D"/>
     <w:rsid w:val="003B3EC3"/>
+    <w:rsid w:val="003F3C4E"/>
     <w:rsid w:val="004037E2"/>
     <w:rsid w:val="00421213"/>
     <w:rsid w:val="0042157A"/>
     <w:rsid w:val="00470194"/>
+    <w:rsid w:val="00480E98"/>
     <w:rsid w:val="004D2268"/>
+    <w:rsid w:val="005F28C3"/>
+    <w:rsid w:val="00647B8B"/>
     <w:rsid w:val="00650A92"/>
     <w:rsid w:val="00683972"/>
     <w:rsid w:val="006A2FB8"/>
+    <w:rsid w:val="006F7CF5"/>
+    <w:rsid w:val="007141AE"/>
     <w:rsid w:val="00733E86"/>
     <w:rsid w:val="007428D5"/>
     <w:rsid w:val="00743C63"/>
+    <w:rsid w:val="007817A8"/>
     <w:rsid w:val="007A40A8"/>
+    <w:rsid w:val="00802921"/>
     <w:rsid w:val="00812691"/>
     <w:rsid w:val="0084445C"/>
     <w:rsid w:val="00856EE6"/>
     <w:rsid w:val="00874CC8"/>
+    <w:rsid w:val="008877C0"/>
+    <w:rsid w:val="00924903"/>
     <w:rsid w:val="0094554B"/>
+    <w:rsid w:val="00953F43"/>
     <w:rsid w:val="00973293"/>
     <w:rsid w:val="009C745B"/>
+    <w:rsid w:val="009D5FDF"/>
     <w:rsid w:val="009E14C2"/>
     <w:rsid w:val="00A2358F"/>
     <w:rsid w:val="00A53875"/>
+    <w:rsid w:val="00A65C94"/>
+    <w:rsid w:val="00B87FEB"/>
     <w:rsid w:val="00BA0833"/>
     <w:rsid w:val="00BB576D"/>
+    <w:rsid w:val="00BC2A38"/>
     <w:rsid w:val="00BC4624"/>
     <w:rsid w:val="00BD328B"/>
+    <w:rsid w:val="00BD35DD"/>
+    <w:rsid w:val="00BD5208"/>
     <w:rsid w:val="00C00128"/>
     <w:rsid w:val="00C646EE"/>
+    <w:rsid w:val="00C842F5"/>
     <w:rsid w:val="00CA2FAA"/>
+    <w:rsid w:val="00CF0FFE"/>
+    <w:rsid w:val="00D04A26"/>
+    <w:rsid w:val="00D24FCE"/>
+    <w:rsid w:val="00D32506"/>
+    <w:rsid w:val="00D5137A"/>
+    <w:rsid w:val="00D8505C"/>
+    <w:rsid w:val="00D97BA2"/>
+    <w:rsid w:val="00DC2F98"/>
+    <w:rsid w:val="00DD278A"/>
+    <w:rsid w:val="00E8466D"/>
     <w:rsid w:val="00EA6D54"/>
+    <w:rsid w:val="00EC5521"/>
     <w:rsid w:val="00EC63F3"/>
     <w:rsid w:val="00EC6C01"/>
     <w:rsid w:val="00ED02D3"/>
     <w:rsid w:val="00EE1C39"/>
     <w:rsid w:val="00F47A3D"/>
     <w:rsid w:val="00F6373E"/>
+    <w:rsid w:val="00F96CA0"/>
     <w:rsid w:val="00FC120F"/>
     <w:rsid w:val="00FE3FDC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63BEC6A1"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4000,50 +5795,89 @@
     <w:semiHidden/>
     <w:rsid w:val="0042157A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="List Paragraph (numbered (a)) Char,Bullets Char,List Paragraph1 Char,Lapis Bulleted List Char,Dot pt Char,F5 List Paragraph Char,No Spacing1 Char,List Paragraph Char Char Char Char,Indicator Text Char,Numbered Para 1 Char,L Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00733E86"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00085B03"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007817A8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007817A8"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007817A8"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1704746434">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2021465333">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -5251,64 +7085,68 @@
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/fba_other.aspx?RootFolder=%2funit%2fofrm%2fFinancial%20Resource%20Management%20Policies%2fWorkload%20Survey&amp;FolderCTID=0x0120009837A6491BE4B440B59E74738CBA3637" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3661" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/utilisation-de-lignes-budgetaires-multiples-pour-les-postes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/_layouts/15/WopiFrame.aspx?sourcedoc=/UNDP_POPP_DOCUMENT_LIBRARY/Public/PPM_Design_Prepare%20Fully%20Costed%20Budgets%20for%20Projects.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10826" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/FR_DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24-updated12Jul24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/utilisation-de-lignes-budgetaires-multiples-pour-les-postes" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10826" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/planning-and-paying-delivery-enabling-services-projects" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FDelivery%20Enabling%20Services%20%28DPC%29%2FWorkload%20Survey&amp;sortField=Modified&amp;isAscending=false&amp;viewid=d3211020%2D86e1%2D4f49%2Dab1b%2Db08df0afa1ad&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;clickparams=eyAiWC1BcHBOYW1lIiA6ICJNaWNyb3NvZnQgT3V0bG9vayIsICJYLUFwcFZlcnNpb24iIDogIjE2LjAuMTk1MzAuMjAyMjYiLCAiT1MiIDogIldpbmRvd3MiIH0%3D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/document/cadre-conceptuel-de-financement-harmonise-et-budget-integre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/FR_DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24-updated12Jul24.pdf" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="983E8AECA37649B78C8C97026F5A09E3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A39CEF58-0935-4BA5-A248-80A6F0BB35DE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00313607" w:rsidRDefault="00361A63">
           <w:r w:rsidRPr="00501F33">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
@@ -5324,157 +7162,163 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A37C3A9B-E658-4D74-8427-022B4E9ED480}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00313607" w:rsidRDefault="00361A63">
           <w:r w:rsidRPr="00501F33">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Times New Roman">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00361A63"/>
     <w:rsid w:val="00125E43"/>
     <w:rsid w:val="002531F4"/>
     <w:rsid w:val="002E10F8"/>
     <w:rsid w:val="00313607"/>
     <w:rsid w:val="00361A63"/>
     <w:rsid w:val="00591471"/>
+    <w:rsid w:val="005A5711"/>
     <w:rsid w:val="005F5F78"/>
+    <w:rsid w:val="00A428AF"/>
     <w:rsid w:val="00AC0C9B"/>
+    <w:rsid w:val="00C2359A"/>
+    <w:rsid w:val="00C25989"/>
+    <w:rsid w:val="00C72C36"/>
+    <w:rsid w:val="00D7468E"/>
     <w:rsid w:val="00D76BCC"/>
     <w:rsid w:val="00DB0DC7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6143,157 +7987,129 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -6606,187 +8422,231 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Value>350</Value>
     </TaxCatchAll>
     <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">POPP-11-1662</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Url>https://popp.undp.org/_layouts/15/DocIdRedir.aspx?ID=POPP-11-1662</Url>
       <Description>POPP-11-1662</Description>
     </_dlc_DocIdUrl>
-    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">19</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">20</UNDP_POPP_REFITEM_VERSION>
     <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
     <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
     <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 29/11/2022                                                Version #: 19.0</DLCPolicyLabelClientValue>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 2/2/2026                                                Version #: 20.0</DLCPolicyLabelClientValue>
     <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">French</UNDP_POPP_DOCUMENT_LANGUAGE>
     <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2022-11-28T23:00:00Z</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-02-02T00:00:00</UNDP_POPP_EFFECTIVEDATE>
     <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
     <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Les lignes directrices sur l’Etude de la Charge de Travail des bureaux de pays du PNUD (WLS)</UNDP_POPP_TITLE_EN>
     <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UNDP_POPP_FOCALPOINT>
     <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Template</UNDP_POPP_DOCUMENT_TYPE>
     <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
     <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
         </TermInfo>
       </Terms>
     </l0e6ef0c43e74560bd7f3acd1f5e8571>
-    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 29/11/2022                                                Version #: 19.0</DLCPolicyLabelValue>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 2/2/2026                                                Version #: 20.0</DLCPolicyLabelValue>
     <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44DEEF79-AD6D-40C5-B978-89FBDB1D9D24}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CFBA8A9-873B-43E9-89D5-FF48D4602C2B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{199EA514-82CD-40D9-B215-39A88BAD3E8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBD00E72-99AC-414A-9E42-8E5ADD498D58}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70BEBFDB-52CE-4B66-8AA9-95948C959AC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="office.server.policy"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1983</Words>
-  <Characters>11307</Characters>
+  <Words>2110</Words>
+  <Characters>12033</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13264</CharactersWithSpaces>
+  <CharactersWithSpaces>14115</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hideko Hadzialic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">