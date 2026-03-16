--- v0 (2025-10-05)
+++ v1 (2026-03-16)
@@ -1,63 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="154052AC" w14:textId="1D39394B" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="002A7841" w:rsidP="008576C0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -134,98 +137,152 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009F3142" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Survey</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E13DD4" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5031581D" w14:textId="7111CB3A" w:rsidR="00D94C0D" w:rsidRPr="00BD4C61" w:rsidRDefault="00D94C0D" w:rsidP="00D94C0D">
+    <w:p w14:paraId="5031581D" w14:textId="104DE151" w:rsidR="00D94C0D" w:rsidRPr="00BD4C61" w:rsidRDefault="00D94C0D" w:rsidP="00D94C0D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>(BMS/OFM)</w:t>
+        <w:t>(BMS/OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33017">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>M)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB05B43" w14:textId="5FC1AFC2" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="002A7841" w:rsidP="73C5D4AC">
+    <w:p w14:paraId="5FB05B43" w14:textId="7474AFFA" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="002A7841" w:rsidP="73C5D4AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>El PNUD es una organización de financiación múltiple, cuya financiación proviene de múltiples fuentes. En el caso de los puestos de personal de categoría P-5 e inferior y de otro personal (SC, U</w:t>
+        <w:t>El PNUD es una organización de financiación múltiple, cuya financiación proviene de múltiples fuentes. En el caso de los puestos de personal de categoría P-5 e inferior y de otro personal (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D33017">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>PSAs,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>SC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D33017">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="006814C6" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>NV</w:t>
       </w:r>
+      <w:r w:rsidR="00D33017">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>IC</w:t>
       </w:r>
       <w:r w:rsidR="15B468F7" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>), los puestos pueden financiarse con cargo a múltiples fuentes de financia</w:t>
@@ -472,159 +529,223 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Dada la naturaleza crítica de alinear los servicios/capacidades de las CO del PNUD con varias fuentes de financiamiento (por ejemplo, proyectos de programas o de gestión), cada CO debe designar un coordinador o punto focal superior para el WLS, típicamente un DRR o ARR. Ellos son responsables de asegurar la exactitud, integridad, coherencia y la oportuna compilación y presentación para el WLS. </w:t>
       </w:r>
       <w:r w:rsidR="008576C0" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424C02D8" w14:textId="78CC67EF" w:rsidR="00CD61B5" w:rsidRPr="00BD4C61" w:rsidRDefault="00CD61B5" w:rsidP="00CD61B5">
+    <w:p w14:paraId="424C02D8" w14:textId="76952AE1" w:rsidR="00CD61B5" w:rsidRPr="00BD4C61" w:rsidRDefault="00CD61B5" w:rsidP="00CD61B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Todo tipo de personal (personal, SC y</w:t>
+        <w:t xml:space="preserve">Todo tipo de personal (personal, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D33017">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>SC y</w:t>
       </w:r>
       <w:r w:rsidR="00C34FEC" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> UNV</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>) puede ser incluido en el WLS anual.  Se debe llevar a cabo una sesión informativa para todo el personal antes de su encuesta anual de carga de trabajo. Todo el personal debe comprender las diferentes categorías de su función a los proyectos de gestión y desarrollo antes del estudio. El WLS puede excluir al personal que sea contratado directamente y financiado en su totalidad por los proyectos del PNUD y otros organismos de las Naciones Unidas. Cada individuo debe entender la importancia de un registro justo y razonable de su tiempo de carga de trabajo en la plantilla del WLS. Un coordinador superior debería presentar los resultados de los últimos resultados del WLS y cómo se ha utilizado en la alineación de la financiación de los puestos de personal con sus funciones.</w:t>
+        <w:t xml:space="preserve">) puede ser incluido en el WLS anual.  Se debe llevar a cabo una sesión informativa para todo el personal antes de su encuesta anual de carga de trabajo. Todo el personal debe comprender las diferentes categorías de su función a los proyectos de gestión y desarrollo antes del estudio. El WLS puede excluir al personal que sea contratado directamente y financiado en su totalidad por los proyectos del PNUD y otros organismos de las Naciones Unidas. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C21672" w:rsidRPr="00C21672">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Todos deben comprender</w:t>
+      </w:r>
+      <w:r w:rsidR="00C21672">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la importancia de un registro justo y razonable de su tiempo de carga de trabajo en la plantilla del WLS. Un coordinador superior debería presentar los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>resultados de los últimos resultados del WLS y cómo se ha utilizado en la alineación de la financiación de los puestos de personal con sus funciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DA2F5CC" w14:textId="1D5ECE18" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="005E40E2" w:rsidP="008576C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Para llevar a cabo el WLS, todo el personal pertinente debe categorizar la parte del tiempo que dedica a realizar diversas funciones en las tres funciones/servicios principales siguientes:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBC915C" w14:textId="55040A8C" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="008A1219" w:rsidP="00410238">
+    <w:p w14:paraId="6FBC915C" w14:textId="779E09F2" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="008A1219" w:rsidP="00410238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Actividades de desarrollo – Programar actividades de proyectos y servicios a proyectos</w:t>
+        <w:t>Actividades de desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83E65" w:rsidRPr="00D95F12">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/humanitarias</w:t>
+      </w:r>
+      <w:r w:rsidR="0069393F">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Programar actividades de proyectos y servicios a proyectos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E186BFB" w14:textId="77777777" w:rsidR="00DD1B86" w:rsidRPr="00BD4C61" w:rsidRDefault="0004059D" w:rsidP="00DD1B86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -1060,408 +1181,486 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7B07CD69" w14:textId="77777777" w:rsidR="009A2058" w:rsidRPr="00BD4C61" w:rsidRDefault="009A2058" w:rsidP="00410238">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DFB8991" w14:textId="400003AA" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="00EB5279" w:rsidP="73C5D4AC">
+    <w:p w14:paraId="6DFB8991" w14:textId="65FF135D" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="00EB5279" w:rsidP="73C5D4AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Servicios de Organismos de la ONU</w:t>
       </w:r>
       <w:r w:rsidR="0D0E3342" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (UN Agency </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0D0E3342" w:rsidRPr="00BD4C61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Services</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0D0E3342" w:rsidRPr="00BD4C61">
+        <w:t>(ahora Coordinación del Desarrollo de las Naciones Unidas) – Actividades y costos asociados que apoyan la coordinación de las actividades de desarrollo del sistema de las Naciones Unidas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65" w:rsidDel="00A83E65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, por sus siglas en ingles)</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D97829" w14:textId="386ADF33" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="008B3C1A" w:rsidP="001B30E2">
+    <w:p w14:paraId="65D97829" w14:textId="27553E83" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="008B3C1A" w:rsidP="001B30E2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Todo el personal que presta servicios de apoyo administrativo y logístico a otros organismos </w:t>
-[...11 lines deleted...]
-        <w:t>de las Naciones Unidas (incluida la UNRCO) puede ingresar su tiempo en esta categoría.</w:t>
+        <w:t xml:space="preserve">Todo el personal que presta servicios de apoyo administrativo y logístico </w:t>
+      </w:r>
+      <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a otros organismos del sistema de las Naciones Unidas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A83E65">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(incluida la UNRCO) puede ingresar su tiempo en esta categoría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E399BB" w14:textId="70A8F8E0" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="00BA2B93" w:rsidP="001B30E2">
+    <w:p w14:paraId="62E399BB" w14:textId="0C4BE2A3" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="0069393F" w:rsidP="001B30E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD4C61">
+      <w:r w:rsidRPr="0069393F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Actividades de gestión</w:t>
+        <w:t>Actividades de apoyo (actividades de gestión)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508D76CC" w14:textId="2E71DC01" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="00622B8E" w:rsidP="001B30E2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Se trata de actividades relacionadas con la promoción de la identidad del PNUD, la dirección ejecutiva, la representación, la rendición de cuentas y el bienestar de la Oficina del PNUD en el país. Estas actividades pueden agruparse en tres subgrupos aplicables al personal de la oficina en el país:</w:t>
+        <w:t xml:space="preserve">Se trata de actividades relacionadas con la promoción de la identidad del PNUD, la dirección ejecutiva, la representación, la rendición de cuentas y el bienestar de la Oficina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>del PNUD en el país. Estas actividades pueden agruparse en tres subgrupos aplicables al personal de la oficina en el país:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D93FFD" w14:textId="0004E432" w:rsidR="00BD0914" w:rsidRPr="00BD4C61" w:rsidRDefault="000819D0" w:rsidP="00BD0914">
+    <w:p w14:paraId="235A8B30" w14:textId="56423FC9" w:rsidR="00BD0914" w:rsidRPr="0069393F" w:rsidRDefault="000819D0" w:rsidP="00D95F12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Liderazgo y representación del</w:t>
       </w:r>
       <w:r w:rsidR="09E4F747" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>país</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235A8B30" w14:textId="77777777" w:rsidR="00BD0914" w:rsidRPr="00BD4C61" w:rsidRDefault="00BD0914" w:rsidP="00BD0914">
-[...10 lines deleted...]
-    <w:p w14:paraId="3A757A71" w14:textId="18765F62" w:rsidR="00BD0914" w:rsidRPr="00BD4C61" w:rsidRDefault="00EB4F17" w:rsidP="00BD0914">
+    <w:p w14:paraId="7DF3A881" w14:textId="4695E12E" w:rsidR="00BD0914" w:rsidRPr="0069393F" w:rsidRDefault="00EB4F17" w:rsidP="00D95F12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Dirección del Programa y Rendición de Cuentas</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4246305C" w14:textId="3363F3D7" w:rsidR="00C937EA" w:rsidRPr="00BD4C61" w:rsidRDefault="7D6FD15E" w:rsidP="00BD0914">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Actividades relacionas con la </w:t>
       </w:r>
       <w:r w:rsidR="00B301BD" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Gestión y administración de operaciones  </w:t>
       </w:r>
       <w:r w:rsidR="008576C0" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="77B9985E" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="00B301BD" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la oficina del PNUD propiamente dicha: gestión general de personal/oficina y prestación de servicios de apoyo en el lugar de trabajo (ICT, finanzas, recursos humanos, seguridad del PNUD, viajes, bienes y servicios generales) que permitan al PNUD llevar a cabo la misión de la organización (pero excluyendo el apoyo </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">directo a la ejecución de proyectos). También deben incluirse aquí las actividades relacionadas con la armonización y simplificación de los procesos operacionales y las prácticas institucionales de las Naciones Unidas. </w:t>
+        <w:t xml:space="preserve"> la oficina del PNUD propiamente dicha: gestión general de personal/oficina y prestación de servicios de apoyo en el lugar de trabajo (ICT, finanzas, recursos humanos, seguridad del PNUD, viajes, bienes y servicios generales) que permitan al PNUD llevar a cabo la misión de la organización (pero excluyendo el apoyo directo a la ejecución de proyectos). También deben incluirse aquí las actividades relacionadas con la armonización y simplificación de los procesos operacionales y las prácticas institucionales de las Naciones Unidas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC06A30" w14:textId="10DA80A1" w:rsidR="00436ECD" w:rsidRPr="00BD4C61" w:rsidRDefault="00106FCD" w:rsidP="00C937EA">
+    <w:p w14:paraId="0DC06A30" w14:textId="3B5CA54B" w:rsidR="00436ECD" w:rsidRPr="00BD4C61" w:rsidRDefault="00106FCD" w:rsidP="00C937EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">La definición amplia de las categorías de clasificación de gastos (desarrollo, gestión, coordinación del desarrollo de las Naciones Unidas y fines especiales), aprobada por la Junta Ejecutiva del PNUD/UNFPA en su decisión 2010/32, la Junta Ejecutiva del UNICEF en su decisión 2010/20 y la Junta Ejecutiva de ONU-Mujeres en su decisión 2013/2 se presentan </w:t>
+        <w:t xml:space="preserve">La definición amplia de las categorías de clasificación de </w:t>
+      </w:r>
+      <w:r w:rsidR="000A65F1" w:rsidRPr="000A65F1">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(actividades de desarrollo/humanitarias, coordinación del desarrollo de las Naciones Unidas y actividades de apoyo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aprobada por la </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Junta Ejecutiva </w:t>
+        </w:r>
+        <w:r w:rsidR="000A65F1" w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>PNUD/UNFPA/UNICEF/ONU-Mujeres</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="000A65F1" w:rsidRPr="000A65F1">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en su decisión 2024/1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A65F1">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se presentan </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00BD4C61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>AQUÍ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528E7EC6" w14:textId="3B1ECFD9" w:rsidR="005551D9" w:rsidRPr="00BD4C61" w:rsidRDefault="00106FCD" w:rsidP="00C8003D">
+    <w:p w14:paraId="528E7EC6" w14:textId="5E6FEFDD" w:rsidR="005551D9" w:rsidRPr="00BD4C61" w:rsidRDefault="00106FCD" w:rsidP="00C8003D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Una vez comprendidas las agrupaciones funcionales en los tres grandes grupos de actividades antes mencionados (desarrollo, servicios a organismos y gestión), el personal deberá atribuir su tiempo diario, utilizando una hoja de horas del personal. Plantillas opcionales de WLS para un personal individual que realiza actividades de desarrollo proporcionadas en la intranet de la OFM </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:t xml:space="preserve">Una vez comprendidas las agrupaciones funcionales en los tres grandes grupos de actividades antes mencionados </w:t>
+      </w:r>
+      <w:r w:rsidR="000A65F1" w:rsidRPr="000A65F1">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(actividades de desarrollo/humanitarias, coordinación del desarrollo de las Naciones Unidas y actividades de apoyo)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, el personal deberá atribuir su tiempo diario, utilizando una hoja de horas del personal. Plantillas opcionales de WLS para un personal individual que realiza actividades de desarrollo proporcionadas en la intranet de la OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00751711">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00BD4C61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>AQUÍ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>. Estas plantillas pueden modificarse, simplificarse o personalizarse aún más para cada personal o una naturaleza del programa de la oficina en el país.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00751711">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00751711" w:rsidRPr="00751711">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00751711">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Estas plantillas pueden modificarse, simplificarse o personalizarse aún más para cada personal o una naturaleza del programa de la oficina en el país.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="203B1893" w14:textId="1DDBA5EE" w:rsidR="008576C0" w:rsidRPr="00BD4C61" w:rsidRDefault="000E6D14" w:rsidP="00C8003D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
@@ -1593,206 +1792,269 @@
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Al final del WLS, el coordinador superior del CO para el WLS debería analizar y compartir los resultados y conclusiones del WLS a la dirección del CO, para su revisión y aprobación. En ese análisis se podrían examinar e identificar las siguientes esferas</w:t>
       </w:r>
       <w:r w:rsidR="00340B4B" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282953A4" w14:textId="64F258FC" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
+    <w:p w14:paraId="282953A4" w14:textId="0751CF53" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Volumen de trabajo del personal de la oficina en el país por categorías principales (desarrollo, servicios de los organismos y gestión) en comparación con la financiación disponible (prevista) (presupuesto institucional (fondos básicos, servicios de gestión general, ingresos por servicios de los organismos y presupuestos por programas)</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Volumen de trabajo del personal de la oficina en el país por categorías principales </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63" w:rsidRPr="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(actividades de desarrollo/humanitarias, coordinación del desarrollo de las Naciones Unidas y actividades de apoyo)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63" w:rsidRPr="00F24A63" w:rsidDel="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en comparación con la financiación disponible (prevista) (presupuesto institucional (fondos básicos, servicios de gestión general, ingresos por servicios de los organismos y presupuestos por programas)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E39D07" w14:textId="77777777" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="547A95D7" w14:textId="4DBAC45E" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
+    <w:p w14:paraId="547A95D7" w14:textId="688B550D" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Volumen de trabajo del personal de la oficina de enlace para las actividades de desarrollo por proyecto en comparación con los costos directos aprobados en el presupuesto del proyecto respectivo y la financiación disponible</w:t>
+        <w:t xml:space="preserve">Volumen de trabajo del personal de la oficina de enlace para </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63" w:rsidRPr="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>actividades de desarrollo/humanitarias</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>por proyecto en comparación con los costos directos aprobados en el presupuesto del proyecto respectivo y la financiación disponible</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195D57A1" w14:textId="77777777" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DD33C15" w14:textId="0F5CE6B5" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
+    <w:p w14:paraId="7DD33C15" w14:textId="0588BE95" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>El volumen de trabajo del personal de las oficinas en el país para los servicios de los principales organismos de las Naciones Unidas frente a los ingresos de los organismos</w:t>
+        <w:t xml:space="preserve">El volumen de trabajo del personal de las oficinas en el país para </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63" w:rsidRPr="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>la coordinación del desarrollo de las Naciones Unidas (servicios a organismos) por principales organismos de las Naciones Unidas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F24A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>frente a los ingresos de los organismos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EB571B" w14:textId="77777777" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BB4EFCF" w14:textId="07B9876F" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cualquier desajuste del volumen de trabajo real del personal con la financiación de su puesto </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118B0CDD" w14:textId="77777777" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5760AD8B" w14:textId="53CFD81E" w:rsidR="009D1B1D" w:rsidRPr="00BD4C61" w:rsidRDefault="009D1B1D" w:rsidP="009D1B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
@@ -1894,237 +2156,340 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> con precisión la financiación prevista y los presupuestos aprobados/disponibles de cada puesto de la oficina en el país. Los costos anuales que deben recuperarse mediante el cálculo directo de los costos de los proyectos en la presentación del plan de trabajo anual de la oficina de país deberían basarse en los resultados del WLS y en los presupuestos aprobados o disponibles en los proyectos de desarrollo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A47C665" w14:textId="77777777" w:rsidR="00C42E6D" w:rsidRPr="00986BF9" w:rsidRDefault="00C42E6D" w:rsidP="00986BF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F53A552" w14:textId="77777777" w:rsidR="00430CE1" w:rsidRPr="00430CE1" w:rsidRDefault="00C42E6D" w:rsidP="00430CE1">
+    <w:p w14:paraId="7F53A552" w14:textId="4C03E705" w:rsidR="00430CE1" w:rsidRPr="00430CE1" w:rsidRDefault="00C42E6D" w:rsidP="00430CE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Sírvase consultar el procedimiento para </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00C42E6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>Formular Proyectos de Desarrollo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -, paso 3.2 -  </w:t>
+        <w:t xml:space="preserve"> - paso 3.2 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00C42E6D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Preparar los presupuestos de los proyectos con todos los costes para garantizar que se identifican todos los costes programáticos y operativos previstos, incluida la eficacia del desarrollo y los acuerdos de apoyo a la ejecución, con todos los costes incluidos en el presupuesto.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Los requisitos para desarrollar un presupuesto de proyecto están delineados en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00430CE1" w:rsidRPr="00986BF9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-AR"/>
           </w:rPr>
           <w:t>Preparación de presupuestos totalmente calculados para proyectos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00430CE1" w:rsidRPr="00986BF9">
+      <w:r w:rsidR="00F8429F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00430CE1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00F8429F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00430CE1" w:rsidRPr="00430CE1">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-AR"/>
         </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00430CE1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00430CE1" w:rsidRPr="00430CE1">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
         <w:t>Consulte los procedimientos detallados para el cálculo de costes y presupuestos de los proyectos financiados por los siguientes socios:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420F83FB" w14:textId="79249598" w:rsidR="00C42E6D" w:rsidRPr="00986BF9" w:rsidRDefault="00AB398E" w:rsidP="00430CE1">
+    <w:p w14:paraId="420F83FB" w14:textId="61D885FC" w:rsidR="00C42E6D" w:rsidRPr="00986BF9" w:rsidRDefault="00EB30AC" w:rsidP="00430CE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00430CE1" w:rsidRPr="00430CE1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-AR"/>
           </w:rPr>
           <w:t>Unión Europea (UE)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00D95F12">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0B8BE7C0" w14:textId="142A4C1A" w:rsidR="00430CE1" w:rsidRPr="00986BF9" w:rsidRDefault="00AB398E" w:rsidP="00430CE1">
+    <w:p w14:paraId="0B8BE7C0" w14:textId="68A4D622" w:rsidR="00430CE1" w:rsidRPr="00986BF9" w:rsidRDefault="00EB30AC" w:rsidP="00430CE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00E35906" w:rsidRPr="003407E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>FMAM</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00D95F12">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="none"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4EA3BBF4" w14:textId="680274D4" w:rsidR="00E35906" w:rsidRPr="00C42E6D" w:rsidRDefault="00AB398E" w:rsidP="00986BF9">
+    <w:p w14:paraId="4EA3BBF4" w14:textId="244A674C" w:rsidR="00E35906" w:rsidRPr="00C42E6D" w:rsidRDefault="00EB30AC" w:rsidP="00986BF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="003407E4" w:rsidRPr="003407E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>Fondo Mundial</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00D95F12">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5DE207FF" w14:textId="77777777" w:rsidR="00C51327" w:rsidRPr="00BD4C61" w:rsidRDefault="00C51327" w:rsidP="00C51327">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FFBC4A7" w14:textId="0A57082D" w:rsidR="00C51327" w:rsidRPr="00BD4C61" w:rsidRDefault="004E3F61" w:rsidP="00C937EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2164,550 +2529,1029 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> y las respectivas decisiones de gestión deberían conservarse y ponerse a disposición localmente para futuras auditorías y evaluación/supervisión de las actividades de la OC o de los proyectos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB1F5CB" w14:textId="77777777" w:rsidR="00C51327" w:rsidRPr="00BD4C61" w:rsidRDefault="00C51327" w:rsidP="00C51327">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25DDED55" w14:textId="2EC3005C" w:rsidR="00C51327" w:rsidRPr="00BD4C61" w:rsidRDefault="00277018" w:rsidP="00C937EA">
+    <w:p w14:paraId="25DDED55" w14:textId="0F3A734F" w:rsidR="00C51327" w:rsidRPr="00BD4C61" w:rsidRDefault="00277018" w:rsidP="00C937EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Sobre la base de la decisión de la dirección de la oficina de país como resultado del análisis y el examen del sistema de alerta temprana, es posible que la oficina de país tenga que actualizar las distribuciones del personal y del personal directivo de la oficina de país en el Atlas. Por ejemplo, si los resultados del WLS revelan que el personal o un SC cuyo puesto se financia íntegramente con fondos de la administración dedica su tiempo en un 70% al desarrollo y en un 30% a actividades de gestión, el tipo de puesto respectivo y la COA podrían actualizarse para reflejar el volumen de trabajo real</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Sobre la base de la decisión de la dirección de la oficina de país como resultado del análisis y el examen del sistema de alerta temprana, es posible que la oficina de país tenga que actualizar </w:t>
+      </w:r>
+      <w:r w:rsidR="00751711" w:rsidRPr="00751711">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>distribuciones de COA de los puestos del personal y del personal no funcionario (por ejemplo, SC) en Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Por ejemplo, si los resultados del WLS revelan que el personal o un SC cuyo puesto se financia íntegramente con fondos de la administración dedica su tiempo en un 70% </w:t>
+      </w:r>
+      <w:r w:rsidR="00751711" w:rsidRPr="00751711">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a las actividades de desarrollo/humanitarias</w:t>
+      </w:r>
+      <w:r w:rsidR="00751711">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y en un 30% </w:t>
+      </w:r>
+      <w:r w:rsidR="00751711" w:rsidRPr="00751711">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a las actividades de desarrollo/humanitarias</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD4C61">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, el tipo de puesto respectivo y la COA podrían actualizarse para reflejar el volumen de trabajo real</w:t>
       </w:r>
       <w:r w:rsidR="00EB6A0B" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero respetando los presupuestos aprobados y disponibles.  En el caso de los IC, las oficinas deberían modificar las órdenes de compra para reflejar la fuente de financiación apropiada sobre la base de los resultados del WLS</w:t>
       </w:r>
       <w:r w:rsidR="00C0450F" w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> pero dentro de los presupuestos aprobados y disponibles. </w:t>
       </w:r>
       <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Si desea más información sobre cómo utilizar los resultados de los </w:t>
       </w:r>
       <w:r w:rsidR="00AB398E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>WLS</w:t>
       </w:r>
       <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, consulte </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>Planificación y pago de la prestación de servicios de apoyo a proyectos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId21" w:history="1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F" w:rsidRPr="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8429F">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-AR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00AB398E" w:rsidRPr="00AB398E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>líneas de financiación múltiple para puestos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6A4D11" w14:textId="77777777" w:rsidR="00410238" w:rsidRPr="00BD4C61" w:rsidRDefault="00410238" w:rsidP="008956D5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5089C70D" w14:textId="77777777" w:rsidR="008956D5" w:rsidRPr="00C42E6D" w:rsidRDefault="008956D5" w:rsidP="008956D5">
+    <w:p w14:paraId="50A6201A" w14:textId="77777777" w:rsidR="008956D5" w:rsidRPr="00C42E6D" w:rsidRDefault="008956D5" w:rsidP="008956D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42E6D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Disclaimer: This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A6201A" w14:textId="77777777" w:rsidR="008956D5" w:rsidRPr="00C42E6D" w:rsidRDefault="008956D5" w:rsidP="008956D5">
+    <w:p w14:paraId="102A723F" w14:textId="77777777" w:rsidR="008956D5" w:rsidRPr="00DF677D" w:rsidRDefault="008956D5" w:rsidP="00DF677D">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF677D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF677D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F1DD3D" w14:textId="77777777" w:rsidR="00AC3CA3" w:rsidRPr="00DF677D" w:rsidRDefault="00AC3CA3" w:rsidP="00DF677D">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C14100" w14:textId="77777777" w:rsidR="00AC3CA3" w:rsidRPr="00DF677D" w:rsidRDefault="00AC3CA3" w:rsidP="00DF677D">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF677D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF677D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE60EEF" w14:textId="708199B0" w:rsidR="00B327D8" w:rsidRPr="00BD4C61" w:rsidRDefault="008956D5" w:rsidP="008956D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="201F1E"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-GB"/>
-[...51 lines deleted...]
-          <w:szCs w:val="23"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD4C61">
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:hAnsi="inherit" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B327D8" w:rsidRPr="00BD4C61" w:rsidSect="003E3EAB">
-      <w:headerReference w:type="even" r:id="rId22"/>
+    <w:sectPr w:rsidR="00B327D8" w:rsidRPr="00BD4C61" w:rsidSect="00D95F12">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
-      <w:headerReference w:type="first" r:id="rId26"/>
-      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1267" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53FBDBA4" w14:textId="77777777" w:rsidR="0011402C" w:rsidRDefault="0011402C" w:rsidP="008576C0">
+    <w:p w14:paraId="3812127E" w14:textId="77777777" w:rsidR="00146F8B" w:rsidRDefault="00146F8B" w:rsidP="008576C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEF2869" w14:textId="77777777" w:rsidR="0011402C" w:rsidRDefault="0011402C" w:rsidP="008576C0">
+    <w:p w14:paraId="7332D462" w14:textId="77777777" w:rsidR="00146F8B" w:rsidRDefault="00146F8B" w:rsidP="008576C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6AD8820F" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00CB07BE" w:rsidP="00061AA4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F026E57" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00AB398E" w:rsidP="000C46E7">
+  <w:p w14:paraId="0F026E57" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00146F8B" w:rsidP="000C46E7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6DA6E681" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00CB07BE" w:rsidP="00061AA4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3C15B0D9" w14:textId="76EFB545" w:rsidR="00C21672" w:rsidRPr="0042157A" w:rsidRDefault="00DB0405" w:rsidP="00C21672">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
-[...1 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
-      <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+      <w:t>Página</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...4 lines deleted...]
-      <w:t>13</w:t>
+    <w:r w:rsidR="00C21672">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00C21672">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:b/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>Fecha</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de entrada </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>en</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>vigor</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:alias w:val="Effective Date"/>
+        <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
+        <w:id w:val="-2055068090"/>
+        <w:placeholder>
+          <w:docPart w:val="5E8D4D1B5D344B1591B38F35D10B55BA"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{A402A5FC-784B-4392-B9D4-25F70809495F}"/>
+        <w:date w:fullDate="2026-02-02T00:00:00Z">
+          <w:dateFormat w:val="dd/MM/yyyy"/>
+          <w:lid w:val="en-US"/>
+          <w:storeMappedDataAs w:val="dateTime"/>
+          <w:calendar w:val="gregorian"/>
+        </w:date>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00C21672">
+          <w:rPr>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>02/02/2026</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00C21672" w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>Versión</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00A83E65" w:rsidRPr="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> #</w:t>
+    </w:r>
+    <w:r w:rsidR="00A83E65">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">: </w:t>
+    </w:r>
+    <w:r w:rsidR="00C21672">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="36E5C565" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00AB398E" w:rsidP="00DB18E7">
+  <w:p w14:paraId="36E5C565" w14:textId="77777777" w:rsidR="00C94741" w:rsidRDefault="00146F8B" w:rsidP="00D95F12">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
-      <w:jc w:val="center"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2850F06A" w14:textId="77777777" w:rsidR="0011402C" w:rsidRDefault="0011402C" w:rsidP="008576C0">
+    <w:p w14:paraId="07162971" w14:textId="77777777" w:rsidR="00146F8B" w:rsidRDefault="00146F8B" w:rsidP="008576C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FFB51D8" w14:textId="77777777" w:rsidR="0011402C" w:rsidRDefault="0011402C" w:rsidP="008576C0">
+    <w:p w14:paraId="5E401BDA" w14:textId="77777777" w:rsidR="00146F8B" w:rsidRDefault="00146F8B" w:rsidP="008576C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="04F079D6" w14:textId="2C01735A" w:rsidR="0069393F" w:rsidRDefault="0069393F">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>Veuillez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> consulter la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>décision</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> du Conseil </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>d’administration</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00663B7E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> pour la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>définition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>générale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>catégories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> de classification des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>approuvées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> par les Conseils </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>d’administration</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> du PNUD, du FNUAP, de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>l’UNICEF</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>d’ONU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve">-Femmes à la suite de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>l’examen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>complet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> de la politique commune de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>recouvrement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0069393F">
+        <w:t xml:space="preserve"> 2024.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="760FC3B5" w14:textId="77777777" w:rsidR="00B52146" w:rsidRDefault="00B52146">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="04FF0809" w14:textId="729A931E" w:rsidR="00A83E65" w:rsidRDefault="00A83E65" w:rsidP="00A83E65">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33A335FF" wp14:editId="175B3FA5">
+          <wp:extent cx="260198" cy="529050"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:docPr id="3" name="Picture 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="265260" cy="539343"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w14:paraId="3E99537B" w14:textId="38B59115" w:rsidR="00B52146" w:rsidRDefault="00B52146">
+  <w:p w14:paraId="2F0ACCED" w14:textId="77777777" w:rsidR="00F8429F" w:rsidRDefault="00F8429F" w:rsidP="00D95F12">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="045279EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7E68E0A"/>
     <w:lvl w:ilvl="0" w:tplc="312825C6">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4195,143 +5039,146 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="423958785">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="256327457">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1354264417">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="483011336">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1586959104">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="104155471">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1453207964">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1950773858">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="848762362">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1747268552">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="406923798">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="773552833">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="823861029">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1319841885">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1460227806">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008576C0"/>
     <w:rsid w:val="00001E35"/>
     <w:rsid w:val="0004059D"/>
     <w:rsid w:val="0006539A"/>
     <w:rsid w:val="000711AA"/>
     <w:rsid w:val="000819D0"/>
     <w:rsid w:val="000A3192"/>
+    <w:rsid w:val="000A65F1"/>
     <w:rsid w:val="000B2036"/>
     <w:rsid w:val="000B7B8C"/>
     <w:rsid w:val="000C713A"/>
     <w:rsid w:val="000E391E"/>
     <w:rsid w:val="000E6D14"/>
     <w:rsid w:val="000F1347"/>
     <w:rsid w:val="000F350B"/>
     <w:rsid w:val="00101C0C"/>
     <w:rsid w:val="00106FCD"/>
     <w:rsid w:val="0011402C"/>
+    <w:rsid w:val="00116127"/>
     <w:rsid w:val="00133C83"/>
+    <w:rsid w:val="00146F8B"/>
     <w:rsid w:val="001624D9"/>
     <w:rsid w:val="001742BA"/>
     <w:rsid w:val="001A137A"/>
     <w:rsid w:val="001B30E2"/>
     <w:rsid w:val="001C25C1"/>
     <w:rsid w:val="001D3E95"/>
     <w:rsid w:val="001E6ED7"/>
     <w:rsid w:val="001F6AEA"/>
     <w:rsid w:val="002257A5"/>
     <w:rsid w:val="00257261"/>
     <w:rsid w:val="00277018"/>
     <w:rsid w:val="002A7841"/>
     <w:rsid w:val="002D76AB"/>
     <w:rsid w:val="002E2719"/>
     <w:rsid w:val="002F57D3"/>
     <w:rsid w:val="00317683"/>
     <w:rsid w:val="003253D1"/>
     <w:rsid w:val="003407E4"/>
     <w:rsid w:val="00340B4B"/>
     <w:rsid w:val="0037288B"/>
     <w:rsid w:val="00384594"/>
     <w:rsid w:val="00387329"/>
     <w:rsid w:val="00392BB4"/>
     <w:rsid w:val="0039563F"/>
     <w:rsid w:val="00396384"/>
@@ -4344,198 +5191,212 @@
     <w:rsid w:val="00436ECD"/>
     <w:rsid w:val="004E3F61"/>
     <w:rsid w:val="00503194"/>
     <w:rsid w:val="00514C69"/>
     <w:rsid w:val="00524221"/>
     <w:rsid w:val="005271A5"/>
     <w:rsid w:val="00531528"/>
     <w:rsid w:val="0053332A"/>
     <w:rsid w:val="005551D9"/>
     <w:rsid w:val="0056419E"/>
     <w:rsid w:val="005763A0"/>
     <w:rsid w:val="00576F25"/>
     <w:rsid w:val="00582918"/>
     <w:rsid w:val="005C29C3"/>
     <w:rsid w:val="005C2F17"/>
     <w:rsid w:val="005E40E2"/>
     <w:rsid w:val="005E5477"/>
     <w:rsid w:val="005F6118"/>
     <w:rsid w:val="00611320"/>
     <w:rsid w:val="006144ED"/>
     <w:rsid w:val="00617DC1"/>
     <w:rsid w:val="006220EE"/>
     <w:rsid w:val="00622B8E"/>
     <w:rsid w:val="00622EA6"/>
     <w:rsid w:val="00640368"/>
+    <w:rsid w:val="00663B7E"/>
     <w:rsid w:val="0067474A"/>
     <w:rsid w:val="00676993"/>
     <w:rsid w:val="006814C6"/>
     <w:rsid w:val="00686EA8"/>
+    <w:rsid w:val="0069393F"/>
     <w:rsid w:val="006B45BE"/>
     <w:rsid w:val="006F75D6"/>
     <w:rsid w:val="007011CF"/>
     <w:rsid w:val="00731F6F"/>
+    <w:rsid w:val="00751711"/>
     <w:rsid w:val="0076624D"/>
     <w:rsid w:val="00773954"/>
     <w:rsid w:val="00781496"/>
     <w:rsid w:val="007814EC"/>
     <w:rsid w:val="007A4B9C"/>
     <w:rsid w:val="007D390D"/>
     <w:rsid w:val="007E42AF"/>
     <w:rsid w:val="007E45C5"/>
     <w:rsid w:val="008006C5"/>
     <w:rsid w:val="00804E3D"/>
     <w:rsid w:val="0080780E"/>
     <w:rsid w:val="00820D03"/>
     <w:rsid w:val="00851F62"/>
     <w:rsid w:val="008576C0"/>
     <w:rsid w:val="0086167C"/>
     <w:rsid w:val="00874941"/>
     <w:rsid w:val="008956D5"/>
     <w:rsid w:val="008A1219"/>
     <w:rsid w:val="008A1D0A"/>
     <w:rsid w:val="008B3C1A"/>
     <w:rsid w:val="008C4A1B"/>
     <w:rsid w:val="008E6A16"/>
     <w:rsid w:val="00922D68"/>
     <w:rsid w:val="00986BF9"/>
     <w:rsid w:val="009A2058"/>
     <w:rsid w:val="009D1B1D"/>
     <w:rsid w:val="009F3142"/>
     <w:rsid w:val="00A03281"/>
     <w:rsid w:val="00A1019C"/>
     <w:rsid w:val="00A20332"/>
     <w:rsid w:val="00A25B36"/>
     <w:rsid w:val="00A54A7B"/>
     <w:rsid w:val="00A64CD2"/>
+    <w:rsid w:val="00A83E65"/>
     <w:rsid w:val="00A914FD"/>
     <w:rsid w:val="00A95906"/>
     <w:rsid w:val="00A975A7"/>
     <w:rsid w:val="00AB398E"/>
+    <w:rsid w:val="00AC3CA3"/>
     <w:rsid w:val="00AC702D"/>
     <w:rsid w:val="00B00D48"/>
     <w:rsid w:val="00B0347B"/>
     <w:rsid w:val="00B14BAB"/>
     <w:rsid w:val="00B301BD"/>
     <w:rsid w:val="00B327D8"/>
     <w:rsid w:val="00B33BFA"/>
     <w:rsid w:val="00B3485A"/>
     <w:rsid w:val="00B52146"/>
     <w:rsid w:val="00B72BDA"/>
     <w:rsid w:val="00B8222D"/>
     <w:rsid w:val="00BA2B93"/>
     <w:rsid w:val="00BB0538"/>
     <w:rsid w:val="00BD0914"/>
     <w:rsid w:val="00BD4C61"/>
     <w:rsid w:val="00C0450F"/>
     <w:rsid w:val="00C07A22"/>
+    <w:rsid w:val="00C21672"/>
     <w:rsid w:val="00C24193"/>
     <w:rsid w:val="00C26ED3"/>
     <w:rsid w:val="00C34FEC"/>
     <w:rsid w:val="00C42E6D"/>
     <w:rsid w:val="00C51327"/>
     <w:rsid w:val="00C55945"/>
     <w:rsid w:val="00C766D7"/>
     <w:rsid w:val="00C777FF"/>
     <w:rsid w:val="00C922B7"/>
     <w:rsid w:val="00C937EA"/>
     <w:rsid w:val="00C94A36"/>
     <w:rsid w:val="00CA353F"/>
     <w:rsid w:val="00CB07BE"/>
     <w:rsid w:val="00CD2317"/>
     <w:rsid w:val="00CD61B5"/>
     <w:rsid w:val="00D2202A"/>
+    <w:rsid w:val="00D33017"/>
     <w:rsid w:val="00D5352C"/>
     <w:rsid w:val="00D63883"/>
     <w:rsid w:val="00D72414"/>
     <w:rsid w:val="00D74CC7"/>
     <w:rsid w:val="00D94C0D"/>
+    <w:rsid w:val="00D95F12"/>
+    <w:rsid w:val="00DB0405"/>
     <w:rsid w:val="00DC20E8"/>
     <w:rsid w:val="00DC739A"/>
     <w:rsid w:val="00DD1B86"/>
+    <w:rsid w:val="00DF677D"/>
     <w:rsid w:val="00E13DD4"/>
     <w:rsid w:val="00E27B1E"/>
     <w:rsid w:val="00E35906"/>
     <w:rsid w:val="00E41801"/>
     <w:rsid w:val="00E72912"/>
     <w:rsid w:val="00E855D3"/>
     <w:rsid w:val="00E93A1F"/>
+    <w:rsid w:val="00EB30AC"/>
     <w:rsid w:val="00EB4F17"/>
     <w:rsid w:val="00EB5279"/>
     <w:rsid w:val="00EB6A0B"/>
     <w:rsid w:val="00ED2533"/>
     <w:rsid w:val="00EF247A"/>
     <w:rsid w:val="00F22034"/>
     <w:rsid w:val="00F248D3"/>
+    <w:rsid w:val="00F24A63"/>
+    <w:rsid w:val="00F8429F"/>
     <w:rsid w:val="00FB40F6"/>
     <w:rsid w:val="00FE743E"/>
+    <w:rsid w:val="00FF19F9"/>
     <w:rsid w:val="00FF2F23"/>
     <w:rsid w:val="092A514D"/>
     <w:rsid w:val="09E4F747"/>
     <w:rsid w:val="0AC621AE"/>
     <w:rsid w:val="0D0E3342"/>
     <w:rsid w:val="15B468F7"/>
     <w:rsid w:val="1E385E44"/>
     <w:rsid w:val="2172C603"/>
     <w:rsid w:val="2CED6AB4"/>
     <w:rsid w:val="2E61695B"/>
     <w:rsid w:val="348184EC"/>
     <w:rsid w:val="34C7FFBF"/>
     <w:rsid w:val="357BD3A4"/>
     <w:rsid w:val="4CDBD388"/>
     <w:rsid w:val="4E467882"/>
     <w:rsid w:val="520EF78E"/>
     <w:rsid w:val="5638620A"/>
     <w:rsid w:val="58C79D20"/>
     <w:rsid w:val="5B57F168"/>
     <w:rsid w:val="70D002B0"/>
     <w:rsid w:val="73C5D4AC"/>
     <w:rsid w:val="77B9985E"/>
     <w:rsid w:val="7D6FD15E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B51711F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8237AC79-1032-4C4B-961C-2BA3B2B109A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -5192,50 +6053,99 @@
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00410238"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008956D5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C21672"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0069393F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0069393F"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0069393F"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="703167898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="771709879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -5244,52 +6154,662 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1771468366">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/3661" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10826" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/fba_other.aspx?RootFolder=%2funit%2fofrm%2fFinancial%20Resource%20Management%20Policies%2fWorkload%20Survey&amp;FolderCTID=0x0120009837A6491BE4B440B59E74738CBA3637" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/ES_DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24-updated12Jul24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10826" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FDelivery%20Enabling%20Services%20%28DPC%29%2FWorkload%20Survey&amp;sortField=Modified&amp;isAscending=false&amp;viewid=d3211020%2D86e1%2D4f49%2Dab1b%2Db08df0afa1ad&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;clickparams=eyAiWC1BcHBOYW1lIiA6ICJNaWNyb3NvZnQgT3V0bG9vayIsICJYLUFwcFZlcnNpb24iIDogIjE2LjAuMTk1MzAuMjAyMjYiLCAiT1MiIDogIldpbmRvd3MiIH0%3D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/3661" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/ES_DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24-updated12Jul24.pdf" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5E8D4D1B5D344B1591B38F35D10B55BA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ADC42D5C-689B-40E7-B58D-7F2D045A3CA9}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00823A1F" w:rsidRDefault="00202C08" w:rsidP="00202C08">
+          <w:pPr>
+            <w:pStyle w:val="5E8D4D1B5D344B1591B38F35D10B55BA"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00501F33">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[Effective Date]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="inherit">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00202C08"/>
+    <w:rsid w:val="00202C08"/>
+    <w:rsid w:val="00646277"/>
+    <w:rsid w:val="00823A1F"/>
+    <w:rsid w:val="00A72E22"/>
+    <w:rsid w:val="00AB3A61"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00202C08"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E8D4D1B5D344B1591B38F35D10B55BA">
+    <w:name w:val="5E8D4D1B5D344B1591B38F35D10B55BA"/>
+    <w:rsid w:val="00202C08"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5543,165 +7063,158 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <p:Policy xmlns:p="office.server.policy" id="" local="true">
   <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
   <p:Description/>
   <p:Statement/>
   <p:PolicyItems>
     <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
       <p:Name>Labels</p:Name>
       <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
       <p:CustomData>
         <label>
           <properties>
             <height>0.5</height>
             <font>Calibri</font>
           </properties>
           <segment type="literal">Effective Date: </segment>
           <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
           <segment type="literal">                                                Version #: </segment>
           <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
         </label>
       </p:CustomData>
     </p:PolicyItem>
   </p:PolicyItems>
 </p:Policy>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">1</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Template</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">FRM_Resource Planning and Cost Recovery_Guidelines for Using the Results of the Workload Survey_Spanish</UNDP_POPP_TITLE_EN>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>350</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Spanish</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-02-02T00:00:00</UNDP_POPP_EFFECTIVEDATE>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 2/2/2026                                                Version #: 1.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">POPP-11-2587</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://popp.undp.org/_layouts/15/DocIdRedir.aspx?ID=POPP-11-2587</Url>
+      <Description>POPP-11-2587</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 2/2/2026                                                Version #: 1.0</DLCPolicyLabelValue>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -6014,202 +7527,202 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...47 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C78D502C-24AA-4195-8415-D7197FF24C11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="office.server.policy"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA050ED-B244-400E-AFDD-ED506EF2FB0B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C78D502C-24AA-4195-8415-D7197FF24C11}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A402A5FC-784B-4392-B9D4-25F70809495F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2F92DD-3760-4D01-A74F-B7E51EED1798}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD5F1DAC-DA2F-4BFB-940C-2F86BF32F3E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B2F92DD-3760-4D01-A74F-B7E51EED1798}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A402A5FC-784B-4392-B9D4-25F70809495F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{898ED739-BBCE-4DBB-AC15-83EF5177972F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2285</Words>
-  <Characters>11769</Characters>
+  <Words>2147</Words>
+  <Characters>12239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>309</Lines>
-  <Paragraphs>149</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13905</CharactersWithSpaces>
+  <CharactersWithSpaces>14358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Batdolgor Chuluun</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>