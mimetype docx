--- v0 (2025-10-03)
+++ v1 (2026-03-27)
@@ -1,156 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="00CC3216" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000230DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines on UNDP Country Office Workload S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>urvey (WLS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AA1696" w14:textId="2A0A25F2" w:rsidR="00CE204F" w:rsidRPr="00D94C0D" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="34AA1696" w14:textId="6FEC46E8" w:rsidR="00CE204F" w:rsidRPr="00D94C0D" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(BMS/</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83F94">
-        <w:t>OFM)</w:t>
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00664839">
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F83F94">
+        <w:t>M)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3152DB" w14:textId="16042A3F" w:rsidR="00CE204F" w:rsidRPr="00721D47" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="7C3152DB" w14:textId="6BD02A54" w:rsidR="00CE204F" w:rsidRPr="00721D47" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009775A3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>UNDP is a multi-funded organization</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>, with finance provided from multiple funding streams. For staff positions at</w:t>
       </w:r>
       <w:r w:rsidRPr="009775A3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> P-5 and below</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> and other personnel (SCs, UNVs, ICs), the </w:t>
+        <w:t xml:space="preserve"> and other personnel (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D850F6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSAs, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SCs, UNVs, ICs), the </w:t>
       </w:r>
       <w:r w:rsidR="007B78A9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">positions </w:t>
       </w:r>
       <w:r w:rsidR="007B78A9" w:rsidRPr="009775A3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidRPr="009775A3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> be f</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">inanced </w:t>
       </w:r>
@@ -519,156 +536,158 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Given the</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve"> critical nature </w:t>
       </w:r>
       <w:r>
-        <w:t>of aligning UNDP CO services/capacities with various funding sources (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> programme or management projects), </w:t>
+        <w:t xml:space="preserve">of aligning UNDP CO services/capacities with various funding sources (e.g. programme or management projects), </w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">each </w:t>
       </w:r>
       <w:r>
         <w:t>CO</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
       <w:r w:rsidRPr="006A56F4">
         <w:t>appoint a senior focal point/coordinator</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for the WLS</w:t>
       </w:r>
       <w:r w:rsidRPr="006A56F4">
         <w:t>, typically a DRR or ARR</w:t>
       </w:r>
       <w:r>
         <w:t>. They are</w:t>
       </w:r>
       <w:r w:rsidRPr="006A56F4">
         <w:t xml:space="preserve"> responsible for ensuring the accuracy, completeness, coherence, and timely compilation and submission</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> for WLS</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5371097C" w14:textId="6940D897" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="5371097C" w14:textId="17FF1205" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00731F6F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All types of personnel (staff, SC and UNV) can be included in the annual WLS. </w:t>
+        <w:t xml:space="preserve">All types of personnel (staff, </w:t>
+      </w:r>
+      <w:r w:rsidR="00936426">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA, IC, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00731F6F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SC and UNV) can be included in the annual WLS. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A briefing session must be conducted for all personnel before their annual workload survey. All personnel should </w:t>
       </w:r>
       <w:r w:rsidRPr="00827F1B">
         <w:t xml:space="preserve">understand the </w:t>
       </w:r>
       <w:r>
         <w:t>different categories of their function to management and development projects prior to the survey.</w:t>
       </w:r>
       <w:r w:rsidRPr="00731F6F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> The WLS may exclude personnel that are directly hired and fully funded by UNDP projects and other UN agencies.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00565691">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Everyone</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> should understand importance </w:t>
       </w:r>
       <w:r w:rsidR="007B78A9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>of a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> fair and reasonable recording of their workload time in WLS template. A senior focal point should present the results of the last WLS results and how it has been used in the alignment of personnel position funding with their functions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3285C4D2" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00731F6F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -759,131 +778,164 @@
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> following three </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF47F9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>major function</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s/services:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF47F9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3623DC65" w14:textId="519735D6" w:rsidR="00CE204F" w:rsidRPr="00410238" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="3623DC65" w14:textId="11C7FCD8" w:rsidR="00CE204F" w:rsidRPr="00410238" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00410238">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Development Activities – </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00273B6C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3C45">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Humanitarian</w:t>
+      </w:r>
+      <w:r w:rsidR="004109F6">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:b/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00410238">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Activities – </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk42784631"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00410238">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
       <w:r w:rsidR="0029415F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00410238">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>e project activities and services to projects</w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00410238">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> project activities and services to projects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="18CAE4DD" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="007A5F5F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A5F5F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Project Supervision and coordination</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABAA16A" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="007A5F5F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -980,51 +1032,65 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Project Administrative, Operating, and Other share services to projects</w:t>
+        <w:t xml:space="preserve">Project Administrative, Operating, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> share services to projects</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD64C80" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="009A2058" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
@@ -1285,161 +1351,206 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A26224" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="009A2058" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2880"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="509BE248" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="001B30E2" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="509BE248" w14:textId="23094B8C" w:rsidR="00CE204F" w:rsidRPr="001B30E2" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">UN Agency Services </w:t>
       </w:r>
+      <w:r w:rsidR="00654E04">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>(now UN Development Coordination)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0236C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0236C" w:rsidRPr="00A0236C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ctivities and associated costs supporting the coordination of development activities of the United Nations system</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0744D0E2" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="0744D0E2" w14:textId="79714275" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>All personnel who provide administrative and logistical support services to other UN Agencies (including UNRCO) can enter their time under this category.</w:t>
+        <w:t xml:space="preserve">All personnel who provide administrative and logistical support services to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E739DD">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> UN</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E739DD">
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (including UNRCO) can enter their time under this category.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760E10B7" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="001B30E2" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="760E10B7" w14:textId="45E37A14" w:rsidR="00CE204F" w:rsidRPr="001B30E2" w:rsidRDefault="00E739DD" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B30E2">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>Enabling functions</w:t>
+      </w:r>
+      <w:r w:rsidR="00755ADE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE204F" w:rsidRPr="001B30E2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>Management activities</w:t>
+      </w:r>
+      <w:r w:rsidR="00755ADE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A4398A" w14:textId="77C1FB62" w:rsidR="00CE204F" w:rsidRPr="00CA1FD4" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">These are activities related to </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1FD4">
         <w:t xml:space="preserve">the promotion of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNDP </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1FD4">
         <w:t>identity, executive direction,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1FD4">
-        <w:t xml:space="preserve">representation, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and well-being of the UNDP Country Office. These activities are </w:t>
+        <w:t xml:space="preserve">representation, accountability and well-being of the UNDP Country Office. These activities are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">can be </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1FD4">
         <w:t xml:space="preserve">grouped into three sub-clusters applicable to Country Office </w:t>
       </w:r>
       <w:r>
         <w:t>personnel</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1FD4">
         <w:t>: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B401CC0" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="006220EE" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006220EE">
         <w:t xml:space="preserve">– Leadership and Country Representation </w:t>
       </w:r>
@@ -1471,331 +1582,488 @@
       <w:r w:rsidRPr="006220EE">
         <w:t>– Operations Management and Administration</w:t>
       </w:r>
       <w:r w:rsidRPr="003F6D31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">Activities related to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UNDP office itself: </w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">overall </w:t>
       </w:r>
       <w:r>
         <w:t>personnel</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t>/office management and the provision of workplace and support services (ICT, Finance, OHR, UNDP security, travel, assets</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
-        <w:t xml:space="preserve"> and general services) which permit UNDP to carry out the mission of the organization (but excluding direct project implementation support). </w:t>
+        <w:t xml:space="preserve"> and general services) which permit UNDP to carry out the mission of the organization (but excluding direct project </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00721D47">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">implementation support). </w:t>
       </w:r>
       <w:r w:rsidRPr="003F6D31">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Activities related to the harmonization and simplification of UN operational processes and business practices should also be included here</w:t>
       </w:r>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511D3D46" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00C24193" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="511D3D46" w14:textId="1B7944B1" w:rsidR="00CE204F" w:rsidRPr="00C24193" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C1621">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">broad definition of </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1621">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>cost-classification categories</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (development, management, UN development coordination and special purpose), </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00485808">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>evelopment</w:t>
+      </w:r>
+      <w:r w:rsidR="00485808">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/Humanitarian activities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, UN </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3395">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">evelopment </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3395">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">oordination and </w:t>
+      </w:r>
+      <w:r w:rsidR="00560943">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Enabling</w:t>
+      </w:r>
+      <w:r w:rsidR="00635A4F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> functions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1621">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>approved</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidRPr="004C1621">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> UNDP/UNFPA Executive Board decision 2010/32, UNICEF Executive Board decision 2010/20</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> provided </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00A136D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>UNDP/UNFPA</w:t>
+        </w:r>
+        <w:r w:rsidR="009D05C1" w:rsidRPr="00A136D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>/UNICEF</w:t>
+        </w:r>
+        <w:r w:rsidR="00441F3D" w:rsidRPr="00A136D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>/UNW Executive Board Decision 2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00441F3D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A136D2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided</w:t>
+      </w:r>
+      <w:r w:rsidR="006C119D">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="001B30E2">
+        <w:r w:rsidR="006C119D" w:rsidRPr="006C119D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>HERE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C48450" w14:textId="0722B401" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="69C48450" w14:textId="68E9CD40" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862708">
-        <w:lastRenderedPageBreak/>
         <w:t>Once</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> functional</w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t xml:space="preserve"> grouping</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t xml:space="preserve">under the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">above three </w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t>broad activity clusters</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (development, agency services and management) are understood</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77CDA">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:t>evelopment</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77CDA">
+        <w:t>/Humanitarian</w:t>
+      </w:r>
+      <w:r w:rsidR="00012476">
+        <w:t xml:space="preserve"> activities</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A45957">
+        <w:t>UN Development coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="002359DF">
+        <w:t>Enabling functions</w:t>
+      </w:r>
+      <w:r>
+        <w:t>) are understood</w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">personnel </w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t xml:space="preserve">should attribute their </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">daily time, </w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t>using a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> personnel </w:t>
       </w:r>
       <w:r w:rsidRPr="00862708">
         <w:t>time</w:t>
       </w:r>
       <w:r w:rsidRPr="003C34AE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>sheet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Optional WLS templates for an individual personnel performing development activities provided in OFM intranet </w:t>
+        <w:t xml:space="preserve">. Optional WLS templates for an individual personnel performing development activities </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95108">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can be </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">found </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OF</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>M intranet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E41FA5">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="000B2036">
+        <w:r w:rsidR="00E41FA5" w:rsidRPr="00E41FA5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HERE</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000B2036">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> These templates can be modified, </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> These templates can be modified, simplified or </w:t>
+      </w:r>
+      <w:r w:rsidR="007B78A9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>simplified</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>customized further</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> for each personnel or a nature of country office programme. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3314E1C1" w14:textId="464AE36A" w:rsidR="00CE204F" w:rsidRPr="00C23277" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="3314E1C1" w14:textId="6C740EA7" w:rsidR="00CE204F" w:rsidRPr="00C23277" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00721D47">
         <w:t xml:space="preserve">At the end of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">survey </w:t>
       </w:r>
       <w:r w:rsidR="007B78A9" w:rsidRPr="00721D47">
         <w:t>period,</w:t>
       </w:r>
       <w:r w:rsidR="007B78A9">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> offices should perform a two-tier validation/review of the workload results (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> time sheets) of each personnel.  An individual who submitted the time sheet and his/her direct supervisor should ensure that the self-reported time allocated for major services and projects are reasonably accurate, and consistent in general with  the job descriptions/terms of reference and their functions.</w:t>
+        <w:t xml:space="preserve"> offices should perform a two-tier validation/review of the workload results (e.g. time sheets) of each personnel.  An individual who submitted the time sheet and his/her direct supervisor should ensure that the self-reported time allocated for major services and projects are reasonably accurate, and consistent in general with</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3A74">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the job descriptions/terms of reference and their functions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43258A25" w14:textId="05BBC4C6" w:rsidR="00CE204F" w:rsidRPr="001C25C1" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="43258A25" w14:textId="3B6306EB" w:rsidR="00CE204F" w:rsidRPr="001C25C1" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00874941">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -1831,52 +2099,71 @@
         </w:rPr>
         <w:t xml:space="preserve">individual time distributions into the WLS Template Excel file (one line per </w:t>
       </w:r>
       <w:r w:rsidR="007B78A9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>personnel</w:t>
       </w:r>
       <w:r w:rsidR="007B78A9" w:rsidRPr="00874941">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00874941">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Since the workload studies are currently conducted based on manual excel files, it is recommended to share a consolidated individual time sheets with each staff and their managers to check it against their submission for completeness and accuracy.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Since the workload studies are currently conducted based on manual excel files, it is recommended to share a consolidated individual time sheet with each staff and their managers to check it against their submission for completeness and accuracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB6E31F" w14:textId="31569150" w:rsidR="3ED22D85" w:rsidRDefault="3ED22D85" w:rsidP="00191BF9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="12318FE6" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00C51327" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C51327">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -1909,163 +2196,266 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>At the end of WLS, the CO senior focal point for the WLS should analyze and share the results and finding of WLS to CO management, for their review and endorsement. The following areas could be reviewed and identified in such analysis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E752753" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="3E752753" w14:textId="43AD0C54" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>CO personnel workload by major categories (development, agency services and management) versus available (planned) funding (institutional budget (core funds, GMS, agency services income and programme budgets)</w:t>
+        <w:t>CO personnel workload by major categories (</w:t>
+      </w:r>
+      <w:r w:rsidR="00012476">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>evelopment</w:t>
+      </w:r>
+      <w:r w:rsidR="00012476">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/Humanitarian activ</w:t>
+      </w:r>
+      <w:r w:rsidR="00437513">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00437513">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UN Development coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00437513">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Enabling functions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) versus available (planned) funding (institutional budget (core funds, GMS, agency services income and programme budgets)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7277EA" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="2F7277EA" w14:textId="6F9D1B4F" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>CO personnel workload for development activities per project versus approved direct costs in the respective project budget and available funding</w:t>
+        <w:t>CO personnel workload for development</w:t>
+      </w:r>
+      <w:r w:rsidR="000E05E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/huma</w:t>
+      </w:r>
+      <w:r w:rsidR="00866CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>nitarian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities per project versus approved direct costs in the respective project budget and available funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="556F20E7" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00D63883" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
+    <w:p w14:paraId="556F20E7" w14:textId="274BFD98" w:rsidR="00CE204F" w:rsidRPr="00D63883" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>CO personnel workload for agency services by major UN agencies versus revenue from agencies</w:t>
+        <w:t xml:space="preserve">CO personnel workload for </w:t>
+      </w:r>
+      <w:r w:rsidR="00866CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UN development coordination </w:t>
+      </w:r>
+      <w:r w:rsidR="004A78A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>agency services</w:t>
+      </w:r>
+      <w:r w:rsidR="004A78A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by major UN agencies versus revenue from agencies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234E100B" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00D63883" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B0347B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Any misalignment of actual workload of personnel with his/her position</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> funding</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0347B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04CA2C79" w14:textId="2217734C" w:rsidR="00CE204F" w:rsidRPr="000A3192" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -2158,51 +2548,50 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D63883">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The position</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63883">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>planning decisions should further be reflected in the CO annual work planning exercise, accurately reflecting the planned funding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and approved/available budgets</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63883">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of each CO position</w:t>
@@ -2220,280 +2609,229 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">approved or available budgets in development projects. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EFA58D8" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="001E5A5C" w:rsidRDefault="001E5A5C" w:rsidP="001E5A5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25FAB088" w14:textId="233106B9" w:rsidR="001E5A5C" w:rsidRPr="00F83F94" w:rsidRDefault="001E5A5C" w:rsidP="00F83F94">
+    <w:p w14:paraId="25FAB088" w14:textId="02B2F28B" w:rsidR="001E5A5C" w:rsidRPr="00431DA1" w:rsidRDefault="001E5A5C" w:rsidP="00F83F94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:beforeAutospacing="1" w:after="240" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83F94">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F83F94">
           <w:rPr>
             <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
             <w:color w:val="0072C6"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Formulate Development Projects procedures</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F83F94">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  - </w:t>
       </w:r>
       <w:r w:rsidRPr="00F83F94">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Step 3.2 - Prepare fully costed project budgets to ensure that all anticipated programmatic and operational costs, including development effectiveness and implementation support arrangements are identified, fully costed in the budget</w:t>
       </w:r>
       <w:r w:rsidR="000C3945" w:rsidRPr="00F83F94">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F83F94">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3945" w:rsidRPr="00F30D96">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The requirements for developing a project budget are outlined in </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00F83F94">
+        <w:r w:rsidRPr="00431DA1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0072C6"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Prepare Fully Costed Budgets for Projects</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F83F94">
+      <w:r w:rsidRPr="00431DA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000C3945" w:rsidRPr="00F83F94">
+      <w:r w:rsidR="000C3945" w:rsidRPr="00431DA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">  In </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="000C3945" w:rsidRPr="00F83F94">
+      <w:r w:rsidR="008E63A8" w:rsidRPr="008E63A8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">addition,  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F83F94">
+        <w:t>addition, refer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00431DA1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>r</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> to the detailed procedures for Costing and Budgeting of projects funded by the following partners:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F83F94">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1D532960" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00F83F94" w:rsidRDefault="0090720C" w:rsidP="001E5A5C">
+    <w:p w14:paraId="1D532960" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00431DA1" w:rsidRDefault="0061524B" w:rsidP="001E5A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="001E5A5C" w:rsidRPr="00F83F94">
+        <w:r w:rsidR="001E5A5C" w:rsidRPr="00431DA1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0072C6"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>European Union (EU)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A6704CB" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00F83F94" w:rsidRDefault="0090720C" w:rsidP="001E5A5C">
+    <w:p w14:paraId="1A6704CB" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00431DA1" w:rsidRDefault="0061524B" w:rsidP="001E5A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="001E5A5C" w:rsidRPr="00F83F94">
+        <w:r w:rsidR="001E5A5C" w:rsidRPr="00431DA1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0072C6"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>GEF funded</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D2FAD12" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00F83F94" w:rsidRDefault="0090720C" w:rsidP="001E5A5C">
+    <w:p w14:paraId="7D2FAD12" w14:textId="77777777" w:rsidR="001E5A5C" w:rsidRPr="00431DA1" w:rsidRDefault="0061524B" w:rsidP="001E5A5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="444444"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="001E5A5C" w:rsidRPr="00F83F94">
+        <w:r w:rsidR="001E5A5C" w:rsidRPr="00431DA1">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0072C6"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Global Fund (GF)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C31AA47" w14:textId="3514EE7C" w:rsidR="00CE204F" w:rsidRDefault="001E5A5C" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -2529,432 +2867,465 @@
       <w:r w:rsidR="00CE204F">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>evaluation/monitoring of CO or project activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185E6B3E" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRPr="00C51327" w:rsidRDefault="00CE204F" w:rsidP="00CE204F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F186E5C" w14:textId="2EF7533F" w:rsidR="00396C79" w:rsidRPr="006645F0" w:rsidRDefault="00CE204F" w:rsidP="00F83F94">
+    <w:p w14:paraId="1F186E5C" w14:textId="66E07448" w:rsidR="00396C79" w:rsidRPr="006645F0" w:rsidRDefault="00CE204F" w:rsidP="00F83F94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:beforeAutospacing="1" w:after="240" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Based on CO management decision </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2286">
+        <w:t xml:space="preserve">Based on CO management decision as a result of WLS analysis and review, CO may need to update staff and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4E5A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>as a result of</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE2286">
+        <w:t>non-staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D15">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> WLS analysis and review, CO may need to update staff and SC position COA distributions in Atlas. For example, if WLS results reveal that staff or a  SC whose position is fully funded from management funds spend his/her time 70% in development and 30% for management activities, the respective position type and COA could be updated to reflect the actual workload but adhering the approved and available budgets</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="002D407D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
+        <w:t>e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D15">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>programme</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> projects</w:t>
+        <w:t>SC</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3D15">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position COA distributions in </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1840">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For example, if WLS results reveal that staff or </w:t>
+      </w:r>
+      <w:r w:rsidR="002D407D" w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>a SC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> whose position is fully funded from management funds spend his/her time 70% in </w:t>
+      </w:r>
+      <w:r w:rsidR="004912AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>evelopment</w:t>
+      </w:r>
+      <w:r w:rsidR="004912AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>/Humanitarian activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 30% for </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61765">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enabling </w:t>
+      </w:r>
+      <w:r w:rsidR="004912AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>functions (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>management activities</w:t>
+      </w:r>
+      <w:r w:rsidR="004912AA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, the respective position type and COA could be updated to reflect the actual workload but adhering the approved and available budgets</w:t>
+      </w:r>
+      <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of programme projects</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.  For ICs, the offices should amend the purchase orders to reflect appropriate funding source based on the WLS results but within the approved and available budgets</w:t>
       </w:r>
       <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE2286" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Please refer to</w:t>
       </w:r>
       <w:r w:rsidR="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:tooltip="https://popp.undp.org/sitepages/poppsubject.aspx?sbjid=502&amp;menu=businessunit" w:history="1">
         <w:r w:rsidR="00EE2286" w:rsidRPr="00EE2286">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000C3945">
+      <w:r w:rsidR="000C3945" w:rsidRPr="00191BF9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C3945" w:rsidRPr="00F83F94">
+      <w:r w:rsidR="000C3945" w:rsidRPr="00191BF9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00EE2286" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:tooltip="https://popp.undp.org/sitepages/poppsubject.aspx?sbjid=186&amp;menu=businessunit" w:history="1">
         <w:r w:rsidR="00EE2286" w:rsidRPr="00EE2286">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Multiple Funding Lines for Positions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EE2286" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">for further guidance on how to </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
+      <w:r w:rsidR="00A819DF" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>utilizethe</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>utilize the</w:t>
+      </w:r>
       <w:r w:rsidR="001E5A5C" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> results of WLS.</w:t>
       </w:r>
       <w:r w:rsidR="00396C79" w:rsidRPr="00EE2286">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550E50A0" w14:textId="77777777" w:rsidR="006645F0" w:rsidRPr="006645F0" w:rsidRDefault="006645F0" w:rsidP="006645F0">
-[...71 lines deleted...]
-    <w:p w14:paraId="6177FBF1" w14:textId="77777777" w:rsidR="00CE204F" w:rsidRDefault="00CE204F" w:rsidP="00CE204F"/>
     <w:p w14:paraId="6F9ED366" w14:textId="77777777" w:rsidR="00A2358F" w:rsidRPr="00CE204F" w:rsidRDefault="00A2358F" w:rsidP="00CE204F"/>
     <w:sectPr w:rsidR="00A2358F" w:rsidRPr="00CE204F">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AC47343" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B" w:rsidP="004D2268">
+    <w:p w14:paraId="1A4F475F" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D03D334" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B" w:rsidP="004D2268">
+    <w:p w14:paraId="1C86C8EE" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05F6C295" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B">
+    <w:p w14:paraId="49C39195" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6F9ED376" w14:textId="248D739A" w:rsidR="004D2268" w:rsidRPr="0042157A" w:rsidRDefault="0042157A">
+  <w:p w14:paraId="6F9ED376" w14:textId="727F0CD4" w:rsidR="004D2268" w:rsidRPr="0042157A" w:rsidRDefault="0042157A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
@@ -3025,194 +3396,253 @@
     </w:r>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="-2055068090"/>
         <w:placeholder>
           <w:docPart w:val="983E8AECA37649B78C8C97026F5A09E3"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
-        <w:date w:fullDate="2015-05-11T00:00:00Z">
+        <w:date w:fullDate="2026-02-02T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="008B7214">
-          <w:t>11/05/2015</w:t>
+        <w:r w:rsidR="00D07D04">
+          <w:t>02/02/2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="2123952831"/>
         <w:placeholder>
           <w:docPart w:val="1A08DB965DE74E838E9039B1ACAB56FD"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00553C67">
+        <w:r w:rsidR="005F1EAB">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>20</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="163D43AF" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B" w:rsidP="004D2268">
+    <w:p w14:paraId="3CD8C019" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6E16AB33" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B" w:rsidP="004D2268">
+    <w:p w14:paraId="71FE2FAE" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B" w:rsidP="004D2268">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4339AC9C" w14:textId="77777777" w:rsidR="00E1673B" w:rsidRDefault="00E1673B">
+    <w:p w14:paraId="7E9D4B4E" w14:textId="77777777" w:rsidR="0061524B" w:rsidRDefault="0061524B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="403BB76C" w14:textId="0ECDF3B8" w:rsidR="004109F6" w:rsidRDefault="004109F6">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5BBA">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00494011">
+        <w:t xml:space="preserve">lease see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId1" w:history="1">
+        <w:r w:rsidR="00494011" w:rsidRPr="00494011">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Executive Board Decision DP/FPA/ICEFUNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C85B2C">
+        <w:t xml:space="preserve"> for the broad definition of cost classification categories </w:t>
+      </w:r>
+      <w:r w:rsidR="00A7549D">
+        <w:t>approved by the UNDP/UNFPA/UNICEF UNW Executive Boards</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE647A">
+        <w:t xml:space="preserve"> following the Comprehensive review of the joint cost</w:t>
+      </w:r>
+      <w:r w:rsidR="000D3580">
+        <w:t>-recovery policy in 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D432D0">
+        <w:t>024.</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4491DDCD" w14:textId="33805250" w:rsidR="0042157A" w:rsidRDefault="0042157A" w:rsidP="0042157A">
+  <w:p w14:paraId="4491DDCD" w14:textId="176D897F" w:rsidR="0042157A" w:rsidRDefault="00345C2D" w:rsidP="0042157A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CE2A745" wp14:editId="7E37E498">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FC060AC" wp14:editId="03DFD481">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>180975</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="320675" cy="593090"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="67" name="Picture 67"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:stretch>
-[...1 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect r="-5232" b="15539"/>
+                  <a:stretch/>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309317" cy="713491"/>
+                    <a:ext cx="320675" cy="593090"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="414995F4" w14:textId="77777777" w:rsidR="0042157A" w:rsidRDefault="0042157A" w:rsidP="0042157A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08A96650"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF849C9C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4349,130 +4779,214 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00683972"/>
     <w:rsid w:val="000107B6"/>
+    <w:rsid w:val="00012476"/>
     <w:rsid w:val="00034461"/>
+    <w:rsid w:val="00050B26"/>
+    <w:rsid w:val="000709E5"/>
     <w:rsid w:val="00091246"/>
+    <w:rsid w:val="00092095"/>
     <w:rsid w:val="000A6D00"/>
     <w:rsid w:val="000C3945"/>
+    <w:rsid w:val="000D1840"/>
+    <w:rsid w:val="000D3580"/>
     <w:rsid w:val="000E005C"/>
+    <w:rsid w:val="000E05E7"/>
     <w:rsid w:val="0011778A"/>
     <w:rsid w:val="00183D86"/>
+    <w:rsid w:val="00191BF9"/>
+    <w:rsid w:val="001C315F"/>
     <w:rsid w:val="001E5A5C"/>
+    <w:rsid w:val="002359DF"/>
+    <w:rsid w:val="00273B6C"/>
     <w:rsid w:val="0029415F"/>
+    <w:rsid w:val="002A3ABD"/>
+    <w:rsid w:val="002D407D"/>
     <w:rsid w:val="002F3373"/>
+    <w:rsid w:val="002F6460"/>
     <w:rsid w:val="00313300"/>
     <w:rsid w:val="00313F8A"/>
     <w:rsid w:val="003264ED"/>
+    <w:rsid w:val="00345C2D"/>
+    <w:rsid w:val="00361A63"/>
     <w:rsid w:val="00376DA4"/>
     <w:rsid w:val="00396C79"/>
+    <w:rsid w:val="003B5BBA"/>
+    <w:rsid w:val="003F1A36"/>
     <w:rsid w:val="004045EA"/>
+    <w:rsid w:val="004109F6"/>
     <w:rsid w:val="0042157A"/>
+    <w:rsid w:val="00431DA1"/>
     <w:rsid w:val="00434969"/>
+    <w:rsid w:val="00437513"/>
+    <w:rsid w:val="00441F3D"/>
     <w:rsid w:val="00470194"/>
     <w:rsid w:val="00473EFC"/>
+    <w:rsid w:val="00485808"/>
+    <w:rsid w:val="004912AA"/>
+    <w:rsid w:val="00494011"/>
+    <w:rsid w:val="004A78A1"/>
     <w:rsid w:val="004D2268"/>
     <w:rsid w:val="00520018"/>
+    <w:rsid w:val="00530E68"/>
     <w:rsid w:val="005316CB"/>
     <w:rsid w:val="00553C67"/>
+    <w:rsid w:val="00560943"/>
+    <w:rsid w:val="00565691"/>
+    <w:rsid w:val="0057785F"/>
     <w:rsid w:val="00584458"/>
+    <w:rsid w:val="005F1EAB"/>
     <w:rsid w:val="00605CC0"/>
+    <w:rsid w:val="0061524B"/>
+    <w:rsid w:val="00635A4F"/>
+    <w:rsid w:val="00640466"/>
     <w:rsid w:val="006511A3"/>
+    <w:rsid w:val="00652B34"/>
+    <w:rsid w:val="00654E04"/>
     <w:rsid w:val="006645F0"/>
+    <w:rsid w:val="00664839"/>
     <w:rsid w:val="00683972"/>
+    <w:rsid w:val="006A10AF"/>
     <w:rsid w:val="006A2FB8"/>
+    <w:rsid w:val="006B49A5"/>
+    <w:rsid w:val="006C119D"/>
+    <w:rsid w:val="006F291E"/>
     <w:rsid w:val="0070385E"/>
     <w:rsid w:val="00720E5F"/>
+    <w:rsid w:val="00755ADE"/>
     <w:rsid w:val="00772C17"/>
     <w:rsid w:val="007A49B8"/>
     <w:rsid w:val="007B78A9"/>
     <w:rsid w:val="00812691"/>
+    <w:rsid w:val="00866CFA"/>
+    <w:rsid w:val="00881A92"/>
     <w:rsid w:val="008B7214"/>
+    <w:rsid w:val="008E3A74"/>
+    <w:rsid w:val="008E63A8"/>
+    <w:rsid w:val="00936426"/>
     <w:rsid w:val="0094554B"/>
+    <w:rsid w:val="00980B26"/>
+    <w:rsid w:val="0098512A"/>
     <w:rsid w:val="009A66E2"/>
+    <w:rsid w:val="009D05C1"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="009F3395"/>
+    <w:rsid w:val="00A0236C"/>
+    <w:rsid w:val="00A136D2"/>
     <w:rsid w:val="00A2358F"/>
+    <w:rsid w:val="00A45957"/>
     <w:rsid w:val="00A53875"/>
+    <w:rsid w:val="00A621D1"/>
+    <w:rsid w:val="00A7549D"/>
+    <w:rsid w:val="00A819DF"/>
+    <w:rsid w:val="00AD496A"/>
+    <w:rsid w:val="00AF0100"/>
     <w:rsid w:val="00B44531"/>
+    <w:rsid w:val="00B662A4"/>
+    <w:rsid w:val="00B942A6"/>
+    <w:rsid w:val="00BA024D"/>
     <w:rsid w:val="00BA0833"/>
     <w:rsid w:val="00BD328B"/>
     <w:rsid w:val="00C436A2"/>
+    <w:rsid w:val="00C66440"/>
     <w:rsid w:val="00C701E1"/>
+    <w:rsid w:val="00C85B2C"/>
+    <w:rsid w:val="00CB3D15"/>
+    <w:rsid w:val="00CB4E5A"/>
     <w:rsid w:val="00CE204F"/>
+    <w:rsid w:val="00D0274A"/>
+    <w:rsid w:val="00D07D04"/>
     <w:rsid w:val="00D36CD3"/>
+    <w:rsid w:val="00D432D0"/>
+    <w:rsid w:val="00D61765"/>
     <w:rsid w:val="00D80B89"/>
+    <w:rsid w:val="00D850F6"/>
+    <w:rsid w:val="00D87283"/>
     <w:rsid w:val="00D91826"/>
+    <w:rsid w:val="00D95108"/>
     <w:rsid w:val="00DF1761"/>
     <w:rsid w:val="00E1673B"/>
+    <w:rsid w:val="00E41FA5"/>
     <w:rsid w:val="00E52667"/>
+    <w:rsid w:val="00E6658B"/>
+    <w:rsid w:val="00E739DD"/>
+    <w:rsid w:val="00ED3C45"/>
     <w:rsid w:val="00EE2286"/>
+    <w:rsid w:val="00F30D96"/>
+    <w:rsid w:val="00F77CDA"/>
     <w:rsid w:val="00F83F94"/>
     <w:rsid w:val="00FC120F"/>
+    <w:rsid w:val="00FE647A"/>
     <w:rsid w:val="00FF7EF3"/>
+    <w:rsid w:val="3ED22D85"/>
+    <w:rsid w:val="417BE923"/>
+    <w:rsid w:val="5893BC8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6F9ED32F"/>
   <w15:docId w15:val="{DF741C35-3763-464D-BD42-C5AB9B2D52E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -5055,75 +5569,165 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D91826"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00396C79"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00396C79"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00396C79"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00664839"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C315F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001C315F"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C315F"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004109F6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004109F6"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004109F6"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="223875924">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="497385087">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -6345,59 +6949,63 @@
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/Financial%20Resource%20Management%20Policies/Forms/fba_other.aspx?RootFolder=%2funit%2fofrm%2fFinancial%20Resource%20Management%20Policies%2fWorkload%20Survey&amp;FolderCTID=0x0120009837A6491BE4B440B59E74738CBA3637" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3661" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11136" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10826" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FDelivery%20Enabling%20Services%20%28DPC%29%2FWorkload%20Survey&amp;sortField=Modified&amp;isAscending=false&amp;viewid=d3211020%2D86e1%2D4f49%2Dab1b%2Db08df0afa1ad&amp;FolderCTID=0x01200000BF6763B005D14682430E0814FFD5DE&amp;clickparams=eyAiWC1BcHBOYW1lIiA6ICJNaWNyb3NvZnQgT3V0bG9vayIsICJYLUFwcFZlcnNpb24iIDogIjE2LjAuMTk1MzAuMjAyMjYiLCAiT1MiIDogIldpbmRvd3MiIH0%3D" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/harmonized-conceptual-funding-framework-and-cost-recovery-methodology" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11136" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24%20-%20updated12Jul24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10826" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2024-07/DP.FPA-ICEF-UNW.2024.1%20-%20Joint%20cost%20recovery%20review%202024%20-%20FINAL%20-%2024Jun24%20-%20updated12Jul24.pdf" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="983E8AECA37649B78C8C97026F5A09E3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A39CEF58-0935-4BA5-A248-80A6F0BB35DE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B43981" w:rsidRDefault="00361A63">
           <w:r w:rsidRPr="00501F33">
             <w:rPr>
@@ -6451,141 +7059,152 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00361A63"/>
+    <w:rsid w:val="000709E5"/>
+    <w:rsid w:val="002F6607"/>
     <w:rsid w:val="00361A63"/>
     <w:rsid w:val="003A31CC"/>
+    <w:rsid w:val="00556933"/>
+    <w:rsid w:val="0057785F"/>
     <w:rsid w:val="006F6585"/>
+    <w:rsid w:val="0070346B"/>
     <w:rsid w:val="007E2097"/>
     <w:rsid w:val="00924110"/>
+    <w:rsid w:val="00980B26"/>
     <w:rsid w:val="009D4F0C"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00B43981"/>
+    <w:rsid w:val="00B91401"/>
     <w:rsid w:val="00D436D5"/>
+    <w:rsid w:val="00D87283"/>
     <w:rsid w:val="00DB4CA3"/>
     <w:rsid w:val="00E85A14"/>
+    <w:rsid w:val="00ED5705"/>
+    <w:rsid w:val="00F64070"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7253,339 +7872,227 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -7632,295 +8139,171 @@
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<p:Policy xmlns:p="office.server.policy" id="" local="true">
-[...75 lines deleted...]
-<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
-[...5 lines deleted...]
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...35 lines deleted...]
-    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20A4F0AB-EEF5-4F2F-80B1-4A7F19E9D10B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16DE45AB-79C7-4E6E-B8DF-453C72DB7D02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0341412F-A660-4B1F-960B-6613D95AC227}">
-[...14 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBD00E72-99AC-414A-9E42-8E5ADD498D58}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1475ECB7-ECB5-4C12-88D2-1C8D9FE37FAE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1664</Words>
-  <Characters>9487</Characters>
+  <Words>1718</Words>
+  <Characters>9797</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
+  <Lines>81</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11129</CharactersWithSpaces>
+  <CharactersWithSpaces>11493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hideko Hadzialic</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="BusinessUnit">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>7e619e16-a1f3-49ef-ab64-685a6a1f0d09</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>