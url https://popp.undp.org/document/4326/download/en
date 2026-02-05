--- v0 (2025-10-11)
+++ v1 (2026-02-05)
@@ -1,1667 +1,1880 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E5F444B" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="000056C9">
+    <w:p w14:paraId="2F384F30" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Salary Increments </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F444C" w14:textId="77777777" w:rsidR="001F1996" w:rsidRDefault="001F1996" w:rsidP="000056C9">
+    <w:p w14:paraId="1E42BF54" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5F444D" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="01B2B9A9" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The purpose of a within-grade salary increment from one step to the next higher step within the established salary scale is to award a staff member an increase in salary for satisfactory performance and conduct during a qualifying period. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F444E" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E5F444F" w14:textId="77777777" w:rsidR="001F1996" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="40892817" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68D3CDD3" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Qualifying Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4450" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="208C15D5" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4451" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="392E61B9" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The qualifying period is one year, except for movement to longevity steps as specified in the respective salary scale. For staff at or above P-2 step 12, P-3 step 14, P-4 step 13, P-5 step 11, D-1 step 5, and all steps at D-2, the qualifying period is two years. Award of the increment is subject to confirmation of the staff member’s satisfactory performance in his/ her assignments and conduct as evaluated by his/her supervisor(s) and documented in UNDP’s performance evaluation mechanism; and to the existence of a higher step within the staff member’s current grade in the respective salary scale. Periods of special leave with partial pay or without pay of 30 consecutive days or more are not counted in the qualifying period. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F4453" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="001F1996" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">The qualifying </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C62A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">period </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004416CC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for a within-grade </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">salary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004416CC">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>increment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (salary increment) is one year for staff members in the General Service (GS) and National Officer (NO) categories, except for movement to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083435">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>long-service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> step outlined in paragraph 5 below. For staff members in the Professional category, salary increments for grades P-1 to P-5 are granted annually up to step VII and thereafter on a biennial basis. For staff members in the higher categories, salary increments at the D-1 level are granted annually up to step IV and thereafter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00083435">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>biennially. At the D-2 level, all salary increments are granted on a biennial basis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Award of the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> salary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>increment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is subject to confirmation of the staff member’s satisfactory performance and conduct, as evaluated by the supervisor(s) and documented in UNDP’s performance evaluation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mechanism;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and to the existence of a higher step within the staff member’s current grade in the respective salary scale. Periods of special leave with partial pay or without pay of 30 consecutive days or more are not counted in the qualifying period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4367CBC6" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00015568" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Eligibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4454" w14:textId="77777777" w:rsidR="001F1996" w:rsidRDefault="001F1996" w:rsidP="007B1A27">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E5F4455" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="4E362E87" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA3D048" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All staff members with Permanent, Continuing or Fixed-Term appointments governed by the UN Staff Regulations and Staff Rules with an appointment of one year or longer are eligible for a salary increment, provided that the qualifying conditions as set out in paragraphs immediately above have been met. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F4457" w14:textId="77777777" w:rsidR="000A5A59" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">All staff members with Permanent, Continuing or Fixed-Term appointments governed by the UN Staff Regulations and Staff Rules with an appointment of one year or longer are eligible for a salary increment, provided that the qualifying conditions as set out above have been met. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7A1654" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B74285" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Separating Staff</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4458" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="097FD664" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4459" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="0850674A" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">No increment is paid to a staff member who is due to be separated during the month in which the increment would have become due, unless the separation is to take effect on the last day of the month. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F445B" w14:textId="77777777" w:rsidR="00BA4E8D" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">No salary increment is paid to a staff member who is due to be separated during the month in which the increment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>would have become</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due, unless the separation is to take effect on the last day of the month. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9734C3" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CFDD21" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Long-Service Step</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F445C" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="5F630EFB" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F445D" w14:textId="77777777" w:rsidR="00211C36" w:rsidRPr="00165E7C" w:rsidRDefault="000056C9" w:rsidP="004768F3">
+    <w:p w14:paraId="7642A4C6" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00165E7C" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00165E7C">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The long-service step is an additional step included in the local salary scales as a means of recognizing a staff member’s long service. The qualifying criteria for a long-service step </w:t>
-[...34 lines deleted...]
-    <w:p w14:paraId="5E5F445E" w14:textId="77777777" w:rsidR="00211C36" w:rsidRDefault="00211C36" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">The long-service step is an additional step included in the local salary scales as a means of recognizing a staff member’s long service. The qualifying criteria for a long-service step apply to any staff member in the GS and National Professional Officer (NPO) category having at least 20 years’ continuous service with UNDP or with UNDP and another organization of the UN Common System and which includes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B827DA" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="1800"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5F445F" w14:textId="77777777" w:rsidR="000056C9" w:rsidRPr="00211C36" w:rsidRDefault="00D6341F" w:rsidP="00CE2449">
+    <w:p w14:paraId="34DDD400" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00211C36" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="000056C9" w:rsidRPr="00211C36">
+      <w:r w:rsidRPr="00211C36">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">t least five years of service at the top step of the current level; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4460" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="00CE2449">
+    <w:p w14:paraId="3D1ADCF1" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2119"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="2115"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5F4461" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="00D6341F" w:rsidP="00CE2449">
+    <w:p w14:paraId="4A9AD454" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="5E5F4462" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="00CE2449">
+      <w:r w:rsidRPr="77F03C61">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">satisfactory service. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D07EFF" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5F4463" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="49A4C65E" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The long-service step does not apply in cases where longevity steps are already included in the local salary scales on the basis of local comparator practice as determined in the local salary survey. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F4465" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">The long-service step does not apply in cases where longevity steps are already included in the local salary scales </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> local comparator practice as determined in the local salary survey. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="515AD3CC" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="247C162C" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The value of the step in net salary terms is the same as the within-grade increment in the corresponding level. The long-service step is pensionable. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="028F5EB8" w14:textId="513160B4" w:rsidR="00BA6492" w:rsidRPr="00BA6492" w:rsidRDefault="00BA6492" w:rsidP="00BA6492">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> The value of the step in net salary terms is the same as the within-grade salary increment in the corresponding level. The long-service step is pensionable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476B6063" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5568"/>
         </w:tabs>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5D9DF6" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5568"/>
+        </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">Effective Date </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4467" w14:textId="77777777" w:rsidR="006A3809" w:rsidRDefault="006A3809" w:rsidP="007B1A27">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E5F4468" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="006A3809" w:rsidP="007B1A27">
+    <w:p w14:paraId="0B81EB12" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1223B908" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A3809">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Upon initial appointment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...101 lines deleted...]
-    <w:p w14:paraId="5E5F446A" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">: The salary increment takes effect from the first day of the month when the staff member reaches the qualifying period of service, e.g., if the effective date of appointment is 15 July 2014, the increment is due on 1 July 2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7E10D0" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22580283" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F254EF">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Upon promotion to higher level</w:t>
       </w:r>
-      <w:r w:rsidR="00F254EF">
-[...43 lines deleted...]
-    <w:p w14:paraId="5E5F446C" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The next salary increment at the promotion level is due on the first </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A72ED">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>day of the month</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the anniversary date of promotion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25651450" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C907CC" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F254EF">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Upon granting of Special Post Allowance (SPA)</w:t>
       </w:r>
-      <w:r w:rsidR="00F254EF">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F254EF" w:rsidRPr="00F254EF">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F254EF">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he next increment at SPA level is due on the first of the month of the anniversary date of granting of SPA. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F446E" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">he next salary increment at SPA level is due on the first </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A72ED">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>day of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> month of the anniversary date of granting of SPA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083CE292" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22CCBD21" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">After a staff member is given an initial appointment, his/her step within a salary level should not be altered for any reason other than the award of an annual salary increment. </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="5E5F4470" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+        <w:t xml:space="preserve">After a staff member is given an initial appointment, the step within a salary level should not be altered for any reason other than the award of a salary increment, where applicable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23805669" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="0D7FAF32" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Withholding of Salary Increment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4471" w14:textId="77777777" w:rsidR="005E504A" w:rsidRDefault="005E504A" w:rsidP="007B1A27">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E5F4472" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="7670DBB7" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62A9F16A" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="5E5F4474" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The basis for the decision to award or withhold a salary increment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performance shall be the record of performance of the staff member as documented in UNDP’s performance evaluation mechanism. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9F6C1D" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B0370FE" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="5E5F4476" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The head of office has the authority to decide on withholding a staff member’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">salary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">increment based on a written recommendation by the immediate supervisor that the staff member has not fully met the requirements of satisfactory performance and/or conduct during the preceding year. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E12C605" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4143907F" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F866A8">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If it is recommended that the salary increment be withheld, the head of office shall notify the staff member, in writing, one month before the increment is due, indicating the reasons for such recommendation. The staff member is allowed two weeks to submit written comments to the head of office, who then shall make the decision on withholding the increment. If it is decided to withhold the increment of the staff member’s salary, a Personnel Action Form reflecting the withholding of the increment shall be issued. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5F4477" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
-[...10 lines deleted...]
-    <w:p w14:paraId="5E5F4478" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+    <w:p w14:paraId="580B3A71" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41CDE6E1" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="5E5F447A" w14:textId="77777777" w:rsidR="000056C9" w:rsidRDefault="000056C9" w:rsidP="007B1A27">
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the staff member objects to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the withholding of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">salary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">increment, the same procedures must be followed as in the case of a rebuttal of the performance evaluation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131F19D0" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRPr="00F866A8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322FA321" w14:textId="6ED8EFDA" w:rsidR="007E2152" w:rsidRPr="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00F02FD8">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The next </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">salary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">increment may not be awarded until </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>qualifying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as applicable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>increment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which was withheld </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">would have been due, and only then provided that the staff member’s performance is judged to be satisfactory. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F866A8">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the case involves longevity steps, the waiting period for the receipt of the next increment should be the same as the qualifying period between longevity steps.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00F02FD8" w:rsidSect="00F02FD8">
+      <w:headerReference w:type="default" r:id="rId5"/>
+      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="16340"/>
       <w:pgMar w:top="1529" w:right="1466" w:bottom="657" w:left="1571" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="5E5F4481" w14:textId="686BCD40" w:rsidR="007B1A27" w:rsidRDefault="004F3E56">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D124140" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00354A23">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00354A23">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
-    <w:r w:rsidR="00BA6492" w:rsidRPr="00BA6492">
-[...2 lines deleted...]
-    <w:r w:rsidR="00BA6492" w:rsidRPr="00BA6492">
+    <w:r w:rsidRPr="00BA6492">
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:lang w:eastAsia="ko-KR"/>
+      </w:rPr>
+      <w:t>01/02/2026</w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="00B47DBB">
+    <w:r>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="72486121"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
+        <w:placeholder/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{1EF16782-EC2A-4DA4-A60E-1AA75932787D}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00B47DBB">
-          <w:t>1</w:t>
+        <w:r>
+          <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0AF907AC" w14:textId="42817790" w:rsidR="00EC0588" w:rsidRDefault="004F1D47">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10D7C08E" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004F3E56">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004F3E56">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00EC0588">
+    <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="-871453303"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
+        <w:placeholder/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{1EF16782-EC2A-4DA4-A60E-1AA75932787D}"/>
-        <w:date w:fullDate="2009-07-01T06:00:00Z">
+        <w:date w:fullDate="2009-07-01T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00354A23">
+        <w:r>
           <w:t>01/07/2009</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00EC0588">
+    <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1647962963"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
+        <w:placeholder/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{1EF16782-EC2A-4DA4-A60E-1AA75932787D}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
         <w:r>
-          <w:t>1</w:t>
+          <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="397BC5B4" w14:textId="6210C092" w:rsidR="00EE3DB3" w:rsidRDefault="00870B64" w:rsidP="00EE3DB3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1BD2C280" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00EE3DB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37B87DF3" wp14:editId="3BC4B61C">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3032C160" wp14:editId="2631518C">
           <wp:extent cx="309245" cy="596900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="3" name="Picture 3" descr="Icon&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3" descr="Icon&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="1" t="1" b="16429"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="309245" cy="596900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="27A7276E" w14:textId="77777777" w:rsidR="00EE3DB3" w:rsidRDefault="00EE3DB3">
+  <w:p w14:paraId="7F7C59E0" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0EA7F813" w14:textId="55EEEDEB" w:rsidR="00EC0588" w:rsidRDefault="00EC0588" w:rsidP="00EC0588">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4191CE13" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8" w:rsidP="00EC0588">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F3D80DE" wp14:editId="7585B676">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07C6AA49" wp14:editId="6B7F61CC">
           <wp:extent cx="304800" cy="703072"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="308534" cy="711685"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6672C918" w14:textId="77777777" w:rsidR="00EC0588" w:rsidRDefault="00EC0588">
+  <w:p w14:paraId="119B7AE2" w14:textId="77777777" w:rsidR="00F02FD8" w:rsidRDefault="00F02FD8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B355721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="355A3728"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5AE44194">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1711,136 +1924,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48314C1B"/>
-[...84 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54574424"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3D80882"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1885,167 +2012,123 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2046442901">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="282615892">
+  <w:num w:numId="2" w16cid:durableId="249200132">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000056C9"/>
-[...37 lines deleted...]
-    <w:rsid w:val="00FC6B2B"/>
+    <w:rsidRoot w:val="00F02FD8"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="00B93729"/>
+    <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00F02FD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5E5F444A"/>
+  <w14:docId w14:val="47360AF0"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{425FDBC8-F87C-498F-BDB6-F024CF5815C2}"/>
+  <w15:docId w15:val="{03C4FBBA-6940-47DA-9FCF-EBA839A46E71}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2386,933 +2469,819 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="000056C9"/>
+    <w:rsid w:val="00F02FD8"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
-[...30 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B1A27"/>
+    <w:rsid w:val="00F02FD8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B1A27"/>
+    <w:rsid w:val="00F02FD8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B1A27"/>
+    <w:rsid w:val="00F02FD8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B1A27"/>
-[...6 lines deleted...]
-    <w:rsid w:val="004F1D47"/>
+    <w:rsid w:val="00F02FD8"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...624 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -3419,668 +3388,67 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...568 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>720</Words>
-  <Characters>4105</Characters>
+  <Words>774</Words>
+  <Characters>4415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4816</CharactersWithSpaces>
+  <CharactersWithSpaces>5179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Althea Downie</dc:creator>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-[...15 lines deleted...]
-    <vt:lpwstr>1cc6a757-2c01-4ce3-9592-50d171f62f9e</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>6f69a338-711a-422c-a554-0cda183e10d6</vt:lpwstr>
   </property>
 </Properties>
 </file>