--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1,3647 +1,6856 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3EBCB0C8" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="5914651F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of Leases and Treatment in UNDP Books  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D6B77B" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="7E784946" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3349C6D2" w14:textId="14125283" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="679FFBA9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="305D37AA" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section introduces prescriptive content regarding the different types of Leases for UNDP Country Offices (CO) a Project Office, Sub-Offices, Headquarters (HQs), Office, Out-Posted HQs Units (OHQ) and Policy Centers. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F867EB2" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032D3247" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="65B77FFA" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">The section provides details on how the Leases will be recorded, managed and accounted for by UNDP. It also includes any other related sub-processes associated with the management of leases in line with relevant accounting and operational guidelines.  The Leases may either relate to premises or equipment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EE8623" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="4BB589D6" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149CDD56" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="0E75C5CA" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="241" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Lease</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is “</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>an agreement whereby the lessor (landlord) conveys to the lessee (UNDP) in return for a payment or series of payments the right to use an asset for an agreed period of time</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">”.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60E3F6F2" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="57319133" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24857F6D" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="239C41EC" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Commercial Lease</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="30764673" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is an exchange contract between UNDP and a private company, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exchange for the usage of the asset, the landlord/lessor receives a payment or series of payments. Commercial Leases are generally contracted for office space and, in certain cases, for different types of equipment.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C99BFE5" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4479790D" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="716380C4" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">UNDP has two main types of Leases: Operating Leases and Finance Leases.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0325C84F" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="114FD179" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B823758" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="3E23C295" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">The classification of a Lease as an Operating Lease or as a Finance Lease is important as the accounting methods are different. Note that the UNDP Standard Lease Agreement is an Operating Lease. An Operating Lease is not considered as an asset and payments to the landlord (Lessor) are accounted for as rent and are expensed.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D92111A" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="7CECADBC" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A6CCAA" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="1ED1FCCF" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="350674C5" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the rare case that UNDP has a lease agreement that qualifies as a Finance Lease, UNDP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>has to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recognize that as an asset and a liability: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DC603F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53BA6954" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="396542EE" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="99" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">The asset represents the right to use the asset during the lease term, at the current value of the estimated minimum lease payments </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3167AB76" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="7CC5699E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71298F94" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="3C71C557" w14:textId="67E12BBE" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="99" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The liability represents the minimum lease payments UNDP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">The liability represents the minimum lease payments UNDP has to pay to the Landlord/Lessor. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="62760611" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pay to the Landlord/Lessor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73AC66A8" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D3AA31" w14:textId="1DF42630" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="37EB22E2" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This asset will be depreciated (i.e. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>expensed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) over its useful life. If there is no reasonable certainty that UNDP will obtain ownership by the end of the lease term, the asset will be fully depreciated over the lease term or its useful life, whichever is the shorter. The accounting entries for a Finance Lease will be done by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the GSSC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">, on behalf of the CO. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273508D9" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="50F44125" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="705" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A608A6" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A127A7" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="46A6AC42" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...8 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032B45A9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Finance and Operating Leases </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:b w:val="0"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E16C730" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="2E1C042A" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AE44903" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="03D899B4" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="345" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>9.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">Under IPSAS there are two types of leases, finance leases and operating leases: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D1EA5B" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="278D3BB9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A187F0C" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-      <w:pPr>
+    <w:p w14:paraId="7038FDEC" w14:textId="1B9A462E" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Finance Lease</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is a capital lease that transfers substantially all the risks and rewards incidental to ownership of an asset. Title may or may not eventually be transferred, even though UNDP does not hold legal title during the duration of the lease. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CECEF7" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="55723F25" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="1111"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E6D13E" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-      <w:pPr>
+    <w:p w14:paraId="1AED4463" w14:textId="61A3E8E9" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">An </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Operating Lease</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is a lease other than a Finance Lease.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00471BBF">
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For office space, a Lease that has been formulated and agreed following </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00715895">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0070C0"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>UNDP’s Standard Lease Template</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00471BBF">
-[...6 lines deleted...]
-    <w:p w14:paraId="21F60693" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be an Operating Lease. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B654A8E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76670114" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17E9F318" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">Determination of Lease Type </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A147A3" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="051F9A77" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E461D4C" w14:textId="40DE247F" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00903CA8">
+    <w:p w14:paraId="28758A4B" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="110"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To facilitate the determination of the type of Lease held by UNDP, all Leases must be submitted to the GSSC for its review.  The request for Lease review will be submitted to the GSSC by the Premises Focal Points, via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00715895">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>UNall Portal</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, together with copies of the relevant supporting documentation (e.g. Lease agreement) uploaded with the submission.  All original documentation must be properly filed at the respective office submitting the request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40472887" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EA8F40" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The classification of a lease between Operating Lease and Finance Lease is important as the accounting methods are different. A Finance Lease is considered as an asset (Property</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a liability (amount due to a third party) is concurrently recorded. An Operating Lease is not considered to be an asset; and payments to the landlord are expensed and accounted for as rent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35863350" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786B4C37" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Financial Leases  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4757D71C" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE43434" w14:textId="697922D3" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finance Leases are very rare in UNDP.  A Finance Lease in UNDP is a lease which meets at least one of the following criteria: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B35900" w14:textId="47DB2189" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A53BB5" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:r w:rsidR="007802FA">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99" w:hanging="345"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ownership of the asset is transferred to UNDP at the end of the lease term;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDEEE03" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="005467F2" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D73D38F" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99" w:hanging="345"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The lease contains a bargain purchase option to buy the equipment at less than fair market value (what a rational willing buyer and a rational willing seller would transact the item for in a competitive environment);  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBB8C64" w14:textId="77777777" w:rsidR="005467F2" w:rsidRPr="005467F2" w:rsidRDefault="005467F2" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B3A0C84" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99" w:hanging="345"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The lease term equals or exceeds 75 percentage of the asset's estimated useful life;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18003254" w14:textId="77777777" w:rsidR="005467F2" w:rsidRPr="005467F2" w:rsidRDefault="005467F2" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA721EF" w14:textId="7E9C3F6C" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99" w:hanging="345"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The present value of the lease payments equals or exceeds 90percentage of the total original cost of the equipment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCD942F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1065" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBA980D" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Finance Lease is a Lease that substantially transfers all the risks and rewards incidental to ownership of a fixed asset. Title may or may not eventually be transferred.  In determining whether a Lease is a Finance Lease, UNDP must examine the substance of the transaction rather than the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">form of the contract.  This means that the operational realities of the Lease arrangement should be reviewed rather than the terms and conditions set out in the Lease agreement.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6827C8" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="17" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCADD47" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examples of criteria that, individually or in combination, would normally lead to a Lease being classified as a Finance Lease are as follows: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6497BA6B" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD77B9B" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Lease transfers ownership of the asset to UNDP at the end of the Lease term; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ADAFE5" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16419BB7" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP has the option to purchase the asset at a price that is expected to be sufficiently lower than the fair market value at the date the option becomes exercisable; and UNDP is reasonably certain, at the inception of the Lease , that the option will be exercised; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFF85CF" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBD373A" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Lease term comprises at least 75% of the economic life of the asset,  even if title is not transferred; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFCB4F7" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B73C2C" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the inception of the Lease, the current value of the Minimum Lease Payments amounts to at least 90% of the fair market value of the leased asset; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588C5905" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B400A62" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The leased asset is of such a specialized nature that only UNDP can use it without major modifications; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DB04DB" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27560254" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The leased asset cannot easily be replaced by another asset </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A40FE9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16031B63" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If UNDP can cancel the Lease, the Landlord’s/Lessor’s losses associated with the cancellation are borne by UNDP; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103E7238" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="41" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B08C3C" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gains or losses from the fluctuation in the fair market value of the residual asset accrue to UNDP. (For example, at the end of the Lease, there is a rent rebate that equals most of the sales proceeds); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E00B4FB" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2C038E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP has the ability to continue the Lease for a secondary period at a rent that is substantially lower than market rent. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9160E3" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="473EB982" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Operational Lease  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5F9049" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE58363" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The standard template for UNDP leases is an Operating Lease.  When a Country Office signs a new lease it should upload the lease to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="00715895">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0070C0"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single" w:color="0000FF"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>SharePoint</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00715895">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="333333"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and also submit a request to the GSSC for lease review through the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00715895">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>UNall Portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...14 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  General Operations/Bureau for Management Services need this information for the purpose of financial statement reporting on leases and their terms while the GSSC staff will review all submissions for lease review together with leases uploaded into the SharePoint to assess </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the lease qualifies to be recorded as a Finance Lease.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67421F7C" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="705" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D7E8DA" w14:textId="1168A032" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="99"/>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Country Offices need to ensure that they upload all newly-signed leases (whether renewal or new) on a timely basis, within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the same month</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of signature. The uploading into the SharePoint and submission of request to GSSC is part of the bi-annual certification process and offices will be required to confirm that these two actions are carried out. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310CE311" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CEBD3D9" w14:textId="1FF43D14" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-      </w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An Operating Lease is a Lease other than a Finance Lease. For office space, a Lease that has been formulated and agreed following UNDP’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00715895">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0070C0"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>Standard Lease Template</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be an Operating Lease.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2B0AC4" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3448E05D" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finance Lease </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD41D7C" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667C05BF" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="370" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inception of lease  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF55936" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656C4AE0" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="715" w:right="99" w:hanging="370"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>18.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The inception date of the Lease is the earlier of either the date of the Lease agreement or the date of commitment by the parties to the principal provisions or requirements of the Lease. The Lease is classified, from the applicable date, as either an Operating or a Finance Lease; and, for a Finance Lease, the amounts to be recognized at the commencement of the Lease term are determined. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0681608D" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C61A74A" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="370" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lease term and duration  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395B7FD9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064489FE" w14:textId="58CE61CD" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Lease term is different from the Lease Duration. The Lease Term is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="333333"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>non-cancellable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period for which UNDP has contracted to lease the asset (the premises or equipment) together with any further terms for which UNDP has the option to continue to lease the asset, with or without further payment, when, at the inception of the lease, it is reasonably certain that UNDP expects to  exercise that option. The duration of the Lease is the period that UNDP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>actually uses</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the asset. </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Finance Leases are very rare in UNDP.  A Finance Lease in UNDP is a lease which meets at least one of the following criteria: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="65714D05" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6E86CE" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="17" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413642C9" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For example, UNDP can have a Lease Term of 5 years but be able to stay in the premises for 20 years because the contract includes a contractual “first right option” to extend.  The Lease Duration would, therefore, be 20 years because, at the inception, UNDP expects to stay for 20 years although it only signed an initial 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lease. It is important to assess the Lease Term and Duration at the inception of the Lease. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59ACEA77" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59ABC214" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a renewal period is reasonably assured and failure to renew the Lease will result in penalty for UNDP, the renewal period should be considered as part of the Lease Term. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D4153DB" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3AC330" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>UNDP is required to disclose “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>the total of future minimum Lease payments under Non-Cancellable Operating Leases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. This information will be published in UNDP’s financial statements and is subject to audit.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5EDEFA" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259D1528" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Cancellable Lease is one that has a termination clause such as “this Lease may be terminated upon provision of 30 days’ notice”; and is one of the key criteria used in determining whether a Lease is a Finance or an Operating Lease. A Non-Cancellable Lease is one that does not have such a clause in the agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16416E95" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673C15CE" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="370" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Minimum lease payments  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071D6B36" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A494E7" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-      <w:pPr>
+    <w:p w14:paraId="0EA6B543" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="345" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>24.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minimum Lease payments are UNDPs liability for entering into a lease; and comprise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C84791F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C63B2AF" w14:textId="2A6AE840" w:rsidR="005467F2" w:rsidRPr="005467F2" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005467F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The payments over the Lease Term that UNDP is, or can be, required to make in accordance with the payment plan for the Lease Term (not the Lease Duration). Contingent rent, costs for services and any taxes to be paid by and reimbursed to the landlord are not to be included; and   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284A17C0" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="005467F2" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F722E5A" w14:textId="628D7E0A" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The payment required to exercise an option to purchase the asset at a price that is expected to be lower than the fair market value at the date the option becomes exercisable (This only applies when UNDP is reasonably certain, at the inception of the Lease, that it will exercise that option.) The minimum payments comprise the minimum payments payable over the Lease Term up until the date the option becomes exercisable; </w:t>
+      </w:r>
+      <w:r w:rsidR="005467F2" w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>plus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the amount required to exercise the option to purchase. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A68DE28" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141F657F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="333333"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>For example</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: if UNDP has a 2 Year Lease with an annual rent of $400,000; and has the option (that it expects to exercise) at the end of the two years, to purchase the building for $200,000, the computation of the minimum lease  payments is: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13857F1F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036A94C4" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rent: $400,000 x 2 years                  =          $   800,000 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD9E824" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Option to Buy                                     =          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="333333"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$   200,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AB64C1" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total Minimum Lease Payment      =          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="double" w:color="333333"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$ 1,000,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E44F204" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76055C3D" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="370" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Government lease  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B099BA" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0006614C" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP has two standard forms of Government Leases: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FCF433B" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B88634" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...16 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standard Basic Assistance Agreement (SBAA) Countries Leases. According to the SBAA and as a partner of UNDPs involvement in the country, the recipient government is required to provide UNDP “an appropriate office with equipment and supplies, adequate to serve as local headquarters for the UNDP in the country” and “the government shall have the option of providing facilities in kind […]”. When the recipient government chooses to provide facilities in kind, an agreement between the government and UNDP is signed. The facilities are usually provided rent-free and the duration can vary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE137DA" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="005467F2" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110672D2" w14:textId="3713AF4D" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...11 lines deleted...]
-      <w:r>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other Government Leases. In some circumstances, UNDP receives the right to use an asset at no cost even though they are not programme implementing partners. Such is the case for example of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005467F2" w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>rent-free</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> premises provided by the German government (the UNV premises in Bonn) or the Danish government (the Copenhagen premises) to UNDP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6FAF3E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338ADF13" w14:textId="48A42900" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...49 lines deleted...]
-    <w:p w14:paraId="77276CB2" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="3AA2A5E8" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="99" w:hanging="350"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under Government Lease, there is no transfer of cash between UNDP and the government. As such, the right to use the premises is treated as revenue from non-exchange transactions.  The donated right to use the premises must be reviewed to assess whether it is an Operating Lease or a Finance Lease. In most UNDP scenarios, the donated right will not qualify as a Finance Lease, when the criteria set out above are applied. Consequently, UNDP will recognize such premises in its books as assets by booking the fair market rent value as an In-Kind Contribution from the government and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">A Finance Lease is a Lease that substantially transfers all the risks and rewards incidental to ownership of a fixed asset. Title may or may not eventually be transferred.  In determining whether a Lease is a Finance Lease, UNDP must examine the substance of the transaction rather than the form of the contract.  This means that the operational realities of the Lease arrangement should be reviewed rather than the terms and conditions set out in the Lease agreement.   </w:t>
-[...8 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">the same amount as a Rent expense, i.e. the value of the in-kind rent is revenue for UNDP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an expense, even though there is no cash exchange. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC37A98" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164B7B5E" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="4242CD5E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...244 lines deleted...]
-        <w:r w:rsidRPr="00471BBF">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="810" w:right="99" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP offices must continue providing related Leases and MOUs to the GSSC for its review.  The request for Lease review will be submitted to the GSSC by the Premises Focal Points, via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00715895">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...22 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>UNall Portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...16 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, together with copies of the relevant supporting documentation (e.g. the Lease agreement).  All original documentation must be properly filed at the respective office submitting the request.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CD792D" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEC7CA6" w14:textId="445BA5C5" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...11 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="40AE67A6" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="370" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="2776C83E" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Common premises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCB1CE6" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...67 lines deleted...]
-          <w:b/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D29E2A4" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...260 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="74209C56" w14:textId="7D12C064" w:rsidR="00715895" w:rsidRPr="005467F2" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="373E83F5" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="810" w:right="99" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005467F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The deciding factor in the treatment of common premises is to determine if the lead agency has exclusive ownership or control over the property or if the lead agency acts as an agent on behalf of the other participating agencies. In other words, the lead agency can assume all the risks of leasing the property but allow the other agencies to use it or it can be a joint arrangement with all the participating agencies bearing the risks in proportion to their share of occupancy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221A87F4" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDE6717" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...335 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="810" w:right="99" w:hanging="450"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>Either of these two arrangements can occur for commercial operating leases and donated right to use property and the accounting treatment will be as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF2680C" w14:textId="1EC8A368" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="6525DA2F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="730" w:right="110" w:hanging="370"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...59 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="8860" w:type="dxa"/>
         <w:tblInd w:w="828" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1307"/>
         <w:gridCol w:w="2386"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="4931"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00471BBF" w14:paraId="0835C338" w14:textId="77777777" w:rsidTr="006B1BFD">
+      <w:tr w:rsidR="00715895" w:rsidRPr="00715895" w14:paraId="094CE56E" w14:textId="77777777" w:rsidTr="00715895">
         <w:trPr>
           <w:trHeight w:val="315"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="218E65A9" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="4726FEBD" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00471BBF">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Scenarios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EDEBAF1" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="3E0765B0" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00471BBF">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Type of Arrangement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71B69261" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="3CD4E049" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00471BBF">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="041A838F" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="4DAD3812" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00471BBF">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Accounting Treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00471BBF" w14:paraId="2B236085" w14:textId="77777777" w:rsidTr="006B1BFD">
+      <w:tr w:rsidR="00715895" w:rsidRPr="00715895" w14:paraId="41C8477F" w14:textId="77777777" w:rsidTr="00715895">
         <w:trPr>
           <w:trHeight w:val="1605"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="118EECA6" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="660A6D19" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00471BBF">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1. Commercial Operating Lease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="331963B6" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="39084481" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1a. The Lead Agency acts as Principal and bears all the risks of the Lease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70131AED" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="0D38DC56" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27FCDFD3" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="5969900E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">1a.  Record the full amount of rent as an expense and the portion of rent recovered from the participating Agencies should also be recorded as revenue in the books of the Lead Agency. All the participating Agencies should record their rent paid as an expense. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w14:paraId="79BBBA68" w14:textId="77777777" w:rsidTr="006B1BFD">
+      <w:tr w:rsidR="00715895" w:rsidRPr="00715895" w14:paraId="3F5BE7B5" w14:textId="77777777" w:rsidTr="00715895">
         <w:trPr>
           <w:trHeight w:val="885"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="073A9102" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="3B6BA7E2" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:ind w:left="730" w:right="110" w:hanging="370"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD9A02A" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="2C144D4A" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1b.  The Lead Agency acts as an Agent on behalf of all the UN Agencies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73E24C10" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="21E5CE9A" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:ind w:left="730" w:right="110" w:hanging="370"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B8CF5BA" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="08339EB3" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1b. Record each participating Agency's share of the rent paid, including the Lead Agency,  as an expense in their books.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w14:paraId="500344B1" w14:textId="77777777" w:rsidTr="006B1BFD">
+      <w:tr w:rsidR="00715895" w:rsidRPr="00715895" w14:paraId="65C45856" w14:textId="77777777" w:rsidTr="00715895">
         <w:trPr>
-          <w:trHeight w:val="162"/>
+          <w:trHeight w:val="1905"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31EB1FD1" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="71CAE6F5" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100B27FD" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Donated Right to Use Building</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24306E78" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="1709C671" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>2a.  Building donated exclusively to the Lead Agency to use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="710AA764" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="6D0E92FF" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40C49134" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="632A3872" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>  </w:t>
+              <w:t xml:space="preserve">2a.  Record the expense and corresponding revenue as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>in kind</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribution in the books of the Lead Agency using the FMV of annual rent. The participating Agencies should record an expense and corresponding revenue as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>in kind</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribution using the FMV of the annual rent paid in proportion to the space occupied</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00471BBF" w14:paraId="009A58A3" w14:textId="77777777" w:rsidTr="006B1BFD">
-[...181 lines deleted...]
-      <w:tr w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w14:paraId="396D5872" w14:textId="77777777" w:rsidTr="006B1BFD">
+      <w:tr w:rsidR="00715895" w:rsidRPr="00715895" w14:paraId="22A73EDA" w14:textId="77777777" w:rsidTr="00715895">
         <w:trPr>
           <w:trHeight w:val="1350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1307" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C470E20" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00471BBF" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="387DBCCD" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="left"/>
+              <w:ind w:left="730" w:right="110" w:hanging="370"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF5C236" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="4AC0CAFB" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2b.  Building donated to the UN System to use</w:t>
+              <w:t xml:space="preserve">2b.  Building </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>donated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the UN System to use</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B2855BA" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="6137D619" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4931" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="656D9EAE" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRPr="00FB10AC" w:rsidRDefault="00041FFB" w:rsidP="006B1BFD">
+          <w:p w14:paraId="361D71E5" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="top"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB10AC">
+            <w:r w:rsidRPr="00715895">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2b.  Both the Lead Agency and participating Agencies should record an expense and corresponding revenue as in kind contribution using the FMV of the annual rent paid in proportion to the space occupied</w:t>
+              <w:t xml:space="preserve">2b.  Both the Lead Agency and participating Agencies should record an expense and corresponding revenue as </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>in kind</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00715895">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="ja-JP"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contribution using the FMV of the annual rent paid in proportion to the space occupied</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32E6E216" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0522F0D0" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="705" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7C2335" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="058EAE52" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="005467F2" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="705" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="333333"/>
-        </w:rPr>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49CAD0A0" w14:textId="77777777" w:rsidR="005467F2" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="333333"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Payment methods</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B5F9174" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...38 lines deleted...]
-        <w:r w:rsidR="001055B1">
+    <w:p w14:paraId="5290D3CF" w14:textId="5D61DF2A" w:rsidR="00715895" w:rsidRPr="005467F2" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99" w:hanging="370"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005467F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where applicable the Rent due from participating agencies where UNDP acts as the lead agency, should be billed monthly in advance with accounting entries booked to Receivable and Revenue Accounts. Ideally, rental payments from the other agencies should be received in advance but may also be received in arrears. Where rental payment is received in advance for future years, this should be recorded as Deferred Revenue (a liability); and, for the current year, it should be off-set against the monthly rental raised. Where rental payment is received on a monthly basis in arrears, this amount will be offset against the Accounts Receivable raised.  On the other hand, the Lease agreement between UNDP and the Landlord is assessed by the GSSC to determine whether it is a Finance Lease or an Operating Lease, using the classification criteria set out above.  When an agreement is signed between UNDP and the other agencies, the request for Lease review will be submitted to the GSSC by the Premises Focal Point, via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="005467F2">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>UNall Portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="005467F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">, together with copies of the relevant supporting documentation (e.g. the Lease agreement).  All original documentation must be properly filed at the respective office submitting the request. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D28354D" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-      <w:pPr>
+    <w:p w14:paraId="73A9E92E" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28364F16" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="-5" w:hanging="10"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Determining if a Lease Should be Capitalized  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4684B610" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
+      <w:pPr>
+        <w:spacing w:after="63" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A91BFC9" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...25 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6C49710E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>31.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00715895">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:r w:rsidR="001055B1">
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the inception, GSSC should be requested to analyze a Lease to determine the appropriate accounting treatment.  The request for Lease review will be submitted to the GSSC by the Premises Focal Point, via the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00715895">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000FF"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>UNall Portal</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="6CCF268C" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, together with copies of the relevant supporting documentation (Lease agreement, MOU etc.).  All original documentation must be properly filed at the respective office submitting the request. In the review, the GSSC will adhere to the following steps: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58831FD8" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="63" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6206B9A0" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="396981C1" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">The Lease must be analyzed to determine whether it is an Operating or a Finance Lease; the period of the Lease term; the total amount of the Lease payments due (the benchmark is similar commercial leases); and the fair market rental value of the asset (building or equipment); etc. For government Leases in SBAA countries, the estimated Lease payments are already included in the GLOC target. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="370C1734" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="1FA38C40" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E2E4D4" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="6048437F" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">If the analysis concludes the Lease is an Operating Lease, then no right to use is recorded in the balance sheet. UNDP will, however, record in its books two transactions: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C718908" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F524D95" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">the Lease expense and the contribution from the government. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA2E6F3" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="23771CEE" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:spacing w:after="64" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1682D976" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="2B9D9B19" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">If the analysis concludes the Lease is a Finance Lease, then the estimated Lease payment (the benchmark is similar commercial Lease) is used to determine the value of the right to use, i.e. the lower of fair market value; and the current value of the estimated Minimum Lease Payments. An asset is booked based on this value. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DD4DE6" w14:textId="77777777" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="5853D03E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:spacing w:after="64" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290235B7" w14:textId="7CCA035B" w:rsidR="00041FFB" w:rsidRDefault="00041FFB" w:rsidP="00041FFB">
+    <w:p w14:paraId="28182BB9" w14:textId="435AA27A" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895" w:rsidP="005467F2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="9"/>
         </w:numPr>
-        <w:ind w:right="99" w:hanging="360"/>
-[...12 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="360" w:right="99"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In a Finance Lease, UNDP recognizes a corresponding commitment (liability) for the Lease payments using the same value. This asset and liability will be recorded by the GSSC. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3037C469" w14:textId="31073CA0" w:rsidR="009E2160" w:rsidRDefault="005A155E" w:rsidP="005A155E">
+    <w:p w14:paraId="483CD1B5" w14:textId="69531634" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00715895">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAD8C68" w14:textId="05F05A29" w:rsidR="009E2160" w:rsidRDefault="009E2160" w:rsidP="005A155E">
-[...109 lines deleted...]
-      <w:pgMar w:top="1260" w:right="1483" w:bottom="1325" w:left="1483" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:sectPr w:rsidR="00715895" w:rsidSect="00715895">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1483" w:right="1325" w:bottom="1483" w:left="1260" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4944F1DC" w14:textId="77777777" w:rsidR="00073923" w:rsidRDefault="00073923">
+    <w:p w14:paraId="433CB2A0" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02F77B1F" w14:textId="77777777" w:rsidR="00073923" w:rsidRDefault="00073923">
+    <w:p w14:paraId="6F38A146" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="36F78347" w14:textId="77777777" w:rsidR="000F637E" w:rsidRDefault="00EB0DA1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5DA1FF24" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="108" w:firstLine="0"/>
+      <w:ind w:right="108"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:color w:val="333333"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:color w:val="333333"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="36F78348" w14:textId="77777777" w:rsidR="000F637E" w:rsidRDefault="00EB0DA1">
+  <w:p w14:paraId="2AC5FED7" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="36F7834A" w14:textId="3A30555F" w:rsidR="000F637E" w:rsidRDefault="001D2F1F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E7E172E" w14:textId="77777777" w:rsidR="00715895" w:rsidRPr="00715895" w:rsidRDefault="00715895">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:noProof/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
-    <w:r>
-      <w:rPr>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="001D2F1F">
-      <w:t>Effective Date:</w:t>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Effective Date:  25/07/2016</w:t>
     </w:r>
-    <w:r>
-[...38 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="001D2F1F">
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r w:rsidRPr="00715895">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="536778638"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
+        <w:placeholder/>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{D708A4D3-4FB8-4B80-8FF8-FB9CF9C3D1B6}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00E44417">
+        <w:r w:rsidRPr="00715895">
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:t>8</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="36F7834B" w14:textId="77777777" w:rsidR="000F637E" w:rsidRDefault="00EB0DA1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35A57778" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="108" w:firstLine="0"/>
+      <w:ind w:right="108"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:color w:val="333333"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:color w:val="333333"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="36F7834C" w14:textId="77777777" w:rsidR="000F637E" w:rsidRDefault="00EB0DA1">
+  <w:p w14:paraId="27E5014D" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33DE5EAE" w14:textId="77777777" w:rsidR="00073923" w:rsidRDefault="00073923">
+    <w:p w14:paraId="1547FF4E" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="473361D3" w14:textId="77777777" w:rsidR="00073923" w:rsidRDefault="00073923">
+    <w:p w14:paraId="4C5987CD" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="00715895">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="78D7EAE2" w14:textId="642A7F82" w:rsidR="001D2F1F" w:rsidRDefault="009D3DE6" w:rsidP="001D2F1F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55A6B9AD" w14:textId="77777777" w:rsidR="00715895" w:rsidRDefault="00715895" w:rsidP="001D2F1F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31941406" wp14:editId="18D0EAB2">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16BBA502" wp14:editId="37B609C8">
           <wp:extent cx="527056" cy="802800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="4" name="Picture 4" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="527056" cy="802800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02581238"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="659A5F2C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-675"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="60"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C4B3F9A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5442D94C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DED6552"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84DA2E3C"/>
     <w:lvl w:ilvl="0" w:tplc="69D459DE">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="345" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3686,349 +6895,563 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3945" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4665" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E3A7AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6902C"/>
     <w:lvl w:ilvl="0" w:tplc="8174B4D4">
       <w:start w:val="28"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="705"/>
+        <w:ind w:left="370"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B5446518">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
+        <w:ind w:left="1105"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="E436A1EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:ind w:left="1825"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="6276B430">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:ind w:left="2545"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="28DE3540">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:ind w:left="3265"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="33B281DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:ind w:left="3985"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="230E17A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:ind w:left="4705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D5C6C01C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:ind w:left="5425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="702CEC3E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:ind w:left="6145"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13722880"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E9477DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EB3C0030"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="659A5F2C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="-675"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="60"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17BA7F0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AA0BC56"/>
+    <w:lvl w:ilvl="0" w:tplc="F97A723E">
+      <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="705" w:hanging="360"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1425" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2145" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2865" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3585" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4305" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5025" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5745" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6465" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20BD3520"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E96950A"/>
     <w:lvl w:ilvl="0" w:tplc="1B2CAEAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4196,263 +7619,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B62C3564">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...211 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33F16C6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE7669A8"/>
     <w:lvl w:ilvl="0" w:tplc="D63A0F22">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4620,51 +7831,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2334064A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39ED7D47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB006EA0"/>
     <w:lvl w:ilvl="0" w:tplc="7DFCC4F4">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4832,263 +8043,686 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="8CC03AAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA17DB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB0ACC06"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41616B98"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3A44A1EC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46207BDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08E6C882"/>
     <w:lvl w:ilvl="0" w:tplc="D48A4ED8">
       <w:start w:val="25"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="705"/>
+        <w:ind w:left="370"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4B08F272">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
+        <w:ind w:left="1105"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="A4AE433E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:ind w:left="1825"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="38241064">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:ind w:left="2545"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="331C2A70">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:ind w:left="3265"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="8BF84F20">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:ind w:left="3985"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FEE6824C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:ind w:left="4705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="07D83048">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:ind w:left="5425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CA06BCC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:ind w:left="6145"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A363112"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94A051B6"/>
     <w:lvl w:ilvl="0" w:tplc="417217F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5256,51 +8890,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2EB6646E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DAE4726"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5D40BFAA"/>
     <w:lvl w:ilvl="0" w:tplc="97B48242">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -5468,484 +9102,687 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D7AEC466">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="502C67E1"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F4E2546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F66AC438"/>
-[...24 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="3ECA59F0">
+    <w:tmpl w:val="94A051B6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1908"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="AAF05732">
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2628"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="6F9E981A">
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3348"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="B8DA20D2">
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4068"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="659EBECC">
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4788"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="1D048C72">
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5508"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="673E4B02">
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6228"/>
-[...17 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="FD26422E">
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6948"/>
-[...4 lines deleted...]
-        <w:bCs/>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E352F36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB0ACC06"/>
     <w:lvl w:ilvl="0" w:tplc="A268E39E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
+        <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D1B0CF1C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="F0FC8346">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="89FAB0A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="11706346">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="E4C6221E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="19760234">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D38663D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E572EDFC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200"/>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76CF26CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D9C4D01A"/>
+    <w:lvl w:ilvl="0" w:tplc="FE7EE64A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AAF6DDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5AECAC6"/>
     <w:lvl w:ilvl="0" w:tplc="811A2F4A">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -6114,261 +9951,180 @@
     <w:lvl w:ilvl="8" w:tplc="8854A934">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="333333"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1128670511">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="953099049">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="727460557">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1977099578">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="141586501">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2123382455">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="311524888">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="781732077">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="230503115">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1167211409">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="404307732">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1922787068">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1139570950">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1911226815">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2078628909">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="953099049">
-[...20 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="781732077">
+  <w:num w:numId="16" w16cid:durableId="1798329030">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1667708098">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="17" w16cid:durableId="323434745">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="230503115">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="18" w16cid:durableId="2134444955">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000F637E"/>
-[...93 lines deleted...]
-    <w:rsid w:val="00FB1DF7"/>
+    <w:rsidRoot w:val="00715895"/>
+    <w:rsid w:val="005467F2"/>
+    <w:rsid w:val="006B4274"/>
+    <w:rsid w:val="00715895"/>
+    <w:rsid w:val="00F74F27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="36F7828F"/>
-  <w15:docId w15:val="{E715279E-548C-42F0-AAE6-69F66D05FE0F}"/>
+  <w14:docId w14:val="1E276EEA"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{4B4207EA-FDD4-4AE3-85ED-2855ED3CC062}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6709,1795 +10465,948 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="00715895"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="10" w:hanging="10"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:color w:val="333333"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00715895"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00471BBF"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00471BBF"/>
+    <w:rsid w:val="00715895"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00471BBF"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00471BBF"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00715895"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...2 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00471BBF"/>
+    <w:rsid w:val="00715895"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00715895"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D2F1F"/>
+    <w:rsid w:val="00715895"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4513"/>
-        <w:tab w:val="right" w:pos="9026"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001D2F1F"/>
-[...8 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001D2F1F"/>
-[...38 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00715895"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4571" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4571" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/docs/lease/Lists/UNDP%20Property%20Leases/AllItems.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/docs/lease/Lists/UNDP%20Property%20Leases/AllItems.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4571" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4571" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/docs/lease/Lists/UNDP%20Property%20Leases/AllItems.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/docs/lease/Lists/UNDP%20Property%20Leases/AllItems.aspx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.service-now.com/unall?id=esc_home" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...602 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...584 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>15636</Characters>
+  <Pages>7</Pages>
+  <Words>2736</Words>
+  <Characters>15596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>130</Lines>
+  <Lines>129</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18343</CharactersWithSpaces>
+  <CharactersWithSpaces>18296</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Tatiana Rybarova</dc:creator>
+  <dc:subject/>
+  <dc:creator>Emiliana Zhivkova</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>