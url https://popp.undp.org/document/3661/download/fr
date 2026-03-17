--- v0 (2025-10-01)
+++ v1 (2026-03-17)
@@ -1,441 +1,405 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1AAD6936" w14:textId="13490F0F" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="009253F9" w:rsidP="005B7B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="144" w:right="-144" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009253F9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>adre conceptuel de financement harmonisé et la méthode de recouvrement des coûts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A9EFDF" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5763FAC7" w14:textId="167B5724" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="5763FAC7" w14:textId="041E6944" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Une décision conjointe des Conseils d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>administration du Programme des Nations Unies pour le développement (PNUD)/Fonds des Nations Unies pour la population (FNUAP), du Fonds des Nations Unies pour l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>enfance (UNICEF) et de l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>Entité des Nations Unies pour l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>égalité des sexes et l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>autonomisation des femmes (ONU-Femmes) a approuvé un nouveau cadre conceptuel harmonisé pour la définition et l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">attribution des coûts, à la fois des coûts de programme et des coûts organisationnels </w:t>
+        <w:t xml:space="preserve">attribution des coûts, à la fois des coûts de programme et des coûts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073161F">
+        <w:t xml:space="preserve">organisationnels </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId13">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId14">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>FPA/2012/1</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId15">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve">, et une nouvelle méthode harmonisée pour le calcul des taux de recouvrement des coûts pour les autres ressources (autres que ressources de base) </w:t>
+      <w:r w:rsidRPr="0073161F">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et une nouvelle méthode harmonisée pour le calcul des taux de recouvrement des coûts pour les autres ressources (autres que ressources de base) </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId17">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId18">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId19">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003125F3">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003125F3" w:rsidRPr="0073161F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>;</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId21">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId22">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP/2013/9</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId23">
-        <w:r>
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="0073161F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4B36" w:rsidRPr="00DB4B36">
         <w:rPr>
           <w:color w:val="0070C0"/>
-          <w:u w:val="single"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4B36" w:rsidRPr="00DB4B36">
+        <w:t>En outre, les Conseils d’administration du PNUD/FNUAP, de l’UNICEF et d’ONU-Femmes ont également approuvé la proposition conjointe globale relative à la politique de recouvrement des coûts (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="00DB4B36" w:rsidRPr="0073161F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2020/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DB4B36" w:rsidRPr="00DB4B36">
+        <w:t>), comprenant les catégories de classification des coûts, la méthodologie et les taux, entrée en vigueur le 1er janvier 2022. En 2024, les Conseils d’administration ont examiné et approuvé la révision complète de la politique conjointe de recouvrement des coûts, telle que présentée dans le document (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00DB4B36" w:rsidRPr="0073161F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DB4B36" w:rsidRPr="00DB4B36">
+        <w:t>), qui remplace la politique précédente de recouvrement des coûts, y compris les catégories de classification des coûts, la méthodologie et les taux. Cette politique entre en vigueur le 1er janvier 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31988A0C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F4BB76" w14:textId="4D2D6728" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A6413E">
+    <w:p w14:paraId="43F4BB76" w14:textId="30D1AA34" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A6413E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dans le cadre du budget intégré </w:t>
       </w:r>
-      <w:r w:rsidRPr="00283305">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0073161F">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId24">
-        <w:r w:rsidRPr="00283305">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP/2013/41</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00283305">
+      <w:r w:rsidR="0073161F" w:rsidRPr="0073161F">
         <w:rPr>
-          <w:color w:val="0070C0"/>
-[...7 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-        <w:r w:rsidRPr="00283305">
+      <w:r w:rsidR="0073161F" w:rsidRPr="0073161F">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Décisions adoptées par le Conseil d</w:t>
         </w:r>
-        <w:r w:rsidR="00465447">
+        <w:r w:rsidR="00465447" w:rsidRPr="0073161F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r w:rsidRPr="00283305">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>administration 2013/28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId26">
-        <w:r>
+      <w:r w:rsidR="0073161F">
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">qui intègre dans un cadre </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:b/>
-[...13 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">DP/2012/25 </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId28">
-        <w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">- </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId29">
-        <w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="0073161F">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Arrangements en matière de programmation </w:t>
+          <w:t>Arrangements en matière de programmation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId30">
+      <w:r w:rsidR="0073161F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidR="00283305">
           <w:t>e</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">t le budget institutionnel, les nouveaux cadres de financement et de recouvrement des coûts ont un impact significatif sur la manière dont les activités des bureaux de pays, des centres régionaux et du </w:t>
       </w:r>
       <w:r w:rsidR="005E15E6">
         <w:t>siège</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sont financées pour distribuer de manière </w:t>
-[...6 lines deleted...]
-        <w:r>
+        <w:t xml:space="preserve"> sont financées pour distribuer de manière réussie les résultats soulignés dans </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r w:rsidR="00502E2F">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">DP/2013/40 </w:t>
+          <w:t>DP/2013/40 - Plan stratégique</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId32">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00502E2F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>du PNUD</w:t>
+      </w:r>
       <w:hyperlink r:id="rId33">
-        <w:r>
-[...10 lines deleted...]
-      <w:hyperlink r:id="rId34">
         <w:r>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1EC87430" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B1E1282" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Le budget intégré reflète l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
@@ -472,5074 +436,1032 @@
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18C9409C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>La nouvelle approche du budget intégré a pour résul</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>tat deux éléments essentiels :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC0521F" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C1B6AF9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00283305">
-      <w:pPr>
+    <w:p w14:paraId="1C1B6AF9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00502E2F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Une augmentation de la portion des ressources ordinaires disponible</w:t>
+      </w:r>
+      <w:r w:rsidR="00283305">
+        <w:t xml:space="preserve">s pour financer les composantes </w:t>
+      </w:r>
+      <w:r>
+        <w:t>programmatiques (dévelo</w:t>
+      </w:r>
+      <w:r w:rsidR="00283305">
+        <w:t>ppement) du budget intégré ; et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E381BC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00502E2F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Elle a pour but d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>assurer que toutes les activités de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>organisation sont adéquatement facturées et correctement attribuées au large éventail de sources de financement qui financent notre travail de développement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF4FABD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D43FEA6" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="0"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="62E381BC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Des financements pour les bureaux de pays, les centres régionaux et les activités organisationnelles du siège sont disponibles par le biais : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648D05E9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1128B329" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Elle a pour but d</w:t>
+        <w:t>Du budget i</w:t>
+      </w:r>
+      <w:r w:rsidR="00283305">
+        <w:t>ntégré (ressources ordinaires),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D7E43EF" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="000F4CB4" w:rsidRDefault="001A2865" w:rsidP="000F4CB4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>De l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>assurer que toutes les activités de l</w:t>
+        <w:t>application de la méthode de recouvrement des coûts (revenus du recouvrement des coûts reçus en imputant les frais d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>organisation sont adéquatement facturées et correctement attribuées au large éventail de sources de financement qui financent notre travail de développement.</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="1128B329" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
+        <w:t>appui général à la gestion à d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">autres ressources ou aux ressources extrabudgétaires - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidRPr="00502E2F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Recouvrement des coûts provenant d</w:t>
+        </w:r>
+        <w:r w:rsidR="00465447" w:rsidRPr="00502E2F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00502E2F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>autres ressources - Appui général à la gestion des politiques et procédures régissant les programmes et opérations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00283305" w:rsidRPr="00502E2F">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00011752" w14:textId="4261AD43" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00F3529F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Du budget i</w:t>
-[...22 lines deleted...]
-        <w:t>De l</w:t>
+        <w:t>Les revenus générés par la fourniture de services d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>application de la méthode de recouvrement des coûts (revenus du recouvrement des coûts reçus en imputant les frais d</w:t>
-[...57 lines deleted...]
-      <w:r>
         <w:t>appui à des institutions des Nations Unies (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00F33FAA" w:rsidRPr="00F33FAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Services aux institutions des Nations Unies</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00502E2F" w:rsidRPr="00502E2F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00502E2F" w:rsidRPr="00502E2F">
+        <w:t>(en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00283305" w:rsidRPr="00502E2F">
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="00283305">
-        <w:t>) et</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56E3DC5C" w14:textId="1905FCA2" w:rsidR="009253F9" w:rsidRPr="009253F9" w:rsidRDefault="001A2865" w:rsidP="009253F9">
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E3DC5C" w14:textId="3F578071" w:rsidR="009253F9" w:rsidRPr="009253F9" w:rsidRDefault="001A2865" w:rsidP="009253F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Les coûts directs des projets qui contribuent directement à l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>atteinte des résultats de développement des projets et programmes et qui sont financés par les ressources ordinaires (de base) et autres (</w:t>
       </w:r>
       <w:r w:rsidR="00AF7989">
         <w:t>autres que les ressources de base</w:t>
       </w:r>
       <w:r>
         <w:t>). L</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>application des coûts directs des projets institutionnalise un financement plus équitable des coûts organisationnels entre les ressources ordinaires et les autres ressources. (</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="009253F9" w:rsidRPr="009253F9">
+        <w:t>application des coûts directs des projets institutionnalise un financement plus équitable des coûts organisationnels entre les ressources ordinaires et les autres ressources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502E2F">
+        <w:t>. (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidR="009253F9" w:rsidRPr="00502E2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Planification et paiement de la prestation Services d'appui aux projets</w:t>
         </w:r>
-        <w:r w:rsidRPr="008F1BBF">
+        <w:r w:rsidR="00502E2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="000000" w:themeColor="text1"/>
           </w:rPr>
-          <w:t>)</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00502E2F" w:rsidRPr="00502E2F">
+          <w:t>(en anglais))</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009253F9" w:rsidRPr="009253F9">
+      <w:r w:rsidR="00502E2F" w:rsidRPr="009253F9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009253F9" w:rsidRPr="009253F9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009253F9" w:rsidRPr="009253F9">
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="222CE7C1" w14:textId="77777777" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="00427506" w:rsidP="00427506">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC3AC62" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="2FC3AC62" w14:textId="5890E34E" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="000F4CB4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="000F4CB4">
+        <w:t xml:space="preserve">À compter du 1er janvier 2026, les activités du PNUD sont classées selon trois catégories principales de classification des </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000F4CB4">
+        <w:t>coûts:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="00B8FA35" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8508" w:type="dxa"/>
         <w:tblInd w:w="708" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="50" w:type="dxa"/>
           <w:left w:w="19" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2191"/>
-        <w:gridCol w:w="6317"/>
+        <w:gridCol w:w="2832"/>
+        <w:gridCol w:w="5676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="489D0FEC" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="489D0FEC" w14:textId="77777777" w:rsidTr="000F4CB4">
         <w:trPr>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5363651F" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="5363651F" w14:textId="0D3C4D51" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000F4CB4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Activités des programmes</w:t>
+              <w:t>Activités de développement/humanitaires</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="272B3400" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...11 lines deleted...]
-          <w:p w14:paraId="3F76ABDB" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+          <w:p w14:paraId="074037C5" w14:textId="77777777" w:rsidR="000F4CB4" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t xml:space="preserve"> – Programme </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="46ABD1D1" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="46ABD1D1" w14:textId="600DAA04" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>1b – Activités d</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t>b</w:t>
             </w:r>
-            <w:r w:rsidR="00465447">
-[...15 lines deleted...]
-              <w:t>exécution</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t xml:space="preserve"> – Efficacité du développement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="430ECB8C" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="430ECB8C" w14:textId="77777777" w:rsidTr="000F4CB4">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C78B823" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00283305">
+          <w:p w14:paraId="4C78B823" w14:textId="12CCC11C" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="000F4CB4" w:rsidP="00283305">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000F4CB4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Activités d</w:t>
-[...11 lines deleted...]
-              <w:t>efficacité du développement</w:t>
+              <w:t>Coordination du développement des Nations Unies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E3CE3AA" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...19 lines deleted...]
-          <w:p w14:paraId="69E91D2B" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="763DFC8E" w14:textId="18BBDC9B" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2F10FB80" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
-[...25 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A64A8" w:rsidRPr="00901311" w14:paraId="7D9A8DAC" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="005A64A8" w:rsidRPr="00901311" w14:paraId="7D9A8DAC" w14:textId="77777777" w:rsidTr="000F4CB4">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="2832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29A38C5B" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="29A38C5B" w14:textId="24EDF171" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="0087796D">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0087796D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Activités de coordination de l</w:t>
-[...11 lines deleted...]
-              <w:t>action des Nations Unies</w:t>
+              <w:t>Services d’appui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="024C5861" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="35299EBF" w14:textId="77777777" w:rsidR="000F4CB4" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>3a- Coordination de l</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00465447">
-[...3 lines deleted...]
-              <w:t>action du système des Nations Unies et représentation</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t xml:space="preserve"> – Gestion </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45E72222" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="0FCA293E" w14:textId="77777777" w:rsidR="000F4CB4" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t>b</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t xml:space="preserve"> – Supervision indépendante et assurance </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4F15423A" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="4F15423A" w14:textId="7A0AEA44" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="000F4CB4">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-              <w:t>3b- Appui et services opérationnels au système des Nations Unies</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t>c</w:t>
             </w:r>
-          </w:p>
-[...160 lines deleted...]
-              <w:t>équipement des Nations Unies)</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000F4CB4">
+              <w:t xml:space="preserve"> – Fins spéciales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14AFDD69" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+    <w:p w14:paraId="14AFDD69" w14:textId="07F62C06" w:rsidR="00EA3FB1" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-29" w:right="-27" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39CDAE95" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="13B492E0" w14:textId="1AB3DE4F" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités de développement/humanitaires :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> coûts associés aux programmes et aux activités d’efficacité du développement qui contribuent à la réalisation de résultats efficaces en matière de développement et d’action humanitaire et qui sont essentiels à leur obtention, comme suit :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C9DA2B" w14:textId="13A9F43C" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Programme :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> activités et coûts associés imputables à des composantes spécifiques de programmes ou à des projets, qui contribuent à l’obtention des résultats de développement et humanitaires définis dans les documents de programme au niveau national, régional ou mondial, ou dans d’autres modalités de programmation ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA5EC95" w14:textId="43BF7610" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités d’efficacité du développement :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> coûts des activités de nature consultative en matière de politiques, technique et de mise en œuvre nécessaires pour atteindre les objectifs des programmes et des projets dans les domaines d’intervention des organisations. Ces apports sont essentiels à l’obtention des résultats de développement </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>et humanitaires et ne sont pas inclus dans des composantes ou projets spécifiques dans les documents de programme au niveau national, régional ou mondial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201AAB27" w14:textId="77777777" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités de coordination du développement des Nations Unies :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> activités et coûts associés soutenant la coordination des activités de développement du système des Nations Unies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FCA342" w14:textId="270DFDAA" w:rsidR="002B71A4" w:rsidRDefault="0087796D" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0087796D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0087796D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>d’appui</w:t>
+      </w:r>
+      <w:r w:rsidR="002B71A4" w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B71A4">
+        <w:t xml:space="preserve"> services et coûts associés généralement fournis au niveau institutionnel afin de promouvoir l’identité, l’orientation et le bon fonctionnement d’une organisation, permettant collectivement à celle-ci de mettre en œuvre ses programmes mandatés et ses agendas normatifs. Ces fonctions indirectes et les coûts associés ne peuvent pas être aisément ou directement imputés à des « programmes » spécifiques. Elles comprennent les sous-catégories suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1684F5AD" w14:textId="5DB014B5" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités de gestion :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> activités et coûts associés à la direction exécutive, à la représentation, aux relations extérieures et aux partenariats, aux communications institutionnelles, aux services juridiques, aux technologies de l’information, aux finances, à l’administration, à la sécurité et aux ressources humaines. Les coûts de gestion peuvent être classés comme récurrents ou non récurrents ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5682BAAF" w14:textId="59C8B13C" w:rsidR="002B71A4" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités indépendantes de contrôle et d’assurance :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> activités et coûts associés soutenant les fonctions d’audit indépendant et d’enquête, ainsi que la fonction d’évaluation institutionnelle ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A039A01" w14:textId="1FA654E2" w:rsidR="002B71A4" w:rsidRPr="00901311" w:rsidRDefault="002B71A4" w:rsidP="002B71A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B71A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Activités à des fins spéciales :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> activités et coûts associés : (1) aux investissements en capital et (2) aux services fournis à d’autres organisations des Nations Unies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CDAE95" w14:textId="7B2E74BD" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Ces catégories de classification des coûts fournissent une base solide pour une meilleure transparence, cohérence et un meilleur alignement des catégories de budget au niveau mondial avec le modèle d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>affaires du PNUD. En outre, elles améliorent l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>alignement des ressources avec les résultats et la budgétisation des projets d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une manière qui rend le coût réel des projets plus transparent et assure que les capacités requises de fond, en matière de politique et en matière </w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>de mise en œuvre sont mesurées.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22AF4EC4" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...9 lines deleted...]
-    <w:p w14:paraId="3A6D775E" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="27635186" w14:textId="57E65BAF" w:rsidR="00BC3352" w:rsidRPr="00901311" w:rsidRDefault="00BC3352" w:rsidP="00BC3352">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="158" w:line="240" w:lineRule="auto"/>
-[...103 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Les ressources ordinaires financent les activités de l’organisation relevant de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF0824">
+        <w:t xml:space="preserve">toutes les catégories harmonisées de classification des coûts (activités de développement/humanitaires et </w:t>
+      </w:r>
+      <w:r w:rsidR="0087796D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0087796D" w:rsidRPr="0087796D">
+        <w:t>ervices d’appui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF0824">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Ces activités et leur attribution en ressources ordinaires sont approuvées par le Conseil d’administration tous les quatre ans par le biais d’un budget intégré et se trouvent sur l’ensemble des trois niveaux de l’organisation, aux niveaux du pays de programme, des centres régionaux et des sièges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D1BCC8" w14:textId="3A511EB7" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00BC3352">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EF9EBD" w14:textId="3FD8797A" w:rsidR="00535F32" w:rsidRDefault="00DE1534">
-[...3817 lines deleted...]
-    <w:p w14:paraId="7CE7930C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="0044270B" w14:textId="59919444" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Le tableau A montre que le coût total des activités du PNUD provient des ressources ordina</w:t>
-[...2 lines deleted...]
-        <w:t>ires et d</w:t>
+        <w:t>Les autres ressources financent les activités de l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
+      <w:r>
+        <w:t>organisation qui rentrent dans le cadre des</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3352">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3352" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve">activités de développement/humanitaires et des </w:t>
+      </w:r>
+      <w:r w:rsidR="0087796D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0087796D" w:rsidRPr="0087796D">
+        <w:t>ervices d’appui</w:t>
+      </w:r>
       <w:r w:rsidR="00283305">
-        <w:t>autres ressources.</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519A7111" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56B11DD1" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="2CF06921" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Les ressources ordinaires financent les activités de l</w:t>
+        <w:t>En ce qui concerne les activités de programme et d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>organisation qui rentrent dans les catégories de classification des coûts harmonisés (programme, efficacité du développement, gestion et fins spéciales). Ces activités et leur attribution en ressources ordinaires sont approuvées par le Conseil d</w:t>
+        <w:t>efficacité du développement, ces coûts sont directement attribués et imputés aux programmes et projets. Ces activités et leur attribution en autres ressources sont approuvées par le biais d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>administration tous les quatre ans par le biais d</w:t>
+        <w:t>accords de partage des coûts et de fonds d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>un budget intégré et se trouvent sur l</w:t>
+        <w:t>affectation spéciale entre les gouvernements, le PNUD et d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>ensemble des trois niveaux de l</w:t>
+        <w:t>autres donateurs, à la fois les tierces parties et les pays de programme.</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
-        <w:t>’</w:t>
-[...2 lines deleted...]
-        <w:t>organisation, aux niveaux du pays de programme, des ce</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00283305">
+        <w:t>Elles se trouvent principaleme</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nt au niveau du pays de programme, mais également des ce</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>ntres régionaux et des sièges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D1BCC8" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="1DFDD196" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0044270B" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    </w:p>
+    <w:p w14:paraId="2D5E1C9E" w14:textId="4E470073" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Les autres ressources financent les activités de l</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>En ce qui concerne les activités de gestion, ces activités et leur attribution en autres ressources sont approuvées en principe par le Conseil d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>organisation qui rentrent dans le cadre des activités de programme, d</w:t>
+        <w:t>administration par le biais d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>efficacité du</w:t>
-[...87 lines deleted...]
-      <w:r>
         <w:t>une politique de recouvrement des coûts au moyen de la méthode harmonisée de calcul des taux de recouvrement des coûts pour les autres ressources (</w:t>
       </w:r>
       <w:r w:rsidR="00AF7989">
         <w:t>autres que les ressources de base</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38">
-        <w:r>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidRPr="00BC3352">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>(</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId39">
-        <w:r>
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId40">
-        <w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId41">
-        <w:r>
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId42">
-        <w:r>
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...9 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Décision du </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId44">
-        <w:r>
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Conseil d</w:t>
         </w:r>
-        <w:r w:rsidR="00465447">
+        <w:r w:rsidR="00465447" w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>’</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>administration 2013/9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId45">
-        <w:r>
+      <w:hyperlink r:id="rId44">
+        <w:r w:rsidRPr="00BC3352">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> et son application aux accords de partage des coûts et de fonds d</w:t>
+      <w:r w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>et son application aux accords de partage des coûts et de fonds d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>affectation spéciale entre les gouvernements,</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t xml:space="preserve"> le PNUD et d’autres donateurs.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> La politique en matière de recouvrement des coûts autorise l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>application de frais d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion sur toutes les activités de partage des coûts et de fonds d</w:t>
       </w:r>
@@ -5554,117 +1476,60 @@
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>activités de gestion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7CAAEC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FB5EB30" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="221"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t>Méthode harmonisée de recouvrement des coûts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610C66E7" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="610C66E7" w14:textId="7F5503F8" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00BC3352">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-[...57 lines deleted...]
-        <w:t>cées par les autres ressources.</w:t>
+      <w:r w:rsidRPr="00BC3352">
+        <w:t>Le recouvrement des coûts désigne l’exigence pour une organisation de recouvrer l’ensemble de ses coûts. Cela garantit que les ressources ordinaires ne sont pas utilisées pour subventionner la mise en œuvre de programmes financés par d’autres ressources, et que tous les coûts directs des programmes financés par d’autres ressources sont imputés à la source de financement appropriée. L’objectif fondamental du recouvrement des coûts est d’assurer un financement proportionnel des coûts organisationnels entre les ressources ordinaires et les autres ressources. L’approche harmonisée du recouvrement des coûts fait référence à une méthode normalisée de calcul et de recouvrement des coûts entre plusieurs organismes des Nations Unies tels que l’UNICEF, le FNUAP et ONU-Femmes, dans laquelle toutes les entités utilisent le même système de classification des coûts et la même méthodologie pour déterminer le niveau de coûts facturés pour leurs services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D49D49" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="63" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA2CC89" w14:textId="11B7F424" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="49"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dans le contexte de la méthode harmonisée de calcul des taux de recouvrement des coûts pour les autres ressources </w:t>
       </w:r>
       <w:r w:rsidRPr="00283305">
@@ -5672,562 +1537,521 @@
       </w:r>
       <w:r w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>document du Conseil d</w:t>
       </w:r>
       <w:r w:rsidR="00465447" w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">administration </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId45">
         <w:r w:rsidRPr="007A6520">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>DP</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidRPr="007A6520">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="007A6520">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId48">
         <w:r>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>et</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Décision du Conseil d</w:t>
       </w:r>
       <w:r w:rsidR="00465447" w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="007A6520">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>administration 2013/9</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId49">
         <w:r>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, les coûts organisationnels entre les ressources ordinaires et les autres ressources seront financés plus équitablement au moyen de</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t xml:space="preserve"> deux stratégies principales :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="468DADDD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>augmentation du taux de recouvrement des coûts, du taux minimal de 7 pour cent à 8 pour cent (entrant en vigueur le premier janvier 2017), permettant ainsi à plus de coûts organisationnels d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>être financés à partir des revenus du recouvrement des coûts reçus grâce à la gestion des autres ressources (et moins à parti</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>r des ressources ordinaires) ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4453C822" w14:textId="684FCC0F" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="4453C822" w14:textId="6B334B19" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>imputation directe des coûts organisationnels éligibles des projets aux projets et programmes financés par les ressources ordinaires et d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>autres ressources, en particulier la catégorie de l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>efficacité du développement. Les coûts directs des projets font partie des intrants du budget du projet et sont directement liés à l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>atteinte d</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>es résultats de développement</w:t>
       </w:r>
       <w:r w:rsidR="00023301">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId50" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00023301" w:rsidRPr="00023301">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Préparation de budgets de projets entièrement chiffrés</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00023301">
-        <w:t xml:space="preserve"> et </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00023301" w:rsidRPr="00303AC2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3352" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+      <w:r w:rsidR="00023301" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidR="00023301" w:rsidRPr="00BC3352">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>An</w:t>
-[...23 lines deleted...]
-          <w:t xml:space="preserve"> 1</w:t>
+          <w:t>Annexe 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00023301">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BC3352" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve"> (en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidR="00023301" w:rsidRPr="00BC3352">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00283305">
+      <w:r w:rsidR="00283305" w:rsidRPr="00BC3352">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3199D1" w14:textId="77777777" w:rsidR="001B6D0D" w:rsidRPr="00901311" w:rsidRDefault="001B6D0D" w:rsidP="001B6D0D">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52E6BC1E" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="47"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Ce qui précède représente également deux types de coûts que le PNUD distingue lors de la mi</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>se en œuvre de ses activités :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CBB8E4" w14:textId="4DAAC5AF" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00AA3236">
+    <w:p w14:paraId="78CBB8E4" w14:textId="02CD5491" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00AA3236">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Les coûts organisationnels qui sont directement liés aux budgets des projets, à l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>atteinte des résultats de développement et qui découlent de la mise en œuvre de projets et programmes financés à partir des ressources ordinaires et d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00465447">
+        <w:t xml:space="preserve">atteinte des résultats de développement et qui découlent de la mise en œuvre de projets et programmes </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">financés à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3352">
+        <w:t>partir des ressources ordinaires et d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00BC3352">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BC3352">
         <w:t>autres ressources. Ce sont les coûts directs des projets.</w:t>
       </w:r>
-      <w:r w:rsidR="00F443B7" w:rsidRPr="00F443B7">
-[...6 lines deleted...]
-        <w:r w:rsidR="00F443B7" w:rsidRPr="009253F9">
+      <w:r w:rsidR="00F443B7" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve"> (Se référer à </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidR="00BC3352">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
-          <w:t>Planification et paiement de la prestation Services d'appui aux projets</w:t>
-[...6 lines deleted...]
-          <w:t>)</w:t>
+          <w:t xml:space="preserve">Planification et paiement de la prestation Services d'appui aux projets </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F443B7" w:rsidRPr="009253F9">
-[...21 lines deleted...]
-        <w:t>]</w:t>
+      <w:r w:rsidR="00BC3352" w:rsidRPr="00BC3352">
+        <w:t>(en anglais))</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3352">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B6EB9C5" w14:textId="4F21ADF0" w:rsidR="00F443B7" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00F443B7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>Coûts qui s</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ajoutent aux coûts directs des projets et qui sont engendrés par une organisation lors d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une fonction et en appui à des activités, projets et programmes financés à partir de ses autres ressources, et ne peuvent pas être liés directement à des activités, projets ou programmes précis. Ce sont les coûts d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">appui général à la gestion. </w:t>
       </w:r>
       <w:r w:rsidR="00F443B7">
-        <w:t xml:space="preserve">(Se référer à </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00F443B7" w:rsidRPr="00AA3236">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F443B7" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve">Se référer à </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidR="00F443B7" w:rsidRPr="00BC3352">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>Recouvrement des coûts provenant d’autres ressources - Appui général à la gestion</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F443B7">
-[...11 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="00F443B7" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve"> (GMS))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A80F58B" w14:textId="51D98352" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1" w:rsidP="00F443B7">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65D541B4" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="65D541B4" w14:textId="7F838621" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="002F2E97">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Les principe et les avantages fondamentaux de l</w:t>
+        <w:t>Les principes</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2865">
+        <w:t xml:space="preserve"> et les avantages fondamentaux de l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001A2865">
         <w:t>application de la méthode de recouvrement des coûts contribuent à un partage des coûts plus équitable des activités de gestion entre les ressources ordinaires et les autres ressources. En finançant des activités d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001A2865">
         <w:t>efficacité du développement qualifiées, le cas échéant, directement à partir de programmes et projets financés par les ressources ordinaires et les autres ressources (en appliquant la politique et les méthodes des coûts directs des projets), les revenus du recouvrement des coûts (ressources extrabudgétaires), auparavant utilisés pour financer les activités d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001A2865">
         <w:t>efficacité du développement, sont utilisés pour financer les activités de gestion, pour l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001A2865">
         <w:t>instant financées à partir des ressources ordinaires. Ces ressources ordinaires seront alors allouées de nouveau pour financer les activités de programme, un avantage majeur du ca</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>dre de recouvrement des coûts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41469027" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B14F066" w14:textId="3BB4F66D" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A02DA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>La méthode de recouvrement des coûts permet l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>alignement des coûts organisationnels avec les cadres de résultats appropriés et les voies de financement pour que le PNUD finance de manière plus durable les structures et capacités organisationnelles requises pour rendre compte de manière réussie des résultats de programme. En outre, la politique en matière de financement multiple des postes éligibles fournit la flexibilité d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>aligner les coûts avec les cadres de résultats et les sources de financement connexes (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidR="005255FF" w:rsidRPr="005255FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Utilisation de lignes budgétaires multiples pour les postes</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>), et aide les fonctionnaires de la coordination à appliquer les politiques et méthodes des coûts directs des projets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D5756C9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AA96624" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="46"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t>La capacité du PNUD à équilibrer les intérêts de tous les donateurs, les ressources ordinaires (de base) et les autres ressources (</w:t>
       </w:r>
       <w:r w:rsidR="00AF7989">
         <w:t>autres que les ressources de base</w:t>
       </w:r>
       <w:r>
         <w:t>) est fondamental au succès de la méthode</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t xml:space="preserve"> de recouvrement des coûts en :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC03623" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="49"/>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>continuant de prendre des mesures pour contenir les coûts organisationnels au moyen de mesures d</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>continuant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de prendre des mesures pour contenir les coûts organisationnels au moyen de mesures d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>effectivité et d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>efficacité ; assurer aux donateurs de ressources ordinaires (de base) que celles-ci ne représentent pas une part disproportionnée des coûts organisationnels en continuant de rendre disponible le montant maximal de ressources ordinaires pour les</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t xml:space="preserve"> activités programmatiques ; et</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE9CC5C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-        <w:t>assurant aux donateurs d</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>assurant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> aux donateurs d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>autres ressources (</w:t>
       </w:r>
       <w:r w:rsidR="00AF7989">
         <w:t>autres que les ressources de base</w:t>
       </w:r>
       <w:r>
         <w:t>) que les coûts transférés à des programmes et projets sont justifiés, et qu</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ils ne sont pas imputés deux fois pour la même chose (les fins ou l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>utilisation du recouvrement des coûts de l</w:t>
       </w:r>
@@ -6236,67 +2060,61 @@
       </w:r>
       <w:r>
         <w:t>appui général à la gestion ne dupliquent pas les fins ou l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>utilisation des coûts directs des projets). Les frais d</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appui général à la gestion recouvrent les coûts de l</w:t>
       </w:r>
       <w:r w:rsidR="00465447">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>infrastructure organisationnelle ; les coûts directs des projets font partie des</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t xml:space="preserve"> intrants du budget du projet.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="401DD64A" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Cette section couvre les politiques relatives au cadre conceptuel de financement harmonisé, à la méthode et aux politiques en matière de recouvrement des coûts, et aux procédures relatives aux revenus de recouvrement des coûts reçus à partir des programmes et projets fina</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t>ncés par les autres ressources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B2BB29" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC2EB6A" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
@@ -6306,637 +2124,908 @@
         <w:t>consultées</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dans une sous-section séparée dans la section</w:t>
       </w:r>
       <w:r w:rsidR="00283305">
         <w:t xml:space="preserve"> Planification des ressources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72CDFAFA" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="139" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63222EDF" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t>Documents de référence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316D0A23" w14:textId="0716A5AE" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00000000" w:rsidP="00A02DA9">
-[...9 lines deleted...]
-        <w:r w:rsidR="00450C33">
+    <w:p w14:paraId="316D0A23" w14:textId="41C2A737" w:rsidR="00EA3FB1" w:rsidRPr="00BC3352" w:rsidRDefault="00450C33" w:rsidP="00BC3352">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>Feuille de route pour l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>établissement d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7212C" w:rsidRPr="00073A2C">
+        <w:t>un budget intégré : e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>xamen commun du PNUD, du FNUAP et de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>UNICEF sur l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>incidence des définitions des coûts et des catégories d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>activités sur l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00073A2C">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>harmonisation</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...93 lines deleted...]
-            <w:color w:val="0070C0"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId59">
-        <w:r w:rsidR="00450C33">
+      <w:r w:rsidRPr="00073A2C">
+        <w:t>des taux de recouvrement des coûts</w:t>
+      </w:r>
+      <w:r w:rsidR="005E15E6" w:rsidRPr="00BC3352">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...11 lines deleted...]
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(DP/FPA/2012/1)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F2AB47C" w14:textId="683943B2" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00000000" w:rsidP="00A02DA9">
-[...8 lines deleted...]
-        <w:r w:rsidR="00450C33">
+    <w:p w14:paraId="3F2AB47C" w14:textId="03E47BEA" w:rsidR="00EA3FB1" w:rsidRDefault="00450C33" w:rsidP="00BC3352">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>Feuille de route pour l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00DB7676">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>établissement d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00DB7676">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>un budget intégré : examen commun sur l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00DB7676">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>incidence des définitions des coûts et des catégories d</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00DB7676">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>activités sur l</w:t>
+      </w:r>
+      <w:r w:rsidR="00465447" w:rsidRPr="00DB7676">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>harmonisation des taux de recouvrement des coûts</w:t>
+      </w:r>
+      <w:r w:rsidR="00283305" w:rsidRPr="00DB7676">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidRPr="00DB7676">
           <w:rPr>
-            <w:color w:val="0070C0"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Feuille de route pour l</w:t>
-[...35 lines deleted...]
-          <w:t>incidence des définitions des coûts et</w:t>
+          <w:t>DP/2013/41</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId62">
-        <w:r w:rsidR="00450C33">
+      <w:r w:rsidRPr="00DB7676">
+        <w:t>)</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58">
+        <w:r w:rsidRPr="00BC3352">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...43 lines deleted...]
-            <w:color w:val="0070C0"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="645AD5BB" w14:textId="59D9F3F4" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00000000" w:rsidP="00A02DA9">
-[...9 lines deleted...]
-        <w:r w:rsidR="00450C33">
+    <w:p w14:paraId="02060E19" w14:textId="77777777" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F362C64" w14:textId="34AC7674" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D33C6">
+        <w:t>Plan intégré des ressources du PNUD et estimations du budget intégré 2026-2029 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidRPr="008D33C6">
           <w:rPr>
-            <w:color w:val="0070C0"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Projet de budget intégré du PNUD pour la période</w:t>
-[...11 lines deleted...]
-          <w:t>2014</w:t>
+          <w:t>DP/2025/23</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId65">
-        <w:r w:rsidR="00450C33">
+      <w:r>
+        <w:t xml:space="preserve"> (en anglais))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE9AB69" w14:textId="77777777" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D830391" w14:textId="1BCD0D8C" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D33C6">
+        <w:t>Arrangements en matière de programmation, 2014-2017 (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidRPr="008D33C6">
           <w:rPr>
-            <w:color w:val="0070C0"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>-</w:t>
+          <w:t>DP/2012/25</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId66">
-[...72 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="008D33C6">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
-        <w:r w:rsidR="00A12E52" w:rsidRPr="00A12E52">
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="008D33C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Corrigendum</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="008D33C6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 1</w:t>
+        </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="2B805223" w14:textId="77777777" w:rsidR="00C35749" w:rsidRDefault="00C35749" w:rsidP="00C35749">
+      <w:r w:rsidRPr="008D33C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(en anglais))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2855944D" w14:textId="77777777" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F611FFA" w14:textId="17E2FEEB" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D33C6">
+        <w:t xml:space="preserve">Proposition conjointe globale relative à la politique de recouvrement des coûts – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="008D33C6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2020/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008D33C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BFAB1A" w14:textId="77777777" w:rsidR="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="539E4B80" w14:textId="6194FE0D" w:rsidR="008D33C6" w:rsidRPr="008D33C6" w:rsidRDefault="008D33C6" w:rsidP="008D33C6">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D33C6">
+        <w:t xml:space="preserve">Examen complet de la politique conjointe de recouvrement des coûts – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r w:rsidRPr="008D33C6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1EDE5CE4" w14:textId="77777777" w:rsidR="008D33C6" w:rsidRPr="00BC3352" w:rsidRDefault="008D33C6" w:rsidP="00BC3352">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D19E95D" w14:textId="12C8FECB" w:rsidR="00DB197A" w:rsidRDefault="00DB197A" w:rsidP="000E0A1C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="212121"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E82A90">
+    </w:p>
+    <w:p w14:paraId="43E37196" w14:textId="0789580B" w:rsidR="00BB3D0F" w:rsidRDefault="00BB3D0F" w:rsidP="000E0A1C">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="212121"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avertissement : </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E82A90">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ADD6F2C" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avertissement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFEB11D" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24DDA657" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6643145F" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36716644" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="376D0BCE" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D6AB427" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:vanish/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318E1F99" w14:textId="15EB8775" w:rsidR="00BB3D0F" w:rsidRPr="00AC0DF6" w:rsidRDefault="00BB3D0F" w:rsidP="00BB3D0F">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
-          <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Ce document a été traduit de l’anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E82A90">
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC0DF6" w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0DF6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
-          <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>translated</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>into</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> French. In the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>event</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>discrepancy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>between</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> translation and the original English document, the original English document </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>prevail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC0DF6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C93B1D" w14:textId="0B76EA0A" w:rsidR="00C35749" w:rsidRPr="00DF441E" w:rsidRDefault="00C35749" w:rsidP="00C35749">
-[...22 lines deleted...]
-    <w:p w14:paraId="0D19E95D" w14:textId="77777777" w:rsidR="00DB197A" w:rsidRPr="00023301" w:rsidRDefault="00DB197A" w:rsidP="000E0A1C">
+    <w:p w14:paraId="3B035B96" w14:textId="77777777" w:rsidR="00BB3D0F" w:rsidRPr="00023301" w:rsidRDefault="00BB3D0F" w:rsidP="000E0A1C">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DB197A" w:rsidRPr="00023301" w:rsidSect="00450C33">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId74"/>
+    <w:sectPr w:rsidR="00BB3D0F" w:rsidRPr="00023301" w:rsidSect="00450C33">
+      <w:headerReference w:type="default" r:id="rId64"/>
+      <w:footerReference w:type="even" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId66"/>
+      <w:footerReference w:type="first" r:id="rId67"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1133" w:right="845" w:bottom="1331" w:left="1702" w:header="720" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="649BFEC5" w14:textId="77777777" w:rsidR="005C48C6" w:rsidRDefault="005C48C6">
+    <w:p w14:paraId="7272A2C3" w14:textId="77777777" w:rsidR="00B37947" w:rsidRDefault="00B37947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70A0C12C" w14:textId="77777777" w:rsidR="005C48C6" w:rsidRDefault="005C48C6">
+    <w:p w14:paraId="18038F81" w14:textId="77777777" w:rsidR="00B37947" w:rsidRDefault="00B37947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1B1F159A" w14:textId="77777777" w:rsidR="005121D0" w:rsidRDefault="00F3304C">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005121D0">
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005121D0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="128C6A26" w14:textId="77777777" w:rsidR="005121D0" w:rsidRDefault="005121D0">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7C11C927" w14:textId="5E0D5356" w:rsidR="005121D0" w:rsidRDefault="005121D0">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7C11C927" w14:textId="2B6F81EE" w:rsidR="005121D0" w:rsidRDefault="005121D0">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t>Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -6945,1240 +3034,2365 @@
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
       <w:r w:rsidR="00C35749" w:rsidRPr="00C35749">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:fldSimple>
     <w:r>
-      <w:t xml:space="preserve"> pages </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B44013">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B44013">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002E40E6">
       <w:t>D</w:t>
     </w:r>
     <w:r w:rsidR="002E40E6" w:rsidRPr="002E40E6">
       <w:t>ate d'entrée en vigueur</w:t>
     </w:r>
+    <w:r w:rsidR="00D059EA">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
     <w:r>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Date effective"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="-193468291"/>
         <w:placeholder>
           <w:docPart w:val="314DB8B8F1D54D7283FBE9EC32ABC810"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}"/>
-        <w:date w:fullDate="2015-05-20T00:00:00Z">
+        <w:date w:fullDate="2026-01-01T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00B44013">
-          <w:t>2</w:t>
+        <w:r w:rsidR="00BB3D0F">
+          <w:t>01</w:t>
         </w:r>
         <w:r w:rsidR="00DE1534" w:rsidRPr="00023301">
-          <w:t>0/05/2015</w:t>
+          <w:t>/0</w:t>
+        </w:r>
+        <w:r w:rsidR="00BB3D0F">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00DE1534" w:rsidRPr="00023301">
+          <w:t>/20</w:t>
+        </w:r>
+        <w:r w:rsidR="00BB3D0F">
+          <w:t>26</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00B44013">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B44013">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B44013">
       <w:tab/>
       <w:t xml:space="preserve">Version # : </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-2129066328"/>
         <w:placeholder>
           <w:docPart w:val="42317960ED9749FF9FD2BD6C0049ABF5"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00B46260">
-          <w:t>3</w:t>
+        <w:r w:rsidR="00BB3D0F">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3EEC5C6F" w14:textId="77777777" w:rsidR="005121D0" w:rsidRDefault="00F3304C">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="005121D0">
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005121D0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0CA2D3B6" w14:textId="77777777" w:rsidR="005121D0" w:rsidRDefault="005121D0">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15DD42D4" w14:textId="77777777" w:rsidR="005C48C6" w:rsidRDefault="005C48C6">
+    <w:p w14:paraId="7AB0A26E" w14:textId="77777777" w:rsidR="00B37947" w:rsidRDefault="00B37947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57CC0EF6" w14:textId="77777777" w:rsidR="005C48C6" w:rsidRDefault="005C48C6">
+    <w:p w14:paraId="6BD704E7" w14:textId="77777777" w:rsidR="00B37947" w:rsidRDefault="00B37947">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="11335A58" w14:textId="77777777" w:rsidR="005121D0" w:rsidRDefault="005121D0" w:rsidP="005B7B4F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="11335A58" w14:textId="2962DCBB" w:rsidR="005121D0" w:rsidRDefault="005B2FB7" w:rsidP="005B7B4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9711" w:right="43"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="333333"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="28F90D11" wp14:editId="316D4F6F">
-[...2 lines deleted...]
-          <wp:docPr id="3" name="Picture 3"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50BABDD6" wp14:editId="4F3ABE1A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-9525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="260198" cy="529050"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="47" name="Picture 47"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3554" b="16376"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="293967" cy="587935"/>
+                    <a:ext cx="260198" cy="529050"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20C739DF"/>
+    <w:nsid w:val="13C05AF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DEF4BA26"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="0D549F42"/>
+    <w:lvl w:ilvl="0" w:tplc="3474BF00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="696"/>
+        <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E3D62C10">
+    <w:lvl w:ilvl="1" w:tplc="B35A0CE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
-[...2 lines deleted...]
-        <w:ind w:left="1440"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2B081C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3045" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="153546BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2E34C9B6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2B081C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15853C22"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3732E08E"/>
+    <w:lvl w:ilvl="0" w:tplc="4A8C4D98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B52A8892">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
-[...2 lines deleted...]
-        <w:ind w:left="2160"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20C739DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DEF4BA26"/>
+    <w:lvl w:ilvl="0" w:tplc="C40A2F7A">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="EB10843E">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="1" w:tplc="E3D62C10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B7B07F02">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="2" w:tplc="B52A8892">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0186ACC4">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="3" w:tplc="EB10843E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70B65E96">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="4" w:tplc="B7B07F02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="3054912E">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="5" w:tplc="0186ACC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="3EFA59F6">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+    <w:lvl w:ilvl="6" w:tplc="70B65E96">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...10 lines deleted...]
-        <w:ind w:left="852"/>
+    <w:lvl w:ilvl="7" w:tplc="3054912E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F40E8496">
-[...5 lines deleted...]
-        <w:ind w:left="1572"/>
+    <w:lvl w:ilvl="8" w:tplc="3EFA59F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="178481A4">
-[...5 lines deleted...]
-        <w:ind w:left="2292"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="228F7F7E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CF0A6D3E"/>
+    <w:lvl w:ilvl="0" w:tplc="6D2A4A76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="852"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="E4B6DA0C">
-[...5 lines deleted...]
-        <w:ind w:left="3012"/>
+    <w:lvl w:ilvl="1" w:tplc="F40E8496">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1572"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9CC0FEB8">
-[...5 lines deleted...]
-        <w:ind w:left="3732"/>
+    <w:lvl w:ilvl="2" w:tplc="178481A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2292"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76508010">
-[...5 lines deleted...]
-        <w:ind w:left="4452"/>
+    <w:lvl w:ilvl="3" w:tplc="E4B6DA0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3012"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49EA1E8A">
-[...5 lines deleted...]
-        <w:ind w:left="5172"/>
+    <w:lvl w:ilvl="4" w:tplc="9CC0FEB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3732"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="01B6E3D2">
-[...5 lines deleted...]
-        <w:ind w:left="5892"/>
+    <w:lvl w:ilvl="5" w:tplc="76508010">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4452"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95208FF0">
-[...5 lines deleted...]
-        <w:ind w:left="6612"/>
+    <w:lvl w:ilvl="6" w:tplc="49EA1E8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5172"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...10 lines deleted...]
-        <w:ind w:left="705"/>
+    <w:lvl w:ilvl="7" w:tplc="01B6E3D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5892"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="3474BF00">
-[...5 lines deleted...]
-        <w:ind w:left="1133"/>
+    <w:lvl w:ilvl="8" w:tplc="95208FF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6612"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="F0F690AC">
-[...5 lines deleted...]
-        <w:ind w:left="1853"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CC30395"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D90AF7B8"/>
+    <w:lvl w:ilvl="0" w:tplc="4A8C4D98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="960E3A7A">
-[...5 lines deleted...]
-        <w:ind w:left="2573"/>
+    <w:lvl w:ilvl="1" w:tplc="3474BF00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1133"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="E834C104">
-[...5 lines deleted...]
-        <w:ind w:left="3293"/>
+    <w:lvl w:ilvl="2" w:tplc="F0F690AC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1853"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="698EEC5C">
-[...5 lines deleted...]
-        <w:ind w:left="4013"/>
+    <w:lvl w:ilvl="3" w:tplc="960E3A7A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2573"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30EE9A46">
-[...5 lines deleted...]
-        <w:ind w:left="4733"/>
+    <w:lvl w:ilvl="4" w:tplc="E834C104">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3293"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="EE34C0CE">
-[...5 lines deleted...]
-        <w:ind w:left="5453"/>
+    <w:lvl w:ilvl="5" w:tplc="698EEC5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4013"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2AC66F16">
-[...5 lines deleted...]
-        <w:ind w:left="6173"/>
+    <w:lvl w:ilvl="6" w:tplc="30EE9A46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4733"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...10 lines deleted...]
-        <w:ind w:left="696"/>
+    <w:lvl w:ilvl="7" w:tplc="EE34C0CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5453"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B4DCCDF4">
-[...5 lines deleted...]
-        <w:ind w:left="1133"/>
+    <w:lvl w:ilvl="8" w:tplc="2AC66F16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="8210FD18">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="335034A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2B8CA2E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
-[...2 lines deleted...]
-        <w:ind w:left="1867"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47875890"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5BC441E"/>
+    <w:lvl w:ilvl="0" w:tplc="95E84ADE">
+      <w:start w:val="14"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4836AF1C">
-[...5 lines deleted...]
-        <w:ind w:left="2587"/>
+    <w:lvl w:ilvl="1" w:tplc="B4DCCDF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1133"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62F01D26">
-[...5 lines deleted...]
-        <w:ind w:left="3307"/>
+    <w:lvl w:ilvl="2" w:tplc="8210FD18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1867"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C3562F40">
-[...5 lines deleted...]
-        <w:ind w:left="4027"/>
+    <w:lvl w:ilvl="3" w:tplc="4836AF1C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2587"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0E16B474">
-[...5 lines deleted...]
-        <w:ind w:left="4747"/>
+    <w:lvl w:ilvl="4" w:tplc="62F01D26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3307"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="526A0DAC">
-[...5 lines deleted...]
-        <w:ind w:left="5467"/>
+    <w:lvl w:ilvl="5" w:tplc="C3562F40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4027"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F23EE276">
-[...5 lines deleted...]
-        <w:ind w:left="6187"/>
+    <w:lvl w:ilvl="6" w:tplc="0E16B474">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4747"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="526A0DAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5467"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F23EE276">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6187"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1695374787">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D846CF6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA38A5BA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="691" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1411" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2131" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2851" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4291" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5011" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6451" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E022C7F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67021202"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2B081C8A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="656B1144"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17046B42"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1065" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1785" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2505" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3225" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3945" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4665" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5385" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6105" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6825" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66D074C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="013E195A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1133"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1853"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2573"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3293"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4013"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4733"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5453"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6173"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74BC186A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9254309C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7ED7652A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8AB6CE20"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1069428585">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="449402482">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="531764278">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA3FB1"/>
     <w:rsid w:val="00023301"/>
     <w:rsid w:val="000435C6"/>
+    <w:rsid w:val="00073A2C"/>
     <w:rsid w:val="000B59AF"/>
     <w:rsid w:val="000E0A1C"/>
+    <w:rsid w:val="000F4CB4"/>
+    <w:rsid w:val="00106159"/>
     <w:rsid w:val="00156381"/>
     <w:rsid w:val="00167EF7"/>
     <w:rsid w:val="001A2865"/>
     <w:rsid w:val="001B6D0D"/>
     <w:rsid w:val="001F448B"/>
     <w:rsid w:val="001F568E"/>
     <w:rsid w:val="0024143E"/>
     <w:rsid w:val="00253A57"/>
+    <w:rsid w:val="00266997"/>
     <w:rsid w:val="00283305"/>
+    <w:rsid w:val="002B71A4"/>
     <w:rsid w:val="002E40E6"/>
+    <w:rsid w:val="002F2E97"/>
     <w:rsid w:val="00300430"/>
     <w:rsid w:val="003125F3"/>
     <w:rsid w:val="003A6F61"/>
     <w:rsid w:val="003D7C39"/>
+    <w:rsid w:val="003E1553"/>
     <w:rsid w:val="00427506"/>
     <w:rsid w:val="00450C33"/>
     <w:rsid w:val="00465447"/>
+    <w:rsid w:val="00475CC2"/>
     <w:rsid w:val="00482561"/>
+    <w:rsid w:val="00502E2F"/>
     <w:rsid w:val="005121D0"/>
     <w:rsid w:val="005214BE"/>
     <w:rsid w:val="005255FF"/>
     <w:rsid w:val="00535F32"/>
     <w:rsid w:val="00552F45"/>
     <w:rsid w:val="005A64A8"/>
+    <w:rsid w:val="005B2FB7"/>
     <w:rsid w:val="005B7B4F"/>
     <w:rsid w:val="005C48C6"/>
     <w:rsid w:val="005E15E6"/>
     <w:rsid w:val="006362B3"/>
     <w:rsid w:val="006835B8"/>
     <w:rsid w:val="006B682A"/>
     <w:rsid w:val="00725E06"/>
+    <w:rsid w:val="0073161F"/>
     <w:rsid w:val="00764A8D"/>
     <w:rsid w:val="007A0994"/>
     <w:rsid w:val="007A6520"/>
+    <w:rsid w:val="0087796D"/>
+    <w:rsid w:val="008D33C6"/>
     <w:rsid w:val="008F1BBF"/>
     <w:rsid w:val="00901311"/>
     <w:rsid w:val="009253F9"/>
     <w:rsid w:val="00980DCC"/>
     <w:rsid w:val="00982FD3"/>
     <w:rsid w:val="009D6100"/>
     <w:rsid w:val="00A02DA9"/>
     <w:rsid w:val="00A12E52"/>
     <w:rsid w:val="00A23E95"/>
     <w:rsid w:val="00A342D7"/>
     <w:rsid w:val="00A6413E"/>
     <w:rsid w:val="00AA3236"/>
+    <w:rsid w:val="00AC0DF6"/>
     <w:rsid w:val="00AE3DC9"/>
     <w:rsid w:val="00AF7989"/>
+    <w:rsid w:val="00B37947"/>
     <w:rsid w:val="00B44013"/>
     <w:rsid w:val="00B46260"/>
     <w:rsid w:val="00B84B89"/>
+    <w:rsid w:val="00BB3D0F"/>
+    <w:rsid w:val="00BC3352"/>
     <w:rsid w:val="00BF0272"/>
     <w:rsid w:val="00C35749"/>
+    <w:rsid w:val="00CF0824"/>
+    <w:rsid w:val="00D059EA"/>
     <w:rsid w:val="00D7285E"/>
     <w:rsid w:val="00DB0571"/>
     <w:rsid w:val="00DB197A"/>
+    <w:rsid w:val="00DB4B36"/>
+    <w:rsid w:val="00DB7676"/>
+    <w:rsid w:val="00DD74D2"/>
     <w:rsid w:val="00DE1534"/>
     <w:rsid w:val="00DF3800"/>
     <w:rsid w:val="00E63C7A"/>
     <w:rsid w:val="00E82A90"/>
     <w:rsid w:val="00EA3FB1"/>
     <w:rsid w:val="00F32309"/>
     <w:rsid w:val="00F3304C"/>
     <w:rsid w:val="00F33FAA"/>
     <w:rsid w:val="00F443B7"/>
     <w:rsid w:val="00F7212C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6D948B4B"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -8806,64 +6020,64 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1832870270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=fr" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/732003/files/DP-FPA_2012_1--E_ICEF_2012_AB_L.6-FR.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/754898?ln=fr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=fr" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=fr" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3096" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/758891/files/DP_2013_40-FR.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/740041/files/DP_2013_1-FR.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=fr" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3666" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11671" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/758891/files/DP_2013_40-FR.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/746506/files/DP_2013_10-FR.pdf?ln=fr" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/732003?ln=fr" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11136" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=fr" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/DP/FPA-ICEF-UNW/2024/1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/DP/2021/2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/dp/2013/40" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/740041/files/DP_2013_1-FR.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/undp/library/corporate/Executive%20Board/2012/second-regular-session/English/dp2012-25Corr.1.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/732003/files/DP-FPA_2012_1--E_ICEF_2012_AB_L.6-FR.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/754898?ln=fr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/decisions-adopted-executive-board-2013-funding-differentiated-physical-presence" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=fr" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/746506/files/DP_2013_10-FR.pdf?ln=fr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/716620?ln=es&amp;v=pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/dp/FPA-ICEF-UNW/2024/1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2025-07/dp-2025-23_undp-integrated-resources-plan-and-integrated-budget-estimates-2026-2029_0.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11136" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/DP/FPA-ICEF-UNW/2020/1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=fr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=es&amp;v=pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/fr/DP/2012/25" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/10556" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/fr/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="314DB8B8F1D54D7283FBE9EC32ABC810"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA493F52-372B-499A-B595-D46C17B7C37F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FA3253" w:rsidRDefault="00471C88">
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
@@ -8889,79 +6103,92 @@
           <w:pPr>
             <w:pStyle w:val="42317960ED9749FF9FD2BD6C0049ABF5"/>
           </w:pPr>
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
@@ -8974,76 +6201,79 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00470621"/>
     <w:rsid w:val="00220FA9"/>
     <w:rsid w:val="00470621"/>
     <w:rsid w:val="00471C88"/>
     <w:rsid w:val="00740693"/>
     <w:rsid w:val="00763B5B"/>
+    <w:rsid w:val="00847F3F"/>
     <w:rsid w:val="008C0CDE"/>
     <w:rsid w:val="00950A13"/>
     <w:rsid w:val="009B4A7B"/>
     <w:rsid w:val="00A166B4"/>
+    <w:rsid w:val="00A4647D"/>
     <w:rsid w:val="00BD4C50"/>
     <w:rsid w:val="00C3591A"/>
     <w:rsid w:val="00CD08D7"/>
+    <w:rsid w:val="00DB0052"/>
     <w:rsid w:val="00DE3853"/>
     <w:rsid w:val="00FA3253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9441,53 +6671,50 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00740693"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="42317960ED9749FF9FD2BD6C0049ABF5">
     <w:name w:val="42317960ED9749FF9FD2BD6C0049ABF5"/>
     <w:rsid w:val="00740693"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -9740,206 +6967,206 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...25 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
     <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
     <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">UNITBMS-1904581467-53</_dlc_DocId>
     <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
     <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
     <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Value>350</Value>
     </TaxCatchAll>
     <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">French</UNDP_POPP_DOCUMENT_LANGUAGE>
     <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UNDP_POPP_FOCALPOINT>
     <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
         </TermInfo>
       </Terms>
     </l0e6ef0c43e74560bd7f3acd1f5e8571>
     <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2015-05-19T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-01-01T00:00:00</UNDP_POPP_EFFECTIVEDATE>
     <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">512</UNDP_POPP_FILEVERSION>
-    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">3</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">7</UNDP_POPP_REFITEM_VERSION>
     <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
     <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Cadre conceptuel de financement harmonisé et la méthode de recouvrement des coûts</UNDP_POPP_TITLE_EN>
     <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-53</Url>
       <Description>UNITBMS-1904581467-53</Description>
     </_dlc_DocIdUrl>
     <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
-    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 20/05/2015                                                Version #: 3.0</DLCPolicyLabelClientValue>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2026                                                Version #: 7.0</DLCPolicyLabelClientValue>
     <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 20/05/2015                                                Version #: 3.0</DLCPolicyLabelValue>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2026                                                Version #: 7.0</DLCPolicyLabelValue>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
@@ -10256,134 +7483,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A373A782-28DE-4B39-9E3A-A225F1740A5A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F41A19D8-E4FF-46DD-87E2-8A99F65F5F2C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3DB96D3-666A-471F-9840-B13E1DCDED52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2611249F-1354-446D-AA43-618B7CE28606}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>17966</Characters>
+  <Pages>6</Pages>
+  <Words>3384</Words>
+  <Characters>19290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21075</CharactersWithSpaces>
+  <CharactersWithSpaces>22629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">