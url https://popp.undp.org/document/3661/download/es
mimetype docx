--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,268 +1,346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="03A1E745" w14:textId="59A3F008" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="005B7B4F">
+    <w:p w14:paraId="03A1E745" w14:textId="59A3F008" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00F15223">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="144" w:right="-144" w:firstLine="0"/>
+        <w:ind w:left="144" w:right="89" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">El Marco Armonizado de Financiación Conceptual y </w:t>
       </w:r>
       <w:r w:rsidR="00F26D96" w:rsidRPr="00F26D96">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Metodología de Recuperación de Costos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7531FC95" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B3DB04" w14:textId="2F78CF4F" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="19B3DB04" w14:textId="526F91B0" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mediante decisión </w:t>
       </w:r>
       <w:r w:rsidR="00924999">
         <w:t>conjunta</w:t>
       </w:r>
       <w:r w:rsidR="00C22803">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">de las Juntas Ejecutivas del PNUD/UNFPA, UNICEF y ONU-MUJERES se aprobó un nuevo marco conceptual armonizado para definir y atribuir todos los costos, tanto los costos de programa como los de organización </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="00487C4E">
+      <w:r w:rsidR="00B17A56">
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00B17A56">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
-          <w:t>(DP-FPA/2012/1),</w:t>
+          <w:t>DP-FPA/2012/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001776B9">
+      <w:r w:rsidR="00B17A56" w:rsidRPr="00F15223">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="001A67C1">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="001A67C1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>y una nueva metodología armonizada para calcular las tasas de recuperación de costos en otros recursos (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B17A56">
+        <w:t xml:space="preserve">complementarios) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="001776B9">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
           <w:t>DP-FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001776B9">
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-          <w:b/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="001776B9">
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00B17A56">
+        <w:t>(en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="001776B9" w:rsidRPr="00F15223">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
           <w:t>DP/2013/9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="001776B9">
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
         <w:rPr>
-          <w:b/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00B17A56">
+        <w:t>(en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="001776B9">
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="00B17A56">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
+        <w:t>Posteriormente, las Juntas Ejecutivas aprobaron la propuesta conjunta sobre la política de recuperación de costos (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2020/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
+        <w:t>), que incluye las categorías de clasificación de costos, la metodología y las tasas correspondientes. En 2024, las Juntas Ejecutivas examinaron y aprobaron la revisión de la política conjunta de recuperación de costos (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="00F15223">
+        <w:t>), que sustituye la política anterior. Esta revisión incluye las categorías de clasificación de costos, la metodología y las tasas actualizadas, con entrada en vigor el 1 de enero de 2026.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="23E5D7BC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43921260" w14:textId="2CB463AE" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A6413E">
+    <w:p w14:paraId="43921260" w14:textId="1D34EFC5" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A6413E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dentro del contexto del Presupuesto Integrado </w:t>
       </w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00F15223">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>DP/2013/41</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AF0164">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>(</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0164">
         <w:t xml:space="preserve"> de la  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00AF0164">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2013/28</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="001A67C1">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1" w:rsidRPr="001A67C1">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="001A67C1">
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AF0164">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0164">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> que integra en un solo marco los </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00487C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP/2012/25: Arreglos de Programación</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> y el presupuesto institucional, los nuevos marcos de financiación y recuperación de costos tienen un impacto significativo en la manera en que se financian las actividades de las </w:t>
       </w:r>
       <w:r w:rsidR="00924999">
         <w:t>Oficinas de país</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, los Centros Regionales y la Sede para lograr con éxito los resultados definidos en el </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00487C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>DP/2013/40: Plan Estratégico</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> del PNUD.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D7C6DD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F4EBE5" w14:textId="4D23A888" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -402,996 +480,843 @@
       <w:r>
         <w:t>Presupuesto Integrado (recursos</w:t>
       </w:r>
       <w:r w:rsidR="00C22803">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00924999">
         <w:t>básicos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D9B987C" w14:textId="3FA4F594" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aplicación de la </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">metodología de recuperación de costos </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(ingresos por recuperación de costos ganados a través del cobro de la tarifa de GMS [apoyo general a la gestión] en otros recursos o recursos extrapresupuestarios: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00487C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Políticas y Procedimientos de Operaciones y Programas [POPP] sobre Recuperación de Costos de Otros Recursos: Apoyo General a la Gestión [GMS]),</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4535986D" w14:textId="560947A9" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
+    <w:p w14:paraId="4535986D" w14:textId="12DF2273" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Ingresos generados por la provisión de servicios de apoyo a Organismos de la ONU (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00487C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Provisión de Servicios a Entidades de la ONU</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="34256899" w14:textId="20753AF7" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
+      <w:r w:rsidR="00007CDC" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00007CDC" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>(en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34256899" w14:textId="4123BC71" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Costos directos de los proyectos que contribuyen de manera directa al logro de los resultados de desarrollo de los proyectos y los programas y son financiados a través de recursos </w:t>
       </w:r>
       <w:r w:rsidR="00A4798C">
         <w:t>básico</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(básicos) y otros (complementarios). La aplicación de Costos Directos del Proyecto institucionaliza una financiación más equitativa de los costos organizacionales entre los recursos </w:t>
+        <w:t>(básicos) y otros (complementarios). La aplicación de Costos Directos del Proyecto</w:t>
+      </w:r>
+      <w:r w:rsidR="0088284A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0088284A" w:rsidRPr="0088284A">
+        <w:t>(Servicios habilitadores para la ejecución)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> institucionaliza una financiación más equitativa de los costos organizacionales entre los recursos </w:t>
       </w:r>
       <w:r w:rsidR="00A4798C">
         <w:t>básicos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105AA8">
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r>
         <w:t>otros recursos. (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00C362DD" w:rsidRPr="00C362DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Planificación y pago de la prestación de servicios de apoyo a los proyectos </w:t>
+          <w:t>Planificación y pago de la prestación de servicios de apoyo a los proyectos</w:t>
         </w:r>
-        <w:r w:rsidRPr="00487C4E">
+        <w:r w:rsidR="00C362DD" w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>[</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00C362DD">
-[...3 lines deleted...]
-          <w:t>Solo disponible en inglés</w:t>
+        <w:r w:rsidR="00007CDC" w:rsidRPr="00F15223">
+          <w:t>(en inglés)</w:t>
         </w:r>
-        <w:r w:rsidRPr="00487C4E">
-[...3 lines deleted...]
-          <w:t>])</w:t>
+        <w:r w:rsidRPr="00F15223">
+          <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1A2A9365" w14:textId="77777777" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="00427506" w:rsidP="00427506">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E654D0D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="6E654D0D" w14:textId="04579382" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="003C3112">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Los componentes organizacionales y de programa del PNUD se atribuyen y definen de acuerdo con las siguientes cinco categorías y doce subcategorías de clasificación de costos: </w:t>
+      <w:r w:rsidRPr="003C3112">
+        <w:t>A partir del 1 de enero de 2026, los componentes programáticos y organizacionales del PNUD se clasifican en las siguientes tres categorías de clasificación de costos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F49D0E0" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8508" w:type="dxa"/>
         <w:tblInd w:w="708" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="50" w:type="dxa"/>
           <w:left w:w="19" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2191"/>
-        <w:gridCol w:w="6317"/>
+        <w:gridCol w:w="3367"/>
+        <w:gridCol w:w="5141"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="2DEF1231" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="2DEF1231" w14:textId="77777777" w:rsidTr="00F15223">
         <w:trPr>
           <w:trHeight w:val="1092"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="3367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DDF0376" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="0DDF0376" w14:textId="77CE04E4" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="009B00AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009B00AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Actividades de desarrollo/humanitarias</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53AEB6C0" w14:textId="77777777" w:rsidR="009B00AD" w:rsidRDefault="009B00AD" w:rsidP="009B00AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
+              <w:ind w:left="89" w:right="0" w:firstLine="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>a – Programa</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CEA91FA" w14:textId="24F8274E" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="009B00AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="89" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>b – Eficacia del desarrollo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="34DA2885" w14:textId="77777777" w:rsidTr="00F15223">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4799AAA2" w14:textId="6BFBB271" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="009B00AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Actividades de programas</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Actividades de Coordinación del Desarrollo de las Naciones Unidas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F94706D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...8 lines deleted...]
-          <w:p w14:paraId="3CA9E608" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="095FA218" w14:textId="0F36AF7B" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="34DA2885" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="005A64A8" w:rsidRPr="00901311" w14:paraId="6BBC2364" w14:textId="77777777" w:rsidTr="00F15223">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="3367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4799AAA2" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...96 lines deleted...]
-          <w:p w14:paraId="305139D4" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="305139D4" w14:textId="74A52DAE" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="00E95525">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Actividades de Coordinación del Desarrollo de las Naciones Unidas</w:t>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F15223">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ervicios de apoyo</w:t>
+            </w:r>
+            <w:r w:rsidDel="009B00AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5141" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="372446BE" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="1A0471EC" w14:textId="77777777" w:rsidR="00164265" w:rsidRDefault="00164265" w:rsidP="00164265">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>3a: Coordinación y Representación del Sistema de la ONU</w:t>
+              <w:t>a – Gestión</w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05BAC0DE" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
-[...6 lines deleted...]
-          <w:p w14:paraId="6885AFF4" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8">
+          <w:p w14:paraId="37931D50" w14:textId="77777777" w:rsidR="00164265" w:rsidRDefault="00164265" w:rsidP="00164265">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>3b: Apoyo a las Operaciones y los Servicios para el Sistema de la ONU</w:t>
+              <w:t>b – Supervisión independiente y aseguramiento</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...42 lines deleted...]
-          <w:p w14:paraId="3384AE20" w14:textId="77777777" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="005A64A8" w:rsidP="005A64A8">
+          <w:p w14:paraId="6885AFF4" w14:textId="60B04BD5" w:rsidR="005A64A8" w:rsidRPr="00901311" w:rsidRDefault="00164265">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>4a: Liderazgo y Representación en el País</w:t>
+              <w:t xml:space="preserve">c – Fines </w:t>
             </w:r>
-          </w:p>
-[...101 lines deleted...]
-              <w:t>5b: Operaciones no correspondientes al PNUD administradas por el PNUD (VNU, FNUDC)</w:t>
+            <w:r w:rsidR="007B23FF">
+              <w:t>especiales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A9C30BD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+    <w:p w14:paraId="2A9C30BD" w14:textId="2E0D31AB" w:rsidR="00EA3FB1" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-29" w:right="-27" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45067BAE" w14:textId="23BE26BA" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="23F88CF3" w14:textId="55864802" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="003C3112">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de desarrollo/humanitarias:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> costos asociados con programas y actividades de eficacia del desarrollo que contribuyen y son esenciales para la obtención de resultados eficaces de desarrollo y humanitarios, de la siguiente manera:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8558AF" w14:textId="77777777" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="691" w:right="-27" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="784164BE" w14:textId="5F3A434C" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Programa:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> actividades y costos asociados que pueden atribuirse a componentes específicos de programas o proyectos, que contribuyen a la obtención de resultados de desarrollo y humanitarios contenidos en documentos de programas de país, regionales o globales, u otros arreglos de programación;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC418C9" w14:textId="78BE2B76" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de eficacia del desarrollo:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> costos de actividades de carácter normativo, de asesoramiento en políticas, técnico y de implementación que son necesarias para alcanzar los objetivos de los programas y proyectos en las áreas de enfoque de las organizaciones. Estos insumos son esenciales para la obtención de resultados de desarrollo y humanitarios y no están incluidos en componentes específicos de programas o proyectos en documentos de programas de país, regionales o globales;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AA5266" w14:textId="2C1CA5D9" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de coordinación del desarrollo de las Naciones Unidas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C3112">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>actividades y costos asociados que apoyan la coordinación de las actividades de desarrollo del sistema de las Naciones Unidas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0D4A4A" w14:textId="7FF0288F" w:rsidR="003C3112" w:rsidRDefault="00E95525" w:rsidP="003C3112">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD2371">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ervicios de apoyo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidDel="009B00AD">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3112">
+        <w:t>servicios y costos asociados que normalmente se proporcionan de manera corporativa para promover la identidad, la dirección y el bienestar de una organización con el fin de permitir colectivamente que la organización ejecute sus programas mandatados y sus agendas normativas. Estas funciones indirectas y los costos asociados no pueden atribuirse fácil o directamente a “programas” específicos. Incluyen las siguientes subcategorías:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BB0394" w14:textId="46F54D99" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de gestión:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> actividades y costos asociados con la dirección ejecutiva, representación, relaciones externas y alianzas, comunicaciones corporativas, asuntos jurídicos, tecnología de la información, finanzas, administración, seguridad y recursos humanos. Los costos de gestión pueden clasificarse como recurrentes o no recurrentes;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EE8942" w14:textId="39AD7A8C" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de supervisión independiente y aseguramiento:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> actividades y costos asociados que apoyan las funciones de auditoría e investigaciones independientes y de evaluación corporativa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B37434A" w14:textId="58D4912E" w:rsidR="003C3112" w:rsidRDefault="003C3112" w:rsidP="00F15223">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Actividades de fines especiales:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> actividades y costos asociados a (1) inversiones de capital y (2) servicios para otras organizaciones de las Naciones Unidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45067BAE" w14:textId="4119EFD8" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Estas categorías de clasificación de costos proporcionan una base firme para aumentar la transparencia, la coherencia y la alineación de las categorías de presupuesto a nivel mundial con el Modelo </w:t>
       </w:r>
       <w:r w:rsidR="00A4798C">
         <w:t xml:space="preserve">de negocio </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">del PNUD. Más aún, mejoran la alineación de los recursos con los resultados y la presupuestación de los proyectos de manera tal que harán que el costo real de los proyectos sea más transparente y garantizarán la obtención de las capacidades sustantivas, de políticas y de ejecución requeridas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C3A4D2" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...9 lines deleted...]
-    <w:p w14:paraId="0096C144" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="1B130996" w14:textId="77777777" w:rsidR="00C23316" w:rsidRDefault="00C23316" w:rsidP="00F15223">
+      <w:pPr>
+        <w:ind w:left="705" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC4359B" w14:textId="78885BE9" w:rsidR="00C23316" w:rsidRPr="00901311" w:rsidRDefault="00C23316" w:rsidP="00C23316">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="158" w:line="240" w:lineRule="auto"/>
-[...127 lines deleted...]
-        <w:ind w:left="-5" w:right="0" w:hanging="10"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los recursos básicos financian actividades de la organización que entran en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C23316">
+        <w:t xml:space="preserve">todas las categorías armonizadas de clasificación de costos (Actividades de desarrollo/humanitarias y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95525" w:rsidRPr="00F15223">
+        <w:t>servicios de apoyo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Estas actividades y sus asignaciones de recursos básicos son aprobadas por la Junta Ejecutiva (EB) cada cuatro años en forma de un Presupuesto Integrado y tienen lugar en los tres niveles de la organización, a nivel del país en que se ejecuta un programa, en los Centros Regionales y en la Sede.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08260A18" w14:textId="78664F9D" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+      <w:pPr>
+        <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="0358C93F" w14:textId="4CCF45D2" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    </w:p>
+    <w:p w14:paraId="365DDF23" w14:textId="23ADB878" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">La Tabla A muestra que el costo total de las actividades del PNUD se financia a través de recursos </w:t>
-[...11 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:t>Los otros recursos financian actividades de la organización que entran e</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23316">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23316" w:rsidRPr="00C23316">
+        <w:t xml:space="preserve"> las categorías de actividades de desarrollo/humanitarias y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95525" w:rsidRPr="00BD2371">
+        <w:t>servicios de apoyo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23316" w:rsidRPr="00C23316">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A45FFD5" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+      <w:pPr>
+        <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F101C99" w14:textId="6027E216" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A74581B" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Los recursos </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="08260A18" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+        <w:t xml:space="preserve">Para los programas y las actividades de eficacia del desarrollo, estos costos se atribuyen en forma directa y se cargan a los programas y los proyectos. Estas actividades y sus asignaciones de otros recursos se aprueban en forma de acuerdos para la participación en los gastos y de fondos fiduciarios entre los Gobiernos, el PNUD y otros donantes, tanto terceros como los países en que se ejecuta un programa.  Tienen lugar principalmente al nivel del país en que se ejecuta un programa, pero también en los Centros Regionales y las Sedes.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C64F9D2" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="365DDF23" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D0CA6D" w14:textId="05980ACC" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Los otros recursos financian actividades de la organización que entran en las categorías de programas, eficacia del desarrollo y actividades de gestión.   </w:t>
-[...47 lines deleted...]
-        <w:r w:rsidRPr="00EF1E79">
+        <w:t>En el caso de las actividades de gestión, estas actividades y sus asignaciones de otros recursos son aprobadas en principio por la EB en forma de la política de recuperación de costos a través de la metodología armonizada para calcular las tasas de recuperación de costos en otros recursos (complementarios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E32F1">
+        <w:t>) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
           <w:t>DP-FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F15223">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00933EF6" w:rsidRPr="00F15223">
+        <w:t xml:space="preserve">(en inglés) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E32F1">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F15223">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00EF1E79">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
           </w:rPr>
           <w:t>Decisión de la EB 2013/9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="001E32F1">
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F15223">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">y su aplicación a los acuerdos para la participación en los gastos y de fondo fiduciario entre los Gobiernos, el PNUD y otros donantes.  Esta política de recuperación de costos autoriza el cobro de una tarifa de servicios de gestión general (GMS) en todas las actividades de participación en los gastos y fondo fiduciario que generan ingresos por recuperación de costos, y su uso para financiar actividades de gestión. </w:t>
+      <w:r w:rsidRPr="001E32F1">
+        <w:t>y su</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> aplicación a los acuerdos para la participación en los gastos y de fondo fiduciario entre los Gobiernos, el PNUD y </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">otros donantes.  Esta política de recuperación de costos autoriza el cobro de una tarifa de servicios de gestión general (GMS) en todas las actividades de participación en los gastos y fondo fiduciario que generan ingresos por recuperación de costos, y su uso para financiar actividades de gestión. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF288F8" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="16" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F7D75F9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="221"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t>La Metodología de Recuperación de Costos Armonizados</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B23B03D" w14:textId="351D5BE6" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="7B23B03D" w14:textId="206C40B4" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00933EF6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">s para cubrir los costos relacionados con la gestión y el apoyo de actividades de programas financiadas por otros recursos. </w:t>
+      <w:r w:rsidRPr="00933EF6">
+        <w:t>La recuperación de costos se refiere al requisito de que una organización recupere todos los costos. Esto garantiza que los recursos básicos no se utilicen para subsidiar la implementación de programas financiados con otros recursos, y que todos los costos directos de los programas financiados con otros recursos se recuperen de la fuente de financiación correspondiente. El propósito fundamental de la recuperación de costos es lograr una financiación proporcional de los costos organizacionales entre los recursos básicos y otros recursos. El enfoque armonizado de recuperación de costos se refiere a un método estandarizado para calcular y recuperar costos entre múltiples agencias de las Naciones Unidas, como UNICEF, UNFPA y ONU Mujeres, en el que todas las entidades utilizan el mismo sistema de clasificación de costos y metodología para determinar cuánto cobrar por sus servicios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232D0BBF" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="63" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12287455" w14:textId="775FE4A4" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="49"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dentro del contexto de la metodología armonizada para calcular tasas de recuperación de costos en otros recursos </w:t>
       </w:r>
       <w:r>
@@ -1413,198 +1338,244 @@
         <w:t>básico</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s y otros recursos se financiarán de manera más equitativa a través de dos estrategias principales:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3503A178" w14:textId="4645F799" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aumentar la tasa de recuperación de costos del 7 % mínimo al 8 % (vigente desde el 1 de enero de 2014), lo que permite, de este modo, que más costos organizacionales se financien a través del ingreso por recuperación de costos ganado en la gestión de otros recursos (y menos a través de los recursos </w:t>
       </w:r>
       <w:r w:rsidR="00A4798C">
         <w:t>básico</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s);  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67564219" w14:textId="6E80DCB2" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00A4798C">
+    <w:p w14:paraId="67564219" w14:textId="73FB0211" w:rsidR="00EA3FB1" w:rsidRPr="00F15223" w:rsidRDefault="00A4798C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>Los cargos directos a</w:t>
       </w:r>
-      <w:r w:rsidR="001A2865">
+      <w:r w:rsidR="001A2865" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> proyecto de gastos organizacionales </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>elegibles</w:t>
       </w:r>
-      <w:r w:rsidR="001A2865">
+      <w:r w:rsidR="001A2865" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> a proyectos y programas financiados por recursos </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>básico</w:t>
       </w:r>
-      <w:r w:rsidR="001A2865">
+      <w:r w:rsidR="001A2865" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>s y otros recursos, en particular la categoría de eficacia del desarrollo. Los costos directos del proyecto son parte del presupuesto del proyecto y están directamente vinculados con el logro de los resultados de desarrollo</w:t>
       </w:r>
-      <w:r w:rsidR="00303AC2">
+      <w:r w:rsidR="00303AC2" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00303AC2">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00303AC2" w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="ms-rtethemeforecolor-5-0"/>
-            <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0072C6"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Preparación de presupuestos totalmente calculados para proyectos</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00303AC2">
-[...3 lines deleted...]
-        <w:r w:rsidR="00303AC2" w:rsidRPr="00303AC2">
+      <w:r w:rsidR="00303AC2" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00933EF6" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(en inglés) </w:t>
+      </w:r>
+      <w:r w:rsidR="00303AC2" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="00303AC2" w:rsidRPr="00F15223">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Anexo 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00303AC2">
+      <w:r w:rsidR="00C138AD" w:rsidRPr="00F15223">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:u w:val="none"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001A2865">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00933EF6" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(en inglés))</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00F15223">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73329A30" w14:textId="77777777" w:rsidR="001B6D0D" w:rsidRPr="00901311" w:rsidRDefault="001B6D0D" w:rsidP="001B6D0D">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77520CDC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="47"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Los anteriores son también dos tipos de costos que el PNUD distingue en la ejecución de sus actividades:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C443A4" w14:textId="3F60591B" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
+    <w:p w14:paraId="21C443A4" w14:textId="70FC1D35" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Costos organizacionales que están directamente vinculados con los presupuestos del proyecto y el logro de los resultados de desarrollo, y surgen de la ejecución de proyectos y programas financiados con recursos </w:t>
       </w:r>
       <w:r w:rsidR="00A4798C">
         <w:t>básico</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s y otros recursos. Estos son los Costos Directos del Proyecto. </w:t>
       </w:r>
       <w:r w:rsidR="000B653B">
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidR="000B653B" w:rsidRPr="00C362DD">
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidR="00C138AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">Planificación y pago de la prestación de servicios de apoyo a los proyectos </w:t>
-[...17 lines deleted...]
-          <w:t>])</w:t>
+          <w:t>Planificación y pago de la prestación de servicios de apoyo a los proyectos</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00C138AD">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C138AD" w:rsidRPr="00ED0F77">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C138AD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0163BDD4" w14:textId="6C74A3FC" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Costos que son adicionales a los costos directos del proyecto, y son incurridos por las organizaciones como una función y en apoyo de sus actividades, proyectos y programas </w:t>
+        <w:t xml:space="preserve">Costos que son adicionales a los costos directos del proyecto, y son incurridos por las organizaciones como una función y en apoyo de sus actividades, proyectos y programas financiados por otros recursos, y no pueden relacionarse inequívocamente a actividades, proyectos o programas específicos. Estos son los costos de Apoyo General a la Gestión (GMS). </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">financiados por otros recursos, y no pueden relacionarse inequívocamente a actividades, proyectos o programas específicos. Estos son los costos de Apoyo General a la Gestión (GMS). (Consulte el </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId28" w:history="1">
+        <w:t xml:space="preserve">(Consulte el </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="007D0F76">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>capítulo de POPP sobre Recuperación de Costos de Otros Recursos: Apoyo General a la Gestión (GMS).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6A7619EC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCD5D82" w14:textId="3CDF147A" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
@@ -1650,51 +1621,51 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1C7ACB" w14:textId="2AC2DEE8" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A02DA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">La metodología de recuperación de costos permite alinear los gastos de organización con los marcos de resultados y los flujos de financiación apropiados y con el PNUD para financiar de manera más sostenible el requisito de estructuras y capacidades organizativas para entregar los resultados del programa con éxito. Más aún, la política sobre </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>multifinanciación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de los puestos que reúnen las condiciones proporciona la flexibilidad de alinear los costos con los marcos de resultados y las fuentes de financiación relacionadas (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="0002397B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>POPP sobre Múltiples Líneas de Financiación para las Posiciones),</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> y asiste a las </w:t>
       </w:r>
       <w:r w:rsidR="00924999">
         <w:t>oficinas de país</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en la aplicación de la Política y las Metodologías de Costos Directos del Proyecto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9FA992" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
@@ -1804,330 +1775,491 @@
     <w:p w14:paraId="62E3300D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="139" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B75104" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Documentos de Referencia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F05617" w14:textId="4F1871B9" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="005D5C5A" w:rsidP="00A02DA9">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="05F05617" w14:textId="55DC0940" w:rsidR="00EA3FB1" w:rsidRDefault="005D5C5A" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C138AD">
         <w:t xml:space="preserve">Hoja de ruta para el logro del presupuesto integrado: examen conjunto del PNUD, el UNFPA y el UNICEF del impacto de las definiciones de gastos y las clasificaciones de actividades en las tasas armonizadas de recuperación de gastos </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidRPr="0002397B">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00C138AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(DP/FPA/2012/1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F15223">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702371C4" w14:textId="644A34D3" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="005D5C5A" w:rsidP="00A02DA9">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="755BBC15" w14:textId="77777777" w:rsidR="00C138AD" w:rsidRPr="00F15223" w:rsidRDefault="00C138AD" w:rsidP="00F15223">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702371C4" w14:textId="5B4B57AE" w:rsidR="00EA3FB1" w:rsidRDefault="005D5C5A" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C138AD">
         <w:t xml:space="preserve">Hoja de ruta para el logro de un presupuesto integrado: examen conjunto del impacto de las definiciones de gastos y las clasificaciones de actividades en las tasas armonizadas de recuperación de gastos </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="0002397B">
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00C138AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(DP/2013/41)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00C138AD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD05C00" w14:textId="05763D75" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="005D5C5A" w:rsidP="00A02DA9">
-[...15 lines deleted...]
-        <w:r w:rsidRPr="0002397B">
+    <w:p w14:paraId="746F9755" w14:textId="77777777" w:rsidR="00C138AD" w:rsidRPr="00C138AD" w:rsidRDefault="00C138AD" w:rsidP="00F15223">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AD05C00" w14:textId="7874248F" w:rsidR="00EA3FB1" w:rsidRDefault="005D5C5A" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C138AD">
+        <w:t xml:space="preserve">Estimaciones presupuestarias integradas del PNUD para </w:t>
+      </w:r>
+      <w:r w:rsidR="00355B5B" w:rsidRPr="00A224CE">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidR="00355B5B" w:rsidRPr="00ED0F77">
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00355B5B" w:rsidRPr="00A224CE">
+        <w:t xml:space="preserve"> 2029 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00355B5B" w:rsidRPr="00A224CE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>(DP/2013/41)</w:t>
+          <w:t>(DP/2025/23)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00355B5B">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00355B5B" w:rsidRPr="00355B5B">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00355B5B">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA759ED" w14:textId="77777777" w:rsidR="00C138AD" w:rsidRPr="00F15223" w:rsidRDefault="00C138AD" w:rsidP="00F15223">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DDDC79" w14:textId="4060145A" w:rsidR="00EA3FB1" w:rsidRDefault="005D5C5A" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C138AD">
+        <w:t>Arreglos de programación, 2014-2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15223">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="0002397B">
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00355B5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(DP/2012/25</w:t>
         </w:r>
-        <w:r w:rsidR="003A6C23">
-[...10 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:r w:rsidR="00355B5B">
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="003A6C23" w:rsidRPr="003A6C23">
+        <w:r w:rsidR="003A6C23" w:rsidRPr="00C138AD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Corrigendum</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-    </w:p>
-[...6 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId40"/>
+      <w:r w:rsidR="00355B5B">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00355B5B" w:rsidRPr="00355B5B">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00355B5B">
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04467F7F" w14:textId="77777777" w:rsidR="00355B5B" w:rsidRDefault="00355B5B" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37697C81" w14:textId="6272E22F" w:rsidR="00355B5B" w:rsidRDefault="00355B5B" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00355B5B">
+        <w:t>Propuesta conjunta integral sobre la política de recuperación de costos (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00355B5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2020/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00355B5B">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F3DE19" w14:textId="77777777" w:rsidR="00355B5B" w:rsidRDefault="00355B5B" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4F1657" w14:textId="356735AB" w:rsidR="00355B5B" w:rsidRDefault="00355B5B" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00355B5B">
+        <w:t>Examen integral de la política conjunta de recuperación de costos (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00355B5B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2024/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00355B5B">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5382A78E" w14:textId="5662C289" w:rsidR="007C5342" w:rsidRDefault="007C5342" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25CDD458" w14:textId="6457EDE3" w:rsidR="007C5342" w:rsidRDefault="007C5342" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C4E06F7" w14:textId="786E01FA" w:rsidR="007C5342" w:rsidRDefault="007C5342" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F4EC244" w14:textId="7B7F7AA6" w:rsidR="007C5342" w:rsidRDefault="007C5342" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64912B3D" w14:textId="3034A398" w:rsidR="007C5342" w:rsidRDefault="007C5342" w:rsidP="00C138AD">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12413841" w14:textId="77777777" w:rsidR="007C5342" w:rsidRPr="007766EC" w:rsidRDefault="007C5342" w:rsidP="007766EC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007766EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007766EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B17DE84" w14:textId="77777777" w:rsidR="007C5342" w:rsidRPr="007766EC" w:rsidRDefault="007C5342" w:rsidP="007766EC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DC0640B" w14:textId="77777777" w:rsidR="007C5342" w:rsidRPr="007766EC" w:rsidRDefault="007C5342" w:rsidP="007766EC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007766EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007766EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E74CF4A" w14:textId="77777777" w:rsidR="007C5342" w:rsidRPr="00C138AD" w:rsidRDefault="007C5342" w:rsidP="00F15223">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007C5342" w:rsidRPr="00C138AD">
+      <w:headerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="even" r:id="rId41"/>
+      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="first" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1133" w:right="845" w:bottom="1331" w:left="1702" w:header="720" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="754A698B" w14:textId="77777777" w:rsidR="00F94044" w:rsidRDefault="00F94044">
+    <w:p w14:paraId="5847AB44" w14:textId="77777777" w:rsidR="00DF3780" w:rsidRDefault="00DF3780">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5679E0C6" w14:textId="77777777" w:rsidR="00F94044" w:rsidRDefault="00F94044">
+    <w:p w14:paraId="2DB9DD13" w14:textId="77777777" w:rsidR="00DF3780" w:rsidRDefault="00DF3780">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="04143BC8" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="17461C1C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5FD95525" w14:textId="4063BC20" w:rsidR="00EA3FB1" w:rsidRDefault="00901311">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5FD95525" w14:textId="6AA97433" w:rsidR="00EA3FB1" w:rsidRDefault="00901311">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -2172,253 +2304,429 @@
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Fecha de entrada en vigor"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="-193468291"/>
         <w:placeholder>
           <w:docPart w:val="314DB8B8F1D54D7283FBE9EC32ABC810"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}"/>
-        <w:date w:fullDate="2015-05-20T00:00:00Z">
+        <w:date w:fullDate="2026-01-01T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00303AC2" w:rsidRPr="00303AC2">
-          <w:t>20/05/2015</w:t>
+        <w:r w:rsidR="00355B5B">
+          <w:t>01</w:t>
+        </w:r>
+        <w:r w:rsidR="00355B5B" w:rsidRPr="00303AC2">
+          <w:t>/0</w:t>
+        </w:r>
+        <w:r w:rsidR="00355B5B">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="00355B5B" w:rsidRPr="00303AC2">
+          <w:t>/20</w:t>
+        </w:r>
+        <w:r w:rsidR="00355B5B">
+          <w:t>26</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Versión </w:t>
     </w:r>
     <w:r w:rsidR="00654BB7">
       <w:t>#</w:t>
+    </w:r>
+    <w:r w:rsidR="009A614C">
+      <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-2129066328"/>
         <w:placeholder>
           <w:docPart w:val="E8D4B13E56384485B85B8815BE16EA83"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="009E2CFD">
-          <w:t>5</w:t>
+        <w:r w:rsidR="00355B5B">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="586F1093" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="37DBAD32" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="250DCA5F" w14:textId="77777777" w:rsidR="00F94044" w:rsidRDefault="00F94044">
+    <w:p w14:paraId="5A0B0331" w14:textId="77777777" w:rsidR="00DF3780" w:rsidRDefault="00DF3780">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74814DFF" w14:textId="77777777" w:rsidR="00F94044" w:rsidRDefault="00F94044">
+    <w:p w14:paraId="01DCCA69" w14:textId="77777777" w:rsidR="00DF3780" w:rsidRDefault="00DF3780">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="672174C6" w14:textId="2B139D08" w:rsidR="005B7B4F" w:rsidRDefault="00EB253F" w:rsidP="00EB253F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="672174C6" w14:textId="408025E1" w:rsidR="005B7B4F" w:rsidRDefault="007C5342" w:rsidP="00EB253F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9711" w:right="43"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75756B73" wp14:editId="34A815A9">
-[...2 lines deleted...]
-          <wp:docPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D943D33" wp14:editId="42837CA7">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>12700</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="259715" cy="528955"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="27" name="Picture 27"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3554" b="17704"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="293370" cy="578485"/>
+                    <a:ext cx="259715" cy="528955"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00EA4A6A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F3769D2C"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="691" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7750D816">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1411" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2131" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2851" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4291" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5011" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6451" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CDF6829"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F4EF744"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="691" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1411" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2131" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2851" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4291" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5011" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5731" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6451" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20C739DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEF4BA26"/>
     <w:lvl w:ilvl="0" w:tplc="C40A2F7A">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2586,51 +2894,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3EFA59F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="228F7F7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF0A6D3E"/>
     <w:lvl w:ilvl="0" w:tplc="6D2A4A76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -2798,51 +3106,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="95208FF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6612"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CC30395"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5142BE12"/>
     <w:lvl w:ilvl="0" w:tplc="4A8C4D98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3010,51 +3318,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2AC66F16">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47875890"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5BC441E"/>
     <w:lvl w:ilvl="0" w:tplc="95E84ADE">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3222,193 +3530,317 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F23EE276">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6187"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="226380838">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B3E3A9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FF672E0"/>
+    <w:lvl w:ilvl="0" w:tplc="0CFED88E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1081" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7750D816">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2161" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2521" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3241" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3961" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4681" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5401" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6121" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6841" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1213887606">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="567570975">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="142894411">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA3FB1"/>
+    <w:rsid w:val="00007CDC"/>
     <w:rsid w:val="0002397B"/>
     <w:rsid w:val="000357AB"/>
     <w:rsid w:val="000A719F"/>
     <w:rsid w:val="000B653B"/>
     <w:rsid w:val="000E0A1C"/>
+    <w:rsid w:val="000F73DD"/>
     <w:rsid w:val="00105AA8"/>
     <w:rsid w:val="00136CBC"/>
+    <w:rsid w:val="00164265"/>
     <w:rsid w:val="001776B9"/>
     <w:rsid w:val="00194F12"/>
     <w:rsid w:val="001A2865"/>
     <w:rsid w:val="001A5C5B"/>
+    <w:rsid w:val="001A67C1"/>
     <w:rsid w:val="001B2D74"/>
     <w:rsid w:val="001B6D0D"/>
+    <w:rsid w:val="001E32F1"/>
     <w:rsid w:val="001E42BE"/>
     <w:rsid w:val="001F448B"/>
     <w:rsid w:val="0024143E"/>
     <w:rsid w:val="00253A57"/>
     <w:rsid w:val="00266EDB"/>
     <w:rsid w:val="002A381A"/>
     <w:rsid w:val="00303AC2"/>
+    <w:rsid w:val="00355B5B"/>
     <w:rsid w:val="00371558"/>
     <w:rsid w:val="003A6C23"/>
     <w:rsid w:val="003A6F61"/>
+    <w:rsid w:val="003C3112"/>
     <w:rsid w:val="003D36CD"/>
     <w:rsid w:val="0041204D"/>
     <w:rsid w:val="00427506"/>
     <w:rsid w:val="00432888"/>
     <w:rsid w:val="00460D48"/>
     <w:rsid w:val="00487C4E"/>
+    <w:rsid w:val="00513B4E"/>
     <w:rsid w:val="00524D89"/>
     <w:rsid w:val="00582C64"/>
     <w:rsid w:val="005970CF"/>
     <w:rsid w:val="005A1990"/>
     <w:rsid w:val="005A64A8"/>
     <w:rsid w:val="005B7B4F"/>
     <w:rsid w:val="005D5C5A"/>
     <w:rsid w:val="006362B3"/>
     <w:rsid w:val="00654BB7"/>
+    <w:rsid w:val="0075217C"/>
     <w:rsid w:val="0075310F"/>
     <w:rsid w:val="00764A8D"/>
+    <w:rsid w:val="007766EC"/>
+    <w:rsid w:val="007B23FF"/>
+    <w:rsid w:val="007C5342"/>
     <w:rsid w:val="007D0F76"/>
     <w:rsid w:val="007F4B41"/>
     <w:rsid w:val="00801B4C"/>
+    <w:rsid w:val="0088284A"/>
     <w:rsid w:val="00882EE8"/>
     <w:rsid w:val="00892096"/>
     <w:rsid w:val="008C061F"/>
     <w:rsid w:val="008D5C14"/>
     <w:rsid w:val="00901311"/>
     <w:rsid w:val="00924999"/>
+    <w:rsid w:val="00933EF6"/>
     <w:rsid w:val="00982FD3"/>
     <w:rsid w:val="00985925"/>
+    <w:rsid w:val="009A614C"/>
+    <w:rsid w:val="009B00AD"/>
     <w:rsid w:val="009D6100"/>
     <w:rsid w:val="009E2CFD"/>
     <w:rsid w:val="00A02DA9"/>
     <w:rsid w:val="00A42AA0"/>
     <w:rsid w:val="00A4798C"/>
     <w:rsid w:val="00A6413E"/>
     <w:rsid w:val="00AC7125"/>
     <w:rsid w:val="00AE20AA"/>
     <w:rsid w:val="00AF0164"/>
+    <w:rsid w:val="00B17A56"/>
+    <w:rsid w:val="00C138AD"/>
     <w:rsid w:val="00C16347"/>
     <w:rsid w:val="00C22803"/>
+    <w:rsid w:val="00C23316"/>
     <w:rsid w:val="00C362DD"/>
     <w:rsid w:val="00D7285E"/>
     <w:rsid w:val="00DC464E"/>
     <w:rsid w:val="00DE1457"/>
+    <w:rsid w:val="00DF3780"/>
     <w:rsid w:val="00DF3800"/>
+    <w:rsid w:val="00E53170"/>
+    <w:rsid w:val="00E95525"/>
     <w:rsid w:val="00EA3FB1"/>
     <w:rsid w:val="00EB253F"/>
     <w:rsid w:val="00EF1E79"/>
     <w:rsid w:val="00EF5007"/>
+    <w:rsid w:val="00F15223"/>
     <w:rsid w:val="00F26D96"/>
     <w:rsid w:val="00F32309"/>
     <w:rsid w:val="00F74AA7"/>
     <w:rsid w:val="00F94044"/>
     <w:rsid w:val="00FD78CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2455E5D0"/>
   <w15:docId w15:val="{63C8050F-300E-4A61-8690-DD152D30380A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3971,74 +4403,120 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ms-rtethemeforecolor-5-0">
     <w:name w:val="ms-rtethemeforecolor-5-0"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00303AC2"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00303AC2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C3112"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C5342"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="403993404">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/6651" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/758891?ln=es" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3666" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3091" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11671" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/746506?ln=en" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=es" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299/files/DP_2013_41-ES.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=es" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/754898?ln=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/716620?ln=es" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/732003/files/DP-FPA_2012_1--E_ICEF_2012_AB_L.6-EN.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=es" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816/files/DP_2012_25-ES.pdf?ln=es" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/roadmap-integrated-budget-joint-undp-unfpa-and-unicef-review-impact-cost-definitions-and" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/2013/41" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/746506?ln=en" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/FPA-ICEF-UNW/2024/1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/758891?ln=es" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/2021/2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/716620?ln=es" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/undp/library/corporate/Executive%20Board/2012/second-regular-session/English/dp2012-25Corr.1.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/executive-board-decision-20139" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/2012/25" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3091" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/6651" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10556" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2025-07/dp-2025-23_undp-integrated-resources-plan-and-integrated-budget-estimates-2026-2029_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/FPA-ICEF-UNW/2024/1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/755299?ln=es" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/es/DP/FPA-ICEF-UNW/2020/1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitallibrary.un.org/record/731816?ln=es" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="314DB8B8F1D54D7283FBE9EC32ABC810"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA493F52-372B-499A-B595-D46C17B7C37F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FA3253" w:rsidRDefault="00471C88">
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
@@ -4054,171 +4532,167 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4391B096-0779-4F62-BBE3-FC916B04E800}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FA3253" w:rsidRDefault="00471C88">
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00470621"/>
+    <w:rsid w:val="000A6EE7"/>
     <w:rsid w:val="00260D10"/>
     <w:rsid w:val="00470621"/>
     <w:rsid w:val="00471C88"/>
+    <w:rsid w:val="0062423B"/>
     <w:rsid w:val="008E7ED5"/>
+    <w:rsid w:val="009607BC"/>
+    <w:rsid w:val="009B3B49"/>
     <w:rsid w:val="009B4A7B"/>
     <w:rsid w:val="00A0750E"/>
     <w:rsid w:val="00A166B4"/>
     <w:rsid w:val="00A872A5"/>
     <w:rsid w:val="00B04D5B"/>
     <w:rsid w:val="00CB310D"/>
     <w:rsid w:val="00F76E3F"/>
     <w:rsid w:val="00FA3253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C33B2A4"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -4911,159 +5385,217 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <p:Policy xmlns:p="office.server.policy" id="" local="true">
   <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
   <p:Description/>
   <p:Statement/>
   <p:PolicyItems>
     <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
       <p:Name>Labels</p:Name>
       <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
       <p:CustomData>
         <label>
           <properties>
             <height>0.5</height>
             <font>Calibri</font>
           </properties>
           <segment type="literal">Effective Date: </segment>
           <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
           <segment type="literal">                                                Version #: </segment>
           <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
         </label>
       </p:CustomData>
     </p:PolicyItem>
   </p:PolicyItems>
 </p:Policy>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Value>350</Value>
     </TaxCatchAll>
     <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">POPP-11-2617</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Url>https://popp.undp.org/_layouts/15/DocIdRedir.aspx?ID=POPP-11-2617</Url>
       <Description>POPP-11-2617</Description>
     </_dlc_DocIdUrl>
-    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">5</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">7</UNDP_POPP_REFITEM_VERSION>
     <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
     <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
     <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 20/05/2015                                                Version #: 5.0</DLCPolicyLabelClientValue>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2026                                                Version #: 7.0</DLCPolicyLabelClientValue>
     <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Spanish</UNDP_POPP_DOCUMENT_LANGUAGE>
     <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2015-05-19T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2025-12-31T23:00:00Z</UNDP_POPP_EFFECTIVEDATE>
     <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
     <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">El Marco Armonizado de Financiación Conceptual y Metodología de Recuperación de Costos</UNDP_POPP_TITLE_EN>
     <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UNDP_POPP_FOCALPOINT>
     <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
     <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
     <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">3072</UNDP_POPP_FILEVERSION>
     <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
         </TermInfo>
       </Terms>
     </l0e6ef0c43e74560bd7f3acd1f5e8571>
-    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 20/05/2015                                                Version #: 5</DLCPolicyLabelValue>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2026                                                Version #: 7.0</DLCPolicyLabelValue>
     <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -5376,199 +5908,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A373A782-28DE-4B39-9E3A-A225F1740A5A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3DB96D3-666A-471F-9840-B13E1DCDED52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47BD6F1F-9CC8-4C0B-8DBE-EDDF9425F221}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43E5DA40-8CDC-4F62-B797-399E5FA5382E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DFDD26-A45B-4EE2-A335-6372CF900C80}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2457</Words>
-  <Characters>14009</Characters>
+  <Words>2776</Words>
+  <Characters>15824</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>131</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16434</CharactersWithSpaces>
+  <CharactersWithSpaces>18563</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">