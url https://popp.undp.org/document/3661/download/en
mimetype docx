--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -1,481 +1,584 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="03A1E745" w14:textId="40A1E395" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="005B7B4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="144" w:right="-144" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Harmonized Conceptual Funding Framework and </w:t>
       </w:r>
       <w:r w:rsidR="00452397" w:rsidRPr="00452397">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Cost Recovery Methodology</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7531FC95" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B3DB04" w14:textId="33CD8453" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="0164B6B3" w14:textId="1DADC14D" w:rsidR="00800B3E" w:rsidRPr="007B41AC" w:rsidRDefault="001A2865" w:rsidP="00626675">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A joint decision of the Executive Boards of UNDP/UNFPA, UNICEF and UNWOMEN approved </w:t>
+      </w:r>
+      <w:r w:rsidR="00664ED4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  harmonized conceptual framework for defining and attributing all costs, both programme costs and organizational costs </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>(</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>FPA/2012/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a </w:t>
+      </w:r>
+      <w:r w:rsidR="00664ED4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> harmonized methodology for calculating cost-recovery rates on other resources (non-core) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:instrText>HYERLINK "https://popp-test.acquia.undp.org/node/2226" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>FPA/2013/1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>;</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="00722046">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/2013/9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2F62" w:rsidRPr="00722046">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00557EC4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Further</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21844" w:rsidRPr="003A7F4C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00500E6E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5D7E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Boards of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5D7E" w:rsidRPr="000A0DD7">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>UNDP/UNFPA, UNICEF and UNWOMEN</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5D7E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00922015">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidR="00934EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ap</w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E">
+        <w:t>prove</w:t>
+      </w:r>
+      <w:r w:rsidR="00934EAF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E" w:rsidRPr="003A7F4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>joint comprehensive cost-recovery policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00800B3E" w:rsidRPr="007816FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>(DP/FPA-ICEF</w:t>
+        </w:r>
+        <w:r w:rsidR="00A37FA3" w:rsidRPr="00CA1CED">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>-</w:t>
+        </w:r>
+        <w:r w:rsidR="00800B3E" w:rsidRPr="00CA1CED">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>UNW/2020/1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004F2F62">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00800B3E">
+        <w:t xml:space="preserve"> including cost-classification categories, methodology and rates, effective 1 January 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00934EAF">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2B18">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B41AC">
+        <w:t xml:space="preserve">In 2024, the Executive Boards reviewed and approved </w:t>
+      </w:r>
+      <w:r w:rsidR="00E330A8">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2B18">
+        <w:t xml:space="preserve"> comprehensive cost-recovery policy</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6035">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2B18">
+        <w:t xml:space="preserve"> as outlined in </w:t>
+      </w:r>
+      <w:r w:rsidR="00E330A8">
+        <w:t xml:space="preserve">document </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00006683">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>(DP/FPA-ICEF-UNW/2024/1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00006683">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B41AC">
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="00626675">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2B18">
+        <w:t>supersedes the previous cost-recovery policy, including cost-classification categories, methodology and rates</w:t>
+      </w:r>
+      <w:r w:rsidR="004A6389">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00664ED4">
+        <w:t xml:space="preserve"> This is effective 1 January 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E5D7BC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43921260" w14:textId="72B4A79C" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A6413E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">A joint decision of the Executive Boards of UNDP/UNFPA, UNICEF and UNWOMEN approved a new harmonized conceptual framework for defining and attributing all costs, both programme costs and organizational costs </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00901311">
+        <w:t xml:space="preserve">Within the context of the Integrated Budget </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:b/>
-[...2 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>(</w:t>
+          <w:t>DP/2013/41</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="00901311">
+      <w:r w:rsidR="00A6413E" w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00A6413E" w:rsidRPr="00722046">
           <w:rPr>
-            <w:b/>
-[...2 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>DP</w:t>
+          <w:t>EB decision 2013/28</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:b/>
-[...24 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
-          <w:b/>
-[...222 lines deleted...]
-        <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, integrating in one framework the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00344D13">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>DP/2012/25 - Programming Arrangements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId28">
         <w:r w:rsidRPr="00901311">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and the institutional budget, the new funding and cost recovery frameworks have a significant impact on how Country Offices, Regional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Centers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and HQ activities are funded to successfully deliver on the results outlined in the UNDP </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">DP/2013/40 </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId31">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">- </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId32">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Strategic Plan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId33">
+      <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="00901311">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55D7C6DD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
@@ -644,1256 +747,1068 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and HQ organizational activities are available through the: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED94D2F" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0172D680" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="0172D680" w14:textId="24666F0D" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Integrated Budget (regular resources), </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9B987C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
-      <w:pPr>
+    <w:p w14:paraId="08BF1154" w14:textId="3BE1282A" w:rsidR="003222C9" w:rsidRPr="00303C07" w:rsidRDefault="003222C9" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="0" w:firstLine="0"/>
-[...31 lines deleted...]
-        <w:r w:rsidR="00427506" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F77C01">
+        <w:t xml:space="preserve">Application of the cost recovery methodology (cost recovery income earned through charging of the GMS fee on other resources or Extra-budgetary resources – </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00F77C01">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>POPP Cost Recovery from Other Resources - General Management Support (GMS)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00427506" w:rsidRPr="00901311">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00F77C01">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4535986D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
+    <w:p w14:paraId="4535986D" w14:textId="2DDD74E6" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Income generated from provision of support services to UN </w:t>
       </w:r>
       <w:r w:rsidR="00427506" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Agencies (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidR="00253A57" w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="00253A57" w:rsidRPr="00B45E81">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Provision of Services to UN Entities </w:t>
+          <w:t>Provision of Services to UN Entities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00427506" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34256899" w14:textId="2E904EEB" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
+    <w:p w14:paraId="34256899" w14:textId="469F582B" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00427506">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Direct project costs that directly contribute to the achievement of development results of projects and programmes and are funde</w:t>
       </w:r>
       <w:r w:rsidR="00427506" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">d from regular (core) and other </w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(non-core) resources. The application of Direct Project Costs institutionalizes more equitable</w:t>
+        <w:t>(non-core) resources. The application of Direct Project Costs</w:t>
+      </w:r>
+      <w:r w:rsidR="00664ED4">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Delivery Enabling Services)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> institutionalizes more equitable</w:t>
       </w:r>
       <w:r w:rsidR="00427506" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> funding of organizational costs between regular and other resources. (</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00A771DF">
+        <w:t xml:space="preserve"> funding of organizational costs between regular and other resources. </w:t>
+      </w:r>
+      <w:r w:rsidR="00427506" w:rsidRPr="00B45E81">
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00A771DF" w:rsidRPr="00B45E81">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E1E3E6"/>
           </w:rPr>
-          <w:t>Pla</w:t>
-[...13 lines deleted...]
-          <w:t> </w:t>
+          <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00427506" w:rsidRPr="00901311">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00427506" w:rsidRPr="00B45E81">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2A9365" w14:textId="77777777" w:rsidR="00427506" w:rsidRPr="00901311" w:rsidRDefault="00427506" w:rsidP="00427506">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E654D0D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="3F49D0E0" w14:textId="2B2BDB8B" w:rsidR="00EA3FB1" w:rsidRPr="00722046" w:rsidRDefault="005A0F16" w:rsidP="00722046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901311">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The UNDP programme and organizational components are attributed and defined per the following five cost classification categories and twelve sub categories: </w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Effective 1 January 2026, t</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he UNDP programme and organizational components are attributed and defined per the following </w:t>
+      </w:r>
+      <w:r w:rsidR="00E224A1">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cost classification categories and t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E224A1">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>heir respective</w:t>
+      </w:r>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sub categories: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F49D0E0" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="45F59385" w14:textId="77777777" w:rsidR="002A4C04" w:rsidRPr="00901311" w:rsidRDefault="002A4C04">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901311">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8508" w:type="dxa"/>
         <w:tblInd w:w="708" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="50" w:type="dxa"/>
           <w:left w:w="19" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2191"/>
-        <w:gridCol w:w="6317"/>
+        <w:gridCol w:w="2673"/>
+        <w:gridCol w:w="5835"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA3FB1" w:rsidRPr="00901311" w14:paraId="2DEF1231" w14:textId="77777777" w:rsidTr="005A64A8">
+      <w:tr w:rsidR="00735FFF" w:rsidRPr="00901311" w14:paraId="2DEF1231" w14:textId="77777777" w:rsidTr="007B41AC">
         <w:trPr>
-          <w:trHeight w:val="1092"/>
+          <w:trHeight w:val="714"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2191" w:type="dxa"/>
+            <w:tcW w:w="2673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DDF0376" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="0DDF0376" w14:textId="6BC6515B" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Development/Humanitarian</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00901311">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00901311">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4499E864" w14:textId="77777777" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
+              <w:ind w:left="89" w:right="0" w:firstLine="0"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00901311">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Programme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CEA91FA" w14:textId="499BBDC4" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="89" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00901311">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Development Effectiveness</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00901311">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00735FFF" w:rsidRPr="00901311" w14:paraId="34DA2885" w14:textId="77777777" w:rsidTr="007B41AC">
+        <w:trPr>
+          <w:trHeight w:val="651"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2673" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4799AAA2" w14:textId="011E6B96" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00901311">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Programmes activities</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">United Nations Development Coordination </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6317" w:type="dxa"/>
+            <w:tcW w:w="5835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F94706D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="095FA218" w14:textId="2D04BCDE" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
             <w:pPr>
-              <w:spacing w:after="0" w:line="239" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901311">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00735FFF" w:rsidRPr="00901311" w14:paraId="6BBC2364" w14:textId="77777777" w:rsidTr="007B41AC">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2673" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="305139D4" w14:textId="6019FABD" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
+                <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">1a – Dedicated support embedded in development programmes and projects </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Enabling functions</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CA9E608" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DB3193D" w14:textId="77777777" w:rsidR="00735FFF" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00901311">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">a – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Management</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CEA91FA" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="6ADC1CD0" w14:textId="77777777" w:rsidR="00735FFF" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901311">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">1b – Implementation and implementation support activities  </w:t>
+              <w:t>b – Independent oversight and assurance</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...49 lines deleted...]
-          <w:p w14:paraId="6D33D19B" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+          <w:p w14:paraId="6885AFF4" w14:textId="1DF8C602" w:rsidR="00735FFF" w:rsidRPr="00901311" w:rsidRDefault="00735FFF" w:rsidP="00735FFF">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="89" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00901311">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">2a- Strategic Country Programme Planning and </w:t>
-[...354 lines deleted...]
-              <w:t>5b – Non UNDP operations administered by UNDP (UNV, UNCDF)</w:t>
+              <w:t>c – Special Purpose</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A9C30BD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1">
+    <w:p w14:paraId="2A9C30BD" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="00EA3FB1">
       <w:pPr>
         <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-29" w:right="-27" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45067BAE" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="7D8B177E" w14:textId="1D56EB4F" w:rsidR="00FA7FFA" w:rsidRPr="00CA1CED" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A224CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Development/Humanitarian activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A224CE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: costs associated with programmes and development effectiveness activities which contribute to and are essential for the realization of effective development and humanitarian results, as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C114332" w14:textId="2533A71C" w:rsidR="00FA7FFA" w:rsidRPr="00EF6E8C" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: activities and associated costs traced to specific programme components or projects, which contribute to delivery of development and humanitarian results contained in country/regional/global programme documents or other programming arrangements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4BA9E9" w14:textId="68082976" w:rsidR="00FA7FFA" w:rsidRPr="00EF6E8C" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Development effectiveness activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: costs of activities of a policy-advisory, technical and implementation nature that are needed to achieve the objectives of programmes and projects in the focus areas of the organizations. These inputs are essential to the delivery of development and humanitarian results and are not included in specific programme components or projects in country, regional or global programme documents;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC213D3" w14:textId="495EA773" w:rsidR="00FA7FFA" w:rsidRPr="00EF6E8C" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>United Nations development coordination activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>:  activities and associated costs supporting the coordination of development activities of the United Nations system;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027F9119" w14:textId="4F4AD479" w:rsidR="00FA7FFA" w:rsidRPr="00EF6E8C" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Enabling functions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: services and associated costs which are typically provided corporately to promote the identity, direction and well-being of an organization to collectively enable the organization to deliver its mandated programmes and normative agendas. These indirect functions and associated costs cannot be readily or easily traced to specific ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>programmes’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. It contains the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF46A5" w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>following sub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6E8C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EE20E7" w14:textId="04C5FCCE" w:rsidR="00FA7FFA" w:rsidRPr="0037209A" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Management activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: activities and costs associated with executive direction, representation, external relations and partnerships, corporate communications, legal, information technology, finance, administration, security and human resources. Management costs can be classified as recurrent or non-recurrent;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3471404C" w14:textId="3A800BF4" w:rsidR="00FA7FFA" w:rsidRPr="0037209A" w:rsidRDefault="00FA7FFA" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Independent oversight and assurance activities</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: activities and associated costs supporting the independent audit and investigations and corporate evaluation functions; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0CD07C" w14:textId="5FA701CE" w:rsidR="0037209A" w:rsidRPr="0037209A" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="204" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="-27"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Special-purpose activities:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037209A">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities and associated costs of (1) capital investments, and (2) services for other United Nations organizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C3A4D2" w14:textId="1DF1821C" w:rsidR="00EA3FB1" w:rsidRPr="00A224CE" w:rsidRDefault="001A2865" w:rsidP="00722046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">These cost classification categories provide a firm foundation for increased transparency, coherence and alignment of budget categories at a global level with UNDP’s Business Model. Furthermore, it improves the alignment of resources to results and budgeting of projects in a way which will make the real cost of projects more transparent and ensure that the required substantive, policy and implementation capacities are captured. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C3A4D2" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
-[...2 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="002D25CF" w14:textId="7E8EF5F7" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00EA3FB1" w:rsidP="00722046">
+      <w:pPr>
+        <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901311">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0096C144" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="5F101C99" w14:textId="640618D3" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00D85A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="158" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Regular resources fund activities of the organization falling under all the harmonized cost classification categories (</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk180511124"/>
+      <w:r w:rsidR="00BF46A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Development/Humanitarian and Enabling functions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> below illustrates the </w:t>
-[...183 lines deleted...]
-        <w:t xml:space="preserve">Regular resources fund activities of the organization falling under all the harmonized cost classification categories (Programme, Development Effectiveness, Management, and Special Purpose). These activities and their regular resource allocations are approved by the Executive Board (EB) every four years in the form of an Integrated Budget and take place at all three levels of the organization, programme country level, Regional </w:t>
+        <w:t xml:space="preserve">). These activities and their regular resource allocations are approved by the Executive Board (EB) every four years in the form of an Integrated Budget and take place at all three levels of the organization, programme country level, Regional </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Centers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Headquarters.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08260A18" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="365DDF23" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="365DDF23" w14:textId="58F34D43" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00D85A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other resources fund activities of the organization falling under the programmes, development effectiveness and management activities.   </w:t>
+        <w:t>Other resources fund activities of the organization falling under the</w:t>
+      </w:r>
+      <w:r w:rsidR="0099201C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0099201C" w:rsidRPr="0099201C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Development/Humanitarian and Enabling function</w:t>
+      </w:r>
+      <w:r w:rsidR="00F21BD9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0099201C">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activities.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A45FFD5" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A74581B" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="7A74581B" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00D85A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For programmes and development effectiveness activities, these costs are directly attributed and charged to programmes and projects. These activities and their other resource allocations are approved in the form of cost sharing and trust fund agreements between governments, UNDP and other donors, both third party and programme country.  They take place primarily at the programme country level, but also in Regional Centres and HQs.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C64F9D2" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D0CA6D" w14:textId="1CD5BDF1" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="28D0CA6D" w14:textId="1CD5BDF1" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00D85A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For management activities, these activities and their other resource allocations are approved in principle by the EB in the form of the cost recovery policy through the harmonized methodology for calculating cost-recovery rates on other resources (non-core) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="00901311">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidRPr="00E15FFF">
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>DP</w:t>
         </w:r>
-        <w:r w:rsidR="00E15FFF" w:rsidRPr="00E15FFF">
+        <w:r w:rsidR="00E15FFF" w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-FPA/2013/1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId40">
+      <w:hyperlink r:id="rId38">
         <w:r w:rsidRPr="00901311">
           <w:rPr>
             <w:b/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
-        <w:r w:rsidR="002B0325" w:rsidRPr="002B0325">
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="002B0325" w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">EB </w:t>
         </w:r>
-        <w:r w:rsidR="00046893" w:rsidRPr="002B0325">
+        <w:r w:rsidR="00046893" w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t xml:space="preserve">Decision </w:t>
-[...8 lines deleted...]
-          <w:t>2013/9</w:t>
+          <w:t>Decision 2013/9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId42">
+      <w:hyperlink r:id="rId40">
         <w:r w:rsidRPr="00901311">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and its application to cost sharing and trust fund agreements between governments, UNDP and other donors.  The cost recovery policy authorizes the charging of a general management services (GMS) fee on all cost sharing and trus</w:t>
       </w:r>
       <w:r w:rsidR="00F32309">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t fund activities that generate</w:t>
@@ -1922,256 +1837,342 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2F7D75F9" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="221"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Harmonized Cost Recovery Methodology</w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B23B03D" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="232D0BBF" w14:textId="2B8F5FDD" w:rsidR="00EA3FB1" w:rsidRPr="00722046" w:rsidRDefault="007D0290" w:rsidP="00722046">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00901311">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00901311">
+      <w:r w:rsidRPr="007D0290">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Cost recovery refers to the requirement of an organization to recover all costs. This ensures that regular resources are not used to subsidize the implementation of programmes funded from other resources, and that all direct costs of programmes funded by other resources are recovered from the correct funding source</w:t>
+      </w:r>
+      <w:r w:rsidR="00573C1D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00060996" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The fundamental aim of cost recovery is to achieve a proportional funding of organizational costs between regular and other resources</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1163">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D158FB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1A68">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Harmonized cost recovery approach refers to a standardized met</w:t>
+      </w:r>
+      <w:r w:rsidR="005C2D13">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hod of calculating and recovering costs across multiple UN </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2FC6">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4920">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C2D13">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">like UNICEF, UNFPA and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005C2D13">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>UNWomen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C7D4F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, where all entities use the same cost classification system and methodology to determine how much they charge for their services</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2AD1">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12287455" w14:textId="3FA13CD7" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="49"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B0762B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Within the context of the harmonized methodology for calculating cost-recovery rates on other</w:t>
+      </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Within the context of the harmonized methodology for calculating cost-recovery rates on other resources </w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303C07">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resources </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">(EB document </w:t>
+      </w:r>
+      <w:r w:rsidR="00862262" w:rsidRPr="00722046">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">EB document </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>DP</w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
-        <w:r w:rsidRPr="009C68DD">
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:bCs/>
             <w:color w:val="auto"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00862262" w:rsidRPr="009C68DD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00862262" w:rsidRPr="00722046">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>FPA/2013/1</w:t>
       </w:r>
-      <w:hyperlink r:id="rId44">
-        <w:r w:rsidRPr="009C68DD">
+      <w:hyperlink r:id="rId42">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:b/>
             <w:color w:val="auto"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009C68DD">
+      <w:r w:rsidRPr="00303C07">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C68DD">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00522DC3" w:rsidRPr="009C68DD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00522DC3" w:rsidRPr="00722046">
+        <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>EB Decision 2013/9</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidRPr="00303C07">
           <w:rPr>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00303C07">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizational</w:t>
+      </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> organizational costs between regular and other resources will be more equitably funded, through two main strategies:  </w:t>
+        <w:t xml:space="preserve"> costs between regular and other resources will be more equitably funded, through two main strategies:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3503A178" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="3503A178" w14:textId="1D440742" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Increasing the cost recovery rate from the minimum 7% to 8% (effective 1 January 2014), therefore allowing more organizational costs to be funded from the cost recovery income earned on managing the other  resources (and less from regular resources);  </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Increasing the cost recovery rate from the minimum 7% to 8% (effective 1 January 2014), therefore allowing more organizational costs to be funded from the cost recovery income earned on managing the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0762B" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>other resources</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (and less from regular resources);  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67564219" w14:textId="1FF85BA2" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="67564219" w14:textId="365D6C37" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Direct project charging of eligible organizational costs to regular and other resources funded projects and programmes, in particular the development effectiveness category. Direct Project Costs are part of the project budget input and are directly linked to the achievement of development results</w:t>
+        <w:t xml:space="preserve">Direct project charging of eligible organizational costs to regular and other resources funded projects and programmes, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A048C" w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>particularly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901311">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the development effectiveness category. Direct Project Costs are part of the project budget input and are directly linked to the achievement of development results</w:t>
       </w:r>
       <w:r w:rsidR="00916E53">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00916E53" w:rsidRPr="00916E53">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00916E53" w:rsidRPr="00916E53">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Prepare Fully Costed Budgets for Projects</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00916E53" w:rsidRPr="00916E53">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00916E53" w:rsidRPr="00916E53">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Annex 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00916E53" w:rsidRPr="00916E53">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73329A30" w14:textId="77777777" w:rsidR="001B6D0D" w:rsidRPr="00901311" w:rsidRDefault="001B6D0D" w:rsidP="001B6D0D">
       <w:pPr>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77520CDC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
@@ -2194,223 +2195,206 @@
     </w:p>
     <w:p w14:paraId="21C443A4" w14:textId="7E4EF4B3" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="48"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Organizational costs that are directly linked to the project budgets, achievement of development results and arise from the implementation of projects and programmes funded from regular and other resources. These are Direct Project Costs. </w:t>
       </w:r>
       <w:r w:rsidR="001B6D0D" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(Refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00FA5F80" w:rsidRPr="00FA5F80">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001B6D0D" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0163BDD4" w14:textId="61B6B693" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
+    <w:p w14:paraId="0163BDD4" w14:textId="4D4488C2" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="001B6D0D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs that are in addition to direct project costs, and are incurred by an organization as a function and in support of its other resources funded activities, projects and programmes, and cannot be traced unequivocally to specific activities, project or programmes. These are General Management Support (GMS) costs. </w:t>
       </w:r>
       <w:r w:rsidR="00FA5F80">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(Refer to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00FA5F80">
+      <w:hyperlink r:id="rId47" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00FA5F80" w:rsidRPr="00722046">
           <w:rPr>
-            <w:rStyle w:val="normaltextrun"/>
-[...2 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>POPP Chapter on Cost Recovery from Other Resources - General Management Support (GMS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FA5F80">
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="0037209A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="001B6D0D" w:rsidRPr="00901311">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0037209A" w:rsidRPr="00722046">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7619EC" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCD5D82" w14:textId="7BFD64FE" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
+    <w:p w14:paraId="4FCD5D82" w14:textId="593F4AE0" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The fundamental principle and benefits of the application of the cost recovery methodolo</w:t>
       </w:r>
       <w:r w:rsidR="00F32309">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>gy contribute</w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to a more equitable sharing of costs of management activities between regular and other resources. By funding qualified development effectiveness activities, where appropriate, directly from regular and other resources programmes and projects (applying the Direct Project Costing Policy and Methodologies), the cost recovery income (extra-budgetary resources) </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">previously  used to finance development effectiveness activities shall be used to fund management activities that presently are financed from regular resources. These regular resources will then be re-allocated to finance programme activities - a major benefit of the cost recovery framework.  </w:t>
+        <w:t xml:space="preserve"> to a more equitable sharing of costs of management activities between regular and other resources. By funding qualified development effectiveness activities, where appropriate, directly from regular and other resources programmes and projects (applying the Direct Project Costing Policy and Methodologies), the cost recovery income (extra-budgetary resources) previously used to finance development effectiveness activities shall be used to fund management activities that presently are financed from regular resources. These regular resources will then be re-allocated to finance programme activities - a major benefit of the cost recovery framework.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14892350" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C1C7ACB" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A02DA9">
+    <w:p w14:paraId="6C1C7ACB" w14:textId="23DA71CD" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A02DA9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The cost recovery methodology enables organizational costs to be aligned to appropriate results frameworks and funding streams and UNDP to more sustainably finance the requisite organizational structures and capacities to successfully deliver on programme results. Furthermore, the policy on multi-funding of eligible posts provides the flexibility to align costs with  results frameworks and related funding </w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve">The cost recovery methodology enables organizational costs to be aligned to appropriate results frameworks and funding streams and UNDP to more sustainably finance the requisite organizational structures and capacities to successfully deliver on programme results. Furthermore, the policy on multi-funding of eligible posts provides the flexibility to align costs with results frameworks and related funding </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02DA9" w:rsidRPr="00B45E81">
         <w:t>sources (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
-        <w:r w:rsidR="00A02DA9" w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidR="00A02DA9" w:rsidRPr="00B45E81">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>POPP Multiple Funding Lines for Positions</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00A02DA9" w:rsidRPr="00B45E81">
+        <w:t>),</w:t>
+      </w:r>
       <w:r w:rsidR="00A02DA9" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">), and </w:t>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">assist COs in applying the Direct Project Costing Policy and </w:t>
       </w:r>
       <w:r w:rsidR="00A02DA9" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Methodologies</w:t>
       </w:r>
       <w:r w:rsidR="009D6100" w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9FA992" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="60" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
@@ -2456,50 +2440,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">continuing to take measures to contain organizational costs through effectiveness and efficiency measures; assuring regular (core) resources donors that they are not carrying a disproportionate share of organizational costs and continuing to make the maximum amount of regular resources available for programmatic activities; and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2BFC16" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">assuring other resources (non-core) donors that the costs being shifted to programmes and projects are justified, and that they are not being charged twice for the same thing (i.e. the cost recovery GMS purpose/utilization does not duplicate the Direct Project Costing purpose/utilization). The GMS fee recovers organizational infrastructure costs while direct project costs are part of the project budget input.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B72A2EB" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:spacing w:after="61" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1133" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27E103CA" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -2565,423 +2550,487 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B75104" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Reference Documents </w:t>
       </w:r>
       <w:r w:rsidRPr="00901311">
         <w:rPr>
           <w:b w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F05617" w14:textId="09C19D00" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="001A2865" w:rsidP="00A02DA9">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="05F05617" w14:textId="735923B0" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865" w:rsidP="0037209A">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00722046">
         <w:t xml:space="preserve">Roadmap to the integrated budget: Joint UNDP, UNFPA and UNICEF review on the impact of cost definitions and classification of activities on harmonized cost-recovery rates </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId49">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>(DP/FPA/2012/1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId52">
-        <w:r w:rsidRPr="00901311">
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="702371C4" w14:textId="326D5D27" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00000000" w:rsidP="00A02DA9">
-[...13 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="3DBB0229" w14:textId="77777777" w:rsidR="0037209A" w:rsidRPr="00722046" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702371C4" w14:textId="7F6D9B33" w:rsidR="00EA3FB1" w:rsidRDefault="005079BC" w:rsidP="0037209A">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
           <w:t xml:space="preserve">The road map to an integrated budget: joint review of the impact of cost definitions and </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId54">
-[...4 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
           <w:t xml:space="preserve">classifications of activities on the harmonized cost recovery rates </w:t>
         </w:r>
-        <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+      </w:hyperlink>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidR="0037209A" w:rsidRPr="0037209A">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-[...1 lines deleted...]
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>(DP/2013/41</w:t>
+          <w:t>(DP/2013/41)</w:t>
         </w:r>
-        <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="48AA5AA0" w14:textId="77777777" w:rsidR="0037209A" w:rsidRPr="00722046" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="1" w:name="_Hlk190357045"/>
+    <w:p w14:paraId="1AD05C00" w14:textId="20AED0F9" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865" w:rsidP="0037209A">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A224CE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0037209A">
+        <w:instrText>HYPERLINK "http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:t xml:space="preserve">UNDP integrated </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0F16" w:rsidRPr="00722046">
+        <w:t xml:space="preserve">resources plan and integrated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:t xml:space="preserve">budget estimates </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A224CE">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk223971309"/>
+      <w:r w:rsidR="005A0F16" w:rsidRPr="00A224CE">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54">
+        <w:r w:rsidRPr="00722046">
+          <w:t>-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005A0F16" w:rsidRPr="00A224CE">
+        <w:t xml:space="preserve"> 2029 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="005A0F16" w:rsidRPr="00A224CE">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>(DP/2025/23</w:t>
+        </w:r>
+        <w:r w:rsidR="00664ED4" w:rsidRPr="00A224CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId55">
-[...7 lines deleted...]
-      </w:hyperlink>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="005079BC" w:rsidRPr="0037209A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="005079BC" w:rsidRPr="0037209A">
+        <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/SitePages/POPPSubject.aspx" \h </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005079BC" w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005079BC" w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1AD05C00" w14:textId="3AAD10F6" w:rsidR="00EA3FB1" w:rsidRPr="00901311" w:rsidRDefault="00000000" w:rsidP="00A02DA9">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="034FF83F" w14:textId="77777777" w:rsidR="0037209A" w:rsidRPr="00722046" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="56DDDC79" w14:textId="7C263214" w:rsidR="00EA3FB1" w:rsidRDefault="00630316" w:rsidP="0037209A">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0037209A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0037209A">
+        <w:instrText>HYPERLINK "https://popp.undp.org/node/3086" \h</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
+        <w:t>Programming arrangements, 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:hyperlink r:id="rId56">
-        <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
-[...12 lines deleted...]
-          </w:rPr>
+        <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId58">
-        <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
+      <w:r w:rsidR="003E51D8" w:rsidRPr="00A224CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E51D8" w:rsidRPr="00722046">
+        <w:t xml:space="preserve">2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidR="003E51D8" w:rsidRPr="00722046">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:lang w:val="en-GB"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>2017</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> (DP/2013/41)</w:t>
+          <w:t>(DP/2012/25</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId59">
-[...58 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007F07DE" w:rsidRPr="00722046">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
-        <w:r w:rsidR="009B703A" w:rsidRPr="000270DE">
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidR="009B703A" w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Corrigendum 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId64" w:history="1">
-        <w:r w:rsidR="001A2865" w:rsidRPr="004A4989">
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t xml:space="preserve">) </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001A2865" w:rsidRPr="00901311">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001A2865" w:rsidRPr="00722046">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EA3FB1" w:rsidRPr="00901311">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId68"/>
+    <w:p w14:paraId="66426FF8" w14:textId="77777777" w:rsidR="0037209A" w:rsidRPr="00722046" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="713EC445" w14:textId="605C2AD1" w:rsidR="00DD3F67" w:rsidRDefault="00DD3F67" w:rsidP="0037209A">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00722046">
+        <w:t xml:space="preserve">Joint </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A224CE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>comprehensive proposal on the cost-recovery policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00954E16" w:rsidRPr="00722046">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidR="00954E16" w:rsidRPr="00A224CE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>DP/FPA-ICEF-UNW/2020/1</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="29330799" w14:textId="77777777" w:rsidR="0037209A" w:rsidRPr="00722046" w:rsidRDefault="0037209A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C0BE482" w14:textId="35B8D9FB" w:rsidR="00673C3A" w:rsidRPr="00722046" w:rsidRDefault="00673C3A" w:rsidP="00722046">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A224CE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Comprehensive review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00722046">
+        <w:t xml:space="preserve"> of the joint cost-recovery policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A224CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="00A224CE">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk182914804"/>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="00A224CE">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="0037209A">
+        <w:instrText>HYPERLINK "https://documents.un.org/doc/undoc/gen/n24/202/85/pdf/n2420285.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="00722046">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="00A224CE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>DP/FPA-ICEF-UNW/2024/1</w:t>
+      </w:r>
+      <w:r w:rsidR="00295FB6" w:rsidRPr="00A224CE">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:sectPr w:rsidR="00673C3A" w:rsidRPr="00722046" w:rsidSect="002D2ED0">
+      <w:headerReference w:type="default" r:id="rId61"/>
+      <w:footerReference w:type="even" r:id="rId62"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
+      <w:footerReference w:type="first" r:id="rId64"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1133" w:right="845" w:bottom="1331" w:left="1702" w:header="720" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1133" w:right="1106" w:bottom="1331" w:left="1260" w:header="720" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="352DF74A" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="4665943E" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76D90D50" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="6B3E0C8F" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="676A46BA" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="06FDE8A1" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="04143BC8" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="17461C1C" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5FD95525" w14:textId="33541AD6" w:rsidR="00EA3FB1" w:rsidRDefault="00901311">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5FD95525" w14:textId="21C7DB24" w:rsidR="00EA3FB1" w:rsidRDefault="00901311">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -3020,176 +3069,195 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D10C7D">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00901311">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
+    <w:r w:rsidR="00AE5249">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85A7E">
+      <w:t>1</w:t>
+    </w:r>
     <w:r w:rsidR="00347C4E" w:rsidRPr="00347C4E">
-      <w:t>20/05/2015</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85A7E">
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidR="00347C4E" w:rsidRPr="00347C4E">
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r w:rsidR="00AE5249">
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00D85A7E">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00347C4E" w:rsidRPr="00347C4E">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00901311">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-2129066328"/>
         <w:placeholder>
           <w:docPart w:val="E8D4B13E56384485B85B8815BE16EA83"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00916E53">
-          <w:t>5</w:t>
+        <w:r w:rsidR="00D85A7E">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="586F1093" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="37DBAD32" w14:textId="77777777" w:rsidR="00EA3FB1" w:rsidRDefault="001A2865">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64943CEA" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="01A58D63" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="479876A1" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="405E482D" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4576B4AD" w14:textId="77777777" w:rsidR="00022F7F" w:rsidRDefault="00022F7F">
+    <w:p w14:paraId="33D486EF" w14:textId="77777777" w:rsidR="0049111F" w:rsidRDefault="0049111F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="358269CC" w14:textId="77777777" w:rsidR="005B7B4F" w:rsidRDefault="005B7B4F" w:rsidP="005B7B4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9711" w:right="43"/>
     </w:pPr>
     <w:r w:rsidRPr="005B7B4F">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="333333"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="646F81EC" wp14:editId="34007480">
           <wp:extent cx="312023" cy="598043"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="21" name="Picture 21"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="-2389" b="14923"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="312079" cy="598151"/>
@@ -3200,52 +3268,141 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="672174C6" w14:textId="77777777" w:rsidR="005B7B4F" w:rsidRDefault="005B7B4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="184076AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11066450"/>
+    <w:lvl w:ilvl="0" w:tplc="398AC8E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20C739DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEF4BA26"/>
     <w:lvl w:ilvl="0" w:tplc="C40A2F7A">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3413,51 +3570,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3EFA59F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="228F7F7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF0A6D3E"/>
     <w:lvl w:ilvl="0" w:tplc="6D2A4A76">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="852"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3625,54 +3782,54 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="95208FF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6612"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CC30395"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5142BE12"/>
+    <w:tmpl w:val="B042519E"/>
     <w:lvl w:ilvl="0" w:tplc="4A8C4D98">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3474BF00">
       <w:start w:val="1"/>
@@ -3837,51 +3994,140 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2AC66F16">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6173"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FDC2021"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88546504"/>
+    <w:lvl w:ilvl="0" w:tplc="0A027434">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47875890"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5BC441E"/>
     <w:lvl w:ilvl="0" w:tplc="95E84ADE">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="696"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -4049,234 +4295,764 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F23EE276">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6187"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1656563600">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="495B6AC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="520CECDC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="398AC8E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C291411"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13AE4266"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73817270"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C038B332"/>
+    <w:lvl w:ilvl="0" w:tplc="2206B776">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0A027434">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75EF1F12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C0C95D8"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0A027434">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1695692355">
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EA3FB1"/>
+    <w:rsid w:val="00000C48"/>
+    <w:rsid w:val="00006683"/>
     <w:rsid w:val="00022F7F"/>
     <w:rsid w:val="00023D92"/>
     <w:rsid w:val="000270DE"/>
     <w:rsid w:val="00046893"/>
+    <w:rsid w:val="00060996"/>
+    <w:rsid w:val="00067F95"/>
+    <w:rsid w:val="000709E5"/>
+    <w:rsid w:val="00072049"/>
     <w:rsid w:val="00075A5B"/>
+    <w:rsid w:val="000A0DD7"/>
     <w:rsid w:val="000A78D5"/>
+    <w:rsid w:val="000B558A"/>
     <w:rsid w:val="000E0A1C"/>
+    <w:rsid w:val="000F7EF9"/>
+    <w:rsid w:val="001077EA"/>
+    <w:rsid w:val="00113889"/>
+    <w:rsid w:val="00117325"/>
     <w:rsid w:val="00122324"/>
+    <w:rsid w:val="001237EE"/>
+    <w:rsid w:val="001326E7"/>
     <w:rsid w:val="001362C8"/>
+    <w:rsid w:val="00145978"/>
+    <w:rsid w:val="0015517F"/>
     <w:rsid w:val="00181F72"/>
     <w:rsid w:val="00190276"/>
+    <w:rsid w:val="001A048C"/>
     <w:rsid w:val="001A2865"/>
     <w:rsid w:val="001B568A"/>
     <w:rsid w:val="001B6D0D"/>
     <w:rsid w:val="001C72E9"/>
+    <w:rsid w:val="001D70AF"/>
     <w:rsid w:val="001F2BAD"/>
     <w:rsid w:val="001F3256"/>
     <w:rsid w:val="001F448B"/>
     <w:rsid w:val="001F76CA"/>
+    <w:rsid w:val="00210BB0"/>
+    <w:rsid w:val="002358B8"/>
     <w:rsid w:val="0024143E"/>
     <w:rsid w:val="0024504E"/>
+    <w:rsid w:val="00251675"/>
+    <w:rsid w:val="002533E5"/>
     <w:rsid w:val="00253A57"/>
     <w:rsid w:val="002620A0"/>
+    <w:rsid w:val="00295FB6"/>
+    <w:rsid w:val="002A4C04"/>
     <w:rsid w:val="002A6807"/>
     <w:rsid w:val="002B0325"/>
     <w:rsid w:val="002B61DC"/>
+    <w:rsid w:val="002C7D4F"/>
+    <w:rsid w:val="002D2ED0"/>
+    <w:rsid w:val="00303C07"/>
+    <w:rsid w:val="003222C9"/>
     <w:rsid w:val="00344D13"/>
     <w:rsid w:val="00347C4E"/>
+    <w:rsid w:val="0037209A"/>
     <w:rsid w:val="00392B3E"/>
     <w:rsid w:val="003A6F61"/>
+    <w:rsid w:val="003A7F4C"/>
+    <w:rsid w:val="003B5A58"/>
+    <w:rsid w:val="003E51D8"/>
     <w:rsid w:val="003F60D5"/>
     <w:rsid w:val="004011FF"/>
+    <w:rsid w:val="00404F28"/>
+    <w:rsid w:val="00405AA0"/>
+    <w:rsid w:val="00425517"/>
     <w:rsid w:val="00427506"/>
     <w:rsid w:val="00452397"/>
+    <w:rsid w:val="00471C88"/>
     <w:rsid w:val="00476506"/>
+    <w:rsid w:val="004904C7"/>
+    <w:rsid w:val="0049111F"/>
     <w:rsid w:val="004A4989"/>
+    <w:rsid w:val="004A6389"/>
     <w:rsid w:val="004B2B6A"/>
+    <w:rsid w:val="004B6C7B"/>
+    <w:rsid w:val="004C1296"/>
+    <w:rsid w:val="004C3B39"/>
+    <w:rsid w:val="004F2F62"/>
+    <w:rsid w:val="00500E6E"/>
+    <w:rsid w:val="005079BC"/>
+    <w:rsid w:val="005117C8"/>
     <w:rsid w:val="00522DC3"/>
+    <w:rsid w:val="005243E0"/>
+    <w:rsid w:val="005339F4"/>
+    <w:rsid w:val="00557EC4"/>
+    <w:rsid w:val="00565ED8"/>
+    <w:rsid w:val="005733E2"/>
+    <w:rsid w:val="00573C1D"/>
+    <w:rsid w:val="0057785F"/>
     <w:rsid w:val="00584621"/>
+    <w:rsid w:val="005A0F16"/>
     <w:rsid w:val="005A64A8"/>
     <w:rsid w:val="005A6895"/>
     <w:rsid w:val="005A7D87"/>
     <w:rsid w:val="005B7B4F"/>
+    <w:rsid w:val="005C2A8A"/>
+    <w:rsid w:val="005C2D13"/>
+    <w:rsid w:val="005D03D5"/>
+    <w:rsid w:val="005D194C"/>
     <w:rsid w:val="00600C77"/>
+    <w:rsid w:val="00626675"/>
+    <w:rsid w:val="00630316"/>
+    <w:rsid w:val="0063342D"/>
     <w:rsid w:val="006362B3"/>
+    <w:rsid w:val="006432CE"/>
     <w:rsid w:val="006566F7"/>
+    <w:rsid w:val="00664ED4"/>
+    <w:rsid w:val="00673C3A"/>
+    <w:rsid w:val="006756AD"/>
     <w:rsid w:val="00693075"/>
+    <w:rsid w:val="006970BC"/>
     <w:rsid w:val="006A3485"/>
     <w:rsid w:val="006B2999"/>
+    <w:rsid w:val="0070712E"/>
+    <w:rsid w:val="007169D7"/>
     <w:rsid w:val="00716C12"/>
     <w:rsid w:val="00720605"/>
+    <w:rsid w:val="00722046"/>
     <w:rsid w:val="007260EF"/>
     <w:rsid w:val="00731D3A"/>
+    <w:rsid w:val="00735FFF"/>
+    <w:rsid w:val="00737300"/>
+    <w:rsid w:val="00763C19"/>
     <w:rsid w:val="00764A8D"/>
     <w:rsid w:val="00770EE6"/>
+    <w:rsid w:val="007758B2"/>
+    <w:rsid w:val="007816FE"/>
     <w:rsid w:val="007876A3"/>
+    <w:rsid w:val="007B1863"/>
+    <w:rsid w:val="007B41AC"/>
+    <w:rsid w:val="007B5184"/>
+    <w:rsid w:val="007D0290"/>
     <w:rsid w:val="007E4F62"/>
     <w:rsid w:val="007F07DE"/>
+    <w:rsid w:val="007F47B7"/>
+    <w:rsid w:val="00800B3E"/>
     <w:rsid w:val="00862262"/>
+    <w:rsid w:val="00881EDD"/>
     <w:rsid w:val="00883E6F"/>
+    <w:rsid w:val="008C6874"/>
     <w:rsid w:val="008D2A01"/>
+    <w:rsid w:val="008D5386"/>
     <w:rsid w:val="00901311"/>
     <w:rsid w:val="00911996"/>
     <w:rsid w:val="00916E53"/>
+    <w:rsid w:val="00922015"/>
+    <w:rsid w:val="00934EAF"/>
     <w:rsid w:val="009352A6"/>
+    <w:rsid w:val="009417CE"/>
+    <w:rsid w:val="009459B9"/>
     <w:rsid w:val="00946505"/>
+    <w:rsid w:val="00954E16"/>
+    <w:rsid w:val="00960F2E"/>
+    <w:rsid w:val="0096547C"/>
     <w:rsid w:val="00982FD3"/>
+    <w:rsid w:val="0099201C"/>
+    <w:rsid w:val="009A2FAB"/>
+    <w:rsid w:val="009B4AFD"/>
+    <w:rsid w:val="009B5997"/>
     <w:rsid w:val="009B703A"/>
     <w:rsid w:val="009C68DD"/>
+    <w:rsid w:val="009D0F2F"/>
+    <w:rsid w:val="009D11A7"/>
+    <w:rsid w:val="009D2423"/>
     <w:rsid w:val="009D53C6"/>
     <w:rsid w:val="009D6100"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="009F245E"/>
     <w:rsid w:val="00A02DA9"/>
     <w:rsid w:val="00A06124"/>
+    <w:rsid w:val="00A1332E"/>
     <w:rsid w:val="00A2128A"/>
     <w:rsid w:val="00A22475"/>
+    <w:rsid w:val="00A224CE"/>
+    <w:rsid w:val="00A268FD"/>
+    <w:rsid w:val="00A304B3"/>
+    <w:rsid w:val="00A33490"/>
+    <w:rsid w:val="00A37FA3"/>
     <w:rsid w:val="00A508AA"/>
     <w:rsid w:val="00A54FD7"/>
     <w:rsid w:val="00A6413E"/>
     <w:rsid w:val="00A64AA2"/>
     <w:rsid w:val="00A66F41"/>
     <w:rsid w:val="00A771DF"/>
+    <w:rsid w:val="00A94BA9"/>
+    <w:rsid w:val="00AA2AD1"/>
     <w:rsid w:val="00AB473F"/>
     <w:rsid w:val="00AB7E29"/>
+    <w:rsid w:val="00AC2B18"/>
+    <w:rsid w:val="00AE5249"/>
+    <w:rsid w:val="00AF0FDE"/>
+    <w:rsid w:val="00B0762B"/>
     <w:rsid w:val="00B21375"/>
     <w:rsid w:val="00B2747A"/>
+    <w:rsid w:val="00B45E81"/>
     <w:rsid w:val="00B54673"/>
+    <w:rsid w:val="00B85EB8"/>
+    <w:rsid w:val="00B91006"/>
     <w:rsid w:val="00B94F65"/>
     <w:rsid w:val="00BC557B"/>
+    <w:rsid w:val="00BF33B3"/>
+    <w:rsid w:val="00BF46A5"/>
+    <w:rsid w:val="00C14236"/>
     <w:rsid w:val="00C17D06"/>
+    <w:rsid w:val="00C74384"/>
     <w:rsid w:val="00C8620C"/>
+    <w:rsid w:val="00CA1CED"/>
     <w:rsid w:val="00CB24E9"/>
     <w:rsid w:val="00CB72D2"/>
+    <w:rsid w:val="00CC1163"/>
+    <w:rsid w:val="00CC2C84"/>
+    <w:rsid w:val="00CC6035"/>
+    <w:rsid w:val="00D04726"/>
+    <w:rsid w:val="00D06E60"/>
     <w:rsid w:val="00D10C7D"/>
+    <w:rsid w:val="00D158FB"/>
+    <w:rsid w:val="00D21844"/>
     <w:rsid w:val="00D41FD3"/>
     <w:rsid w:val="00D7285E"/>
     <w:rsid w:val="00D84E89"/>
+    <w:rsid w:val="00D85A7E"/>
+    <w:rsid w:val="00D87283"/>
     <w:rsid w:val="00DA44FF"/>
+    <w:rsid w:val="00DA7F4B"/>
+    <w:rsid w:val="00DB4920"/>
+    <w:rsid w:val="00DB6A7C"/>
+    <w:rsid w:val="00DD1DDB"/>
+    <w:rsid w:val="00DD3F67"/>
+    <w:rsid w:val="00DD5801"/>
     <w:rsid w:val="00DF0250"/>
+    <w:rsid w:val="00DF1A68"/>
     <w:rsid w:val="00DF3800"/>
+    <w:rsid w:val="00E00F93"/>
+    <w:rsid w:val="00E0396B"/>
+    <w:rsid w:val="00E136F5"/>
     <w:rsid w:val="00E15FFF"/>
+    <w:rsid w:val="00E224A1"/>
+    <w:rsid w:val="00E330A8"/>
+    <w:rsid w:val="00E653A9"/>
+    <w:rsid w:val="00E84B11"/>
     <w:rsid w:val="00EA3FB1"/>
+    <w:rsid w:val="00EC2FC6"/>
+    <w:rsid w:val="00EC5D7E"/>
+    <w:rsid w:val="00ED539D"/>
     <w:rsid w:val="00EE6942"/>
+    <w:rsid w:val="00EF6E8C"/>
+    <w:rsid w:val="00F21BD9"/>
     <w:rsid w:val="00F32309"/>
+    <w:rsid w:val="00F44D60"/>
+    <w:rsid w:val="00F803CC"/>
     <w:rsid w:val="00FA5F80"/>
+    <w:rsid w:val="00FA7FFA"/>
     <w:rsid w:val="00FB468B"/>
+    <w:rsid w:val="00FC09AE"/>
+    <w:rsid w:val="00FC5D10"/>
     <w:rsid w:val="00FD31CC"/>
+    <w:rsid w:val="00FD39E9"/>
+    <w:rsid w:val="00FE1B8D"/>
     <w:rsid w:val="00FE740A"/>
     <w:rsid w:val="00FF4617"/>
+    <w:rsid w:val="00FF6076"/>
+    <w:rsid w:val="054B0055"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2455E5D0"/>
   <w15:docId w15:val="{C521CB01-80BC-4629-9CA4-23FF82D232B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4817,67 +5593,65 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982FD3"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C17D06"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C17D06"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00C17D06"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C17D06"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
@@ -4936,249 +5710,289 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003F60D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A771DF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A771DF"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000A0DD7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0063342D"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3091" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3666" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/556" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3096" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3131" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3096" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3666" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3131" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/prepare-fully-costed-budgets-projects" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/556" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3131" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3106" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/556" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3086" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3086" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11136" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/556" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/2025-07/dp-2025-23_undp-integrated-resources-plan-and-integrated-budget-estimates-2026-2029_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3096" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/DP/2013/41" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1711" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/DP/2013/41" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/undp/library/corporate/Executive%20Board/2012/second-regular-session/English/dp2012-25Corr.1.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/sites/g/files/zskgke326/files/undp/library/corporate/Executive%20Board/2021/First-regular-session/dp2021-2e.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3086" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11136" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3091" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10556" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2012-second.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/3666" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/SitePages/POPPSubject.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-annual.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.un.org/doc/undoc/gen/n24/202/85/pdf/n2420285.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-second.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2211" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/DP/2012/25" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/dp/2013/40" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/prepare-fully-costed-budgets-projects" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.un.org/en/DP/2013/41" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.un.org/doc/undoc/gen/n20/177/48/pdf/n2017748.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.undp.org/content/undp/en/home/operations/executive_board/documents_for_sessions/adv2013-first.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2226" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/556" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E8D4B13E56384485B85B8815BE16EA83"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4391B096-0779-4F62-BBE3-FC916B04E800}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00FA3253" w:rsidRDefault="00471C88">
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00470621"/>
+    <w:rsid w:val="00046055"/>
+    <w:rsid w:val="00060B0C"/>
+    <w:rsid w:val="000709E5"/>
     <w:rsid w:val="000D0238"/>
+    <w:rsid w:val="001077EA"/>
     <w:rsid w:val="00135D7C"/>
     <w:rsid w:val="001C72E9"/>
     <w:rsid w:val="00235D18"/>
     <w:rsid w:val="00250338"/>
+    <w:rsid w:val="00260A07"/>
+    <w:rsid w:val="00262443"/>
     <w:rsid w:val="002C276F"/>
     <w:rsid w:val="002E3C03"/>
+    <w:rsid w:val="004051D4"/>
     <w:rsid w:val="00470621"/>
     <w:rsid w:val="00471C88"/>
     <w:rsid w:val="004F5B12"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="0057785F"/>
+    <w:rsid w:val="005C2A8A"/>
     <w:rsid w:val="0064223E"/>
+    <w:rsid w:val="006432CE"/>
+    <w:rsid w:val="009459B9"/>
+    <w:rsid w:val="009A5E90"/>
     <w:rsid w:val="009B4A7B"/>
+    <w:rsid w:val="009D0F2F"/>
+    <w:rsid w:val="009E7884"/>
     <w:rsid w:val="00A166B4"/>
     <w:rsid w:val="00A46B17"/>
     <w:rsid w:val="00A52054"/>
+    <w:rsid w:val="00AD7EE2"/>
+    <w:rsid w:val="00B952FF"/>
     <w:rsid w:val="00CA5344"/>
+    <w:rsid w:val="00D02469"/>
+    <w:rsid w:val="00D178A0"/>
+    <w:rsid w:val="00D87283"/>
+    <w:rsid w:val="00E0396B"/>
+    <w:rsid w:val="00E238A9"/>
+    <w:rsid w:val="00F92D7D"/>
     <w:rsid w:val="00FA3253"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C33B2A4"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5573,51 +6387,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00471C88"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5880,358 +6694,226 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-</p:Policy>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6285,245 +6967,126 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...100 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F1921E5-5CA6-4768-A470-9A38D4E7E959}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BBEAA40-800C-4F8D-ABB2-7664AA18801C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC9C8EBD-D770-4513-BB63-E7D6C25382AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFA54975-F43E-4729-A5E4-BB191965F5F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFDD8A93-FB76-4820-AC01-BCDD94450041}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3DB96D3-666A-471F-9840-B13E1DCDED52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2351</Words>
-  <Characters>13404</Characters>
+  <Words>2712</Words>
+  <Characters>15464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15724</CharactersWithSpaces>
+  <CharactersWithSpaces>18140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="366" baseType="variant">
       <vt:variant>
         <vt:i4>1048580</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>162</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://popp.undp.org/UNDP_POPP_DOCUMENT_LIBRARY/Public/FRM_dp2012-25Corr.1.doc?Web=1</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>917594</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -7605,50 +8168,56 @@
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>4621de65-f42c-457f-a199-cad90862aed2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>