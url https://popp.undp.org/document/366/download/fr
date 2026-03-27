--- v0 (2025-10-09)
+++ v1 (2026-03-27)
@@ -1,63 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="47B313BF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Comités de surveillance et d'examen des approvisionnements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C095D61" w14:textId="5686305D" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
@@ -119,86 +114,97 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02133C2E" w14:textId="7BD77ADE" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00D30D5B" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1170" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Preciser</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00224700" w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">leur portée et leur composition </w:t>
+        <w:t>leur</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00224700" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> portée et leur composition </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F873FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1170"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7486DBD2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -371,51 +377,59 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Le Chef du Service des achats veille à ce que les fonctions d'achat soient exécutées conformément au Règlement financier et aux règles de gestion financière applicables. </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:t xml:space="preserve">À </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:t>cette</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
-        <w:t xml:space="preserve"> fin, le Chef des achats : </w:t>
+        <w:t xml:space="preserve"> fin, le Chef des </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:t>achats :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDA030B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75B3B627" w14:textId="4A35EE0A" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
@@ -1379,67 +1393,69 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>comités</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4FE096FD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="760D4D36" w14:textId="59A3525E" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2E104AB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1694,71 +1710,51 @@
     <w:p w14:paraId="789F06FC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Évaluer les </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> liés au processus d'achat et aux mesures d'achat proposées, y compris, mais sans s'y limiter, les impacts environnementaux et les risques liés à la réputation du PNUD ;</w:t>
+        <w:t>Évaluer les risques potentiels liés au processus d'achat et aux mesures d'achat proposées, y compris, mais sans s'y limiter, les impacts environnementaux et les risques liés à la réputation du PNUD ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07DBF3B3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C20E123" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -1961,71 +1957,51 @@
     </w:p>
     <w:p w14:paraId="19419250" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les comités n'examinent pas la nécessité ou la prudence d'une exigence contractuelle et ne </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> pas de conseils à ce sujet, mais ils doivent s'assurer qu'elle est conforme au descriptif de projet ou au plan d'approvisionnement approuvé. </w:t>
+        <w:t xml:space="preserve">Les comités n'examinent pas la nécessité ou la prudence d'une exigence contractuelle et ne donnent pas de conseils à ce sujet, mais ils doivent s'assurer qu'elle est conforme au descriptif de projet ou au plan d'approvisionnement approuvé. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0396D1D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BFD0995" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2442,71 +2418,51 @@
     <w:p w14:paraId="7C4B8C14" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Un président suppléant et un secrétaire peuvent être nommés en fonction des besoins du comité, pour couvrir les absences ou lorsqu'il existe des </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de conflit d'intérêts. Des suppléants peuvent également être nommés par l'autorité compétente en matière d'approvisionnement pour lui-même.</w:t>
+        <w:t>Un président suppléant et un secrétaire peuvent être nommés en fonction des besoins du comité, pour couvrir les absences ou lorsqu'il existe des risques potentiels de conflit d'intérêts. Des suppléants peuvent également être nommés par l'autorité compétente en matière d'approvisionnement pour lui-même.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7949CA62" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EE5F9D4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -2569,52 +2525,62 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> observer </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> qui suit :</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>suit :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="77AE06F7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A4E2079" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -2739,2949 +2705,3831 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, et être habilités par leurs superviseurs à remplir cette fonction de surveillance vitale. Le temps et les efforts des membres du comité à tous les niveaux, ainsi que du président et du secrétaire du Comité des contrats, des biens et de l'approvisionnement, devraient être reconnus par les superviseurs dans l'examen annuel de la gestion du rendement et du développement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C0C7CCD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="061CBA7D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...1550 lines deleted...]
-    <w:p w14:paraId="0E5453C1" w14:textId="65AEE61F" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="2E104AB4">
+    <w:p w14:paraId="061CBA7D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3F47F85D" w:rsidP="2A575A1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="541DC218" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le président peut inviter des spécialistes possédant une expertise technique connexe, le cas échéant, à fournir des conseils indépendants et spécialisés au comité. Les spécialistes n'ont pas le droit de vote pour finaliser la recommandation. Il peut s'agir de fonctionnaires du PNUD ou de consultants. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5467E4BA" w14:textId="1EB48DAD" w:rsidR="2A575A1F" w:rsidRDefault="2A575A1F" w:rsidP="00B4120F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="103B0B51" w14:textId="6F1433A4" w:rsidR="00BF08C6" w:rsidRDefault="3F47F85D" w:rsidP="00B4120F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Dans certaines unité</w:t>
+      </w:r>
+      <w:r w:rsidR="2600BFFE" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="2600BFFE" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>operationelles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="2600BFFE" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>, il peut arriver qu'il ne soit pas possible de nommer des membres du Comité des contrats,</w:t>
+      </w:r>
+      <w:r w:rsidR="20632B2E" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des actifs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  et des achats parmi les membres du personnel du PNUD, en raison </w:t>
+      </w:r>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de resources ou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>capacites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>personel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="068999D9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>insuffisantes</w:t>
+      </w:r>
+      <w:r w:rsidR="51E41112" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dans ce cas, le chef de l'unité </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="5BEBAC14" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">operationelle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peut</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> désigner des membres du personnel </w:t>
+      </w:r>
+      <w:r w:rsidR="40C49A1A" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sous contrat avec le PNUD dans le cadre </w:t>
+      </w:r>
+      <w:r w:rsidR="6BE5BABE" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d’accords de services de presonel reguliers ( titulaires de contrat PSA) </w:t>
+      </w:r>
+      <w:r w:rsidR="61664B69" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comme membres du comite. Le Chef de l unite </w:t>
+      </w:r>
+      <w:r w:rsidR="1C457CA0" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doit veiller </w:t>
+      </w:r>
+      <w:r w:rsidR="41C0D44A" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>que les titulaires de contrats PSA nommes</w:t>
+      </w:r>
+      <w:r w:rsidR="10E6E8D5" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> remplissent toutes les conditions d'eligibilite enoncees</w:t>
+      </w:r>
+      <w:r w:rsidR="5B5CE3E9" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dans les sections ci- dessous.</w:t>
+      </w:r>
+      <w:r w:rsidR="18320777" w:rsidRPr="0052367D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B7094B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00BF08C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="14ABE84A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50C7069C" w14:textId="265E1AF4" w:rsidR="00224700" w:rsidRPr="00B4120F" w:rsidRDefault="78797522" w:rsidP="00B4120F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les titulaires de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>contrat  PSA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> court terme ne doivent pas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>etrenommes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> membres du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>comite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  des cont</w:t>
+      </w:r>
+      <w:r w:rsidR="01078BD8" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>ras, des acti</w:t>
+      </w:r>
+      <w:r w:rsidR="754D7A0D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="01078BD8" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s et des achats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782751A6" w14:textId="3A384A78" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2A575A1F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06A85744" w14:textId="011BD33C" w:rsidR="00224700" w:rsidRPr="00B4120F" w:rsidRDefault="03B8F290" w:rsidP="00B4120F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas </w:t>
+      </w:r>
+      <w:r w:rsidR="0B777CED" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d'absence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>membrre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>presonnel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suffisant ou de titulaires de contrats PSA, le chef de l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>unite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>op</w:t>
+      </w:r>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>erationnelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peut nommer des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>mombres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du personnel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d autres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="6CC80DD2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>entites</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="07DC531A" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Nations Unies </w:t>
+      </w:r>
+      <w:r w:rsidR="4589CAAB" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans le lieu d’affectations, en fonction des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="4589CAAB" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>comptences</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="4589CAAB" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requises.</w:t>
+      </w:r>
+      <w:r w:rsidR="57E03DEC" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cet arrangement peut egalement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="57E03DEC" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s’appliquer  lorsqu</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="57E03DEC" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">' une action </w:t>
+      </w:r>
+      <w:r w:rsidR="3187EAC3" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">une action d’approvionnement du PNUD necessite une expertise pour examiner </w:t>
+      </w:r>
+      <w:r w:rsidR="3D1269CC" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>la soumission qui n’est pas disponible en interne,</w:t>
+      </w:r>
+      <w:r w:rsidR="5E89A778" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>mais qui est presente dans une autre entite des Nation Unies, ou dans le cas d’achats cooperatifs impliquant plusi</w:t>
+      </w:r>
+      <w:r w:rsidR="60C94857" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>eurs entites des Nations Unies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379EAC69" w14:textId="0D95BB87" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2A575A1F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52EC60F4" w14:textId="3ACB6B92" w:rsidR="00224700" w:rsidRPr="00B4120F" w:rsidRDefault="7561B79E" w:rsidP="00B4120F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Lorsque des titulaire</w:t>
+      </w:r>
+      <w:r w:rsidR="53B2A423" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>s de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contrats PSA ou de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>persnonnel</w:t>
+      </w:r>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d'autres organisations des Nations Unies sont </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>inclus</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="46599924" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>en tant que membres du comite</w:t>
+      </w:r>
+      <w:r w:rsidR="71B4572A" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des contrats, des </w:t>
+      </w:r>
+      <w:r w:rsidR="26CC1B5E" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>actifs</w:t>
+      </w:r>
+      <w:r w:rsidR="71B4572A" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>det</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="3F47F85D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des achats, l'unité opérationnelle doit veiller à ce que :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51506142" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13AFFB0B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Planifier les réunions et s'assurer de la disponibilité confirmée du nombre minimum de deux membres pour chaque réunion prévue.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="21FB22FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Les membres du personnel du PNUD constituent la majorité des membres des comités à une réunion donnée ; et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613E9535" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A7A4862" w14:textId="3B15F017" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00880F65" w:rsidP="00224700">
+    <w:p w14:paraId="38EF05A5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0037B6D7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Lorsqu'un membre du personnel d'une autre entité des Nations Unies participe aux délibérations, il applique les principes et procédures d'achat du PNUD pour parvenir à une recommandation finale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B85A4A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746E0469" w14:textId="416845F6" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="6F6CB06E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les unités opérationnelles peuvent également créer des comités conjoints des contrats, des actifs et des achats avec d'autres unités opérationnelles du PNUD. Dans de telles circonstances, tous les chefs des unités participantes : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B96D37" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9F9731" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">S'assurer que chaque membre a un accès </w:t>
-[...29 lines deleted...]
-      </w:r>
+        <w:t>approuver</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">à toutes les informations disponibles sur la soumission </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3BAC13BA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve"> par écrit leur accord avec le comité mixte, afin de satisfaire aux exigences de la section Portée de l'examen ; et </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08782632" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="537D97DE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="045DF527" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Demander des renseignements supplémentaires ou des éclaircissements à la demande des membres ou du président</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1437FC90" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>S'assurer que les recommandations du comité sont dûment soumises à l'autorité responsable des achats qui signera le contrat qui en découlera.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc453862236"/>
+    </w:p>
+    <w:p w14:paraId="0428A2E3" w14:textId="77777777" w:rsidR="009B2809" w:rsidRDefault="009B2809" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23929A5C" w14:textId="092C50E9" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Président</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A386FF2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="722B7D6A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les responsabilités du président du Comité d'examen des acquisitions sont les suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097737EF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA97902" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Convoquer les réunions en temps opportun</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29940982" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E0DCC8" w14:textId="35A96AF6" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00880F65" w:rsidP="00224700">
+    <w:p w14:paraId="2F3D9A84" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Statuer et décider des conflits d'intérêts potentiels du secrétaire et des membres d'une réunion donnée qui pourraient avoir été soulevés ou qui pourraient être soulevés ultérieurement pour une soumission en cours d'examen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695D8F12" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45468C91" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assurer le bon ordre pendant la réunion en présidant et en animant les discussions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8B6726" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0500F9CB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Finaliser le rapport d'examen et les recommandations du comité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117BA42F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F5664D5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Entreprendre un examen direct des mesures d'approvisionnement comme indiqué dans la section Examen direct ci-dessous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40671D57" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EDD63E7" w14:textId="042FF038" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Le président de la Comité des contrats, des actifs et des achats effectue un « contrôle de qualité » des soumissions soumises au Comité consultatif régional des achats ou au Comité consultatif des achats afin de s'assurer que le chef de l'unité opérationnelle, avant qu'il n'approuve et ne transmette une soumission, que les informations sont suffisantes pour ce qui est de :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4E71D5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4271B4D9" w14:textId="7FC14E8A" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exactitude </w:t>
+      </w:r>
+      <w:r w:rsidR="00880F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Rediger</w:t>
+      <w:r w:rsidR="00880F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>informations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00645D21">
-[...18 lines deleted...]
-    <w:p w14:paraId="4782AE89" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    </w:p>
+    <w:p w14:paraId="1F33B2B7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7B6E9B5A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D5BCDB4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5D4AC6E0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Suffisance des pièces justificatives </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EF4735" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="fr-FR"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="18BC70E5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278BADC6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disponibilité des fonds (pour éviter les retards potentiels dans l'examen des demandes) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34963F86" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030FD32C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le secrétaire doit être un fonctionnaire du PNUD ayant une expérience et des qualifications pertinentes dans le domaine des achats et de la gestion des actifs. Il travaille en étroite consultation avec le président et sous sa direction. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1043BBCA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Le Président de la Commission des contrats, des biens et des achats est un fonctionnaire du PNUD de niveau professionnel et, dans la mesure du possible, le Directeur de pays adjoint/Représentant résident pour les opérations ou les programmes, ou le Directeur des opérations, ou un membre du personnel de même niveau hiérarchique.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1124EA25" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1187E983" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="503758E5" w14:textId="7E27CFC2" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Le secrétaire participe aux délibérations pour fournir des éclaircissements et des informations sur les politiques, mais n'a pas son mot à dire dans la recommandation finale.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2615F1C0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve">Le Président de la Comité des contrats, des actifs et des achats doit avoir une bonne connaissance des principes, politiques et procédures en matière de marchés publics tels qu'ils sont prescrits et appliqués au PNUD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765A36A9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32E81E34" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="7DEFD9B1" w14:textId="7C96AF7D" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le secrétaire de la Commission des contrats, de l'actif et des achats est nommé pour deux ans, mandat renouvelable. </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="39E49F6D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Le président de la Comité des contrats, des actifs et des achats</w:t>
+      </w:r>
+      <w:r w:rsidR="00732A3A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>est nommé pour deux ans, mandat renouvelable par l'autorité chargée des achats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757F5582" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc453862237"/>
+    </w:p>
+    <w:p w14:paraId="31003FF5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Membres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="71A26AD9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEA06A8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le rôle de secrétaire est facultatif et, bien que préférable, il est exercé en fonction des besoins et de la disponibilité des ressources. Il s'agit de reconnaître que le président peut assumer toutes les fonctions du secrétaire sur </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Les responsabilités des membres du Comité d'examen des acquisitions sont les suivantes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730E56BC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0822664F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et que les unités opérationnelles avec délégation standard n'auront plus besoin du Comité des contrats, des actifs et des achats avec la mise en œuvre des options d'examen direct.</w:t>
-[...23 lines deleted...]
-          <w:lang w:val="en-PH"/>
+        <w:t>Acceptez rapidement les invitations aux réunions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABB897E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7796615D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Examiner la documentation pour les soumissions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F222EA2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D63F4D0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Refuser (après en avoir discuté avec le président) d'examiner une présentation s'il y a perception d'un conflit d'intérêts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB3A1FC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5A12E6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Réunions</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> des </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>comités</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activement</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:b/>
-          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aux </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>délibérations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="779CF555" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+    </w:p>
+    <w:p w14:paraId="7693A691" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1969FE8A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Examiner rapidement le procès-verbal et approuver la recommandation et/ou fournir des commentaires.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1256C356" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25906D7F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les réunions du Comité consultatif régional des achats et du Comité consultatif des achats sont normalement convoquées chaque semaine, et une réunion spéciale est prévue en cas d'urgence. La fréquence des réunions du Comité des contrats, des actifs et des achats dépend des besoins d'une unité d'affaires. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B7CBD8E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Les membres doivent avoir une connaissance de base des principes standard de la passation des marchés publics et connaître les politiques et procédures du PNUD en matière de passation des marchés. Ils doivent être en mesure de procéder à une évaluation objective et indépendante des soumissions et posséder des compétences efficaces en communication pour contribuer de manière constructive aux délibérations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C55DE8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B80DE34" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...360 lines deleted...]
-    <w:p w14:paraId="4806CA1F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3104A278" w:rsidP="5094815C">
+    <w:p w14:paraId="1EB04CAC" w14:textId="18A33437" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3F47F85D" w:rsidP="2A575A1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00645D21">
-[...18 lines deleted...]
-    <w:p w14:paraId="4784D5F0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Un membre du personnel</w:t>
+      </w:r>
+      <w:r w:rsidR="2F5AC41C" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou un titulaire de contrat PSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l'unité chargée des achats de l'unité opérationnelle peut être nommé membre de la Comité des contrats, des actifs et des achats et participer aux délibérations, à condition qu'il n'ait pas participé à quelque titre que ce soit et à quelque stade que ce soit des demandes examinées.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7A2F95" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E102763" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...118 lines deleted...]
-    <w:p w14:paraId="402E04FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00981FBF" w:rsidP="2B04DFEF">
+    <w:p w14:paraId="268063D0" w14:textId="7E1B1D87" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3F47F85D" w:rsidP="2A575A1F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...88 lines deleted...]
-    <w:p w14:paraId="085F8850" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Les membres exercent leurs fonctions à titre individuel et sont nommés pour un minimum de deux ans, mandat renouvelable.</w:t>
+      </w:r>
+      <w:r w:rsidR="6D218D1D" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pour les titulaires de contrat PSA reguliers, la duree d</w:t>
+      </w:r>
+      <w:r w:rsidR="39700394" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>e la n</w:t>
+      </w:r>
+      <w:r w:rsidR="3ABD67B2" w:rsidRPr="2A575A1F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>omination doit etre allignee sur la duree du contrat et prolongee en consequence necessaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2681DFA2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53FD292C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2B04DFEF">
+    <w:p w14:paraId="5F6CFEC0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc453862238"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Secrétaire</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7375EEBA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E5453C1" w14:textId="65AEE61F" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="2E104AB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2E104AB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Le secrétaire doit:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541DC218" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14ABE84A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Planifier les réunions et s'assurer de la disponibilité confirmée du nombre minimum de deux membres pour chaque réunion prévue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21FB22FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7A4862" w14:textId="3B15F017" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00880F65" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Verifier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>les soumissions pour vous assurer qu'elles sont complètes et suffisantes pour l'examen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0037B6D7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="746E0469" w14:textId="416845F6" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S'assurer que chaque membre a un accès </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00880F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>equitable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00880F65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00880F65" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> toutes les informations disponibles sur la soumission </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAC13BA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537D97DE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Demander des renseignements supplémentaires ou des éclaircissements à la demande des membres ou du président</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1437FC90" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42E0DCC8" w14:textId="35A96AF6" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00880F65" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Rediger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>le rapport d'examen du comité (procès-verbal de la réunion) et obtenir son autorisation par les membres qui ont assisté à la réunion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4782AE89" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6E9B5A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veiller à ce que des registres appropriés soient tenus conformément aux exigences du PNUD </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4AC6E0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18BC70E5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le secrétaire doit être un fonctionnaire du PNUD ayant une expérience et des qualifications pertinentes dans le domaine des achats et de la gestion des actifs. Il travaille en étroite consultation avec le président et sous sa direction. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1043BBCA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1187E983" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Le secrétaire participe aux délibérations pour fournir des éclaircissements et des informations sur les politiques, mais n'a pas son mot à dire dans la recommandation finale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2615F1C0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32E81E34" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le secrétaire de la Commission des contrats, de l'actif et des achats est nommé pour deux ans, mandat renouvelable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDB875C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E49F6D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le rôle de secrétaire est facultatif et, bien que préférable, il est exercé en fonction des besoins et de la disponibilité des ressources. Il s'agit de reconnaître que le président peut assumer toutes les fonctions du secrétaire sur </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>la plateforme d'approvisionnement Quantum/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A64218" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que les unités opérationnelles avec délégation standard n'auront plus besoin du Comité des contrats, des actifs et des achats avec la mise en œuvre des options d'examen direct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C4EB9F" w14:textId="58D73596" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc453862239"/>
+    </w:p>
+    <w:p w14:paraId="532F952E" w14:textId="77777777" w:rsidR="00B4120F" w:rsidRPr="00645D21" w:rsidRDefault="00B4120F" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="278FF021" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Réunions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>comités</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="57FBF2C3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="779CF555" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les réunions du Comité consultatif régional des achats et du Comité consultatif des achats sont normalement convoquées chaque semaine, et une réunion spéciale est prévue en cas d'urgence. La fréquence des réunions du Comité des contrats, des actifs et des achats dépend des besoins d'une unité d'affaires. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7CBD8E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B80DE34" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Dans l'éventualité peu probable où le Comité consultatif régional des achats serait temporairement indisponible, il examinera ses demandes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D96720" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24562898" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les réunions du Comité d'examen des acquisitions peuvent se dérouler en personne ou virtuellement à l'aide d'installations de vidéoconférence ou de téléconférence ou d'échanges de courriels. Toutes les informations et tous les dossiers doivent être saisis dans </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>la plateforme d'approvisionnement Quantum / UNall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18600D56" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37EC65F9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cas des demandes présentées au Comité consultatif pour les achats par un bureau de pays, le président du Comité consultatif régional pour les achats participe à l'examen selon les besoins, conformément à l'approche de l'examen à un seul niveau. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0310D11C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3732D5DF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Les comités d'examen des acquisitions s'efforceront, le plus souvent possible, de formuler des recommandations finales fondées sur le consensus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3443966B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FEE5F83" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S'il n'est pas possible d'atteindre un consensus, le président peut soumettre la soumission, ou une question spécifique d'une soumission, à un processus de vote parmi les membres (à l'exclusion du secrétaire). C'est la majorité simple qui prévaut. Dans le cas inhabituel où le vote aboutirait à une égalité des voix, en raison d'un nombre pair de membres, le président a la voix prépondérante. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D2F9DC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C83B86" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tout processus de vote et de départage doit être enregistré, en consignant tous les points saillants, dans le cadre du rapport d'examen du comité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA04BE9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="328D0762" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc453862240"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Examen direct </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="6760F6FE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF0578D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>L'examen direct se produit lorsqu'un président du comité d'examen des acquisitions entreprend l'examen sans qu'il soit nécessaire de convoquer les membres du comité et transmet les recommandations directement à l'autorité compétente en matière d'approvisionnement pour qu'elle rende une décision finale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585B7791" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4806CA1F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3104A278" w:rsidP="5094815C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Toutes les actions de passation de marchés qui font l'objet d'un examen direct doivent également être soumises par </w:t>
+      </w:r>
+      <w:r w:rsidR="4D75BD84" w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>l'intermédiaire de la plateforme d'approvisionnement Quantum / UNall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4784D5F0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E102763" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Revue directe au niveau CAP (Business Unit) :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC3DA94" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60A542E5" w14:textId="60C3D0D8" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les actions d'approvisionnement d'une valeur comprise entre le seuil minimum pour être soumises au Comité des contrats, des biens et des achats et le pouvoir délégué d'approvisionnement standard pour les processus concurrentiels et 50% du pouvoir délégué d'approvisionnement standard pour la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>passation de marchés directs doivent être examinées dans le cadre de la modalité d'examen direct par le président du Comité des contrats, des actifs et des approvisionnements, comme indiqué à la section Seuils monétaires ci-dessous. Le chef du CO/BU peut décider d'utiliser l'ensemble du Comité CAP pour examiner les soumissions inférieures à l'autorité déléguée dans la mesure du possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0430F2" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="00645D21" w:rsidRDefault="00A03540" w:rsidP="00CB1D0B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED68105" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="00645D21" w:rsidRDefault="00A03540" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans le cas où un CO/BU a obtenu une délégation d'approvisionnement accrue, les cas dépassant le pouvoir délégué d'achat standard (SDPA) et le pouvoir délégué d'achat accru (IDPA) seront examinés par l'ensemble du Comité CAP et ne sont pas éligibles à l'examen direct </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26204CC6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402E04FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00981FBF" w:rsidP="2B04DFEF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Le président de la CAP peut consulter ou demander l'aide du président du RACP dans le cadre de l'examen de toute action d'approvisionnement ou, si nécessaire, en consultation avec le chef de l'unité de financement, transmettre le cas au président du RACP pour son examen direct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="408285E6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A57AB88" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Examen direct aux niveaux régional ACP et ACP :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405C7E96" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="377115D6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00645D21">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lorsqu'une unité opérationnelle est en situation de crise ou de développement spécial, il peut y avoir des mesures d'approvisionnement urgentes qui dépassent le pouvoir d'approvisionnement délégué et qui nécessitent un examen de surveillance accéléré. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085F8850" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FD292C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2B04DFEF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans ce cas, le chef de l'unité opérationnelle requérante peut demander au président du Comité consultatif régional pour les achats ou du Comité consultatif pour les achats de procéder à un examen direct de la mesure d'achat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32215B18" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5960,73 +6808,63 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>les</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mesures d'approvisionnement prises dans le cadre du pouvoir délégué en matière d'approvisionnement des unités opérationnelles qui ont été transmises au Comité consultatif régional sur l'approvisionnement et au Comité consultatif sur l'approvisionnement ; </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> mesures d'approvisionnement prises dans le cadre du pouvoir délégué en matière d'approvisionnement des unités opérationnelles qui ont été transmises au Comité consultatif régional sur l'approvisionnement et au Comité consultatif sur l'approvisionnement ; ou</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6FBC1BEC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E881051" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -6201,61 +7039,51 @@
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">000 </w:t>
       </w:r>
       <w:r w:rsidR="005E49FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>$ US</w:t>
       </w:r>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou son équivalent en monnaie locale (sur la base du taux de change officiel actuel de l'ONU à la date d'ouverture des offres) relève de l'autorité du chef du CO/BU et n'a pas besoin d'être soumise à un comité. Le chef du CO/BU doit mettre en place les mécanismes de surveillance et de contrôle nécessaires pour les opérations </w:t>
-[...9 lines deleted...]
-        <w:t>de passation de marchés d'une valeur inférieure à 70</w:t>
+        <w:t xml:space="preserve"> ou son équivalent en monnaie locale (sur la base du taux de change officiel actuel de l'ONU à la date d'ouverture des offres) relève de l'autorité du chef du CO/BU et n'a pas besoin d'être soumise à un comité. Le chef du CO/BU doit mettre en place les mécanismes de surveillance et de contrôle nécessaires pour les opérations de passation de marchés d'une valeur inférieure à 70</w:t>
       </w:r>
       <w:r w:rsidR="005E49FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">000 </w:t>
       </w:r>
       <w:r w:rsidR="005E49FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
@@ -6498,51 +7326,129 @@
       <w:hyperlink r:id="rId12">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>Responsabilite</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
-          <w:t xml:space="preserve"> et Augmentation de Delegation D'Autorite en Matiere D'Achats</w:t>
+          <w:t xml:space="preserve"> et Augmentation de </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t>Delegation</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> D'</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t>Autorite</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> en </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t>Matiere</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0D1F25DF" w:rsidRPr="0000470F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="fr-FR"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> D'Achats</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="2E104AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8F91D2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DDA0CFD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
@@ -6591,51 +7497,51 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10133" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="2486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00437388" w14:paraId="358534EA" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00711005" w14:paraId="358534EA" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="593"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26DAC08F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
@@ -6836,202 +7742,219 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>d'approvisionnement</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>concurrentiel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="1A06887F" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="1A06887F" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CDC6B70" w14:textId="77777777" w:rsidR="0080478B" w:rsidRPr="00732A3A" w:rsidRDefault="00AF6ED8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tout contrat ou une série de contrats comportant des avenants à attribuer un fournisseur au cours d'une année civile qui, dans son ensemble, a une valeur cumulée : </w:t>
+              <w:t xml:space="preserve">Tout contrat ou une série de contrats comportant des avenants à attribuer un fournisseur au cours </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732A3A">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">d'une année civile qui, dans son ensemble, a une valeur cumulée : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F127CCE" w14:textId="62C5E4A5" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Au-delà de 70</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>000 $ US (au-dessus de 150</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">000 $ US pour les contrats individuels) et jusqu'à la délégation standard du pouvoir délégué en matière d'approvisionnement par examen direct par le président du CAP </w:t>
+              <w:t xml:space="preserve">000 $ US pour les contrats individuels) et jusqu'à la délégation standard du </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00645D21">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">pouvoir délégué en matière d'approvisionnement par examen direct par le président du CAP </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BBCC2BE" w14:textId="77777777" w:rsidR="00732A3A" w:rsidRDefault="00732A3A" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="434AD1DD" w14:textId="506AC963" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Au-delà du pouvoir d'achat délégué standard et jusqu'à concurrence de tout pouvoir d'achat délégué accru par le Comité de la PAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2861DBC3" w14:textId="464E021A" w:rsidR="00386B59" w:rsidRPr="00645D21" w:rsidRDefault="001A3196" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Au-delà du pouvoir délégué d'achat et jusqu'à 2,5 millions </w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>$ US</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D387E76" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="008D1267" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B585EAB" w14:textId="3006E22A" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="008D1267" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Jusqu'à 700</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">000 $ </w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">US </w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>pour un examen direct par le président du RACP</w:t>
@@ -7064,88 +7987,90 @@
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2611E854" w14:textId="77777777" w:rsidR="004D0B6F" w:rsidRPr="00645D21" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Unités du QG :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="180A9524" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-dessus du pouvoir d'approvisionnement délégué </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69084983" w14:textId="77777777" w:rsidR="00413215" w:rsidRPr="00645D21" w:rsidRDefault="00413215" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DF912B5" w14:textId="148D1354" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Bureaux de pays : </w:t>
             </w:r>
             <w:r w:rsidR="15BED3E9" w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">plus de 2,5 millions </w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>$ US</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="574FAE14" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="26D606B7" w14:textId="3FD91585" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
@@ -7187,119 +8112,110 @@
           </w:p>
           <w:p w14:paraId="7BCC5EF6" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="00645D21" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A640451" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Un seuil s'applique par an pour les contrats à long terme </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00437388" w14:paraId="6A3FB0C9" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00711005" w14:paraId="6A3FB0C9" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07AF274A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="711C13B1" w14:textId="2F9EC9CF" w:rsidR="00732A3A" w:rsidRDefault="04D4D34C" w:rsidP="2E104AB4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="53"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2E104AB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les contrats conclus pour le même fournisseur, qui ont déjà été examinés et approuvés par les comités, ne sont pas pris en compte dans le calcul des montants cumulatifs, à moins que la valeur cumulative ne dépasse le seuil d'un comité. Dans ce cas, une soumission doit être présentée au comité de </w:t>
-[...9 lines deleted...]
-              <w:t>niveau supérieur.</w:t>
+              <w:t>Les contrats conclus pour le même fournisseur, qui ont déjà été examinés et approuvés par les comités, ne sont pas pris en compte dans le calcul des montants cumulatifs, à moins que la valeur cumulative ne dépasse le seuil d'un comité. Dans ce cas, une soumission doit être présentée au comité de niveau supérieur.</w:t>
             </w:r>
             <w:r w:rsidR="00732A3A" w:rsidRPr="2E104AB4">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00732A3A" w:rsidRPr="2E104AB4">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="2E104AB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7398,96 +8314,96 @@
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="286DEF9B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Contractualisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>directe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="74FC245D" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="74FC245D" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05F007C6" w14:textId="77777777" w:rsidR="0080478B" w:rsidRPr="00732A3A" w:rsidRDefault="00AF6ED8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Tout contrat ou série de contrats, y compris les modifications à attribuer à un fournisseur au cours d'une année civile que dans l'ensemble a une valeur cumulée : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6466DA25" w14:textId="10D1B3F4" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -7744,145 +8660,143 @@
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">US </w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>pour un examen direct par le président du PVA</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C5A730A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Un seuil s'applique par an pour les contrats à long terme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="33B97040" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="33B97040" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="080C0CE8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
-              <w:lastRenderedPageBreak/>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5157E357" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="21CE4F0F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Pour les contrats individuels et les ententes de prêt remboursable, les seuils de passation de marchés directs sont les mêmes que les seuils du processus d'approvisionnement concurrentiel ci-dessus, conformément à la politique d'IC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="593B1890" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="593B1890" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6C141373" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Modification de tous les contrats</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="5D771DF6" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="5D771DF6" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="1095"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B2A3AD5" w14:textId="7419ED43" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -8189,51 +9103,51 @@
           </w:p>
           <w:p w14:paraId="1698927A" w14:textId="77777777" w:rsidR="004F413E" w:rsidRPr="00645D21" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76380079" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Un seuil s'applique par an pour les contrats à long terme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00437388" w14:paraId="0590CCF1" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00711005" w14:paraId="0590CCF1" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DC557E2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8250,51 +9164,58 @@
           </w:tcPr>
           <w:p w14:paraId="48DABB2C" w14:textId="77777777" w:rsidR="0080478B" w:rsidRDefault="00AF6ED8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Toute modification apportée à un contrat ou à </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>une accord</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> à long terme (ALT) préalablement examinée par un comité d'examen des acquisitions doit être soumise au même comité, à moins que la valeur cumulative ne dépasse le seuil du comité (c.-à-d. du Comité des marchés, des biens et de l'approvisionnement au Comité consultatif régional de l'approvisionnement, ou du Comité consultatif régional de l'approvisionnement au Comité consultatif de l'approvisionnement). </w:t>
+              <w:t xml:space="preserve"> à long terme (ALT) préalablement examinée par un comité d'examen des acquisitions doit être soumise au même comité, à moins que la valeur cumulative ne dépasse le seuil du comité (c.-à-d. du Comité des marchés, des biens et de l'approvisionnement au Comité </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00732A3A">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">consultatif régional de l'approvisionnement, ou du Comité consultatif régional de l'approvisionnement au Comité consultatif de l'approvisionnement). </w:t>
             </w:r>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:br/>
               <w:t>Toute modification qui, dans l'ensemble, augmente la valeur totale du contrat à un montant inférieur à 70</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00732A3A">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>000 $ US (150</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
@@ -8338,51 +9259,51 @@
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F12E4B6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Examen ex ante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="3E8EF9EB" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="3E8EF9EB" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="1582"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F5FE881" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -8511,51 +9432,51 @@
           </w:p>
           <w:p w14:paraId="21171A58" w14:textId="77777777" w:rsidR="00C1024C" w:rsidRPr="00645D21" w:rsidRDefault="00C1024C" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E5A7032" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Un seuil s'applique par an pour les contrats à long terme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00437388" w14:paraId="2926E6B0" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00711005" w14:paraId="2926E6B0" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="1462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E16785A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8705,90 +9626,92 @@
           </w:p>
           <w:p w14:paraId="0F938375" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="237"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Indépendamment de ce qui précède, le CO/BU peut choisir de soumettre des cas à un examen ex ante si des risques significatifs sont perçus ou si un examen formel de la stratégie est conseillé.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="69AF4C31" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="69AF4C31" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="546CB6D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Cession d'actifs par vente, donation ou abandon</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="0629055F" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="0629055F" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="050AD7D5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
@@ -8965,80 +9888,79 @@
           <w:p w14:paraId="0F9C9C68" w14:textId="7EF93150" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Plus de 2,5 millions de </w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>$ US</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="1C265445" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="1C265445" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EBFBAD7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cession par voie de passation par profits et pertes de biens endommagés, perdus ou volés d'une valeur : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C6FC630" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9362,51 +10284,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>000 $</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> US</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29B4E79E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="002A422A" w14:paraId="4DAA826B" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00B911B0" w14:paraId="4DAA826B" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="057B9391" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9478,50 +10400,51 @@
           </w:p>
           <w:p w14:paraId="567D99E6" w14:textId="50174355" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Les radiations de plus de 100</w:t>
             </w:r>
             <w:r w:rsidR="005E49FF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>000 $ US doivent être approuvées par l'Administrateur conformément à l'article 126.17 du FRR.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B85F8E7" w14:textId="36F83C07" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2E104AB4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
@@ -9565,82 +10488,123 @@
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="096BD1E7" w:rsidRPr="2E104AB4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidR="4152CBB9" w:rsidRPr="000C427E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
-                <w:t>Mobilier et Materiel: Cessions et Comptabilisation en Pertes D'Actifs</w:t>
+                <w:t xml:space="preserve">Mobilier et </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidR="4152CBB9" w:rsidRPr="000C427E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>Materiel</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="4152CBB9" w:rsidRPr="000C427E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t>:</w:t>
+              </w:r>
+              <w:proofErr w:type="gramEnd"/>
+              <w:r w:rsidR="4152CBB9" w:rsidRPr="000C427E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                  <w:color w:val="0070C0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="fr-FR"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Cessions et Comptabilisation en Pertes D'Actifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="1BAA05A9" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="215A2E2C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Génération</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>revenus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="1D649A03" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -9787,79 +10751,78 @@
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3775156B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Autrui</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00437388" w14:paraId="67A5D5EA" w14:textId="77777777" w:rsidTr="2E104AB4">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00711005" w14:paraId="67A5D5EA" w14:textId="77777777" w:rsidTr="2E104AB4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65898450" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00645D21">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Toute autre question relative à un contrat ou à la cession d'un bien peut être renvoyée à la Commission d'examen des acquisitions par l'autorité chargée des achats.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="600C5E94" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A0D9188" w14:textId="23EE469E" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="2E104AB4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -10037,51 +11000,61 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2E104AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les demandes a posteriori ne sont pas examinées par le Comité d'examen des achats,</w:t>
       </w:r>
       <w:r w:rsidRPr="2E104AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mais font l'objet d'un examen direct par le Comité consultatif régional des achats ou le président du Comité consultatif des achats. Les unités opérationnelles doivent signaler les actions a posteriori par l'intermédiaire de la </w:t>
+        <w:t xml:space="preserve"> mais font l'objet d'un examen direct par le Comité consultatif régional des achats ou le président du Comité consultatif des achats. Les unités opérationnelles doivent signaler les actions a posteriori par l'intermédiaire de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2E104AB4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="0022518A" w:rsidRPr="2E104AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">plateforme UNALL </w:t>
       </w:r>
       <w:r w:rsidR="00715A9C" w:rsidRPr="2E104AB4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">en fonction de la valeur et des seuils du contrat définis dans la présente politique. Ce rapport, en plus de fournir des informations sur les actions et les processus de passation de marchés, doit comprendre une explication et une justification des raisons pour lesquelles la situation a posteriori s'est produite. La soumission doit être signalée dans les trois mois suivant l'action a posteriori, déterminée par la date d'émission d'un bon de commande ou de signature d'un contrat, etc. Une demande de modification faite à un contrat a posteriori n'est examinée par un comité qu'après que la soumission a posteriori a été signalée au chef régional des achats/chef des achats. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F84BF68" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
@@ -10095,61 +11068,51 @@
     <w:p w14:paraId="72AFAF67" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">La présentation de l'action a posteriori n'a pas pour but de demander au chef régional des achats ou au chef des achats de modifier ou de valider une décision qui a déjà été prise, ni d'autoriser des paiements au fournisseur contractuel. Ces rapports sont nécessaires pour les dossiers et pour : a) permettre à l'agent de fournir à l'unité opérationnelle une rétroaction en vue d'améliorer les mesures d'approvisionnement futures ; b) identifier toute lacune en matière de capacités au sein de l'unité opérationnelle qui pourrait nécessiter des interventions appropriées ; c) Contribuer à toute évaluation </w:t>
-[...9 lines deleted...]
-        <w:t>de la capacité d'achat de l'unité administrative en vue d'un plus grand nombre de demandes de délégation de pouvoirs d'achat ; et d) de porter la question à l'attention d'autres bureaux compétents du PNUD, le cas échéant.</w:t>
+        <w:t>La présentation de l'action a posteriori n'a pas pour but de demander au chef régional des achats ou au chef des achats de modifier ou de valider une décision qui a déjà été prise, ni d'autoriser des paiements au fournisseur contractuel. Ces rapports sont nécessaires pour les dossiers et pour : a) permettre à l'agent de fournir à l'unité opérationnelle une rétroaction en vue d'améliorer les mesures d'approvisionnement futures ; b) identifier toute lacune en matière de capacités au sein de l'unité opérationnelle qui pourrait nécessiter des interventions appropriées ; c) Contribuer à toute évaluation de la capacité d'achat de l'unité administrative en vue d'un plus grand nombre de demandes de délégation de pouvoirs d'achat ; et d) de porter la question à l'attention d'autres bureaux compétents du PNUD, le cas échéant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E8EC37" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00645D21" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3102F1E4" w14:textId="77777777" w:rsidR="000C427E" w:rsidRDefault="00224700" w:rsidP="00EE7026">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -10215,306 +11178,205 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C427E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les situations a posteriori, ainsi que le fait de ne pas les signaler, constituent deux écarts graves par rapport aux politiques et procédures d'achat du PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44279FFE" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0897928E" w14:textId="77777777" w:rsidR="00906226" w:rsidRDefault="00906226" w:rsidP="00224700">
+    <w:p w14:paraId="181C15BC" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00746875" w:rsidRDefault="00746875" w:rsidP="00746875">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E52372" w14:textId="77777777" w:rsidR="00906226" w:rsidRDefault="00906226" w:rsidP="00224700">
+    <w:p w14:paraId="087A98E7" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00746875" w:rsidRDefault="00746875" w:rsidP="00746875">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58480CD2" w14:textId="77777777" w:rsidR="00906226" w:rsidRDefault="00906226" w:rsidP="00224700">
-[...39 lines deleted...]
-    <w:p w14:paraId="4DA06CD3" w14:textId="77777777" w:rsidR="00906226" w:rsidRDefault="00906226" w:rsidP="00906226">
+    <w:p w14:paraId="624893F5" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00746875" w:rsidRDefault="00746875" w:rsidP="00B4120F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906226">
+      <w:r w:rsidRPr="00746875">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00906226">
+      <w:r w:rsidRPr="00746875">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="516C5E5E" w14:textId="77777777" w:rsidR="00906226" w:rsidRPr="00906226" w:rsidRDefault="00906226" w:rsidP="00906226">
+    <w:p w14:paraId="15610722" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00746875" w:rsidRDefault="00746875" w:rsidP="00B4120F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E7BC92D" w14:textId="6F168E47" w:rsidR="00906226" w:rsidRPr="00906226" w:rsidRDefault="00906226" w:rsidP="00906226">
+    <w:p w14:paraId="465B50C2" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00746875" w:rsidRDefault="00746875" w:rsidP="00B4120F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00906226">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00746875">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Avertissement:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00906226">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00746875">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t> Ce document a été traduit de l'</w:t>
-[...66 lines deleted...]
-    <w:p w14:paraId="0BE464A4" w14:textId="77777777" w:rsidR="00906226" w:rsidRPr="00645D21" w:rsidRDefault="00906226" w:rsidP="00224700">
+        <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAA4143" w14:textId="77777777" w:rsidR="00746875" w:rsidRPr="00645D21" w:rsidRDefault="00746875" w:rsidP="00B4120F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="top"/>
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="00906226" w:rsidRPr="00645D21" w:rsidSect="009E5E61">
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00746875" w:rsidRPr="00645D21" w:rsidSect="009E5E61">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="800" w:right="1440" w:bottom="900" w:left="1440" w:header="810" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04B58382" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742" w:rsidP="00B536E5">
+    <w:p w14:paraId="0BBEA898" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C8B8BB6" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742" w:rsidP="00B536E5">
+    <w:p w14:paraId="0C87C7DC" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2179CF95" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742">
+    <w:p w14:paraId="4EE940BF" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -10522,91 +11384,91 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
-    <w:altName w:val="Segoe UI"/>
+    <w:altName w:val="Corbel"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="15EE22EA" w14:textId="77777777" w:rsidR="009257A6" w:rsidRDefault="009257A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6BBE1664" w14:textId="77777777" w:rsidR="008326F1" w:rsidRPr="00645D21" w:rsidRDefault="008529F7">
+  <w:p w14:paraId="6BBE1664" w14:textId="751F7664" w:rsidR="008326F1" w:rsidRPr="00645D21" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00645D21">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00645D21">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
@@ -10673,104 +11535,98 @@
       <w:t>14</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00C1024C" w:rsidRPr="00645D21">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Date d'entrée en vigueur : 15/09/2025 </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00645D21">
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">Version # : </w:t>
+      <w:t>Version</w:t>
     </w:r>
-    <w:sdt>
-[...22 lines deleted...]
-    </w:sdt>
+    <w:r w:rsidR="00711005">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t> :</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00645D21">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> # </w:t>
+    </w:r>
+    <w:r w:rsidR="00711005">
+      <w:rPr>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AA503E2" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742" w:rsidP="00B536E5">
+    <w:p w14:paraId="13EBAEAF" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04DAB395" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742" w:rsidP="00B536E5">
+    <w:p w14:paraId="34194473" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C43C7CC" w14:textId="77777777" w:rsidR="008E5742" w:rsidRDefault="008E5742">
+    <w:p w14:paraId="346624A9" w14:textId="77777777" w:rsidR="00122C59" w:rsidRDefault="00122C59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="503CF519" w14:textId="4C011EC1" w:rsidR="00732A3A" w:rsidRPr="00645D21" w:rsidRDefault="00732A3A" w:rsidP="000C427E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F107A0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -11282,51 +12138,51 @@
       </w:r>
       <w:r w:rsidR="005E49FF">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00645D21">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">000 $ US (y compris les contrats déjà examinés par le CAP). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="380AFD03" w14:textId="69BFDDF5" w:rsidR="008529F7" w:rsidRDefault="2E104AB4" w:rsidP="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DBFA16F" wp14:editId="4D87406A">
           <wp:extent cx="481086" cy="732190"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1941796023" name="drawing"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1346768598" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -11344,51 +12200,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="481086" cy="732190"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="18992EF7" w14:textId="77777777" w:rsidR="008529F7" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07230BB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFA975A"/>
     <w:lvl w:ilvl="0" w:tplc="81E0CBEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -16321,223 +17177,223 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1623881325">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="137114663">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1734154865">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="322513265">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="582183698">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="747925805">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="217060975">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1383989517">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="798183091">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1667902154">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2019111682">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="903296251">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1361128437">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1114598960">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="535625996">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="68160164">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="964194843">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1804614146">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="210071869">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2100368252">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="104623503">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1600944112">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1474254875">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1486629475">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1739477461">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1460223134">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2135249090">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1682464177">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="312372161">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1280340280">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1145775268">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="2069065933">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1334141814">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="934558099">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1437016126">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="543102318">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="2040623818">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="339966538">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1091270199">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1036546626">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="206141612">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1724598299">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1052115205">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="217597380">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1658606607">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="846948419">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="334038271">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="504511698">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="2001228489">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1835486047">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1131174137">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1224026917">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="978804929">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="52"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00444FE7"/>
     <w:rsid w:val="0000470F"/>
     <w:rsid w:val="0001712F"/>
     <w:rsid w:val="00020819"/>
     <w:rsid w:val="00025E8B"/>
@@ -16548,52 +17404,54 @@
     <w:rsid w:val="00055F94"/>
     <w:rsid w:val="00057632"/>
     <w:rsid w:val="000641EB"/>
     <w:rsid w:val="000654CB"/>
     <w:rsid w:val="00070388"/>
     <w:rsid w:val="00072975"/>
     <w:rsid w:val="00072DC4"/>
     <w:rsid w:val="000772EB"/>
     <w:rsid w:val="00077CD2"/>
     <w:rsid w:val="00092D80"/>
     <w:rsid w:val="000A31B1"/>
     <w:rsid w:val="000A4782"/>
     <w:rsid w:val="000A67F5"/>
     <w:rsid w:val="000B5A63"/>
     <w:rsid w:val="000C427E"/>
     <w:rsid w:val="000C46C5"/>
     <w:rsid w:val="000C6936"/>
     <w:rsid w:val="000D454E"/>
     <w:rsid w:val="000E0EBF"/>
     <w:rsid w:val="000E4727"/>
     <w:rsid w:val="000F3743"/>
     <w:rsid w:val="000F487B"/>
     <w:rsid w:val="001023D8"/>
     <w:rsid w:val="00112FAB"/>
     <w:rsid w:val="00117658"/>
+    <w:rsid w:val="00122C59"/>
     <w:rsid w:val="0012303D"/>
     <w:rsid w:val="00125E07"/>
+    <w:rsid w:val="0013392A"/>
     <w:rsid w:val="001342DC"/>
     <w:rsid w:val="00134AF4"/>
     <w:rsid w:val="00141678"/>
     <w:rsid w:val="001439B5"/>
     <w:rsid w:val="001467EF"/>
     <w:rsid w:val="00153CA4"/>
     <w:rsid w:val="0015422C"/>
     <w:rsid w:val="00154B40"/>
     <w:rsid w:val="00157842"/>
     <w:rsid w:val="00161F0A"/>
     <w:rsid w:val="001644F2"/>
     <w:rsid w:val="001710BC"/>
     <w:rsid w:val="00174284"/>
     <w:rsid w:val="00180C06"/>
     <w:rsid w:val="00183FF4"/>
     <w:rsid w:val="001862DC"/>
     <w:rsid w:val="00186337"/>
     <w:rsid w:val="001868EF"/>
     <w:rsid w:val="00186ED9"/>
     <w:rsid w:val="001871DD"/>
     <w:rsid w:val="00196091"/>
     <w:rsid w:val="001A0FB0"/>
     <w:rsid w:val="001A3196"/>
     <w:rsid w:val="001A3565"/>
     <w:rsid w:val="001B1565"/>
@@ -16652,193 +17510,198 @@
     <w:rsid w:val="002B506A"/>
     <w:rsid w:val="002B5EF4"/>
     <w:rsid w:val="002C2D06"/>
     <w:rsid w:val="002C3A4A"/>
     <w:rsid w:val="002C3FDF"/>
     <w:rsid w:val="002C7ED8"/>
     <w:rsid w:val="002D013C"/>
     <w:rsid w:val="002E2F4E"/>
     <w:rsid w:val="002E47DE"/>
     <w:rsid w:val="002E676D"/>
     <w:rsid w:val="00301220"/>
     <w:rsid w:val="003021E2"/>
     <w:rsid w:val="003058CE"/>
     <w:rsid w:val="00321072"/>
     <w:rsid w:val="003224D3"/>
     <w:rsid w:val="0033352B"/>
     <w:rsid w:val="00333C36"/>
     <w:rsid w:val="00333F53"/>
     <w:rsid w:val="00336A87"/>
     <w:rsid w:val="00343BF8"/>
     <w:rsid w:val="00344CE0"/>
     <w:rsid w:val="00346939"/>
     <w:rsid w:val="0036310D"/>
     <w:rsid w:val="003733B6"/>
     <w:rsid w:val="0037342A"/>
+    <w:rsid w:val="00376B03"/>
     <w:rsid w:val="00376C3D"/>
     <w:rsid w:val="00380389"/>
     <w:rsid w:val="0038128C"/>
     <w:rsid w:val="0038328A"/>
     <w:rsid w:val="00384480"/>
     <w:rsid w:val="00385D97"/>
     <w:rsid w:val="00386B59"/>
     <w:rsid w:val="00392F65"/>
     <w:rsid w:val="00395F36"/>
     <w:rsid w:val="003A304B"/>
     <w:rsid w:val="003A4667"/>
     <w:rsid w:val="003B0DD5"/>
     <w:rsid w:val="003C1FC9"/>
     <w:rsid w:val="003C276B"/>
     <w:rsid w:val="003C4E17"/>
     <w:rsid w:val="003D2BF1"/>
     <w:rsid w:val="003D5B9D"/>
     <w:rsid w:val="003D5BD9"/>
     <w:rsid w:val="003E1D8A"/>
     <w:rsid w:val="003E65CE"/>
     <w:rsid w:val="003E7C21"/>
     <w:rsid w:val="003F696F"/>
     <w:rsid w:val="003F7A66"/>
     <w:rsid w:val="00401609"/>
     <w:rsid w:val="00402F11"/>
     <w:rsid w:val="00402F49"/>
     <w:rsid w:val="00407344"/>
     <w:rsid w:val="0041311E"/>
     <w:rsid w:val="00413215"/>
     <w:rsid w:val="00420304"/>
     <w:rsid w:val="0042062C"/>
     <w:rsid w:val="00424D9F"/>
     <w:rsid w:val="00433A2A"/>
-    <w:rsid w:val="00437388"/>
     <w:rsid w:val="00444309"/>
     <w:rsid w:val="00444FE7"/>
     <w:rsid w:val="00447DB1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="00451C00"/>
     <w:rsid w:val="0046396C"/>
     <w:rsid w:val="00464C4E"/>
     <w:rsid w:val="004663A9"/>
     <w:rsid w:val="00485E0F"/>
     <w:rsid w:val="00486C94"/>
     <w:rsid w:val="0049169B"/>
     <w:rsid w:val="00495400"/>
     <w:rsid w:val="004A06CC"/>
     <w:rsid w:val="004A07CA"/>
     <w:rsid w:val="004A448F"/>
     <w:rsid w:val="004A6166"/>
     <w:rsid w:val="004A6252"/>
     <w:rsid w:val="004B2847"/>
     <w:rsid w:val="004B6203"/>
     <w:rsid w:val="004C41B7"/>
     <w:rsid w:val="004C4341"/>
     <w:rsid w:val="004C7B94"/>
     <w:rsid w:val="004D0B6F"/>
     <w:rsid w:val="004D3622"/>
     <w:rsid w:val="004D37ED"/>
     <w:rsid w:val="004E4D01"/>
     <w:rsid w:val="004E75A2"/>
     <w:rsid w:val="004F31EC"/>
     <w:rsid w:val="004F413E"/>
     <w:rsid w:val="004F4269"/>
     <w:rsid w:val="004F42BB"/>
     <w:rsid w:val="005006BE"/>
     <w:rsid w:val="00503647"/>
     <w:rsid w:val="00507652"/>
+    <w:rsid w:val="0052367D"/>
+    <w:rsid w:val="00531B81"/>
     <w:rsid w:val="00531FBF"/>
     <w:rsid w:val="005335E9"/>
     <w:rsid w:val="00534CD3"/>
     <w:rsid w:val="00540932"/>
     <w:rsid w:val="00544677"/>
     <w:rsid w:val="00546D00"/>
     <w:rsid w:val="005559EB"/>
     <w:rsid w:val="00561CD4"/>
     <w:rsid w:val="00564A2F"/>
     <w:rsid w:val="00565AAC"/>
     <w:rsid w:val="00575035"/>
     <w:rsid w:val="0058681A"/>
     <w:rsid w:val="00596414"/>
+    <w:rsid w:val="005A1780"/>
     <w:rsid w:val="005A48F4"/>
     <w:rsid w:val="005A61A2"/>
     <w:rsid w:val="005A6D44"/>
     <w:rsid w:val="005B1022"/>
     <w:rsid w:val="005B30D0"/>
     <w:rsid w:val="005B3DC9"/>
     <w:rsid w:val="005B72A7"/>
     <w:rsid w:val="005C18C7"/>
     <w:rsid w:val="005C1972"/>
     <w:rsid w:val="005C49B3"/>
     <w:rsid w:val="005C6F2C"/>
     <w:rsid w:val="005E49FF"/>
     <w:rsid w:val="005F5F9B"/>
     <w:rsid w:val="006014AF"/>
     <w:rsid w:val="0060477A"/>
     <w:rsid w:val="00605BD0"/>
     <w:rsid w:val="0061183B"/>
     <w:rsid w:val="0062070D"/>
     <w:rsid w:val="00626851"/>
     <w:rsid w:val="006268A5"/>
     <w:rsid w:val="006354DB"/>
     <w:rsid w:val="00636FAD"/>
     <w:rsid w:val="00642A1B"/>
     <w:rsid w:val="00642D03"/>
     <w:rsid w:val="00645D21"/>
     <w:rsid w:val="00646CB9"/>
     <w:rsid w:val="00647ABC"/>
     <w:rsid w:val="006532F1"/>
     <w:rsid w:val="00657897"/>
     <w:rsid w:val="0066775A"/>
     <w:rsid w:val="00671619"/>
     <w:rsid w:val="006754A0"/>
     <w:rsid w:val="0068356D"/>
+    <w:rsid w:val="00684463"/>
     <w:rsid w:val="00685D59"/>
     <w:rsid w:val="006860E2"/>
     <w:rsid w:val="006901CB"/>
     <w:rsid w:val="00693190"/>
     <w:rsid w:val="0069691C"/>
     <w:rsid w:val="006A16AA"/>
     <w:rsid w:val="006A2D8F"/>
     <w:rsid w:val="006A36B9"/>
     <w:rsid w:val="006A4EB2"/>
     <w:rsid w:val="006C5748"/>
     <w:rsid w:val="006C67F6"/>
     <w:rsid w:val="006C77A9"/>
     <w:rsid w:val="006D414F"/>
     <w:rsid w:val="006D638E"/>
     <w:rsid w:val="006E21A4"/>
     <w:rsid w:val="006F5D5E"/>
     <w:rsid w:val="007048AC"/>
     <w:rsid w:val="00707880"/>
+    <w:rsid w:val="00711005"/>
     <w:rsid w:val="00715A9C"/>
     <w:rsid w:val="00724525"/>
     <w:rsid w:val="007277D5"/>
     <w:rsid w:val="00732A3A"/>
     <w:rsid w:val="00734954"/>
     <w:rsid w:val="00737A3F"/>
     <w:rsid w:val="00737E09"/>
     <w:rsid w:val="0074035E"/>
     <w:rsid w:val="00742A6D"/>
+    <w:rsid w:val="00746875"/>
     <w:rsid w:val="00747079"/>
-    <w:rsid w:val="00757169"/>
     <w:rsid w:val="00761D7D"/>
     <w:rsid w:val="00761EBE"/>
     <w:rsid w:val="007622E1"/>
     <w:rsid w:val="00763E58"/>
     <w:rsid w:val="00764B22"/>
     <w:rsid w:val="00765C38"/>
     <w:rsid w:val="00771296"/>
     <w:rsid w:val="0078205D"/>
     <w:rsid w:val="0078497C"/>
     <w:rsid w:val="00786156"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007954DC"/>
     <w:rsid w:val="007A0294"/>
     <w:rsid w:val="007B2CB7"/>
     <w:rsid w:val="007B5964"/>
     <w:rsid w:val="007C1046"/>
     <w:rsid w:val="007C3E60"/>
     <w:rsid w:val="007C52CE"/>
     <w:rsid w:val="007C607D"/>
     <w:rsid w:val="007C74B0"/>
     <w:rsid w:val="007D0B5F"/>
     <w:rsid w:val="007D23CA"/>
     <w:rsid w:val="007D63AB"/>
     <w:rsid w:val="007E4235"/>
     <w:rsid w:val="007F0832"/>
@@ -16854,76 +17717,76 @@
     <w:rsid w:val="00827204"/>
     <w:rsid w:val="00830643"/>
     <w:rsid w:val="008326F1"/>
     <w:rsid w:val="0083494E"/>
     <w:rsid w:val="008409BA"/>
     <w:rsid w:val="00842F39"/>
     <w:rsid w:val="00845C86"/>
     <w:rsid w:val="008507AD"/>
     <w:rsid w:val="00850CC7"/>
     <w:rsid w:val="00852787"/>
     <w:rsid w:val="008529F7"/>
     <w:rsid w:val="00854BB6"/>
     <w:rsid w:val="00857F39"/>
     <w:rsid w:val="00880F65"/>
     <w:rsid w:val="0088507D"/>
     <w:rsid w:val="0089508D"/>
     <w:rsid w:val="0089535F"/>
     <w:rsid w:val="008A1606"/>
     <w:rsid w:val="008A16C9"/>
     <w:rsid w:val="008A68E5"/>
     <w:rsid w:val="008C5179"/>
     <w:rsid w:val="008D1267"/>
     <w:rsid w:val="008D3EF7"/>
     <w:rsid w:val="008D4CD8"/>
     <w:rsid w:val="008E0BA1"/>
-    <w:rsid w:val="008E5742"/>
     <w:rsid w:val="008E7CDD"/>
     <w:rsid w:val="008F0321"/>
     <w:rsid w:val="008F2B14"/>
     <w:rsid w:val="008F5A47"/>
     <w:rsid w:val="00902570"/>
     <w:rsid w:val="0090539F"/>
-    <w:rsid w:val="00906226"/>
     <w:rsid w:val="0091055F"/>
     <w:rsid w:val="0091437A"/>
     <w:rsid w:val="009167BE"/>
     <w:rsid w:val="0091792A"/>
     <w:rsid w:val="009257A6"/>
     <w:rsid w:val="00927FE9"/>
     <w:rsid w:val="009302E6"/>
     <w:rsid w:val="00931A86"/>
     <w:rsid w:val="00932369"/>
+    <w:rsid w:val="00934E23"/>
     <w:rsid w:val="009369BA"/>
     <w:rsid w:val="009570EF"/>
     <w:rsid w:val="00976D8E"/>
     <w:rsid w:val="00981F76"/>
     <w:rsid w:val="00981FBF"/>
     <w:rsid w:val="0098294E"/>
     <w:rsid w:val="00985D32"/>
     <w:rsid w:val="0098691A"/>
     <w:rsid w:val="00992B48"/>
+    <w:rsid w:val="009B2809"/>
     <w:rsid w:val="009B7677"/>
     <w:rsid w:val="009D2D56"/>
     <w:rsid w:val="009D7521"/>
     <w:rsid w:val="009E006B"/>
     <w:rsid w:val="009E5E61"/>
     <w:rsid w:val="009F0E9F"/>
     <w:rsid w:val="009F2F17"/>
     <w:rsid w:val="009F524F"/>
     <w:rsid w:val="009F793A"/>
     <w:rsid w:val="00A02F22"/>
     <w:rsid w:val="00A03540"/>
     <w:rsid w:val="00A11C2D"/>
     <w:rsid w:val="00A13EF6"/>
     <w:rsid w:val="00A20DD7"/>
     <w:rsid w:val="00A21658"/>
     <w:rsid w:val="00A22CC7"/>
     <w:rsid w:val="00A30DB5"/>
     <w:rsid w:val="00A35465"/>
     <w:rsid w:val="00A359A6"/>
     <w:rsid w:val="00A365AA"/>
     <w:rsid w:val="00A427AD"/>
     <w:rsid w:val="00A43239"/>
     <w:rsid w:val="00A43C30"/>
     <w:rsid w:val="00A467AD"/>
     <w:rsid w:val="00A57025"/>
@@ -16931,292 +17794,408 @@
     <w:rsid w:val="00A64218"/>
     <w:rsid w:val="00A75734"/>
     <w:rsid w:val="00A77A36"/>
     <w:rsid w:val="00A93229"/>
     <w:rsid w:val="00AA0873"/>
     <w:rsid w:val="00AA3CAE"/>
     <w:rsid w:val="00AA7FF7"/>
     <w:rsid w:val="00AB27B1"/>
     <w:rsid w:val="00AD0984"/>
     <w:rsid w:val="00AD79EA"/>
     <w:rsid w:val="00AE6EF6"/>
     <w:rsid w:val="00AF4BFD"/>
     <w:rsid w:val="00AF63C0"/>
     <w:rsid w:val="00AF694F"/>
     <w:rsid w:val="00AF6ED8"/>
     <w:rsid w:val="00B010D3"/>
     <w:rsid w:val="00B13213"/>
     <w:rsid w:val="00B161C0"/>
     <w:rsid w:val="00B207F2"/>
     <w:rsid w:val="00B21985"/>
     <w:rsid w:val="00B21F98"/>
     <w:rsid w:val="00B26B1B"/>
     <w:rsid w:val="00B26BDE"/>
     <w:rsid w:val="00B275E5"/>
     <w:rsid w:val="00B37771"/>
+    <w:rsid w:val="00B4120F"/>
     <w:rsid w:val="00B536E5"/>
     <w:rsid w:val="00B67315"/>
     <w:rsid w:val="00B71A45"/>
     <w:rsid w:val="00B72BFD"/>
     <w:rsid w:val="00B7335B"/>
     <w:rsid w:val="00B7586A"/>
     <w:rsid w:val="00B76B77"/>
     <w:rsid w:val="00B810A6"/>
     <w:rsid w:val="00B874C6"/>
+    <w:rsid w:val="00B911B0"/>
     <w:rsid w:val="00B9267E"/>
     <w:rsid w:val="00B93356"/>
     <w:rsid w:val="00B9396B"/>
     <w:rsid w:val="00B978CE"/>
     <w:rsid w:val="00BA1D3C"/>
     <w:rsid w:val="00BB0A3B"/>
     <w:rsid w:val="00BB29B5"/>
     <w:rsid w:val="00BD57F9"/>
     <w:rsid w:val="00BE030B"/>
     <w:rsid w:val="00BE453E"/>
     <w:rsid w:val="00BE7EF4"/>
+    <w:rsid w:val="00BF08C6"/>
     <w:rsid w:val="00BF1630"/>
     <w:rsid w:val="00C0089F"/>
     <w:rsid w:val="00C03B3F"/>
     <w:rsid w:val="00C03C01"/>
     <w:rsid w:val="00C0787D"/>
     <w:rsid w:val="00C1024C"/>
     <w:rsid w:val="00C22223"/>
     <w:rsid w:val="00C22914"/>
     <w:rsid w:val="00C2594E"/>
     <w:rsid w:val="00C309D9"/>
     <w:rsid w:val="00C30E23"/>
     <w:rsid w:val="00C33207"/>
     <w:rsid w:val="00C3568F"/>
     <w:rsid w:val="00C37BFD"/>
     <w:rsid w:val="00C37E03"/>
     <w:rsid w:val="00C41EDB"/>
     <w:rsid w:val="00C44F6B"/>
     <w:rsid w:val="00C548B6"/>
     <w:rsid w:val="00C613E4"/>
     <w:rsid w:val="00C65FDE"/>
     <w:rsid w:val="00C6737D"/>
     <w:rsid w:val="00C67721"/>
     <w:rsid w:val="00C7111C"/>
     <w:rsid w:val="00C74EDA"/>
+    <w:rsid w:val="00C75FCC"/>
     <w:rsid w:val="00C8307E"/>
     <w:rsid w:val="00C936EB"/>
     <w:rsid w:val="00C95835"/>
     <w:rsid w:val="00CA300E"/>
     <w:rsid w:val="00CB1D0B"/>
     <w:rsid w:val="00CB5BDA"/>
     <w:rsid w:val="00CC58CD"/>
     <w:rsid w:val="00CD142A"/>
     <w:rsid w:val="00CD195F"/>
     <w:rsid w:val="00CD3634"/>
     <w:rsid w:val="00CD69F9"/>
     <w:rsid w:val="00CE064E"/>
     <w:rsid w:val="00CE1A77"/>
     <w:rsid w:val="00CE497F"/>
     <w:rsid w:val="00CF0760"/>
     <w:rsid w:val="00D0526F"/>
     <w:rsid w:val="00D133C2"/>
     <w:rsid w:val="00D153AE"/>
     <w:rsid w:val="00D230F8"/>
     <w:rsid w:val="00D2491B"/>
     <w:rsid w:val="00D30D5B"/>
     <w:rsid w:val="00D313C4"/>
     <w:rsid w:val="00D34687"/>
     <w:rsid w:val="00D61851"/>
     <w:rsid w:val="00D65684"/>
     <w:rsid w:val="00D70831"/>
     <w:rsid w:val="00D80426"/>
     <w:rsid w:val="00D84471"/>
     <w:rsid w:val="00D856C1"/>
     <w:rsid w:val="00D865CA"/>
     <w:rsid w:val="00D90766"/>
     <w:rsid w:val="00DA02A5"/>
     <w:rsid w:val="00DB53A7"/>
     <w:rsid w:val="00DB5BB6"/>
     <w:rsid w:val="00DB7178"/>
     <w:rsid w:val="00DC497F"/>
     <w:rsid w:val="00DC7930"/>
     <w:rsid w:val="00DD2C99"/>
     <w:rsid w:val="00DD4991"/>
     <w:rsid w:val="00DD554B"/>
+    <w:rsid w:val="00DE2D3D"/>
     <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00DF0854"/>
     <w:rsid w:val="00DF476B"/>
     <w:rsid w:val="00DF6DBE"/>
     <w:rsid w:val="00E01B25"/>
     <w:rsid w:val="00E05245"/>
     <w:rsid w:val="00E06CF6"/>
     <w:rsid w:val="00E20AEA"/>
     <w:rsid w:val="00E210C3"/>
     <w:rsid w:val="00E21494"/>
     <w:rsid w:val="00E2315F"/>
     <w:rsid w:val="00E275FF"/>
     <w:rsid w:val="00E27E04"/>
     <w:rsid w:val="00E3041F"/>
     <w:rsid w:val="00E3523F"/>
     <w:rsid w:val="00E37BE3"/>
     <w:rsid w:val="00E40EE9"/>
     <w:rsid w:val="00E42B55"/>
     <w:rsid w:val="00E45675"/>
     <w:rsid w:val="00E47CA3"/>
     <w:rsid w:val="00E52B7D"/>
     <w:rsid w:val="00E5425D"/>
     <w:rsid w:val="00E61152"/>
     <w:rsid w:val="00E63B56"/>
     <w:rsid w:val="00E75F24"/>
     <w:rsid w:val="00E768B5"/>
+    <w:rsid w:val="00E82FD3"/>
     <w:rsid w:val="00E84D77"/>
     <w:rsid w:val="00E869A3"/>
     <w:rsid w:val="00E9075D"/>
     <w:rsid w:val="00E9572C"/>
     <w:rsid w:val="00EA32FC"/>
     <w:rsid w:val="00EB0E43"/>
     <w:rsid w:val="00EB67F2"/>
     <w:rsid w:val="00EB695F"/>
     <w:rsid w:val="00EB6ED1"/>
     <w:rsid w:val="00EC0642"/>
     <w:rsid w:val="00EC10D5"/>
     <w:rsid w:val="00EC774A"/>
     <w:rsid w:val="00ED646E"/>
     <w:rsid w:val="00ED7CE1"/>
     <w:rsid w:val="00EE0F51"/>
+    <w:rsid w:val="00EE4E98"/>
+    <w:rsid w:val="00EE618E"/>
     <w:rsid w:val="00EE79FD"/>
     <w:rsid w:val="00EF1FC9"/>
     <w:rsid w:val="00EF62DE"/>
     <w:rsid w:val="00EF6E63"/>
     <w:rsid w:val="00F0002B"/>
     <w:rsid w:val="00F107A0"/>
     <w:rsid w:val="00F17A07"/>
     <w:rsid w:val="00F249E8"/>
     <w:rsid w:val="00F26BF7"/>
     <w:rsid w:val="00F36B3D"/>
     <w:rsid w:val="00F4499A"/>
     <w:rsid w:val="00F45D93"/>
     <w:rsid w:val="00F462A1"/>
     <w:rsid w:val="00F504F1"/>
     <w:rsid w:val="00F56C87"/>
     <w:rsid w:val="00F64A38"/>
     <w:rsid w:val="00F6731E"/>
     <w:rsid w:val="00F674F3"/>
     <w:rsid w:val="00F675E5"/>
     <w:rsid w:val="00F677D7"/>
     <w:rsid w:val="00F71772"/>
     <w:rsid w:val="00F719C3"/>
     <w:rsid w:val="00F74464"/>
     <w:rsid w:val="00F83FF9"/>
     <w:rsid w:val="00F85F8C"/>
     <w:rsid w:val="00F86CE4"/>
     <w:rsid w:val="00F91F89"/>
     <w:rsid w:val="00F94C06"/>
     <w:rsid w:val="00F97024"/>
-    <w:rsid w:val="00FA1F8F"/>
     <w:rsid w:val="00FA4789"/>
     <w:rsid w:val="00FA69C4"/>
     <w:rsid w:val="00FA7543"/>
     <w:rsid w:val="00FB4178"/>
     <w:rsid w:val="00FC12C4"/>
     <w:rsid w:val="00FC4138"/>
     <w:rsid w:val="00FC6100"/>
     <w:rsid w:val="00FC7E35"/>
     <w:rsid w:val="00FD1B58"/>
     <w:rsid w:val="00FD51D8"/>
     <w:rsid w:val="00FE4CBE"/>
     <w:rsid w:val="00FE5D4A"/>
+    <w:rsid w:val="01078BD8"/>
     <w:rsid w:val="01FE6C29"/>
+    <w:rsid w:val="033F810E"/>
+    <w:rsid w:val="03B8F290"/>
     <w:rsid w:val="04D4D34C"/>
+    <w:rsid w:val="068999D9"/>
     <w:rsid w:val="06BC64BC"/>
+    <w:rsid w:val="07DC531A"/>
     <w:rsid w:val="096BD1E7"/>
     <w:rsid w:val="09E35B23"/>
+    <w:rsid w:val="0B777CED"/>
     <w:rsid w:val="0D1F25DF"/>
+    <w:rsid w:val="0DE988D0"/>
     <w:rsid w:val="0EB3FA2C"/>
+    <w:rsid w:val="0EC113BB"/>
+    <w:rsid w:val="0F2A75B6"/>
+    <w:rsid w:val="0F9600C2"/>
+    <w:rsid w:val="103F5319"/>
+    <w:rsid w:val="1051577C"/>
+    <w:rsid w:val="10E6E8D5"/>
+    <w:rsid w:val="11913546"/>
+    <w:rsid w:val="12707868"/>
     <w:rsid w:val="14A9CE06"/>
     <w:rsid w:val="155EBDAB"/>
     <w:rsid w:val="15BED3E9"/>
+    <w:rsid w:val="16D9A799"/>
+    <w:rsid w:val="17A558B7"/>
+    <w:rsid w:val="18320777"/>
+    <w:rsid w:val="1B3D88C5"/>
+    <w:rsid w:val="1B5D6A8F"/>
+    <w:rsid w:val="1B951311"/>
+    <w:rsid w:val="1BA7D565"/>
+    <w:rsid w:val="1C457CA0"/>
+    <w:rsid w:val="1D7B7FAC"/>
+    <w:rsid w:val="1ED1D27E"/>
+    <w:rsid w:val="1F0372DE"/>
+    <w:rsid w:val="20632B2E"/>
+    <w:rsid w:val="2108EEE2"/>
     <w:rsid w:val="21CE4F0F"/>
     <w:rsid w:val="22100B01"/>
+    <w:rsid w:val="24CCA2DD"/>
     <w:rsid w:val="259E30A8"/>
+    <w:rsid w:val="2600BFFE"/>
+    <w:rsid w:val="26CC1B5E"/>
+    <w:rsid w:val="29A3732D"/>
+    <w:rsid w:val="29EA8AB3"/>
+    <w:rsid w:val="2A575A1F"/>
     <w:rsid w:val="2B04DFEF"/>
     <w:rsid w:val="2C356874"/>
+    <w:rsid w:val="2CB5E296"/>
     <w:rsid w:val="2D144A83"/>
     <w:rsid w:val="2E104AB4"/>
     <w:rsid w:val="2F542BC5"/>
+    <w:rsid w:val="2F5AC41C"/>
     <w:rsid w:val="3104A278"/>
+    <w:rsid w:val="3167A323"/>
+    <w:rsid w:val="3187EAC3"/>
+    <w:rsid w:val="350ABCB9"/>
+    <w:rsid w:val="37C7F961"/>
+    <w:rsid w:val="388F9A1B"/>
+    <w:rsid w:val="39700394"/>
     <w:rsid w:val="3A089DEC"/>
+    <w:rsid w:val="3ABD67B2"/>
+    <w:rsid w:val="3CF64FB1"/>
+    <w:rsid w:val="3D1269CC"/>
+    <w:rsid w:val="3D822060"/>
+    <w:rsid w:val="3F17D0CD"/>
+    <w:rsid w:val="3F47F85D"/>
+    <w:rsid w:val="40B09BE9"/>
+    <w:rsid w:val="40B79E1C"/>
+    <w:rsid w:val="40C49A1A"/>
     <w:rsid w:val="4152CBB9"/>
+    <w:rsid w:val="41C0D44A"/>
     <w:rsid w:val="420510DC"/>
+    <w:rsid w:val="4280F1BC"/>
+    <w:rsid w:val="4401584F"/>
     <w:rsid w:val="442613D0"/>
+    <w:rsid w:val="449376A9"/>
     <w:rsid w:val="44FFF03F"/>
+    <w:rsid w:val="4589CAAB"/>
+    <w:rsid w:val="464EF696"/>
+    <w:rsid w:val="46599924"/>
+    <w:rsid w:val="46CF8897"/>
+    <w:rsid w:val="48335B8F"/>
+    <w:rsid w:val="48C67F6F"/>
+    <w:rsid w:val="49734B39"/>
+    <w:rsid w:val="4A52092F"/>
+    <w:rsid w:val="4B5101E0"/>
     <w:rsid w:val="4BC8E587"/>
     <w:rsid w:val="4D75BD84"/>
     <w:rsid w:val="4F03DB87"/>
+    <w:rsid w:val="4F0BA70C"/>
+    <w:rsid w:val="4F2FABAF"/>
+    <w:rsid w:val="4FB6752B"/>
     <w:rsid w:val="5094815C"/>
+    <w:rsid w:val="511CA00F"/>
+    <w:rsid w:val="51E41112"/>
+    <w:rsid w:val="53B2A423"/>
+    <w:rsid w:val="55187897"/>
+    <w:rsid w:val="55F22671"/>
+    <w:rsid w:val="573E8CEC"/>
     <w:rsid w:val="57456CDF"/>
+    <w:rsid w:val="574866D2"/>
+    <w:rsid w:val="575AA694"/>
+    <w:rsid w:val="57E03DEC"/>
     <w:rsid w:val="58613930"/>
+    <w:rsid w:val="59DA0F02"/>
+    <w:rsid w:val="59F4529F"/>
+    <w:rsid w:val="5A879A3B"/>
+    <w:rsid w:val="5AA5C724"/>
+    <w:rsid w:val="5B4EEA72"/>
+    <w:rsid w:val="5B5CE3E9"/>
     <w:rsid w:val="5BD2166E"/>
+    <w:rsid w:val="5BEBAC14"/>
     <w:rsid w:val="5D0E35F4"/>
+    <w:rsid w:val="5E89A778"/>
+    <w:rsid w:val="60B79403"/>
+    <w:rsid w:val="60C94857"/>
+    <w:rsid w:val="61664B69"/>
     <w:rsid w:val="61938C19"/>
+    <w:rsid w:val="624F56B2"/>
     <w:rsid w:val="627013FC"/>
+    <w:rsid w:val="62CE3954"/>
+    <w:rsid w:val="634C0E80"/>
+    <w:rsid w:val="63B97AD4"/>
     <w:rsid w:val="65963B1E"/>
     <w:rsid w:val="66A51510"/>
+    <w:rsid w:val="68A1DD83"/>
+    <w:rsid w:val="696E0247"/>
+    <w:rsid w:val="6B6D5D5A"/>
+    <w:rsid w:val="6BE5BABE"/>
+    <w:rsid w:val="6CC80DD2"/>
+    <w:rsid w:val="6D218D1D"/>
     <w:rsid w:val="6E59455A"/>
+    <w:rsid w:val="6EB4C9DB"/>
     <w:rsid w:val="6FB7D1DF"/>
+    <w:rsid w:val="6FDF89FC"/>
     <w:rsid w:val="704F39A8"/>
+    <w:rsid w:val="70A309AB"/>
+    <w:rsid w:val="71B4572A"/>
+    <w:rsid w:val="754D7A0D"/>
+    <w:rsid w:val="7561B79E"/>
     <w:rsid w:val="76FE712D"/>
+    <w:rsid w:val="78797522"/>
     <w:rsid w:val="78C0B8CA"/>
+    <w:rsid w:val="7A27EC65"/>
+    <w:rsid w:val="7A4850F1"/>
+    <w:rsid w:val="7C585C79"/>
     <w:rsid w:val="7D656326"/>
+    <w:rsid w:val="7D99FF1E"/>
+    <w:rsid w:val="7EBEB952"/>
     <w:rsid w:val="7F2FC5BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62A81A81"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1525AD12-8584-4274-A430-990AB73177F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18064,51 +19043,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B21985"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008529F7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335763863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="368915395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19838,717 +20817,55 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1391885912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/politique-en-matiere-de-contrat-individuel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/responsabilite-et-augmentation-de-delegation-dautorite-en-matiere-dachats" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/politique-en-matiere-de-contrat-individuel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique/responsabilite-et-augmentation-de-delegation-dautorite-en-matiere-dachats" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...660 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20785,52 +21102,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1C432D5FB59C48A9E98EA9C142FBF8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00fc7fda1a62e81053951e572d27f4bc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47c32d420ddf59801bd841e7da67a763" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1C432D5FB59C48A9E98EA9C142FBF8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2266932209188499eca092899626c8e0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be89ed3178914c927d9f80e3b23aa4d2" ns2:_="" ns3:_="">
     <xsd:import namespace="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <xsd:import namespace="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -21019,135 +21349,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3fd4ab00-e438-4506-ac47-3f06b4e1972f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="24b24a16-45dd-4ba1-817a-e39bd3d6787e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF040DCA-CB1E-4755-9A20-D2F73D8341C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACAAC6B-ED9B-4C74-BF83-B47FA100E4C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E67632-EBC6-41FE-9ABC-534EC05E65C0}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E02D5F36-3A49-49B6-9961-7F1E18D173A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E346BB6-56F6-49E2-8764-4C75B153D74E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5723</Words>
-  <Characters>30624</Characters>
+  <Words>5546</Words>
+  <Characters>31613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>850</Lines>
-  <Paragraphs>279</Paragraphs>
+  <Lines>263</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36068</CharactersWithSpaces>
+  <CharactersWithSpaces>37085</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ravshan Yakubov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007E1C432D5FB59C48A9E98EA9C142FBF8</vt:lpwstr>