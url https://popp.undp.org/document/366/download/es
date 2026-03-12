--- v0 (2025-10-08)
+++ v1 (2026-03-12)
@@ -1,431 +1,426 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="336E6348" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Comités de Supervisión y Examen de las Adquisiciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE3A064" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="RelevantPolicies"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta política tiene como objetivo: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338CF100" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41064A37" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1170" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Definir diferentes tipos de Comités de Revisión de Adquisiciones </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295A092E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1170"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E1F0472" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1170" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Definir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>alcance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>composición</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FA8859" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1170"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544D666B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1170" w:hanging="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Establecer umbrales y clasificaciones de las acciones de adquisición sujetas a revisión del comité </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385EF788" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4ADC06" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc453862233"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visión general </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="08E78DD4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3638A19C" w14:textId="5CFE7C52" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3889074D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Para garantizar que las actividades de adquisición se lleven a cabo de conformidad con las prácticas de compra profesionales aceptadas y las normas y reglamentos apropiados, el PNUD requiere un</w:t>
+      </w:r>
+      <w:r w:rsidR="7BF2334D" w:rsidRPr="3889074D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a revisión</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3889074D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> independiente del proceso de adquisición antes de la adjudicación (otorgamiento) de un contrato. La revisión confirma que las ofertas recibidas son el resultado de un proceso totalmente </w:t>
+      </w:r>
+      <w:r w:rsidR="445469D9" w:rsidRPr="3889074D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>en cumplimiento de las normas y reglas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3889074D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, existe financiación suficiente y se han evaluado y mitigado los riesgos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="359C9BDD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54143DFB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1170" w:hanging="360"/>
-[...312 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El Reglamento Financiero y la Reglamentación Financiera Detallada del PNUD en el apartado b) de la sección 121.01 dispone lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279AB814" w14:textId="12A9079E" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -460,51 +455,51 @@
       <w:r w:rsidR="43043381">
         <w:t>Oficial Jefe</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> de Adquisiciones: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75948E56" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F25667C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Establecerá los controles necesarios</w:t>
       </w:r>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -514,51 +509,51 @@
         </w:rPr>
         <w:t xml:space="preserve">, incluidos los de las delegaciones de autoridad, y emitirá instrucciones administrativas para los fines necesarios para proteger la integridad del proceso de adquisiciones y los intereses del PNUD; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D99CF5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F672ACA" w14:textId="1932B563" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Establecerá comités de </w:t>
       </w:r>
       <w:r w:rsidR="3112162F" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -611,56 +606,56 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Adquisiciones establecerá la composición y el mandato de dichos comités, que incluirán los tipos y valores monetarios de las adquisiciones propuestas sujetas a revisión; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E13B50" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72AD1AD1" w14:textId="4545AFEF" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+    <w:p w14:paraId="72AD1AD1" w14:textId="2239DAB1" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="52"/>
+          <w:numId w:val="53"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Se asegurará de que cuando se requiera el asesoramiento del comité de revisión establecido en virtud de las disposiciones anteriores de esta Regla, </w:t>
       </w:r>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
@@ -732,75 +727,87 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Adquisiciones o sus delegados autorizados decidan no aceptar </w:t>
       </w:r>
       <w:r w:rsidR="03D2D08D" w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">la recomendación </w:t>
       </w:r>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">de dicho comité, dejará constancia de las razones de esa decisión". </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="06193027" w14:textId="77777777" w:rsidR="001836A0" w:rsidRPr="001836A0" w:rsidRDefault="001836A0" w:rsidP="001836A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="22E4DA4E" w14:textId="48902BA4" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los Comités de </w:t>
       </w:r>
       <w:r w:rsidR="0B1802A9" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Revisión </w:t>
       </w:r>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>de Adquisiciones se han establecido en tres niveles:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4097B9A1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -850,51 +857,50 @@
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17B9206B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00040305" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040305">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Nivel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="341D74ED" w14:textId="5DE711CF" w:rsidR="00224700" w:rsidRPr="003F19EF" w:rsidRDefault="00224700" w:rsidP="3889074D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="it-IT"/>
               </w:rPr>
@@ -987,51 +993,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Autoridad</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00040305">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00040305">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>contratación</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="0C7A4012" w14:textId="77777777" w:rsidTr="00AC5797">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="0C7A4012" w14:textId="77777777" w:rsidTr="00AC5797">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A287364" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00040305" w:rsidRDefault="00224700" w:rsidP="004E26B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040305">
@@ -1180,51 +1186,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040305">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Responsable de la unidad de negocio</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13645E16" w14:textId="77777777" w:rsidR="0025144C" w:rsidRPr="00040305" w:rsidRDefault="0025144C" w:rsidP="00AC5797">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00040305" w14:paraId="73538CE2" w14:textId="77777777" w:rsidTr="00AC5797">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0007056D" w14:paraId="73538CE2" w14:textId="77777777" w:rsidTr="00AC5797">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48F8B05B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00040305" w:rsidRDefault="00224700" w:rsidP="004E26B1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040305">
@@ -1659,95 +1665,95 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>revisión</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="75EDAFCB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A7E076A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Los comités de revisión de adquisiciones brindan asesoramiento y recomendaciones independientes por escrito sobre una acción de adquisición y el compromiso propuesto de fondos a la persona que aprueba la acción de adquisición.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEF5357" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B5CDE4F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -1764,82 +1770,71 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C97542" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FA448DC" w14:textId="2CC6DFDA" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Confirmar</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> que las adquisiciones propuestas se ajust</w:t>
+        <w:t>Confirmar que las adquisiciones propuestas se ajust</w:t>
       </w:r>
       <w:r w:rsidR="2F8738F7" w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">n al Reglamento </w:t>
       </w:r>
       <w:r w:rsidR="6A31E0B2" w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
@@ -1900,357 +1895,345 @@
         </w:rPr>
         <w:t>instrucciones;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8BD844" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF49953" w14:textId="7D11FB85" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Confirmar la elegibilidad del proveedor propuesto de acuerdo con la Política de Elegibilidad de Proveedores del PNUD, incluidos los criterios establecidos por organismos como el Consejo de Seguridad de las Naciones Unidas y la División de Adquisiciones de las Naciones Unidas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AAB8EE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D8549A4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Garantizar que el proceso de adquisición sea justo, competitivo (cuando corresponda), transparente, ético y proporcione la mejor relación calidad-precio;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6707D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A4DF8E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Examinar las implicaciones financieras y legales de la acción propuesta;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54212E9D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="180629AF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Confirmar</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> que el proceso de evaluación se llevó a cabo de conformidad con las políticas y procedimientos del PNUD y otras instrucciones aplicables;</w:t>
+        <w:t>Confirmar que el proceso de evaluación se llevó a cabo de conformidad con las políticas y procedimientos del PNUD y otras instrucciones aplicables;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F79E096" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A9B54E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Evaluar los riesgos potenciales del proceso de adquisición y la acción de adquisición propuesta, incluidos, entre otros, los impactos ambientales y los riesgos de reputación del PNUD;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269D50DF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C344530" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Confirmar</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> que hay fondos apropiados disponibles para cubrir un contrato;</w:t>
+        <w:t>Confirmar que hay fondos apropiados disponibles para cubrir un contrato;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4F3BE5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06B9AAF8" w14:textId="6D62488C" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Asegurar que la disposición de activos esté de acuerdo con la Política de Enajenación de Activos del PNUD, a través de un proceso competitivo, cuando corresponda; que no haya negligencia al cancelar los activos; y que si ocurre negligencia, se proporcionen recomendaciones para la recuperación y otras acciones (ver  </w:t>
+        <w:t xml:space="preserve">Asegurar que la disposición de activos esté de acuerdo con la Política de Enajenación de Activos del PNUD, a través de un proceso competitivo, cuando corresponda; que no haya negligencia al cancelar los activos; y que si ocurre negligencia, se proporcionen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">recomendaciones para la recuperación y otras acciones (ver  </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidR="004E26B1" w:rsidRPr="003F19EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t xml:space="preserve">Política de Enajenación </w:t>
         </w:r>
         <w:r w:rsidR="318140AB" w:rsidRPr="003F19EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>Y Amortización Total (Mobiliario Y Equipo)</w:t>
@@ -2265,149 +2248,137 @@
         </w:rPr>
         <w:t>); y</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE0996E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="126AC052" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> que todas las acciones sean en el mejor interés del PNUD.</w:t>
+        <w:t>Asegurar que todas las acciones sean en el mejor interés del PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2460B579" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D1EB8D4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Los comités no revisan ni brindan asesoramiento sobre la necesidad o prudencia de un requisito contractual, pero se asegurarán de que esté de acuerdo con el documento del proyecto aprobado y / o el plan de adquisiciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA556A4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77F978D6" w14:textId="70BCF5C7" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Si bien el Comité de </w:t>
       </w:r>
       <w:r w:rsidR="478BBD35" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -2472,51 +2443,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> constancia de las razones de su decisión. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389DB0D7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1495EEC4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Todas las acciones de adquisición sujetas a la revisión de los comités a cualquier nivel se procesarán a través de la plataforma de adquisiciones Quantum / UNall que gestiona todo el proceso desde la presentación de una solicitud; la revisión del comité y la recomendación correspondiente; y la decisión de la autoridad de adquisiciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F593B1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -2553,51 +2524,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Composición y nombramientos de los comités de examen de las adquisiciones</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="14C6216C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FFCE4CF" w14:textId="25B599D9" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Los Comités de </w:t>
       </w:r>
       <w:r w:rsidR="6E27EAE5" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -2615,51 +2586,51 @@
         </w:rPr>
         <w:t>de Adquisiciones serán debidamente nombrados por escrito por la autoridad encargada de las adquisiciones respectiva y estarán integrados por funcionarios del PNUD con las siguientes funciones:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E291FE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5607B156" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2674,51 +2645,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002B1806" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10454140" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Al </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2751,95 +2722,95 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE4E807" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27A62A18" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Una secretaria (opcional; si es necesario y los recursos lo permiten)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CA9A6B3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036CDB8D" w14:textId="42DBDE51" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Los presidentes y secretarios del Comité Consultivo Regional de Adquisiciones y del Comité Consultivo de Adquisiciones son funciones </w:t>
       </w:r>
       <w:r w:rsidR="34724187" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -2877,51 +2848,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> mientras que los del Comité de Contratos, Bienes y Adquisiciones son desempeñados cuando lo requieren los funcionarios nombrados por la Autoridad de Adquisiciones en una dependencia institucional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022F5E62" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E4484E1" w14:textId="2ECF259D" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">A fin de facilitar la organización de las reuniones de </w:t>
       </w:r>
       <w:r w:rsidR="6957FFD8" w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -2957,308 +2928,299 @@
         </w:rPr>
         <w:t xml:space="preserve"> nombrar un grupo de personal calificado.  El presidente o el secretario pueden invitar a miembros del grupo para satisfacer el quórum de dos miembros para una reunión. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55AA9D2E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D5CDEC8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Se puede nombrar un presidente y un secretario suplentes en función de las necesidades del comité, para cubrir ausencias o cuando existan riesgos potenciales de conflicto de intereses. Los suplentes también pueden ser nombrados por la autoridad de contratación competente para sí misma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EDB55CE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F778DAF" w14:textId="7AFE5EE6" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="3889074D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La autoridad encargada de las adquisiciones, el presidente, el secretario y los miembros de los comités de </w:t>
       </w:r>
       <w:r w:rsidR="3A2A0E39" w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>revisión</w:t>
       </w:r>
       <w:r w:rsidRPr="3889074D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de las adquisiciones ejercerán plena imparcialidad y objetividad en el desempeño de sus </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">funciones, y mantendrán plena confidencialidad de la información y las deliberaciones de las presentaciones. </w:t>
+        <w:t xml:space="preserve"> de las adquisiciones ejercerán plena imparcialidad y objetividad en el desempeño de sus funciones, y mantendrán plena confidencialidad de la información y las deliberaciones de las presentaciones. </w:t>
       </w:r>
       <w:r w:rsidRPr="00787D4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Observarán lo siguiente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28836837" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5441C059" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Un presidente, secretario o cualquier miembro no podrá participar en las deliberaciones cuando haya participado en cualquier etapa del proceso de adquisición. Esto también se aplica cuando desempeñan la función de solicitud o si la solicitud de adquisición es para un proyecto directamente bajo su competencia o supervisión. En tal caso, se recusará, y se seleccionará un suplente para la presentación específica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="797D0346" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BF398AD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Si el secretario o cualquiera de los miembros de los Comités de Revisión de Adquisiciones percibe un conflicto de intereses potencial o real, deben recusarse. Si no están seguros, deben consultar al presidente. En el caso del presidente, debe consultar a la autoridad contratante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B35159D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E8B100A" w14:textId="33376DC5" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Como se ha citado en secciones anteriores, la creación de los comités de examen de las adquisiciones y las funciones desempeñadas por ellos son responsabilidades establecidas en la Organización para salvaguardar la responsabilidad institucional del PNUD. Son una obligación importante de los funcionarios designados, de quienes se espera que desempeñen las tareas asignadas con prudencia y la máxima integridad. Recibirán apoyo mediante herramientas y formación adecuadas, y sus supervisores les permitirán desempeñar esta función de supervisión vital. El tiempo y el esfuerzo de los miembros del comité en todos los niveles, así como del presidente y secretario del Comité de Contratos, Activos y Adquisiciones, deben ser reconocidos por los supervisores en la Revisión anual de Gestión y Desarrollo del Desempeño. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F3079A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21779316" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El presidente podrá invitar a especialistas con conocimientos técnicos conexos, según proceda, para que presten asesoramiento independiente y experto al comité. Los especialistas no tienen derecho a voto para finalizar la recomendación. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -3305,5090 +3267,5231 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> del PNUD. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03527B4D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E50F751" w14:textId="3C30559E" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="6282F230" w14:textId="32D373D9" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="13B9DD25" w:rsidP="783BA7E8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="532C96B3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En algunas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="4F173CF1" w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dependencias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede haber situaciones en las que no sea factible nombrar a miembros del Comité de Contratos, </w:t>
+      </w:r>
+      <w:r w:rsidR="4CEAFBCE" w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bienes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y Adquisiciones entre los funcionarios del PNUD, debido a la insuficiencia de recursos o capacidad de personal. En tales casos, el jefe de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="19C81809" w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dependencia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podrá</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designar a</w:t>
+      </w:r>
+      <w:r w:rsidR="50079D8D" w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personas contratadas por el PNUD </w:t>
+      </w:r>
+      <w:r w:rsidR="50079D8D" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>mediante Acuerdos de Servicios de Personal Regulares (Titulares de Contratos PSA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="72942A5C" w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como miembros del Comité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0BD7D713" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El/La jefe/a de la unidad de negocio se asegurará de que los titulares de contratos PSA designados cumplan con todos los requisitos de elegibilidad que se describen en las secciones siguientes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19499AE5" w14:textId="7DF81E9B" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="00224700" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E0DBFD7" w14:textId="089233FA" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="75B93231" w:rsidP="783BA7E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los titulares de contratos PSA de corta </w:t>
+      </w:r>
+      <w:r w:rsidR="2F6AE50B" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>duración</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no deben ser designados como miembros del </w:t>
+      </w:r>
+      <w:r w:rsidR="1B349DBC" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Comité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de Contratps, </w:t>
+      </w:r>
+      <w:r w:rsidR="78C0D36E" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bienes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y Adquisiciones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577BB106" w14:textId="77777777" w:rsidR="00A478F3" w:rsidRPr="00A14199" w:rsidRDefault="00A478F3" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64EC6BB7" w14:textId="77B16BAB" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="357562F0" w:rsidP="783BA7E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F9282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>En el caso de que no haya suficiente personal nombrado ni titulares con contratos PSA, e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l/</w:t>
+      </w:r>
+      <w:r w:rsidR="09E1CD7A" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a jefe/a de la </w:t>
+      </w:r>
+      <w:r w:rsidR="622F4642" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dependencia </w:t>
+      </w:r>
+      <w:r w:rsidR="16E65D0F" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>podr</w:t>
+      </w:r>
+      <w:r w:rsidR="607BF590" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidR="16E65D0F" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designar a personal de otras entidades de las Naciones Unidas</w:t>
+      </w:r>
+      <w:r w:rsidR="321804CD" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, en la unidad de destino, en funci</w:t>
+      </w:r>
+      <w:r w:rsidR="60F6312A" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidR="321804CD" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n de las competencias requeridas. </w:t>
+      </w:r>
+      <w:r w:rsidR="7C1CEA75" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>Este acuerdo también puede aplicarse cuando una determinada operación de adquisición del PNUD requiere la revisión de la solicitud por parte de expertos que no estén disponibles internamente, pero sí en otra entidad de las Naciones Unidas, o en casos de adquisiciones cooperativas que involucren a varias entidades de las Naciones Unidas</w:t>
+      </w:r>
+      <w:r w:rsidR="5D02A562" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426157A9" w14:textId="716BDA19" w:rsidR="00224700" w:rsidRDefault="5D02A562" w:rsidP="783BA7E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Cuando titulares de contratos de PSA </w:t>
+      </w:r>
+      <w:r w:rsidR="02218512" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal </w:t>
+      </w:r>
+      <w:r w:rsidR="30DCB9FB" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nombredo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de otras organizaciones de las Naciones Unidas se incluyan como miembros del Comité de Contratos, </w:t>
+      </w:r>
+      <w:r w:rsidR="1AABD4CC" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bienes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y Adquisiciones, la </w:t>
+      </w:r>
+      <w:r w:rsidR="034A798D" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dependencia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>debe garantizar lo siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5341DBC8" w14:textId="77777777" w:rsidR="00F9282C" w:rsidRPr="00A14199" w:rsidRDefault="00F9282C" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567FCFDE" w14:textId="03B3391C" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="5D02A562" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El personal </w:t>
+      </w:r>
+      <w:r w:rsidR="08246DF3" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nombrado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>del PNUD constituya la mayoría de los miembros del comité en cualquier reunión; y</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7405134A" w14:textId="3B29C9B0" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="5D02A562" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="160" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando el personal </w:t>
+      </w:r>
+      <w:r w:rsidR="1A07D2EA" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nombrado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>de otra entidad de las Naciones Unidas participe en las deliberaciones, deberá aplicar los principios y procedimientos de adquisiciones del PNUD para llegar a una recomendación final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766F48BF" w14:textId="74F904E2" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="00224700" w:rsidP="00A14199">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Aptos" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F81B2E4" w14:textId="4F371F61" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="13B9DD25" w:rsidP="783BA7E8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="783BA7E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alternativamente, las dependencias pueden crear comités conjuntos de contratos, activos y adquisiciones con otras dependencias del PNUD. En tales circunstancias, todos los jefes de las unidades participantes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DB8B27E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="709E2B50" w14:textId="164B0B78" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="51A44132" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Cuando se incluya a funcionarios de otras organizaciones de las Naciones Unidas como miembros del Comité de Contratos, Activos y Adquisiciones, la unidad de operaciones debe garantizar lo siguiente:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EF0978A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve">Aprobar por escrito su acuerdo con el acuerdo del comité conjunto, para cumplir con los requisitos de la Sección Alcance de la Revisión; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25660890" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56633748" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Asegurarse de que las recomendaciones del comité se presenten debidamente a la autoridad de adquisiciones, que firmará el contrato resultante.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc453862236"/>
+    </w:p>
+    <w:p w14:paraId="374C9D1F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="1134918B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C04ED3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las responsabilidades del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Comité de Examen de Adquisiciones incluyen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749CB982" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EF29685" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="3B85ADA8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="6B85633A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+        <w:t>Convocar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reuniones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oportuna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1263E292" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="773C8C19" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66CEDA07" w14:textId="1F6E81E0" w:rsidR="00224700" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="68D787CD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Adjudicar y decidir sobre posibles conflictos de intereses del secretario</w:t>
+      </w:r>
+      <w:r w:rsidR="0D2AA6B4" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los miembros de cualquier reunión que puedan haber sido o puedan plantearse posteriormente para una presentación </w:t>
+      </w:r>
+      <w:r w:rsidR="15B1508C" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de un caso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>bajo revisión</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB23BBC" w14:textId="77777777" w:rsidR="00767281" w:rsidRDefault="00767281" w:rsidP="00767281">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F81B2E4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="14EF160B" w14:textId="6D79334E" w:rsidR="00224700" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="54"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E26B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="1DB8B27E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garantizar el orden adecuado durante la reunión presidiendo y facilitando las discusiones </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2313F9" w14:textId="77777777" w:rsidR="00767281" w:rsidRDefault="00767281" w:rsidP="00767281">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F05DBC5" w14:textId="19AA73A4" w:rsidR="00767281" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Finalizar el informe de revisión y las recomendaciones del comité</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE7993A" w14:textId="77777777" w:rsidR="00767281" w:rsidRPr="00A14199" w:rsidRDefault="00767281" w:rsidP="00767281">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23BA8DC7" w14:textId="4BC2168A" w:rsidR="00767281" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="54"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Realizar una revisión directa de las acciones de adquisición según lo dispuesto en la sección Revisión directa </w:t>
+      </w:r>
+      <w:r w:rsidR="47531849" w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que se encuentra en los p</w:t>
+      </w:r>
+      <w:r w:rsidR="45700E7E" w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ár</w:t>
+      </w:r>
+      <w:r w:rsidR="47531849" w:rsidRPr="00767281">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rafos posteriores </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011D7582" w14:textId="77777777" w:rsidR="00767281" w:rsidRDefault="00767281" w:rsidP="00767281">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D8CCDAE" w14:textId="07D7E94A" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3DB6ACE5" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Presidente</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>del Comité de Contratos, Activos y Adquisiciones realizará un "control de calidad" de las presentaciones hechas al Comité Consultivo Regional de Adquisiciones o al Comité Consultivo de Adquisiciones para asegurar al jefe de la unidad de operaciones, antes de aprobar y enviar una presentación, que la información es suficiente en términos de:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBB4E87" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51A44132" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="65C03B00" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="25660890" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+        <w:t>Exactitud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA4646A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="56633748" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FAD0230" w14:textId="5E0B37EF" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="28C04ED3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Suficien</w:t>
+      </w:r>
+      <w:r w:rsidR="76AB2061" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>te</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>documentación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>justificativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B39B073" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F32EA6C" w14:textId="53E75063" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Disponibilidad de fondos (para evitar posibles demoras en la revisión de las presentaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="5D847BAE" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los casos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F57DF04" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5913759E" w14:textId="1A64A694" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Las responsabilidades del </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004E26B1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Presidente</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="004E26B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="749CB982" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Comité de Contratos, Activos y Adquisiciones será un funcionario del PNUD de nivel profesional y, siempre que sea posible, deberá ser el Director Adjunto en el País/Representante Residente </w:t>
+      </w:r>
+      <w:r w:rsidR="5F093DE4" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjunto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>para Operaciones o Programas, o el Gerente de Operaciones, o un funcionario de nivel similar de antigüedad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A940E15" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B85ADA8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="7CED13BE" w14:textId="2B98BE5F" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El presidente del Comité de Contratos, Activos y Adquisiciones debe tener un buen conocimiento de los principios, políticas y procedimientos de adquisiciones prescritos y aplicados en el PNUD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E1B513E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69087CAE" w14:textId="7CD649F2" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El presidente del Comité de Contratos, Activos y Adquisiciones</w:t>
+      </w:r>
+      <w:r w:rsidR="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>será nombrado por un período de dos años, plazo que podrá ser renovado por la autoridad de adquisiciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A41228" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc453862237"/>
+    </w:p>
+    <w:p w14:paraId="02592E13" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Convocar</w:t>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miembros</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="32494274" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8734C9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...40 lines deleted...]
-    <w:p w14:paraId="1263E292" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Las responsabilidades de los miembros del Comité de Examen de las Adquisiciones incluyen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4100C8EE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562917FE" w14:textId="6F6DA9DB" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787D4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Acept</w:t>
+      </w:r>
+      <w:r w:rsidR="14E6F5FA" w:rsidRPr="00787D4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787D4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rápidamente invitaciones a reuniones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018A5AB2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="66CEDA07" w14:textId="1F6E81E0" w:rsidR="00224700" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33C615F6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...51 lines deleted...]
-    <w:p w14:paraId="5DB23BBC" w14:textId="77777777" w:rsidR="00767281" w:rsidRDefault="00767281" w:rsidP="00767281">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Revisar la documentación de las presentaciones</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51455A28" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14EF160B" w14:textId="6D79334E" w:rsidR="00224700" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+    <w:p w14:paraId="6CA08310" w14:textId="5D1A3530" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3B2313F9" w14:textId="77777777" w:rsidR="00767281" w:rsidRDefault="00767281" w:rsidP="00767281">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Negarse (después de discutir con el presidente) a revisar una presentación si existe un </w:t>
+      </w:r>
+      <w:r w:rsidR="5F858CFD" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">posible </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conflicto de intereses </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D0ECC1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F05DBC5" w14:textId="19AA73A4" w:rsidR="00767281" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+    <w:p w14:paraId="3E179057" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="6FE7993A" w14:textId="77777777" w:rsidR="00767281" w:rsidRPr="003F19EF" w:rsidRDefault="00767281" w:rsidP="00767281">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>activamente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>deliberaciones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2909267C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="it-IT"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="23BA8DC7" w14:textId="4BC2168A" w:rsidR="00767281" w:rsidRPr="00767281" w:rsidRDefault="00224700" w:rsidP="00767281">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F162475" w14:textId="19A10496" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
-[...70 lines deleted...]
-          <w:numId w:val="3"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revisar rápidamente las </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>acta</w:t>
+      </w:r>
+      <w:r w:rsidR="7BD6C431" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>minutas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y respaldar la recomendación y/o proporcionar comentarios</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F818C4B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F019BF" w14:textId="51774B60" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="6605588A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">El </w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="0DBB4E87" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>Los miembros deben tener un conocimiento básico de los principios uniformes de adquisiciones y estar familiarizados con las políticas y procedimientos de adquisición del PNUD. Deben ser capaces de realizar una evaluación objetiva e independiente de las presentaciones, y poseer habilidades de comunicación efectivas para contribuir de manera constructiva a las deliberaciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3118A202" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65C03B00" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="190BF69A" w14:textId="0016657A" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Un funcionario de</w:t>
+      </w:r>
+      <w:r w:rsidR="02B068A1" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l equipo de </w:t>
+      </w:r>
+      <w:r w:rsidR="24224AFE" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adquisiciones de una oficina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">puede ser nombrado miembro del Comité de Contratos, Activos y Adquisiciones y participar en las deliberaciones, siempre que no haya participado en ninguna capacidad ni en ninguna etapa de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las </w:t>
+      </w:r>
+      <w:r w:rsidR="56E2CF53" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>casos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="56E2CF53" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que se examinen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B003D8B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53460843" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Los miembros ejercerán sus funciones a título individual y serán nombrados por un mínimo de dos años, mandato renovable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B7DB77" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="686B3800" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc453862238"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Exactitud</w:t>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Secretario</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="745034AF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="440211DD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>secretario</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1AA4646A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve"> debe:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E742188" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68371481" w14:textId="06056691" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Program</w:t>
+      </w:r>
+      <w:r w:rsidR="219EE71D" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reuniones y garanti</w:t>
+      </w:r>
+      <w:r w:rsidR="21D2EC46" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>zar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la disponibilidad confirmada del número mínimo de dos miembros para cada reunión programada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241A7840" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2FAD0230" w14:textId="5E0B37EF" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2683EB7F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...67 lines deleted...]
-    <w:p w14:paraId="1B39B073" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Revisar las presentaciones para asegurarse de que estén completas y sean suficientes para su revisión</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEE1C1D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F32EA6C" w14:textId="53E75063" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B9481F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="2F57DF04" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garantizar que cada miembro tenga el mismo acceso a toda la información disponible sobre la presentación </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3910A0F5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5913759E" w14:textId="1A64A694" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+    <w:p w14:paraId="4DFBACB9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Solicitar más información o aclaraciones según lo requieran los miembros o el presidente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1E0741" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A091E7B" w14:textId="5B0D1CC0" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Preparar el informe de revisión del comité (acta minuta de la reunión) y obtener el respaldo de los miembros que asistieron a la reunión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE334AB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696851BF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Garantizar que se mantengan registros adecuados de acuerdo con los requisitos del PNUD </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6214ED1E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D984D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="5A940E15" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El secretario debe ser un funcionario del PNUD con experiencia y calificaciones pertinentes en adquisiciones y gestión de activos. Trabajará en estrecha consulta con el presidente y bajo su dirección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECA305A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CED13BE" w14:textId="2B98BE5F" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="3DADDD63" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2E1B513E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t>El secretario participará en las deliberaciones para proporcionar aclaraciones e información sobre políticas, pero no tendrá voz en la recomendación final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5212FFFF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69087CAE" w14:textId="7CD649F2" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="3DF3BC18" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>El presidente del Comité de Contratos, Activos y Adquisiciones</w:t>
-[...114 lines deleted...]
-    <w:p w14:paraId="4100C8EE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve">El secretario de la Comisión de Contratos, Activos y Adquisiciones será nombrado por dos años, plazo renovable. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A83B21F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="562917FE" w14:textId="6F6DA9DB" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="6605588A">
+    <w:p w14:paraId="39551B17" w14:textId="594F09BA" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00787D4B">
-[...27 lines deleted...]
-    <w:p w14:paraId="018A5AB2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00787D4B" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El papel de secretario es opcional y, aunque preferible, se ejerce en función de los requisitos y la disponibilidad de recursos. Esto es en reconocimiento de que el Presidente puede asumir todas las funciones del Secretario en la plataforma de adquisiciones Quantum / UNall y las </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="6E8C3D13" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oficinas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delegación estándar ya no requerirán </w:t>
+      </w:r>
+      <w:r w:rsidR="077B8943" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de la revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="33397EE5" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidR="077B8943" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n de casos por </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>el Comité de Contratos, Activos y Adquisiciones</w:t>
+      </w:r>
+      <w:r w:rsidR="0A980DFC" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="6E1B0B01" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0A980DFC" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vista de las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opciones de Revisión Directa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FD144E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc453862239"/>
+    </w:p>
+    <w:p w14:paraId="5800AABC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Reuniones</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Comité</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="2CA2C331" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B2700EB" w14:textId="4834FAD0" w:rsidR="00224700" w:rsidRPr="00A14199" w:rsidRDefault="00224700" w:rsidP="14D8AF97">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las reuniones del Comité Consultivo Regional de Adquisiciones y del Comité Consultivo de Adquisiciones se convocan normalmente semanalmente, con una reunión del comité ad hoc programada en casos de urgencia. La frecuencia de las reuniones del Comité de Contratos, Activos y Adquisiciones depende de las necesidades de </w:t>
+      </w:r>
+      <w:r w:rsidR="7FFFF576" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cada oficina</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="7FFFF576" w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A14199">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225B3A93" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E2CEFA" w14:textId="3C201C29" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>En el improbable caso de que el Comité Consultivo Regional de Adquisiciones no esté disponible temporalmente, el Comité Consultivo de Adquisiciones examinará sus presentaciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382B21CA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69BC1B78" w14:textId="5546F777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las reuniones del Comité de Revisión de Adquisiciones pueden llevarse a cabo </w:t>
+      </w:r>
+      <w:r w:rsidR="2E43F19B" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en persona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o virtualmente utilizando instalaciones de video o teleconferencia o intercambios de correo electrónico. Toda la información y los registros deben capturarse dentro de la plataforma de adquisiciones Quantum / UNall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7076C9AB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1823A7B9" w14:textId="46A6B06C" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En el caso de las presentaciones hechas al Comité Consultivo de Adquisiciones por una oficina </w:t>
+      </w:r>
+      <w:r w:rsidR="0C5982AE" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>de pa</w:t>
+      </w:r>
+      <w:r w:rsidR="0C5982AE" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidR="0D799CEC" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, el presidente del Comité Consultivo Regional de Adquisiciones participará en </w:t>
+      </w:r>
+      <w:r w:rsidR="779FEAAD" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>la revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="779FEAAD" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidR="52868121" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n del caso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">según sea necesario, de conformidad con el enfoque de examen de un solo nivel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE62EC3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B9CBE6A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Los Comités de Examen de las Adquisiciones se esforzarán por ofrecer recomendaciones finales basadas en el consenso con la mayor frecuencia posible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2741BE9A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2039E879" w14:textId="0C5E2917" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si no se puede lograr un consenso, el presidente puede someter la presentación, o un tema específico en </w:t>
+      </w:r>
+      <w:r w:rsidR="437A1919" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>presentación, a un proceso de votación entre los miembros (excluyendo al secretario</w:t>
+      </w:r>
+      <w:r w:rsidR="7AAC998A" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Prevalecerá la mayoría simple de votos. En el caso inusual de que la votación conduzca a un empate, debido a un número par de miembros, el presidente emitirá el voto decisivo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68982B38" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30BEE534" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Cualquier proceso de votación y desempate se registrará, capturando todos los puntos destacados, como parte del informe de revisión del comité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266BB7E9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D7B2C15" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc453862240"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Revisión</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>directa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="4956CB37" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BECF8E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>La revisión directa es cuando un presidente del comité de revisión de adquisiciones realiza la revisión sin necesidad de convocar a los miembros del Comité y envía las recomendaciones directamente a la autoridad de adquisiciones correspondiente para una decisión final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302D3482" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5144225D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="5094815C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Todas las medidas de adquisición que se sometan a revisión directa también se presentarán a través de la plataforma de adquisiciones Quantum / UNall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE71A09" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DE9359" w14:textId="135B1237" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revisión directa a nivel </w:t>
+      </w:r>
+      <w:r w:rsidR="52D1A87C" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Comité de Contratos, Activos y Adquisiciones</w:t>
+      </w:r>
+      <w:r w:rsidR="52D1A87C" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Por sus siglas en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="52D1A87C" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ingles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="52D1A87C" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>CAP</w:t>
+      </w:r>
+      <w:r w:rsidR="4CF9AC99" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="3F56ABE3" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Oficina Dependencia de la Sede)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C7B37F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="563DD3C5" w14:textId="05240D1C" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las acciones de contratación valoradas entre el umbral mínimo para su presentación al Comité de Contratos, Activos y Adquisiciones y </w:t>
+      </w:r>
+      <w:r w:rsidR="3AD754EF" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="13B8C83D" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="63D86F8D" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autoridad de Contratación Delegada Estándar para </w:t>
+      </w:r>
+      <w:r w:rsidR="5F314122" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procesos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> competitivos y el 50% de la Autoridad de Contratación Delegada Estándar para la contratación directa, serán revisadas bajo la modalidad de Revisión Directa por el Presidente del Comité de Contratos, Activos y Adquisiciones como se establece en la Sección Umbrales Monetarios</w:t>
+      </w:r>
+      <w:r w:rsidR="7B4D55DD" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en los siguientes p</w:t>
+      </w:r>
+      <w:r w:rsidR="7B4D55DD" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">á </w:t>
+      </w:r>
+      <w:r w:rsidR="7B4D55DD" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rrafos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidR="04CB6463" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la Oficina de Pa</w:t>
+      </w:r>
+      <w:r w:rsidR="04CB6463" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidR="04CB6463" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="7F1F276E" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7F1F276E" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ó </w:t>
+      </w:r>
+      <w:r w:rsidR="58D1228F" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las Dependencias de la Sede </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>puede decidir utilizar el Comité CAP completo para revisar las presentaciones inferiores a la autoridad delegada siempre que sea posible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF21518" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="004E26B1" w:rsidRDefault="00A03540" w:rsidP="00CB1D0B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E1FFC1C" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="004E26B1" w:rsidRDefault="00A03540" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">En el caso de que un CO/BU haya obtenido una Delegación de Adquisiciones Aumentadas, los casos por encima de la Autoridad de Adquisiciones </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Delegadas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Estándar (SDPA) y la Autoridad de Adquisiciones Delegadas Aumentada (IDPA) serán revisados por el Comité CAP en pleno y no son elegibles para Revisión Directa </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C176F19" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A0E0360" w14:textId="76BA4D2E" w:rsidR="00224700" w:rsidRPr="003F19EF" w:rsidRDefault="00981FBF" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El Presidente del CAP puede consultar o solicitar asistencia al Presidente del R</w:t>
+      </w:r>
+      <w:r w:rsidR="32B9A98D" w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACP en la revisión de cualquier acción de contratación o, si es necesario, en consulta con el jefe de la </w:t>
+      </w:r>
+      <w:r w:rsidR="439C5184" w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oficina dependiente de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="439C5184" w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sede </w:t>
+      </w:r>
+      <w:r w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="54087776">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elevar el caso al Presidente del RACP para su revisión directa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A445ED" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="171B7CF3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Revisión directa a nivel regional ACP y ACP:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149546D4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DCAF09B" w14:textId="182C1634" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cuando una </w:t>
+      </w:r>
+      <w:r w:rsidR="7194B963" w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oficina </w:t>
+      </w:r>
+      <w:r w:rsidRPr="65711ACC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opera en una crisis o una situación especial de desarrollo, puede haber acciones de adquisición urgentes que excedan la autoridad de adquisición delegada que requieran una revisión acelerada. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7D4FFD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B72630B" w14:textId="7556A7A3" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En tales casos, el jefe de la dependencia operativa solicitante podrá pedir al presidente del Comité Consultivo Regional de Adquisiciones o del Comité Consultivo de Adquisiciones que realice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="37C6DEFE" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="37C6DEFE" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ón</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="37C6DEFE" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directo de la medida de contratación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4E7770" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1348C062" w14:textId="02742CAC" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La decisión de realizar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="056DF11D" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="056DF11D" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ón </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:r w:rsidR="19D8E755" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corresponde al presidente del Comité Consultivo Regional de Adquisiciones o del Comité Consultivo de Adquisiciones, en consulta con el Oficial Jefe Regional de Adquisiciones o el Oficial Jefe de Adquisiciones. Si el presidente determina que la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="69957E91" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="69957E91" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ón </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requiere</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la participación de los Comités de Examen de las Adquisiciones, o que el proceso de adquisición se llevó a cabo durante un período prolongado sin justificación para un </w:t>
+      </w:r>
+      <w:r w:rsidR="7F6BB79D" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>revisi</w:t>
+      </w:r>
+      <w:r w:rsidR="7F6BB79D" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ón </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>urgente, después de deliberar con el Oficial Jefe Regional de Adquisiciones o el Oficial Jefe de Adquisiciones, podrá decidir no realizar un examen directo y remitir la presentación</w:t>
+      </w:r>
+      <w:r w:rsidR="4B2965EA" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del caso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>al comité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69092805" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F513F67" w14:textId="26C9FCA0" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Además de las exigencias, los presidentes del Comité Consultivo Regional de Adquisiciones y del Comité Consultivo de Adquisiciones podrán optar por realizar un examen directo de lo siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFA285D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39EB3860" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="5094815C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Contratos de hasta $700K por año calendario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDE8462" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33C615F6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="66895E58" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Revisar la documentación de las presentaciones</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51455A28" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve">Extensiones de contratos de arrendamiento que hayan sido revisadas previamente por los comités; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF53F65" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CA08310" w14:textId="5D1A3530" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+    <w:p w14:paraId="618DCEF8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="64D0ECC1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Modificación de un contrato previamente aprobado por los comités que se basa únicamente en cantidades adicionales para el mismo tipo de bienes/servicios al mismo precio unitario en el contrato;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1849F2A9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E179057" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="67EF0CD1" w14:textId="199ED3EF" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...66 lines deleted...]
-    <w:p w14:paraId="2909267C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Acciones de adquisición dentro de la autoridad delegada en materia de adquisiciones de las unidades operativas que se han escalado o redirigido al Comité Consultivo Regional de Adquisiciones y al Comité Consultivo de Adquisiciones; o</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CB9C72" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F162475" w14:textId="19A10496" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="163D982F" w14:textId="3DE26EB1" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="65711ACC">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Revisar rápidamente las </w:t>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cualquier otra circunstancia especial previa consulta y consentimiento del </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="65711ACC">
-[...24 lines deleted...]
-        <w:t>minutas</w:t>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Director Regional</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="65711ACC">
-[...9 lines deleted...]
-    <w:p w14:paraId="6F818C4B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Adquisiciones o del Director de Adquisiciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54040396" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1872"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57F019BF" w14:textId="51774B60" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+    <w:p w14:paraId="390A7A64" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc453862241"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Umbrales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>monetarios</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="6206338E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F4B7A3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3118A202" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un enfoque de un solo nivel significa que solo un Comité de Examen de Adquisiciones revisa cada oferta de adquisición. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2135B505" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="190BF69A" w14:textId="0016657A" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
+    <w:p w14:paraId="246E3B43" w14:textId="32BD5C96" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6605588A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Un funcionario de</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">puede ser nombrado miembro del Comité de Contratos, Activos y Adquisiciones y participar en las deliberaciones, siempre que no haya participado en ninguna capacidad ni en ninguna etapa de </w:t>
+        <w:t xml:space="preserve">Cualquier acción de adquisición con un valor inferior a US $ 70,000 o su equivalente en moneda local (basado en el tipo de cambio oficial actual de las Naciones Unidas para la fecha de apertura de ofertas) está dentro de la autoridad del </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="6605588A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">las </w:t>
-[...8 lines deleted...]
-        <w:t>casos</w:t>
+        <w:t>Jefe</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="56E2CF53" w:rsidRPr="6605588A">
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la</w:t>
+      </w:r>
+      <w:r w:rsidR="0359D499" w:rsidRPr="6605588A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0359D499" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Oficina de País/Oficina dependencia de la sede</w:t>
+      </w:r>
       <w:r w:rsidRPr="6605588A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>que se examinen.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B003D8B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0AD6E176" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidR="3C18192F" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, y no requiere presentación a ningún comité. El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Oficina de Adquisiciones y Oficinas de Negocios establecerá los mecanismos de supervisión y control necesarios para las adquisiciones con un valor inferior a 70.000 dólares estadounidenses con los fines necesarios para proteger la integridad de la contratación y garantizar el cumplimiento de las normas y reglamentos de adquisiciones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E446E4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53460843" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="57807297" w14:textId="2595C0A2" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="40B7DB77" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las acciones de adquisición con un valor de US $ 70,000 o más se presentarán al comité apropiado, según los umbrales </w:t>
+      </w:r>
+      <w:r w:rsidR="13FE6F3B" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que se indican en los siguientes p</w:t>
+      </w:r>
+      <w:r w:rsidR="13FE6F3B" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">árrafos. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B8FBEB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="686B3800" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...38 lines deleted...]
-    <w:p w14:paraId="440211DD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="54A56A3E" w14:textId="7D0BCE08" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="1E742188" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de una </w:t>
+      </w:r>
+      <w:r w:rsidR="04F16923" w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oficina de País/Oficina dependencia de la sede </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605588A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">también puede ejercer su prerrogativa de presentar una medida de adquisición a un comité, incluso si no es obligatorio. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E9C0BC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...303 lines deleted...]
-    <w:p w14:paraId="57D984D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A93E1EF" w14:textId="1F216B8D" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
-[...2751 lines deleted...]
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La autoridad de adquisición delegada estándar de un Representante Residente o </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -8433,95 +8536,81 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Director</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Adquisiciones puede aumentar la autoridad de contratación delegada estándar previa solicitud de conformidad con la Política de la </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r w:rsidRPr="003F19EF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
-          <w:t xml:space="preserve">Autoridad de Adquisiciones </w:t>
+          <w:t>Autoridad de Adquisiciones Delegada</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-        <w:proofErr w:type="gramEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464F6E68" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="704B6ACA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En el cuadro siguiente se resumen los umbrales para la presentación de medidas de contratación:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184CAD83" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -8540,51 +8629,51 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10133" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="2486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="4C9985A0" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="4C9985A0" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="593"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50A9443E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -8802,51 +8891,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>adquisición</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>competitivo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="22561F20" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="22561F20" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AB357B3" w14:textId="00E2E537" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="59BC56BB" w:rsidP="6605588A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
@@ -8894,134 +8983,128 @@
           <w:p w14:paraId="5D383CA0" w14:textId="1C259776" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Por encima de US $ 70,000 (más de US $ 150,000 para contratos individuales) y hasta la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegada</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Estándar por revisión directa del </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> de</w:t>
+              <w:t xml:space="preserve"> Estándar por revisión directa del Presidente de</w:t>
             </w:r>
             <w:r w:rsidR="513885F3" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> CAP </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000989C3" w14:textId="77777777" w:rsidR="001B6664" w:rsidRDefault="001B6664" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="517AB4B8" w14:textId="1B80315F" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Por encima de la autoridad de contratación delegada estándar y hasta cualquier autoridad de contratación delegada aumentada por el </w:t>
+              <w:t xml:space="preserve">Por encima de la autoridad de contratación delegada </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6605588A">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">estándar y hasta cualquier autoridad de contratación delegada aumentada por el </w:t>
             </w:r>
             <w:r w:rsidR="064AA0BF" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>CAP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B73D494" w14:textId="77777777" w:rsidR="00386B59" w:rsidRPr="004E26B1" w:rsidRDefault="001A3196" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Por encima de la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> y hasta US $ 2.5 millones</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55AF1485" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="004E26B1" w:rsidRDefault="008D1267" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
@@ -9044,83 +9127,85 @@
               <w:t>Hasta $700,000 Revisión directa por parte del presidente de RACP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A3C114E" w14:textId="77777777" w:rsidR="00386B59" w:rsidRPr="004E26B1" w:rsidRDefault="00386B59" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D70A989" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="001A3196" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Se aplica un umbral por año para los acuerdos a largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6624E28E" w14:textId="77777777" w:rsidR="004D0B6F" w:rsidRPr="004E26B1" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Unidades del cuartel general:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3014501B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Por encima de la autoridad de contratación delegada </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1651F294" w14:textId="77777777" w:rsidR="00413215" w:rsidRPr="004E26B1" w:rsidRDefault="00413215" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
@@ -9150,101 +9235,102 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Más de 2,5 millones de dólares</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A1D04B1" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="004E26B1" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0649DF88" w14:textId="1FF2BA71" w:rsidR="008D1267" w:rsidRPr="004E26B1" w:rsidRDefault="66540BB5" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Hasta $700,000 de revisión directa por parte del presidente </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r w:rsidR="1AA799BF" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">  ACP</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="5B112717" w14:textId="77777777" w:rsidR="008D1267" w:rsidRPr="004E26B1" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C159085" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Se aplica un umbral por año para los acuerdos a largo plazo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="406C173D" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="406C173D" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CF4DC2D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
@@ -9259,51 +9345,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="500FE6F8" w14:textId="1EDAE8B4" w:rsidR="0000127B" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="54"/>
+                <w:numId w:val="55"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Los contratos para el mismo proveedor, previamente revisados y aprobados por los comités, no se incluirán en la determinación de los montos acumulados, a menos que el valor acumulado exceda el umbral de un comité. En ese caso, se debe hacer una presentación al comité de siguiente nivel.</w:t>
             </w:r>
             <w:r w:rsidR="4C4CF451" w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
@@ -9346,51 +9432,51 @@
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="es-ES"/>
                 </w:rPr>
                 <w:t>ontrato Individual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38AF841D" w14:textId="3B29DCFF" w:rsidR="003F025D" w:rsidRPr="00584E09" w:rsidRDefault="0028175E" w:rsidP="00584E09">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="54"/>
+                <w:numId w:val="55"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00584E09">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Un acuerdo a largo plazo que, a lo largo de su vigencia, se espera que exceda la autoridad delegada en materia de adquisiciones de la unidad de negocio debe presentarse al comité correspondiente antes de su emisión y no cuando se espera que se exceda el gasto acumulado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="004E26B1" w14:paraId="41240056" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -9420,192 +9506,193 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Contratación</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>directa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="2F84E18C" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="2F84E18C" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D2DB285" w14:textId="77777777" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="0028175E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cualquier contrato o serie de contratos, incluidas las modificaciones que se adjudiquen a un proveedor en un año natural que en conjunto tiene un valor acumulado: </w:t>
+              <w:t xml:space="preserve">Cualquier contrato o serie de contratos, incluidas las modificaciones que se </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E26B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">adjudiquen a un proveedor en un año natural que en conjunto tiene un valor acumulado: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D265288" w14:textId="4FD94E79" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Por encima de US $ 70,000 y hasta el 50 por ciento de la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Estándar de</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6605588A">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Estándar de</w:t>
             </w:r>
             <w:r w:rsidR="0F9317D0" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0F9317D0" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Oficina de País/Oficina dependencia de la sede</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> por revisión directa del </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> de</w:t>
+              <w:t xml:space="preserve"> por revisión directa del Presidente de</w:t>
             </w:r>
             <w:r w:rsidR="3438BBBC" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> CAP </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="423930C7" w14:textId="77777777" w:rsidR="001A3196" w:rsidRPr="004E26B1" w:rsidRDefault="001A3196" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2711286C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Por encima del 50 por ciento de la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> Estándar y hasta el 50 por ciento de cualquier autoridad de adquisiciones delegada aumentada por el Comité CAP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
@@ -9624,51 +9711,59 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Más del 50 por ciento de la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de CO/BU y hasta US $ 2.5 millones</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E26B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>de CO/BU y hasta US $ 2.5 millones</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="708293A3" w14:textId="77777777" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C66B984" w14:textId="544C494F" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="3C50F1B4" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Hasta $700,000 Revisión directa por parte del presidente de</w:t>
             </w:r>
             <w:r w:rsidR="4EE83F7A" w:rsidRPr="6605588A">
@@ -9684,91 +9779,98 @@
               <w:t xml:space="preserve"> RACP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE7ECF8" w14:textId="77777777" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B7AD523" w14:textId="77777777" w:rsidR="00AD79EA" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Se aplica un umbral por año para los acuerdos a largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="724F810B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Unidades de la sede: </w:t>
             </w:r>
             <w:r w:rsidR="21CE4F0F" w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Por encima del 50 por ciento de la autoridad de adquisiciones delegadas de CO / BU </w:t>
+              <w:t xml:space="preserve">Por encima del 50 por ciento de la autoridad de </w:t>
+            </w:r>
+            <w:r w:rsidR="21CE4F0F" w:rsidRPr="004E26B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">adquisiciones delegadas de CO / BU </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F168153" w14:textId="77777777" w:rsidR="00AD79EA" w:rsidRPr="004E26B1" w:rsidRDefault="00AD79EA" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D6C3095" w14:textId="77777777" w:rsidR="00AD79EA" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -9792,91 +9894,84 @@
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Más de US $ 2.5 millones</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2942822E" w14:textId="77777777" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7788F267" w14:textId="5EA448E1" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="3C50F1B4" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hasta $700,000 de revisión directa por </w:t>
-[...6 lines deleted...]
-              <w:t>parte del presidente de</w:t>
+              <w:t>Hasta $700,000 de revisión directa por parte del presidente de</w:t>
             </w:r>
             <w:r w:rsidR="4EB543DD" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC8557F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Se aplica un umbral por año para los acuerdos a largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00787D4B" w14:paraId="29C62D37" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0007056D" w14:paraId="29C62D37" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17CD8DBB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
@@ -9902,88 +9997,88 @@
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="43C2F88E" w14:textId="054F66BB" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="0028175E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Para los contratos individuales/acuerdos de préstamos reembolsables, los umbrales de contratación directa son los mismos que los umbrales del proceso de adquisición competitiva anteriores, según la Política de Contratos Individuales)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="00787D4B" w14:paraId="3D5AB047" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0007056D" w14:paraId="3D5AB047" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32C1515A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Modificación de todos los contratos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="31CFBE5C" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="31CFBE5C" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="1095"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B2971AD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
@@ -10020,65 +10115,51 @@
           <w:p w14:paraId="5FFAEA8A" w14:textId="008B43BF" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Más de US $ 70,000 y hasta la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Estándar de CO / BU mediante revisión directa por parte del </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> de</w:t>
+              <w:t xml:space="preserve"> Estándar de CO / BU mediante revisión directa por parte del Presidente de</w:t>
             </w:r>
             <w:r w:rsidR="3CC817D0" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> CAP</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3804912A" w14:textId="77777777" w:rsidR="004F413E" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2241DAB7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00AD79EA">
             <w:pPr>
@@ -10333,51 +10414,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F3D681C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Se aplica un umbral por año para los acuerdos a largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="56312D0F" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="56312D0F" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09C68E24" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
@@ -10398,116 +10479,116 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2147AFD4" w14:textId="650CFEA2" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="0028175E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cualquier enmienda a un contrato o acuerdo a largo plazo previamente revisado por un Comité de Revisión de Adquisiciones debe presentarse al mismo comité, a menos que el valor acumulado exceda el umbral del comité (es decir, ya sea del Comité de Contratos, Activos y Adquisiciones al Comité Consultivo Regional de Adquisiciones, o del Comité Asesor Regional de Adquisiciones al Comité Consultivo de Adquisiciones). </w:t>
+              <w:t xml:space="preserve">Cualquier enmienda a un contrato o acuerdo a largo plazo previamente revisado por un Comité de Revisión de Adquisiciones debe presentarse al mismo comité, a menos que el valor acumulado exceda el umbral del comité (es decir, ya sea del Comité de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E26B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Contratos, Activos y Adquisiciones al Comité Consultivo Regional de Adquisiciones, o del Comité Asesor Regional de Adquisiciones al Comité Consultivo de Adquisiciones). </w:t>
             </w:r>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
               <w:t>Cualquier enmienda que, en conjunto, aumente el valor total del contrato a un monto inferior a US $ 70,000 (US $ 150,000 para contratos individuales) no requiere una revisión del comité.</w:t>
             </w:r>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">Una enmienda emitida para una "extensión sin costo" del contrato no requiere una </w:t>
-[...7 lines deleted...]
-              <w:t>revisión del comité. Cualquier prórroga de la duración de un acuerdo a largo plazo más allá de la duración máxima aprobada anteriormente requiere una revisión, incluso si no se ha alcanzado el límite máximo aprobado.</w:t>
+              <w:t>Una enmienda emitida para una "extensión sin costo" del contrato no requiere una revisión del comité. Cualquier prórroga de la duración de un acuerdo a largo plazo más allá de la duración máxima aprobada anteriormente requiere una revisión, incluso si no se ha alcanzado el límite máximo aprobado.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="004E26B1" w14:paraId="3C0DE7D2" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="379A7882" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Ex-ante review</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="3825E4B9" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="3825E4B9" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="1582"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C833FE6" w14:textId="35B5290F" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="6605588A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
@@ -10644,51 +10725,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0BBBA141" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Se aplica un umbral por año para los acuerdos a largo plazo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="459EB0B4" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="459EB0B4" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="1462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20C46A32" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -10829,187 +10910,163 @@
             <w:r w:rsidR="2CE61D1D" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Oficina de País/Oficina dependencia de la sede    </w:t>
             </w:r>
             <w:r w:rsidR="2CE61D1D" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> puede optar por presentar casos para una revisión ex ante si se perciben riesgos significativos o se recomienda una revisión formal de la estrategia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="040598FF" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="040598FF" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73EDC759" w14:textId="77777777" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="0028175E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Enajenación de activos mediante venta, donación o baja contable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="35E6642C" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="35E6642C" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65CB2542" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enajenación de activos mediante venta, donación o intercambio o mediante destrucción de activos obsoletos o </w:t>
-[...7 lines deleted...]
-              <w:t>no funcionales con un valor:</w:t>
+              <w:t>Enajenación de activos mediante venta, donación o intercambio o mediante destrucción de activos obsoletos o no funcionales con un valor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D613EC7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Más de US $ 7,000 por artículo y hasta la Autoridad de Adquisiciones </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Delegadas</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mediante revisión directa del </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> del CAP </w:t>
+              <w:t xml:space="preserve"> mediante revisión directa del Presidente del CAP </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56B21E0D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
@@ -11112,80 +11169,79 @@
                 <w:bCs/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Oficinas en los países: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67334B8E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Más de US $ 2.5 millones</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="6A52DBBD" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="6A52DBBD" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="629DC0CD" w14:textId="77777777" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="0028175E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disposición mediante baja contable de activos dañados, perdidos o robados con un valor: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58FA69FD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -11412,51 +11468,51 @@
             <w:r w:rsidR="5A20F53A" w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>US</w:t>
             </w:r>
             <w:r w:rsidRPr="6605588A">
               <w:rPr>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>$100,000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19F86BF8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="2D754ECE" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="2D754ECE" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07C4C8EA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -11466,114 +11522,117 @@
               </w:rPr>
               <w:t>Notas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D804649" w14:textId="71DAD46C" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
+          <w:p w14:paraId="6D804649" w14:textId="71DAD46C" w:rsidR="003F025D" w:rsidRPr="00A14199" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>Los valores de los activos se basan en el valor neto contable (NBV), excepto para vehículos y maquinaria pesada, donde se aplica el valor justo de mercado (FMV).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="289E9859" w14:textId="49CDF697" w:rsidR="003F025D" w:rsidRPr="003F19EF" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
+          <w:p w14:paraId="289E9859" w14:textId="49CDF697" w:rsidR="003F025D" w:rsidRPr="00A14199" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-                <w:lang w:val="it-IT"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">Las cancelaciones debidas a discrepancias de activos no requieren una revisión del comité. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="358C87CC" w14:textId="02A5CDB6" w:rsidR="003F025D" w:rsidRPr="004E26B1" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
+          <w:p w14:paraId="358C87CC" w14:textId="02A5CDB6" w:rsidR="003F025D" w:rsidRPr="00A14199" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Las cancelaciones superiores a 100.000 dólares estadounidenses requieren la autorización del Administrador de conformidad con la RFR 126.17.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75569629" w14:textId="77777777" w:rsidR="003F025D" w:rsidRPr="003C060A" w:rsidRDefault="4516222F" w:rsidP="65711ACC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="65711ACC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Consulte  </w:t>
             </w:r>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidR="6011A1E3" w:rsidRPr="65711ACC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>Mobilier et matériel : Cessions et comptabilisation en pertes d’actifs</w:t>
               </w:r>
             </w:hyperlink>
@@ -11646,100 +11705,109 @@
       <w:tr w:rsidR="00224700" w:rsidRPr="004E26B1" w14:paraId="71D8793F" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="085CF966" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Generación de </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Generación</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E26B1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>ingresos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="004E26B1" w14:paraId="0CFE2B8E" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18B052C3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cualquier contrato o serie de contratos relacionados </w:t>
             </w:r>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t>en un año calendario</w:t>
             </w:r>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> que genere ingresos (por ejemplo, ingresos por la venta de información confidencial) de:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
@@ -11851,51 +11919,51 @@
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0DD9A5C1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E26B1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
               </w:rPr>
               <w:t>Otros</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="003F19EF" w14:paraId="597A9D9E" w14:textId="77777777" w:rsidTr="65711ACC">
+      <w:tr w:rsidR="00224700" w:rsidRPr="00A478F3" w14:paraId="597A9D9E" w14:textId="77777777" w:rsidTr="65711ACC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5144DA61" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
@@ -11909,51 +11977,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FFDA332" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="506A851D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Una excepción a los umbrales anteriores es cuando se propone una serie de acciones de adquisición basadas en la agrupación de bienes o servicios en "lotes" </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12010,266 +12078,238 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc453862242"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> posteriores</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E26B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>posteriores</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="58845169" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6734006F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Una situación post facto surge cuando se ha realizado un contrato o una adjudicación (otorgamiento) de un contrato antes de la presentación de la acción de adquisición al comité apropiado según lo exige esta política. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5101939D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4488E073" w14:textId="663B94B2" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las acciones de adquisición dentro de la autoridad de adquisición delegada (o autoridad aumentada) de la unidad de negocio no deben presentarse, ni se tratarán como acciones posteriores a facto, ya que es prerrogativa del jefe de la unidad de negocio solicitar al Comité de Contratos, Activos y Adquisiciones que revise las presentaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521783A1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B2187E2" w14:textId="39D8C39E" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="65711ACC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Las presentaciones posteriores no son revisadas por el Comité de Revisión de Adquisiciones, pero están sujetas a revisión directa por el Comité Asesor Regional de Adquisiciones o el presidente del Comité Consultivo de Adquisiciones. Las unidades de negocio informarán las acciones post facto a través de la plataforma UNALL en función del valor del contrato y los umbrales definidos en esta política. Dicho informe, además de proporcionar información sobre las acciones y los procesos de contratación, incluirá una explicación y justificación de por qué se produjo la situación a posteriori. La presentación se informará dentro de los tres meses posteriores a la acción post facto, determinada por la fecha de emisión de una orden de compra o firma de un contrato, etc. Una solicitud de enmienda hecha a un contrato post facto será revisada por un comité solo después de que la </w:t>
+        <w:t xml:space="preserve">Las presentaciones posteriores no son revisadas por el Comité de Revisión de Adquisiciones, pero están sujetas a revisión directa por el Comité Asesor Regional de Adquisiciones o el presidente del </w:t>
       </w:r>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">presentación post facto haya sido </w:t>
+        <w:t xml:space="preserve">Comité Consultivo de Adquisiciones. Las unidades de negocio informarán las acciones post facto a través de la plataforma UNALL en función del valor del contrato y los umbrales definidos en esta política. Dicho informe, además de proporcionar información sobre las acciones y los procesos de contratación, incluirá una explicación y justificación de por qué se produjo la situación a posteriori. La presentación se informará dentro de los tres meses posteriores a la acción post facto, determinada por la fecha de emisión de una orden de compra o firma de un contrato, etc. Una solicitud de enmienda hecha a un contrato post facto será revisada por un comité solo después de que la presentación post facto haya sido </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>informada</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="65711ACC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al Oficial </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> de Adquisiciones. </w:t>
+        <w:t xml:space="preserve"> al Oficial Jefe Regional de Adquisiciones / Oficial Jefe de Adquisiciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0066E57D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="067E8D9B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La presentación de la acción post facto no tiene por objeto pedir al </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -12289,51 +12329,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> de Adquisiciones que modifique o valide una decisión que ya se ha adoptado, ni autorizar pagos al proveedor contratado. Esos informes son necesarios para los registros y para: a) permitir que el funcionario proporcione a la dependencia de operaciones información para mejorar las futuras adquisiciones; b) identificar cualquier déficit de capacidad en la unidad de negocio que pueda requerir intervenciones adecuadas; c) servir de insumo para cualquier evaluación de la capacidad de adquisición de la unidad de negocio para aumentar las solicitudes de autorización delegada en materia de adquisiciones; y d) remitir la cuestión a otras oficinas pertinentes del PNUD, cuando fuera necesario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400B38B2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="098ACE29" w14:textId="5E5C2BE4" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El funcionario del PNUD que autorizó o aprobó la adjudicación</w:t>
       </w:r>
       <w:r w:rsidR="00584E09">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -12347,95 +12387,75 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">del contrato, o lo firmó sin las aprobaciones requeridas del Oficial </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Jefe</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Regional de Adquisiciones y del Oficial </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de Adquisiciones, será el único responsable de las medidas y consecuencias que se deriven de él.  </w:t>
+        <w:t xml:space="preserve"> Regional de Adquisiciones y del Oficial Jefe de Adquisiciones, será el único responsable de las medidas y consecuencias que se deriven de él.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D139EC9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64BF5F15" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E26B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Las situaciones posteriores a la situación, así como el hecho de que no se haya informado de ellas, son graves desviaciones de las políticas y procedimientos de adquisiciones del PNUD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2826D115" w14:textId="77777777" w:rsidR="0011489C" w:rsidRPr="0011489C" w:rsidRDefault="0011489C" w:rsidP="0011489C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -12503,60 +12523,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5DFF9C" w14:textId="77777777" w:rsidR="0011489C" w:rsidRPr="0011489C" w:rsidRDefault="0011489C" w:rsidP="0011489C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0011489C">
+      <w:r w:rsidRPr="00A14199">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Descargo de responsabilidad:</w:t>
       </w:r>
       <w:r w:rsidRPr="0011489C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. </w:t>
       </w:r>
       <w:r w:rsidRPr="0011489C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -12583,83 +12604,83 @@
     </w:p>
     <w:p w14:paraId="1CAF8F35" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00224700" w:rsidRPr="004E26B1" w:rsidSect="00486C94">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="900" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C1FC017" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA" w:rsidP="00B536E5">
+    <w:p w14:paraId="28D0C2E6" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C106439" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA" w:rsidP="00B536E5">
+    <w:p w14:paraId="6610C5ED" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C6EF02B" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA">
+    <w:p w14:paraId="2EE07D2A" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -12674,90 +12695,91 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
-    <w:altName w:val="Segoe UI"/>
+    <w:altName w:val="Corbel"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7E21F657" w14:textId="77777777" w:rsidR="009257A6" w:rsidRDefault="009257A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="77F45C0A" w14:textId="77777777" w:rsidR="008326F1" w:rsidRPr="00AD4FA1" w:rsidRDefault="008529F7">
+  <w:p w14:paraId="77F45C0A" w14:textId="52F68AC0" w:rsidR="008326F1" w:rsidRPr="00AD4FA1" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AD4FA1">
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AD4FA1">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
@@ -12826,102 +12848,84 @@
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="00C1024C" w:rsidRPr="00AD4FA1">
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">Fecha de entrada en vigor: 15/09/2025 </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00AD4FA1">
       <w:rPr>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve">Versión #: </w:t>
     </w:r>
-    <w:sdt>
-[...22 lines deleted...]
-    </w:sdt>
+    <w:r w:rsidR="00A478F3">
+      <w:rPr>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79F1E203" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA" w:rsidP="00B536E5">
+    <w:p w14:paraId="3D536125" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E9AAA60" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA" w:rsidP="00B536E5">
+    <w:p w14:paraId="40C70B18" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4C11A236" w14:textId="77777777" w:rsidR="002459BA" w:rsidRDefault="002459BA">
+    <w:p w14:paraId="65D8A7D6" w14:textId="77777777" w:rsidR="00DC454F" w:rsidRDefault="00DC454F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5EB235CC" w14:textId="77777777" w:rsidR="0000127B" w:rsidRPr="00AD4FA1" w:rsidRDefault="0000127B" w:rsidP="00D67634">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F107A0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -13285,51 +13289,51 @@
       </w:r>
       <w:r w:rsidRPr="00AD4FA1">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD4FA1">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Se requiere la revisión del Comité Asesor Regional de Adquisiciones o del Comité Asesor de Adquisiciones, ya que el valor acumulado superará los 300.000 dólares estadounidenses (incluidos los contratos ya revisados por CAP). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1F3FE2A4" w14:textId="1BBB5422" w:rsidR="008529F7" w:rsidRDefault="65711ACC" w:rsidP="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A00CE85" wp14:editId="3822FBAF">
           <wp:extent cx="502399" cy="764626"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="984363593" name="drawing"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="984363593" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -13347,51 +13351,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="502399" cy="764626"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="70E67CED" w14:textId="5DF6C2E2" w:rsidR="008529F7" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="036577D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F306DD3E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -18410,297 +18414,387 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="102582614">
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FBED44A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="908CB1D2"/>
+    <w:lvl w:ilvl="0" w:tplc="69901686">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5226DD98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A906C486">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="050E691C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D388A576">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="19ECF8D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C7DCC25A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E423390">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="96F6F624">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1623881325">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="137114663">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1734154865">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="322513265">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="582183698">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="747925805">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="217060975">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1383989517">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="798183091">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1667902154">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="2019111682">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="903296251">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1361128437">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1114598960">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="535625996">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="68160164">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="964194843">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1804614146">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="210071869">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="2100368252">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="104623503">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1600944112">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1474254875">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1486629475">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1739477461">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1460223134">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2135249090">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1682464177">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="312372161">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1280340280">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1145775268">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="2069065933">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1334141814">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="934558099">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1437016126">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="543102318">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="2040623818">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="339966538">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1091270199">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="1036546626">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="206141612">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1724598299">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="1052115205">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="217597380">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1658606607">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="846948419">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="334038271">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="504511698">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="2001228489">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1835486047">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1131174137">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="1224026917">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="69617318">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="52"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00444FE7"/>
     <w:rsid w:val="0000127B"/>
     <w:rsid w:val="0001712F"/>
     <w:rsid w:val="00020819"/>
     <w:rsid w:val="00025E8B"/>
     <w:rsid w:val="00034F48"/>
     <w:rsid w:val="00040305"/>
     <w:rsid w:val="0004386F"/>
     <w:rsid w:val="000473DD"/>
     <w:rsid w:val="000537FF"/>
     <w:rsid w:val="00055F94"/>
     <w:rsid w:val="00057632"/>
     <w:rsid w:val="000641EB"/>
     <w:rsid w:val="000654CB"/>
     <w:rsid w:val="00070388"/>
+    <w:rsid w:val="0007056D"/>
     <w:rsid w:val="00072975"/>
     <w:rsid w:val="00072DC4"/>
-    <w:rsid w:val="0007499D"/>
     <w:rsid w:val="000772EB"/>
     <w:rsid w:val="00077CD2"/>
     <w:rsid w:val="00092D80"/>
     <w:rsid w:val="000A31B1"/>
     <w:rsid w:val="000A4782"/>
     <w:rsid w:val="000A67F5"/>
     <w:rsid w:val="000B5A63"/>
     <w:rsid w:val="000C46C5"/>
     <w:rsid w:val="000C6936"/>
     <w:rsid w:val="000D454E"/>
     <w:rsid w:val="000E0EBF"/>
     <w:rsid w:val="000E4727"/>
     <w:rsid w:val="000F3743"/>
     <w:rsid w:val="000F487B"/>
     <w:rsid w:val="00112FAB"/>
     <w:rsid w:val="0011489C"/>
     <w:rsid w:val="00117658"/>
     <w:rsid w:val="0012303D"/>
     <w:rsid w:val="00125E07"/>
     <w:rsid w:val="001342DC"/>
     <w:rsid w:val="00134AF4"/>
     <w:rsid w:val="00141678"/>
     <w:rsid w:val="001439B5"/>
     <w:rsid w:val="001467EF"/>
     <w:rsid w:val="00153CA4"/>
     <w:rsid w:val="0015422C"/>
     <w:rsid w:val="00154B40"/>
     <w:rsid w:val="00157842"/>
     <w:rsid w:val="00161F0A"/>
     <w:rsid w:val="001644F2"/>
     <w:rsid w:val="001710BC"/>
     <w:rsid w:val="00174284"/>
     <w:rsid w:val="00180C06"/>
+    <w:rsid w:val="001836A0"/>
     <w:rsid w:val="00183FF4"/>
     <w:rsid w:val="001862DC"/>
     <w:rsid w:val="00186337"/>
     <w:rsid w:val="001868EF"/>
     <w:rsid w:val="00186ED9"/>
     <w:rsid w:val="001871DD"/>
     <w:rsid w:val="00196091"/>
     <w:rsid w:val="001A0FB0"/>
     <w:rsid w:val="001A3196"/>
     <w:rsid w:val="001A3565"/>
     <w:rsid w:val="001B1565"/>
     <w:rsid w:val="001B2B1F"/>
     <w:rsid w:val="001B3AD6"/>
     <w:rsid w:val="001B6664"/>
     <w:rsid w:val="001C34F4"/>
     <w:rsid w:val="001C3BA2"/>
     <w:rsid w:val="001C40E8"/>
     <w:rsid w:val="001C4761"/>
     <w:rsid w:val="001D0A5A"/>
     <w:rsid w:val="001D187F"/>
     <w:rsid w:val="001D24FA"/>
     <w:rsid w:val="001D7665"/>
     <w:rsid w:val="001D7C51"/>
     <w:rsid w:val="001D7F19"/>
     <w:rsid w:val="001E46C9"/>
@@ -18743,50 +18837,51 @@
     <w:rsid w:val="002B3AD9"/>
     <w:rsid w:val="002B506A"/>
     <w:rsid w:val="002B5EF4"/>
     <w:rsid w:val="002C2D06"/>
     <w:rsid w:val="002C3A4A"/>
     <w:rsid w:val="002C3FDF"/>
     <w:rsid w:val="002D013C"/>
     <w:rsid w:val="002E2F4E"/>
     <w:rsid w:val="002E47DE"/>
     <w:rsid w:val="002E676D"/>
     <w:rsid w:val="00301220"/>
     <w:rsid w:val="003021E2"/>
     <w:rsid w:val="003058CE"/>
     <w:rsid w:val="00321072"/>
     <w:rsid w:val="003224D3"/>
     <w:rsid w:val="0033352B"/>
     <w:rsid w:val="00333C36"/>
     <w:rsid w:val="00333F53"/>
     <w:rsid w:val="00336A87"/>
     <w:rsid w:val="00343BF8"/>
     <w:rsid w:val="00344CE0"/>
     <w:rsid w:val="00346939"/>
     <w:rsid w:val="0036310D"/>
     <w:rsid w:val="003733B6"/>
     <w:rsid w:val="0037342A"/>
+    <w:rsid w:val="00376B03"/>
     <w:rsid w:val="00376C3D"/>
     <w:rsid w:val="00380389"/>
     <w:rsid w:val="0038328A"/>
     <w:rsid w:val="00384480"/>
     <w:rsid w:val="00385D97"/>
     <w:rsid w:val="00386B59"/>
     <w:rsid w:val="00392F65"/>
     <w:rsid w:val="00395F36"/>
     <w:rsid w:val="003A304B"/>
     <w:rsid w:val="003A4667"/>
     <w:rsid w:val="003B0DD5"/>
     <w:rsid w:val="003C060A"/>
     <w:rsid w:val="003C1FC9"/>
     <w:rsid w:val="003C4E17"/>
     <w:rsid w:val="003D2BF1"/>
     <w:rsid w:val="003D5B9D"/>
     <w:rsid w:val="003D5BD9"/>
     <w:rsid w:val="003E1D8A"/>
     <w:rsid w:val="003E65CE"/>
     <w:rsid w:val="003E7C21"/>
     <w:rsid w:val="003F025D"/>
     <w:rsid w:val="003F19EF"/>
     <w:rsid w:val="003F696F"/>
     <w:rsid w:val="003F7A66"/>
     <w:rsid w:val="00401609"/>
@@ -18800,50 +18895,52 @@
     <w:rsid w:val="00433A2A"/>
     <w:rsid w:val="00444309"/>
     <w:rsid w:val="00444FE7"/>
     <w:rsid w:val="00447DB1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="00451C00"/>
     <w:rsid w:val="0046396C"/>
     <w:rsid w:val="00464C4E"/>
     <w:rsid w:val="004663A9"/>
     <w:rsid w:val="00485E0F"/>
     <w:rsid w:val="00486C94"/>
     <w:rsid w:val="0049169B"/>
     <w:rsid w:val="00495400"/>
     <w:rsid w:val="004A06CC"/>
     <w:rsid w:val="004A07CA"/>
     <w:rsid w:val="004A448F"/>
     <w:rsid w:val="004A6166"/>
     <w:rsid w:val="004A6252"/>
     <w:rsid w:val="004B2847"/>
     <w:rsid w:val="004B6203"/>
     <w:rsid w:val="004C41B7"/>
     <w:rsid w:val="004C4341"/>
     <w:rsid w:val="004C7B94"/>
     <w:rsid w:val="004D0B6F"/>
     <w:rsid w:val="004D37ED"/>
+    <w:rsid w:val="004D5C00"/>
+    <w:rsid w:val="004E228D"/>
     <w:rsid w:val="004E26B1"/>
     <w:rsid w:val="004E4D01"/>
     <w:rsid w:val="004E75A2"/>
     <w:rsid w:val="004F31EC"/>
     <w:rsid w:val="004F413E"/>
     <w:rsid w:val="004F4269"/>
     <w:rsid w:val="004F42BB"/>
     <w:rsid w:val="005006BE"/>
     <w:rsid w:val="00503647"/>
     <w:rsid w:val="00507652"/>
     <w:rsid w:val="005335E9"/>
     <w:rsid w:val="00534CD3"/>
     <w:rsid w:val="00540932"/>
     <w:rsid w:val="00544677"/>
     <w:rsid w:val="00546D00"/>
     <w:rsid w:val="005559EB"/>
     <w:rsid w:val="00561CD4"/>
     <w:rsid w:val="00564A2F"/>
     <w:rsid w:val="00565AAC"/>
     <w:rsid w:val="00575035"/>
     <w:rsid w:val="00584E09"/>
     <w:rsid w:val="0058681A"/>
     <w:rsid w:val="00596414"/>
     <w:rsid w:val="005A48F4"/>
     <w:rsid w:val="005A61A2"/>
@@ -18952,94 +19049,99 @@
     <w:rsid w:val="0089508D"/>
     <w:rsid w:val="0089535F"/>
     <w:rsid w:val="008A1606"/>
     <w:rsid w:val="008A16C9"/>
     <w:rsid w:val="008A68E5"/>
     <w:rsid w:val="008C5179"/>
     <w:rsid w:val="008D1267"/>
     <w:rsid w:val="008D3EF7"/>
     <w:rsid w:val="008D4CD8"/>
     <w:rsid w:val="008E0BA1"/>
     <w:rsid w:val="008E7CDD"/>
     <w:rsid w:val="008F0321"/>
     <w:rsid w:val="008F2B14"/>
     <w:rsid w:val="008F5A47"/>
     <w:rsid w:val="00902570"/>
     <w:rsid w:val="0090539F"/>
     <w:rsid w:val="0091055F"/>
     <w:rsid w:val="0091437A"/>
     <w:rsid w:val="009167BE"/>
     <w:rsid w:val="0091792A"/>
     <w:rsid w:val="009257A6"/>
     <w:rsid w:val="00927FE9"/>
     <w:rsid w:val="009302E6"/>
     <w:rsid w:val="00931A86"/>
     <w:rsid w:val="00932369"/>
+    <w:rsid w:val="00934E23"/>
     <w:rsid w:val="009369BA"/>
     <w:rsid w:val="009570EF"/>
+    <w:rsid w:val="00963A54"/>
     <w:rsid w:val="00976D8E"/>
     <w:rsid w:val="00981F76"/>
     <w:rsid w:val="00981FBF"/>
     <w:rsid w:val="0098294E"/>
     <w:rsid w:val="00985D32"/>
     <w:rsid w:val="0098691A"/>
     <w:rsid w:val="00992B48"/>
     <w:rsid w:val="009973DC"/>
     <w:rsid w:val="009B7677"/>
     <w:rsid w:val="009D2D56"/>
     <w:rsid w:val="009E006B"/>
     <w:rsid w:val="009F0E9F"/>
     <w:rsid w:val="009F2F17"/>
     <w:rsid w:val="009F524F"/>
     <w:rsid w:val="009F793A"/>
     <w:rsid w:val="00A02F22"/>
     <w:rsid w:val="00A03540"/>
     <w:rsid w:val="00A11C2D"/>
     <w:rsid w:val="00A13EF6"/>
+    <w:rsid w:val="00A14199"/>
     <w:rsid w:val="00A20DD7"/>
     <w:rsid w:val="00A22CC7"/>
     <w:rsid w:val="00A30DB5"/>
     <w:rsid w:val="00A35465"/>
     <w:rsid w:val="00A365AA"/>
     <w:rsid w:val="00A427AD"/>
     <w:rsid w:val="00A43239"/>
     <w:rsid w:val="00A43C30"/>
     <w:rsid w:val="00A467AD"/>
+    <w:rsid w:val="00A478F3"/>
     <w:rsid w:val="00A57025"/>
     <w:rsid w:val="00A60F78"/>
     <w:rsid w:val="00A64218"/>
     <w:rsid w:val="00A75734"/>
     <w:rsid w:val="00A77A36"/>
     <w:rsid w:val="00A93229"/>
     <w:rsid w:val="00AA0873"/>
     <w:rsid w:val="00AA3CAE"/>
     <w:rsid w:val="00AA7FF7"/>
     <w:rsid w:val="00AB27B1"/>
     <w:rsid w:val="00AC5797"/>
     <w:rsid w:val="00AD0984"/>
     <w:rsid w:val="00AD4FA1"/>
     <w:rsid w:val="00AD79EA"/>
+    <w:rsid w:val="00AE04AC"/>
     <w:rsid w:val="00AE6EF6"/>
     <w:rsid w:val="00AF4BFD"/>
     <w:rsid w:val="00AF63C0"/>
     <w:rsid w:val="00AF694F"/>
     <w:rsid w:val="00B010D3"/>
     <w:rsid w:val="00B13213"/>
     <w:rsid w:val="00B161C0"/>
     <w:rsid w:val="00B207F2"/>
     <w:rsid w:val="00B21985"/>
     <w:rsid w:val="00B21F98"/>
     <w:rsid w:val="00B26B1B"/>
     <w:rsid w:val="00B26BDE"/>
     <w:rsid w:val="00B275E5"/>
     <w:rsid w:val="00B37771"/>
     <w:rsid w:val="00B43779"/>
     <w:rsid w:val="00B536E5"/>
     <w:rsid w:val="00B67315"/>
     <w:rsid w:val="00B71A45"/>
     <w:rsid w:val="00B72BFD"/>
     <w:rsid w:val="00B7335B"/>
     <w:rsid w:val="00B7586A"/>
     <w:rsid w:val="00B76B77"/>
     <w:rsid w:val="00B810A6"/>
     <w:rsid w:val="00B9267E"/>
     <w:rsid w:val="00B93356"/>
@@ -19089,476 +19191,535 @@
     <w:rsid w:val="00CD3634"/>
     <w:rsid w:val="00CD69F9"/>
     <w:rsid w:val="00CE064E"/>
     <w:rsid w:val="00CE1A77"/>
     <w:rsid w:val="00CE497F"/>
     <w:rsid w:val="00CF0760"/>
     <w:rsid w:val="00D0526F"/>
     <w:rsid w:val="00D133C2"/>
     <w:rsid w:val="00D153AE"/>
     <w:rsid w:val="00D230F8"/>
     <w:rsid w:val="00D2491B"/>
     <w:rsid w:val="00D313C4"/>
     <w:rsid w:val="00D34687"/>
     <w:rsid w:val="00D61851"/>
     <w:rsid w:val="00D65684"/>
     <w:rsid w:val="00D67634"/>
     <w:rsid w:val="00D70831"/>
     <w:rsid w:val="00D80426"/>
     <w:rsid w:val="00D84471"/>
     <w:rsid w:val="00D856C1"/>
     <w:rsid w:val="00D865CA"/>
     <w:rsid w:val="00D90766"/>
     <w:rsid w:val="00DA02A5"/>
     <w:rsid w:val="00DB5BB6"/>
     <w:rsid w:val="00DB7178"/>
+    <w:rsid w:val="00DC454F"/>
     <w:rsid w:val="00DC497F"/>
     <w:rsid w:val="00DC7930"/>
     <w:rsid w:val="00DD2C99"/>
     <w:rsid w:val="00DD3D4C"/>
     <w:rsid w:val="00DD4991"/>
     <w:rsid w:val="00DD554B"/>
     <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00DF0854"/>
     <w:rsid w:val="00DF476B"/>
     <w:rsid w:val="00DF6DBE"/>
     <w:rsid w:val="00E01B25"/>
     <w:rsid w:val="00E05245"/>
     <w:rsid w:val="00E06CF6"/>
     <w:rsid w:val="00E20AEA"/>
     <w:rsid w:val="00E210C3"/>
     <w:rsid w:val="00E21494"/>
     <w:rsid w:val="00E2315F"/>
     <w:rsid w:val="00E27E04"/>
     <w:rsid w:val="00E3041F"/>
     <w:rsid w:val="00E3523F"/>
     <w:rsid w:val="00E37BE3"/>
     <w:rsid w:val="00E40EE9"/>
     <w:rsid w:val="00E42B55"/>
     <w:rsid w:val="00E45675"/>
     <w:rsid w:val="00E47CA3"/>
     <w:rsid w:val="00E52B7D"/>
     <w:rsid w:val="00E5425D"/>
     <w:rsid w:val="00E61152"/>
     <w:rsid w:val="00E63B56"/>
     <w:rsid w:val="00E75F24"/>
     <w:rsid w:val="00E768B5"/>
     <w:rsid w:val="00E84D77"/>
     <w:rsid w:val="00E869A3"/>
     <w:rsid w:val="00E9075D"/>
     <w:rsid w:val="00E9572C"/>
     <w:rsid w:val="00EA32FC"/>
     <w:rsid w:val="00EB0E43"/>
     <w:rsid w:val="00EB67F2"/>
     <w:rsid w:val="00EB695F"/>
     <w:rsid w:val="00EB6ED1"/>
     <w:rsid w:val="00EC0642"/>
     <w:rsid w:val="00EC10D5"/>
     <w:rsid w:val="00EC774A"/>
     <w:rsid w:val="00ED646E"/>
+    <w:rsid w:val="00ED776D"/>
     <w:rsid w:val="00ED7CE1"/>
     <w:rsid w:val="00EE0F51"/>
     <w:rsid w:val="00EE79FD"/>
     <w:rsid w:val="00EF1FC9"/>
     <w:rsid w:val="00EF62DE"/>
     <w:rsid w:val="00EF6E63"/>
     <w:rsid w:val="00F0002B"/>
     <w:rsid w:val="00F107A0"/>
     <w:rsid w:val="00F17A07"/>
     <w:rsid w:val="00F249E8"/>
     <w:rsid w:val="00F26BF7"/>
     <w:rsid w:val="00F3475B"/>
     <w:rsid w:val="00F36B3D"/>
     <w:rsid w:val="00F4499A"/>
     <w:rsid w:val="00F45D93"/>
     <w:rsid w:val="00F462A1"/>
     <w:rsid w:val="00F504F1"/>
     <w:rsid w:val="00F56C87"/>
     <w:rsid w:val="00F64A38"/>
     <w:rsid w:val="00F6731E"/>
     <w:rsid w:val="00F674F3"/>
     <w:rsid w:val="00F675E5"/>
     <w:rsid w:val="00F677D7"/>
     <w:rsid w:val="00F71772"/>
     <w:rsid w:val="00F719C3"/>
     <w:rsid w:val="00F74464"/>
     <w:rsid w:val="00F83FF9"/>
     <w:rsid w:val="00F85F8C"/>
     <w:rsid w:val="00F86CE4"/>
     <w:rsid w:val="00F91F89"/>
+    <w:rsid w:val="00F9282C"/>
     <w:rsid w:val="00F94C06"/>
     <w:rsid w:val="00F97024"/>
     <w:rsid w:val="00FA4789"/>
     <w:rsid w:val="00FA69C4"/>
     <w:rsid w:val="00FA7543"/>
     <w:rsid w:val="00FB4178"/>
     <w:rsid w:val="00FC12C4"/>
     <w:rsid w:val="00FC4138"/>
     <w:rsid w:val="00FC6100"/>
     <w:rsid w:val="00FC7E35"/>
     <w:rsid w:val="00FD1B58"/>
     <w:rsid w:val="00FE4CBE"/>
     <w:rsid w:val="00FE5D4A"/>
     <w:rsid w:val="0169C1EF"/>
     <w:rsid w:val="021A6851"/>
+    <w:rsid w:val="02218512"/>
     <w:rsid w:val="02B068A1"/>
+    <w:rsid w:val="034A798D"/>
     <w:rsid w:val="0359D499"/>
     <w:rsid w:val="039B7EA5"/>
     <w:rsid w:val="03D2D08D"/>
     <w:rsid w:val="04CB6463"/>
     <w:rsid w:val="04F16923"/>
     <w:rsid w:val="056DF11D"/>
     <w:rsid w:val="057E015A"/>
     <w:rsid w:val="05CFABEE"/>
     <w:rsid w:val="064AA0BF"/>
     <w:rsid w:val="072DAC21"/>
     <w:rsid w:val="072EB527"/>
     <w:rsid w:val="077B47B5"/>
     <w:rsid w:val="077B8943"/>
     <w:rsid w:val="08102928"/>
+    <w:rsid w:val="08246DF3"/>
+    <w:rsid w:val="09E1CD7A"/>
+    <w:rsid w:val="0A12708A"/>
     <w:rsid w:val="0A980DFC"/>
     <w:rsid w:val="0AD6E176"/>
     <w:rsid w:val="0B1802A9"/>
+    <w:rsid w:val="0BD7D713"/>
     <w:rsid w:val="0C5982AE"/>
     <w:rsid w:val="0C8904BB"/>
     <w:rsid w:val="0CA410FB"/>
+    <w:rsid w:val="0CE2EA55"/>
     <w:rsid w:val="0CF97C22"/>
     <w:rsid w:val="0D2AA6B4"/>
+    <w:rsid w:val="0D35CD4C"/>
     <w:rsid w:val="0D4134B7"/>
     <w:rsid w:val="0D799CEC"/>
     <w:rsid w:val="0DB3A359"/>
+    <w:rsid w:val="0E2633BF"/>
     <w:rsid w:val="0EB3FA2C"/>
     <w:rsid w:val="0F9317D0"/>
     <w:rsid w:val="10BA6DBA"/>
     <w:rsid w:val="1131BA87"/>
     <w:rsid w:val="113D454F"/>
     <w:rsid w:val="11472913"/>
     <w:rsid w:val="11FD171E"/>
     <w:rsid w:val="12903F73"/>
     <w:rsid w:val="1352BCC0"/>
     <w:rsid w:val="13B8C83D"/>
+    <w:rsid w:val="13B9DD25"/>
     <w:rsid w:val="13FE6F3B"/>
     <w:rsid w:val="1406F7E5"/>
     <w:rsid w:val="14811BCB"/>
     <w:rsid w:val="14A9CE06"/>
     <w:rsid w:val="14AA70ED"/>
     <w:rsid w:val="14D8AF97"/>
     <w:rsid w:val="14E6F5FA"/>
     <w:rsid w:val="151AD17A"/>
     <w:rsid w:val="155EBDAB"/>
     <w:rsid w:val="1571CADE"/>
     <w:rsid w:val="15B1508C"/>
     <w:rsid w:val="15BED3E9"/>
     <w:rsid w:val="15D1FBF3"/>
     <w:rsid w:val="15ECA8E3"/>
     <w:rsid w:val="16A6CDE0"/>
     <w:rsid w:val="16B539F6"/>
+    <w:rsid w:val="16E63C65"/>
+    <w:rsid w:val="16E65D0F"/>
     <w:rsid w:val="17E526AB"/>
     <w:rsid w:val="18D27139"/>
+    <w:rsid w:val="1950BBAF"/>
     <w:rsid w:val="19879AAF"/>
     <w:rsid w:val="19972B7D"/>
+    <w:rsid w:val="19C81809"/>
     <w:rsid w:val="19D8E755"/>
+    <w:rsid w:val="1A07D2EA"/>
     <w:rsid w:val="1AA799BF"/>
+    <w:rsid w:val="1AABD4CC"/>
+    <w:rsid w:val="1B349DBC"/>
     <w:rsid w:val="1C39EF1A"/>
     <w:rsid w:val="1C3E61DC"/>
     <w:rsid w:val="1CA6CCC3"/>
     <w:rsid w:val="1DD6D8DF"/>
     <w:rsid w:val="1F723981"/>
     <w:rsid w:val="1F737AE8"/>
     <w:rsid w:val="1FDD6131"/>
     <w:rsid w:val="20FE2158"/>
     <w:rsid w:val="2108B951"/>
     <w:rsid w:val="219EE71D"/>
     <w:rsid w:val="21CE4F0F"/>
     <w:rsid w:val="21D2EC46"/>
     <w:rsid w:val="2210B3FD"/>
+    <w:rsid w:val="22CB683A"/>
     <w:rsid w:val="22D30F71"/>
     <w:rsid w:val="22E7D06D"/>
     <w:rsid w:val="24224AFE"/>
     <w:rsid w:val="262B0AA0"/>
     <w:rsid w:val="264FB982"/>
     <w:rsid w:val="2668121A"/>
     <w:rsid w:val="271A46DA"/>
     <w:rsid w:val="273DBE23"/>
     <w:rsid w:val="27F893D3"/>
+    <w:rsid w:val="2842AAFA"/>
     <w:rsid w:val="28A07B60"/>
     <w:rsid w:val="28D3CCDE"/>
     <w:rsid w:val="2934BA89"/>
     <w:rsid w:val="299B2D5D"/>
+    <w:rsid w:val="29DB512B"/>
     <w:rsid w:val="2A650266"/>
+    <w:rsid w:val="2AB5C8B6"/>
     <w:rsid w:val="2B04DFEF"/>
     <w:rsid w:val="2B493B60"/>
     <w:rsid w:val="2BD62D6A"/>
+    <w:rsid w:val="2C2275A9"/>
     <w:rsid w:val="2C9113F8"/>
     <w:rsid w:val="2CE61D1D"/>
     <w:rsid w:val="2D144A83"/>
     <w:rsid w:val="2D491F88"/>
     <w:rsid w:val="2DDD2532"/>
     <w:rsid w:val="2E1A2968"/>
     <w:rsid w:val="2E43F19B"/>
+    <w:rsid w:val="2E65AE31"/>
     <w:rsid w:val="2F1B827C"/>
     <w:rsid w:val="2F542BC5"/>
+    <w:rsid w:val="2F6AE50B"/>
     <w:rsid w:val="2F8738F7"/>
     <w:rsid w:val="2F9BF3F1"/>
+    <w:rsid w:val="30DCB9FB"/>
     <w:rsid w:val="3104A278"/>
     <w:rsid w:val="3109DFF6"/>
     <w:rsid w:val="3112162F"/>
     <w:rsid w:val="318140AB"/>
     <w:rsid w:val="31C7A03D"/>
     <w:rsid w:val="31FCA010"/>
+    <w:rsid w:val="321804CD"/>
     <w:rsid w:val="32B9A98D"/>
     <w:rsid w:val="32F344FD"/>
     <w:rsid w:val="330BF082"/>
     <w:rsid w:val="33397EE5"/>
     <w:rsid w:val="33D74DCA"/>
     <w:rsid w:val="3438BBBC"/>
     <w:rsid w:val="34724187"/>
+    <w:rsid w:val="357562F0"/>
     <w:rsid w:val="35990545"/>
     <w:rsid w:val="361A0A13"/>
     <w:rsid w:val="36854FE0"/>
     <w:rsid w:val="36D0DABA"/>
     <w:rsid w:val="3715FD84"/>
     <w:rsid w:val="375FC6D6"/>
     <w:rsid w:val="37912AF8"/>
     <w:rsid w:val="37C6DEFE"/>
     <w:rsid w:val="38357FF7"/>
     <w:rsid w:val="388682D7"/>
     <w:rsid w:val="3889074D"/>
     <w:rsid w:val="38E0509F"/>
+    <w:rsid w:val="38E7DE25"/>
     <w:rsid w:val="38FB0FB5"/>
     <w:rsid w:val="39416F44"/>
+    <w:rsid w:val="3986F7AE"/>
     <w:rsid w:val="3A089DEC"/>
     <w:rsid w:val="3A2A0E39"/>
     <w:rsid w:val="3A50DDCA"/>
+    <w:rsid w:val="3A8F5789"/>
     <w:rsid w:val="3AD754EF"/>
     <w:rsid w:val="3AF9A5BB"/>
     <w:rsid w:val="3B4DC433"/>
     <w:rsid w:val="3BAD119B"/>
     <w:rsid w:val="3C18192F"/>
     <w:rsid w:val="3C4B9985"/>
     <w:rsid w:val="3C50F1B4"/>
     <w:rsid w:val="3C8BBE24"/>
+    <w:rsid w:val="3CAC7F15"/>
     <w:rsid w:val="3CC817D0"/>
     <w:rsid w:val="3CE184A8"/>
     <w:rsid w:val="3D334E0E"/>
     <w:rsid w:val="3DB6ACE5"/>
     <w:rsid w:val="3E4647BC"/>
     <w:rsid w:val="3E89B935"/>
     <w:rsid w:val="3EE72253"/>
     <w:rsid w:val="3F56ABE3"/>
     <w:rsid w:val="3F79FECB"/>
     <w:rsid w:val="420510DC"/>
     <w:rsid w:val="42A236EE"/>
     <w:rsid w:val="43043381"/>
     <w:rsid w:val="4321D29B"/>
     <w:rsid w:val="437A1919"/>
     <w:rsid w:val="439C5184"/>
     <w:rsid w:val="43D1BED1"/>
     <w:rsid w:val="445469D9"/>
     <w:rsid w:val="44A499DD"/>
     <w:rsid w:val="4516222F"/>
     <w:rsid w:val="456D41BC"/>
     <w:rsid w:val="45700E7E"/>
     <w:rsid w:val="45A3ECDE"/>
     <w:rsid w:val="45E59972"/>
     <w:rsid w:val="46674FCA"/>
     <w:rsid w:val="47531849"/>
     <w:rsid w:val="478BBD35"/>
     <w:rsid w:val="48B16145"/>
     <w:rsid w:val="49AF8CD4"/>
+    <w:rsid w:val="4A67F102"/>
+    <w:rsid w:val="4A80702E"/>
     <w:rsid w:val="4AB30FF4"/>
+    <w:rsid w:val="4ADAE94F"/>
     <w:rsid w:val="4B15A6EB"/>
     <w:rsid w:val="4B2965EA"/>
     <w:rsid w:val="4B616BFB"/>
     <w:rsid w:val="4BA1A975"/>
     <w:rsid w:val="4BC8E587"/>
     <w:rsid w:val="4BF65E0E"/>
     <w:rsid w:val="4C16B219"/>
     <w:rsid w:val="4C4CF451"/>
     <w:rsid w:val="4C5D479A"/>
     <w:rsid w:val="4CACFFF3"/>
     <w:rsid w:val="4CB1AA98"/>
+    <w:rsid w:val="4CEAFBCE"/>
     <w:rsid w:val="4CF9AC99"/>
     <w:rsid w:val="4CFB5D94"/>
+    <w:rsid w:val="4D49162E"/>
     <w:rsid w:val="4D75BD84"/>
+    <w:rsid w:val="4DFF1330"/>
     <w:rsid w:val="4EB543DD"/>
     <w:rsid w:val="4EE83F7A"/>
     <w:rsid w:val="4F03DB87"/>
+    <w:rsid w:val="4F173CF1"/>
     <w:rsid w:val="4FA7433E"/>
     <w:rsid w:val="4FD9108B"/>
+    <w:rsid w:val="50079D8D"/>
     <w:rsid w:val="5094815C"/>
     <w:rsid w:val="50B8B5BC"/>
     <w:rsid w:val="513885F3"/>
     <w:rsid w:val="514A3F32"/>
     <w:rsid w:val="51F35A24"/>
     <w:rsid w:val="524CFB5E"/>
     <w:rsid w:val="526036E6"/>
     <w:rsid w:val="527F8DDC"/>
     <w:rsid w:val="52868121"/>
     <w:rsid w:val="52D1A87C"/>
     <w:rsid w:val="535417F5"/>
     <w:rsid w:val="54087776"/>
     <w:rsid w:val="540D8CF8"/>
     <w:rsid w:val="5580A632"/>
     <w:rsid w:val="55862284"/>
     <w:rsid w:val="55FA9609"/>
+    <w:rsid w:val="569F1F73"/>
     <w:rsid w:val="56E2CF53"/>
     <w:rsid w:val="5717812F"/>
     <w:rsid w:val="57456CDF"/>
     <w:rsid w:val="57ADE653"/>
     <w:rsid w:val="57B30B32"/>
     <w:rsid w:val="57FC6C71"/>
     <w:rsid w:val="5825E3BF"/>
     <w:rsid w:val="58D1228F"/>
     <w:rsid w:val="597FC19F"/>
     <w:rsid w:val="59BC56BB"/>
     <w:rsid w:val="59ED0A38"/>
     <w:rsid w:val="5A20F53A"/>
+    <w:rsid w:val="5A66D83C"/>
     <w:rsid w:val="5A88EA69"/>
+    <w:rsid w:val="5C38068C"/>
+    <w:rsid w:val="5D02A562"/>
     <w:rsid w:val="5D0E35F4"/>
     <w:rsid w:val="5D847BAE"/>
     <w:rsid w:val="5D90975B"/>
     <w:rsid w:val="5DF4E9D3"/>
     <w:rsid w:val="5E6DC32B"/>
     <w:rsid w:val="5F093DE4"/>
     <w:rsid w:val="5F2F4517"/>
     <w:rsid w:val="5F314122"/>
+    <w:rsid w:val="5F3AE895"/>
     <w:rsid w:val="5F858CFD"/>
     <w:rsid w:val="5FE29077"/>
     <w:rsid w:val="6011A1E3"/>
     <w:rsid w:val="6031B5D5"/>
+    <w:rsid w:val="607BF590"/>
+    <w:rsid w:val="60D88E57"/>
+    <w:rsid w:val="60F6312A"/>
+    <w:rsid w:val="60F89443"/>
     <w:rsid w:val="60FC3017"/>
     <w:rsid w:val="61938C19"/>
+    <w:rsid w:val="622F4642"/>
     <w:rsid w:val="62497A2F"/>
     <w:rsid w:val="6261E8B8"/>
     <w:rsid w:val="62FA7803"/>
     <w:rsid w:val="63D86F8D"/>
     <w:rsid w:val="64AB182D"/>
     <w:rsid w:val="64C08C3E"/>
     <w:rsid w:val="65711ACC"/>
     <w:rsid w:val="659633BD"/>
     <w:rsid w:val="65963B1E"/>
     <w:rsid w:val="6605588A"/>
     <w:rsid w:val="662D0B3F"/>
     <w:rsid w:val="66540BB5"/>
     <w:rsid w:val="667ACDAF"/>
     <w:rsid w:val="668A5181"/>
     <w:rsid w:val="66A51510"/>
+    <w:rsid w:val="66AC4AC1"/>
     <w:rsid w:val="66E27750"/>
     <w:rsid w:val="69526812"/>
     <w:rsid w:val="6957FFD8"/>
     <w:rsid w:val="6992A2D5"/>
     <w:rsid w:val="69957E91"/>
     <w:rsid w:val="6A31E0B2"/>
+    <w:rsid w:val="6A862490"/>
     <w:rsid w:val="6B18C443"/>
     <w:rsid w:val="6B453C75"/>
     <w:rsid w:val="6B812EA3"/>
     <w:rsid w:val="6BB0A8E8"/>
     <w:rsid w:val="6BD117BC"/>
     <w:rsid w:val="6C3B6C8C"/>
     <w:rsid w:val="6C5B4B48"/>
     <w:rsid w:val="6CC881BE"/>
     <w:rsid w:val="6E1B0B01"/>
     <w:rsid w:val="6E27EAE5"/>
     <w:rsid w:val="6E8C3D13"/>
     <w:rsid w:val="6F39B420"/>
     <w:rsid w:val="6F654141"/>
     <w:rsid w:val="6FB7D1DF"/>
     <w:rsid w:val="704F39A8"/>
     <w:rsid w:val="710ECC3F"/>
     <w:rsid w:val="7194B963"/>
+    <w:rsid w:val="72942A5C"/>
     <w:rsid w:val="7306D714"/>
     <w:rsid w:val="74280ECD"/>
     <w:rsid w:val="748A300F"/>
     <w:rsid w:val="749EA223"/>
     <w:rsid w:val="74DA0353"/>
     <w:rsid w:val="74DBA43F"/>
     <w:rsid w:val="74DFD18E"/>
+    <w:rsid w:val="75B93231"/>
     <w:rsid w:val="75E6EA09"/>
     <w:rsid w:val="7677A2F0"/>
     <w:rsid w:val="76A192D7"/>
     <w:rsid w:val="76AB2061"/>
     <w:rsid w:val="76B7769E"/>
     <w:rsid w:val="76BB68D2"/>
     <w:rsid w:val="76E9C0A8"/>
     <w:rsid w:val="779FEAAD"/>
     <w:rsid w:val="77B4BE1E"/>
+    <w:rsid w:val="783BA7E8"/>
     <w:rsid w:val="78964F6C"/>
     <w:rsid w:val="78C0B8CA"/>
+    <w:rsid w:val="78C0D36E"/>
     <w:rsid w:val="790D56DD"/>
     <w:rsid w:val="7971142E"/>
     <w:rsid w:val="798AFB83"/>
     <w:rsid w:val="7A71E8FB"/>
     <w:rsid w:val="7AAC998A"/>
     <w:rsid w:val="7AE140F1"/>
     <w:rsid w:val="7B056BF4"/>
     <w:rsid w:val="7B4D55DD"/>
     <w:rsid w:val="7BD6C431"/>
     <w:rsid w:val="7BEC9F70"/>
     <w:rsid w:val="7BF2334D"/>
+    <w:rsid w:val="7C1CEA75"/>
     <w:rsid w:val="7D656326"/>
     <w:rsid w:val="7E883AB4"/>
     <w:rsid w:val="7E91766D"/>
     <w:rsid w:val="7F11325B"/>
     <w:rsid w:val="7F1F276E"/>
     <w:rsid w:val="7F296B7F"/>
     <w:rsid w:val="7F2FC5BA"/>
     <w:rsid w:val="7F33E505"/>
     <w:rsid w:val="7F6BB79D"/>
     <w:rsid w:val="7FFFF576"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="78943098"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1525AD12-8584-4274-A430-990AB73177F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19947,51 +20108,51 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00561CD4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="37"/>
+        <w:numId w:val="38"/>
       </w:numPr>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006754A0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
@@ -20406,51 +20567,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B21985"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008529F7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335763863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="368915395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22179,725 +22340,55 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1391885912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-contrato-individual" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/autoridad-en-materia-de-adquisiciones-y-aumento-de-la-autoridad-delegada-en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/enajenacion-y-amortizacion-total-mobiliario-y-equipo" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/politica-de-contrato-individual" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/autoridad-en-materia-de-adquisiciones-y-aumento-de-la-autoridad-delegada-en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/enajenacion-y-amortizacion-total-mobiliario-y-equipo" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/mobilier-et-materiel-cessions-et-comptabilisation-en-pertes-dactifs" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...668 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23134,63 +22625,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47c32d420ddf59801bd841e7da67a763" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1C432D5FB59C48A9E98EA9C142FBF8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2266932209188499eca092899626c8e0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be89ed3178914c927d9f80e3b23aa4d2" ns2:_="" ns3:_="">
     <xsd:import namespace="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <xsd:import namespace="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -23379,130 +22859,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="3fd4ab00-e438-4506-ac47-3f06b4e1972f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="24b24a16-45dd-4ba1-817a-e39bd3d6787e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E67632-EBC6-41FE-9ABC-534EC05E65C0}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AB80D3E-5120-4A74-98EB-500374592FE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACAAC6B-ED9B-4C74-BF83-B47FA100E4C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF040DCA-CB1E-4755-9A20-D2F73D8341C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E346BB6-56F6-49E2-8764-4C75B153D74E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
+    <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>5777</Words>
-  <Characters>30911</Characters>
+  <Words>5564</Words>
+  <Characters>31717</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>858</Lines>
-  <Paragraphs>282</Paragraphs>
+  <Lines>264</Lines>
+  <Paragraphs>74</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36406</CharactersWithSpaces>
+  <CharactersWithSpaces>37207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ravshan Yakubov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007E1C432D5FB59C48A9E98EA9C142FBF8</vt:lpwstr>