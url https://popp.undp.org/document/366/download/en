--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -1,63 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="08F50D7C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0025144C" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025144C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>Procurement Oversight and Procurement Review Committees</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C12F65C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="RelevantPolicies"/>
       <w:bookmarkEnd w:id="0"/>
@@ -373,71 +368,51 @@
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Shall establish the necessary controls</w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">, including those for delegations of authority, and shall issue administrative instructions for purposes necessary to protect the integrity of the procurement process and the interest of </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, including those for delegations of authority, and shall issue administrative instructions for purposes necessary to protect the integrity of the procurement process and the interest of UNDP; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA087C4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F8558F2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0025144C" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
@@ -447,71 +422,51 @@
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Shall establish review committees</w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">, at Headquarters and other locations, to render written advice to the Chief Procurement Officer on procurement actions leading to the award or amendment of procurement contracts, which, for purposes of these regulations and rules, includes agreements or other written instruments, such as purchase orders, and contracts that involve revenue to UNDP. The Chief Procurement Officer shall establish the composition and the terms of reference of such committees, which shall include the types and monetary values of proposed procurement actions subject to </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, at Headquarters and other locations, to render written advice to the Chief Procurement Officer on procurement actions leading to the award or amendment of procurement contracts, which, for purposes of these regulations and rules, includes agreements or other written instruments, such as purchase orders, and contracts that involve revenue to UNDP. The Chief Procurement Officer shall establish the composition and the terms of reference of such committees, which shall include the types and monetary values of proposed procurement actions subject to review; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B22796" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02A58016" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="00072975" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="51"/>
         </w:numPr>
@@ -805,342 +760,347 @@
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Procurement authority</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="77A1C85A" w14:textId="77777777" w:rsidTr="00A35465">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2267655B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="2267655B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Level 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A80D27" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="73A80D27" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Contracts, Assets and Procurement Committee (CAP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="110D7ABF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="110D7ABF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Within the Business Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C704532" w14:textId="72451F74" w:rsidR="0025144C" w:rsidRPr="0025144C" w:rsidRDefault="00224700" w:rsidP="00154B40">
+          <w:p w14:paraId="5C704532" w14:textId="72451F74" w:rsidR="0025144C" w:rsidRPr="0025144C" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Head of the business unit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D2AA250" w14:textId="17FD7924" w:rsidR="0025144C" w:rsidRPr="0068356D" w:rsidRDefault="0025144C" w:rsidP="0025144C"/>
+          <w:p w14:paraId="4D2AA250" w14:textId="17FD7924" w:rsidR="0025144C" w:rsidRPr="0068356D" w:rsidRDefault="0025144C" w:rsidP="00CA754E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="48523C85" w14:textId="77777777" w:rsidTr="00A35465">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1490171D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="1490171D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Level 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76D37518" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="76D37518" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Regional Advisory Committee on Procurement (RACP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29401773" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="29401773" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>At the UNDP Regional hubs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AD068D4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="1AD068D4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Regional Chief Procurement Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="0F56579D" w14:textId="77777777" w:rsidTr="00A35465">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15E89A4D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="15E89A4D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Level 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1774499A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="1774499A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Advisory Committee on Procurement (ACP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63385350" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="63385350" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>At UNDP headquarters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3399" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02E11103" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
+          <w:p w14:paraId="02E11103" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00CA754E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Chief Procurement Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E6BEC5D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
@@ -1542,107 +1502,126 @@
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Confirm that appropriate funds are available to cover a contract; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E17B7EA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EF753DE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="0EF753DE" w14:textId="7A16EC7F" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="62E118FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0068356D">
+      <w:r w:rsidRPr="62E118FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ensure that disposal of assets accords with UNDP’s Asset Disposal Policy, through a competitive process, where applicable; that there is no negligence when writing-off asset(s); and that if negligence occurs, recommendations are provided for recovery and other actions (</w:t>
       </w:r>
-      <w:r w:rsidRPr="0068356D">
+      <w:r w:rsidRPr="62E118FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="008F1F43">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="62E118FE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:u w:val="single"/>
             <w:lang w:val="en-PH"/>
           </w:rPr>
           <w:t>Asset Disposal Policy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0068356D">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="62E118FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for details); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="62E118FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="4A88FE06" w:rsidRPr="62E118FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4159268B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1428737F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -1680,71 +1659,51 @@
     </w:p>
     <w:p w14:paraId="2B1EDB4D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The committees do not review or provide advice on the necessity or prudence of a contract </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> shall ensure that it is in accordance with the approved project document and/or procurement plan. </w:t>
+        <w:t xml:space="preserve">The committees do not review or provide advice on the necessity or prudence of a contract requirement, but shall ensure that it is in accordance with the approved project document and/or procurement plan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59CFE16D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1708053E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -2053,139 +2012,134 @@
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>A secretary (optional; if required and resources permits)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F940D8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09396B93" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="45B47BBF" w14:textId="51431B1C" w:rsidR="00150E4F" w:rsidRPr="000B5417" w:rsidRDefault="00224700" w:rsidP="00FB648C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>The chairpersons and secretaries of the Regional Advisory Committee on Procurement and the Advisory Committee on Procurement are full-time functions, while those for the Contracts, Assets and Procurement Committee function are performed when required by staff members appointed by the Procurement Authority at a business unit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE0965A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14F5047E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="14F5047E" w14:textId="555D888D" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">To facilitate organization of review </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">To facilitate organization of review meetings, and minimize delays arising from the unavailability of committee members, a pool of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C22806">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>qualified staff</w:t>
+      </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>meetings, and</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> minimize delays arising from the unavailability of committee members, a pool of qualified staff should be appointed by the procurement authority.  The chairperson or secretary can invite members from the pool to satisfy the quorum of two members for a meeting. </w:t>
+        <w:t xml:space="preserve"> should be appointed by the procurement authority.  The chairperson or secretary can invite members from the pool to satisfy the quorum of two members for a meeting. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16BA0AC0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A3B2B55" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2225,71 +2179,51 @@
     </w:p>
     <w:p w14:paraId="00BFADFC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">The procurement authority, chairperson, secretary and the members of the Procurement Review Committees shall exercise full impartiality and objectivity in discharging their </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> shall maintain full confidentiality of the information and deliberations of the submissions. They shall observe the following:</w:t>
+        <w:t>The procurement authority, chairperson, secretary and the members of the Procurement Review Committees shall exercise full impartiality and objectivity in discharging their functions, and shall maintain full confidentiality of the information and deliberations of the submissions. They shall observe the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54824F33" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26252947" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -2357,96 +2291,76 @@
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>If the secretary or any of the members of the Procurement Review Committees perceive a potential or actual conflict of interest, they must recuse themselves. If they are uncertain, they must consult the chairperson. In the case of the chairperson, s/he must consult the procurement authority.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD615F5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1315415B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="1315415B" w14:textId="62C9AB61" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">As cited in previous sections, the creation of and the duties performed by the Procurement Review Committees are corporately mandated responsibilities intended to safeguard UNDP’s accountability. They are an important obligation of appointed staff members, who are expected to perform their assigned tasks judiciously and with utmost integrity. They shall be supported through appropriate tools and </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> be enabled by their supervisors to fulfil this vital oversight function. The time and effort of committee members at all levels as well as of the Contracts, Assets and Procurement Committee chairperson and secretary should be acknowledged by supervisors in the annual Performance Management and Development Review. </w:t>
+        <w:t xml:space="preserve">As cited in previous sections, the creation of and the duties performed by the Procurement Review Committees are corporately mandated responsibilities intended to safeguard UNDP’s accountability. They are an important obligation of appointed staff members, who are expected to perform their assigned tasks judiciously and with utmost integrity. They shall be supported through appropriate tools and training, and be enabled by their supervisors to fulfil this vital oversight function. The time and effort of committee members at all levels as well as of the Contracts, Assets and Procurement Committee chairperson and secretary should be acknowledged by supervisors in the annual Performance Management and Development Review. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3179025F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A5CC6D7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -2463,3379 +2377,3806 @@
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">The chairperson may invite specialist(s) with related technical expertise, as appropriate, to provide independent and expert advice to the committee. Specialists do not have voting rights in finalizing the recommendation. They may be UNDP staff members or consultants. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2444CECB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EBE0D6C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="35AA94E1" w14:textId="5A45EB53" w:rsidR="00666AA3" w:rsidRPr="0074085C" w:rsidRDefault="00224700" w:rsidP="00F877FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">In some business units, there may be situations when it is not feasible to appoint Contracts, Assets and Procurement Committee members from among UNDP staff members, due to insufficient resources or staffing capacity. In such cases, the head of the business unit may nominate staff members from UN entities in the duty station, based on the competencies required. This arrangement may also apply when a given UNDP procurement action requires expertise to review the submission that is not internally available, but is present in another UN entity, or in cases of cooperative procurement involving multiple UN entities. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C15D39B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+        <w:t xml:space="preserve">In some business units, there may be situations when it is not feasible to appoint Contracts, Assets and Procurement Committee members from among UNDP staff members, due to insufficient resources or staffing capacity. In such cases, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00531BB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ead of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00531BB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usiness </w:t>
+      </w:r>
+      <w:r w:rsidR="00531BB6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nit may nominate </w:t>
+      </w:r>
+      <w:r w:rsidR="00280331">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individuals contracted by UNDP on </w:t>
+      </w:r>
+      <w:r w:rsidR="00591695">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regular </w:t>
+      </w:r>
+      <w:r w:rsidR="00280331">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Personnel Services Agreements (</w:t>
+      </w:r>
+      <w:r w:rsidR="002F438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="008133BA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>PSA Contract Holders</w:t>
+      </w:r>
+      <w:r w:rsidR="002F438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00233213">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF46DE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF46DE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>ommittee members</w:t>
+      </w:r>
+      <w:r w:rsidR="0047001D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00980C8A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D249D4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Head of the BU shall ensure that appointed </w:t>
+      </w:r>
+      <w:r w:rsidR="006643B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA contract holders meet all </w:t>
+      </w:r>
+      <w:r w:rsidR="0038758D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eligibility </w:t>
+      </w:r>
+      <w:r w:rsidR="006643B5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0038758D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>outlined in the sections below</w:t>
+      </w:r>
+      <w:r w:rsidR="003C3A18">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D99DA10" w14:textId="77777777" w:rsidR="00666AA3" w:rsidRPr="0074085C" w:rsidRDefault="00666AA3" w:rsidP="0074085C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4C63C663" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E6415C" w14:textId="26B57EBB" w:rsidR="0047001D" w:rsidRDefault="008A136A" w:rsidP="00F877FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0068356D">
-[...412 lines deleted...]
-    <w:p w14:paraId="1787DD5B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Short-term </w:t>
+      </w:r>
+      <w:r w:rsidR="000B47D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>PSA contract holders</w:t>
+      </w:r>
+      <w:r w:rsidR="009F67BE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should </w:t>
+      </w:r>
+      <w:r w:rsidR="00A05024">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>not be appointed as Contracts, Assets and Procurement Committee members</w:t>
+      </w:r>
+      <w:r w:rsidR="005C291D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B47D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B74A46E" w14:textId="77777777" w:rsidR="00F877FE" w:rsidRPr="0074085C" w:rsidRDefault="00F877FE" w:rsidP="0074085C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5243AD52" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...2076 lines deleted...]
-    <w:p w14:paraId="585F1FC4" w14:textId="262706AD" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="3104A278" w:rsidP="5094815C">
+    <w:p w14:paraId="7EBE0D6C" w14:textId="1923AF13" w:rsidR="00224700" w:rsidRPr="0017247E" w:rsidRDefault="0047001D" w:rsidP="36D882F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="5094815C">
-[...17 lines deleted...]
-    <w:p w14:paraId="5452834F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:r w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83EBC" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neither </w:t>
+      </w:r>
+      <w:r w:rsidR="0017247E" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sufficient </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff members </w:t>
+      </w:r>
+      <w:r w:rsidR="00F83EBC" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="0017247E" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="007402B8" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>PSA contract holders</w:t>
+      </w:r>
+      <w:r w:rsidR="0017247E" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are available, the </w:t>
+      </w:r>
+      <w:r w:rsidR="001875C0" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">head of the business unit may nominate </w:t>
+      </w:r>
+      <w:r w:rsidR="003901E3" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff members </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidR="003901E3" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="36D882F4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UN entities in the duty station, based on the competencies required. This arrangement may also apply when a given UNDP procurement action requires expertise to review the submission that is not internally available, but is present in another UN entity, or in cases of cooperative procurement involving multiple UN entities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C15D39B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="36D882F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C84571F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...28 lines deleted...]
-    <w:p w14:paraId="6DADA3A1" w14:textId="4237F3CA" w:rsidR="00224700" w:rsidRPr="00CB1D0B" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="4C63C663" w14:textId="3E0E88C3" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Procurement actions valued between the minimum threshold for submission to the </w:t>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:r w:rsidR="002F438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PSA contract holders </w:t>
+      </w:r>
+      <w:r w:rsidR="006D6A97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contracts, Assets and Procurement Committee and the </w:t>
-[...247 lines deleted...]
-    <w:p w14:paraId="147C0A8A" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="00CB1D0B" w:rsidRDefault="00A03540" w:rsidP="00CB1D0B">
+        <w:t>staff members from other UN organizations are included as Contracts, Assets and Procurement Committee members, the business unit must ensure the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABE9F14" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="556A350D" w14:textId="0F5C8E0A" w:rsidR="00A03540" w:rsidRPr="0068356D" w:rsidRDefault="00A03540" w:rsidP="00224700">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE9974F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6734A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>UNDP staff members</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprise the majority of committee members at any particular meeting; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355E91C2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="080A9439" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>When a staff member from another UN entity is involved in the deliberations, he/she shall apply UNDP procurement principles and procedures in arriving at a final recommendation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E512E5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271299E9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...209 lines deleted...]
-    <w:p w14:paraId="396B5B4A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Alternatively, business units may create joint Contracts, Assets and Procurement Committees with other business units within UNDP. Under such circumstances, all heads of the participating units shall: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA73466" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="6699ECD6" w14:textId="2E976F5D" w:rsidR="00224700" w:rsidRPr="0025144C" w:rsidRDefault="00981FBF" w:rsidP="2B04DFEF">
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C91DBBD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Approve in writing their agreement with the joint committee arrangement, to fulfil the requirements in Section Scope of Review; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A79B5B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FFC6A8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="002C4276" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Ensure that committee recommendations are duly submitted to the procurement authority who will sign the resulting contract.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Toc453862236"/>
+    </w:p>
+    <w:p w14:paraId="7B208B37" w14:textId="77777777" w:rsidR="00895F5D" w:rsidRDefault="00895F5D" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7974D147" w14:textId="0F925055" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Chairperson</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="118D7E1E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C2BF8F8" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The responsibilities of the Procurement Review Committee Chairperson include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFB4B83" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8CBF86" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Convene meetings in a timely manner</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9C56D6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EBC43F4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Adjudicate and decide on potential conflicts of interest of the secretary and members of any given meeting that may have been or may later be raised for a submission under review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1787DD5B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5243AD52" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure proper order during the meeting by presiding and facilitating discussions </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095D04A6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50881052" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Finalize the committee review report and recommendations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE70697" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FF47871" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="52"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Undertake Direct Review of procurement actions as provided in Section Direct Review below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BD599E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B24090C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The Chairperson of the Contracts, Assets and Procurement Committee shall perform a ‘quality check’ of submissions made to the Regional Advisory Committee on Procurement or the Advisory Committee on Procurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D" w:rsidDel="00AA0873">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>to assure the head of the business unit, before s/he endorses and forwards a submission, that the information is sufficient in terms of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207BD493" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4996BC41" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accuracy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36C0F3F0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235B0E5D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sufficiency of supporting documentation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7742C6E5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D53979" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funds availability (to avoid potential delays in the review of submissions) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A0AC195" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B136CF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The Contracts, Assets and Procurement Committee Chairperson shall be a UNDP staff member at the professional level, and whenever feasible, should be the Deputy Country Director/Resident Representative for Operations or Programme, or the Operations Manager, or a staff member of similar level of seniority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E90A08E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6C3D15" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Contracts, Assets and Procurement Committee chairperson should have a good grasp of public procurement principles, policies and procedures as prescribed and applied in UNDP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C700BC6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618066CC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The Contracts, Assets and Procurement Committee chairperson shall be appointed for two years, a term that can be renewed by the procurement authority.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F47EF9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc453862237"/>
+    </w:p>
+    <w:p w14:paraId="5FB7C848" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Members</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288B6A58" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="077B72EF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The responsibilities of the members of the Procurement Review Committee include to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F500CF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="432CD1B3" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Promptly accept invitations to meetings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2975AB54" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="223A6D31" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Review documentation for submissions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367BA2B4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="401DAC2E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Decline (after discussing with the chairperson) from reviewing a submission if there is a perceived conflict of interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6343EA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743154BA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participate actively in deliberations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="238C52EA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5955B1D9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Promptly review minutes and endorse the recommendation and/or provide comments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4794BFAD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="308A34A1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Members should have a basic knowledge of the standard principles of public procurement and be familiar with UNDP procurement policies and procedures. They should be able to conduct an objective and independent assessment of submissions, and possess effective communication skills to contribute constructively to deliberations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4111C3BA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="618E9C19" w14:textId="6A1F78CC" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A staff member </w:t>
+      </w:r>
+      <w:r w:rsidR="00130C1E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="007402B8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>PSA contract holder</w:t>
+      </w:r>
+      <w:r w:rsidR="00130C1E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>from the business unit's procurement unit may be appointed to the Contracts, Assets and Procurement Committee and participate in the deliberations, provided s/he was not involved in any capacity and at any stage of the submissions under review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370749A4" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DA0FB43" w14:textId="7C223492" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Members shall perform their duties in their individual capacity, and shall be appointed for a minimum of two years, a term that may be renewed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02275">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C3A18">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>For regular PSA contract holders, appointment duration should be aligned with contract duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE65BF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and extended accordingly as needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D3F549" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4575B0FC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc453862238"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="4F13879E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B468A98" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The secretary should:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3FCD07" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A936EB" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Schedule meetings and ensure confirmed availability of the minimum number of two members for each scheduled meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ACCA1C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D26DDC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Review submissions to ensure they are complete and sufficient for review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACD7B06" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F55072" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that each member has equal access to all available information on the submission </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791C1940" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4601A569" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Request further information or clarifications as required by the members or chairperson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48337C0B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2A9619" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Prepare the committee review report (minutes of the meeting) and obtain endorsement of it by members who attended the meeting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ECD30B2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D200FF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ensure proper records are kept in accordance with UNDP requirements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037CF26F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B6D3DD9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The secretary should be a UNDP staff member with relevant experience and qualifications in procurement and asset management. S/he shall work in close consultation with and under the direction of the chairperson. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EAB081" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E823CAD" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>The secretary shall participate in deliberations to provide clarifications and policy information, but shall have no say in the final recommendation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255E7D56" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34FB0078" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The secretary for the Contracts, Assets and Procurement Committee shall be appointed for two years, a term that may be renewed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4DC63A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EBA4F3F" w14:textId="257013CC" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The secretary role is optional and, while preferable, is exercised based on requirements and availability of resources. This is in recognition that the Chairperson can undertake all the functions of the Secretary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218" w:rsidRPr="0025144C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A64218" w:rsidRPr="0025144C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quantum/UNall procurement platform</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218" w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>and business units with standard delegation will no longer require the Contracts, Assets and Procurement Committee with the implementation of Direct Review options.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7F1C38" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:bookmarkStart w:id="7" w:name="_Toc453862239"/>
+    </w:p>
+    <w:p w14:paraId="336A85C2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Committee Meetings</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189A2F3B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E12B669" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Regional Advisory Committee on Procurement and Advisory Committee on Procurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D" w:rsidDel="00E61152">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meetings are normally convened weekly </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>adhoc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> committee meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> scheduled in cases of exigencies. The frequency of Contracts, Assets and Procurement Committee meetings depends on a business unit’s needs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EECBB06" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ACFD023" w14:textId="30ED608B" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>In the unlikely event that the Regional Advisory Committee on Procurement is temporarily unavailable, the Advisory Committee on Procurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D" w:rsidDel="00E61152">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>will review its submissions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5170AB53" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A697C78" w14:textId="57B43A85" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Procurement Review Committee meetings may be conducted face-to-face, or virtually using video or teleconferencing facilities or email exchanges. All information and records should be captured within </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64218" w:rsidRPr="0025144C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Quantum/UNall procurement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A64218" w:rsidRPr="0025144C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>platform.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025144C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6BD90851" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00210DE1" w14:textId="141560C7" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For submissions made to the Advisory Committee on Procurement by a Country Office, the Regional Advisory Committee on Procurement chairperson shall participate in the review as required, consistent with the single-layer review approach. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1E2D5C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BED3E1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Procurement Review Committees shall </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>endeavour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as often as possible to offer final recommendations based on consensus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD31C17" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE9509D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If consensus cannot be achieved, the chairperson may subject the submission, or a specific issue in a submission, to a voting process among the members (excluding the secretary). A simple majority vote shall govern. In the unusual event that voting leads to a tie, due to an even number of members, the chairperson shall cast the deciding vote. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24C6742C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C638D5B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Any voting and tie-breaking process shall be recorded, capturing all salient points, as part of the committee review report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4232BFF0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFA38F9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc453862240"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Direct Review</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6879AE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C10DE28" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Direct Review is when a chairperson of the procurement review committee undertakes the review without the need to convene the members of the Committee, and forwards the recommendations directly to the applicable procurement authority for a final decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E27651E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="585F1FC4" w14:textId="262706AD" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="3104A278" w:rsidP="5094815C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5094815C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All procurement actions that undergo direct review shall also be submitted through </w:t>
+      </w:r>
+      <w:r w:rsidR="4D75BD84" w:rsidRPr="5094815C">
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Quantum/UNall procurement platform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5452834F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C84571F" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...50 lines deleted...]
-    <w:p w14:paraId="3A1FCE78" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Direct Review at CAP (Business Unit) level:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C0F2FE7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7140ADAE" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
-[...27 lines deleted...]
-    <w:p w14:paraId="7F3D82BE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+    <w:p w14:paraId="6DADA3A1" w14:textId="4237F3CA" w:rsidR="00224700" w:rsidRPr="00CB1D0B" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-PH"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="75CDB2D9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+        </w:rPr>
+        <w:t xml:space="preserve">Procurement actions valued between the minimum threshold for submission to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contracts, Assets and Procurement Committee and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tandard </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocurement </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uthority for competitive processes and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50% of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tandard </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocurement </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uthority for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>direct contracting</w:t>
+      </w:r>
+      <w:r w:rsidR="00A03540">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be reviewed under the Direct Review modality by the Chairperson of the Contracts, Assets and Procurement Committee as set out in Section Monetary Thresholds below.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE404E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Head of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CO/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE404E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BU may decide to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE404E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>utilise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE404E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the full CAP Committee to review submissions less than the delegated authority whenever possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147C0A8A" w14:textId="77777777" w:rsidR="00A03540" w:rsidRPr="00CB1D0B" w:rsidRDefault="00A03540" w:rsidP="00CB1D0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556A350D" w14:textId="0F5C8E0A" w:rsidR="00A03540" w:rsidRPr="0068356D" w:rsidRDefault="00A03540" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>CO/BU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has obtained an Increased Procurement Delegation, cases above the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tandard </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocurement </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uthority </w:t>
+      </w:r>
+      <w:r w:rsidR="00565AAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(SDPA) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1024C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ncreased </w:t>
+      </w:r>
+      <w:r w:rsidR="00565AAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00565AAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rocurement </w:t>
+      </w:r>
+      <w:r w:rsidR="00565AAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>uthority</w:t>
+      </w:r>
+      <w:r w:rsidR="00565AAC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IDPA) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be reviewed by the full CAP Committee and are not eligible for Direct Review </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396B5B4A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F532A89" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="2B04DFEF">
+    <w:p w14:paraId="6699ECD6" w14:textId="32A5F200" w:rsidR="00224700" w:rsidRPr="0025144C" w:rsidRDefault="00981FBF" w:rsidP="2B04DFEF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The CAP </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="2B04DFEF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chairperson may consult or request assistance from the Chairperson of R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D768DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="2B04DFEF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACP in the review of any procurement action or, if necessary, </w:t>
+      </w:r>
+      <w:r w:rsidR="00224700" w:rsidRPr="2B04DFEF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>in consultation with the head of BU escalate the case to the RACP Chairperson for his or her Direct Review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1FCE78" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7140ADAE" w14:textId="77777777" w:rsidR="00224700" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Direct Review at Regional ACP and ACP levels:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5953CF1D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F3D82BE" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0068356D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When a business unit is operating in a crisis or special development situation, there may be urgent procurement actions that exceed the delegated procurement authority that require expedited oversight review. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75CDB2D9" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F532A89" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="2B04DFEF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="top"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2B04DFEF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">In such cases, the head of the requesting business unit may request the chairperson of the Regional Advisory Committee on Procurement or Advisory Committee on Procurement to conduct a direct review of the procurement action. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6493C5C6" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
@@ -6051,165 +6392,133 @@
     </w:p>
     <w:p w14:paraId="228A824B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lease agreement extensions that have been previously reviewed by the </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Lease agreement extensions that have been previously reviewed by the committees; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B54A44" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63EEF66E" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">Amendment to a contract previously approved by the committees that is based only on additional quantities for the same type of goods/services at the same unit price in the </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Amendment to a contract previously approved by the committees that is based only on additional quantities for the same type of goods/services at the same unit price in the contract;</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6170D118" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40127E94" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Procurement actions within the delegated procurement authority of the business units that have been escalated or rerouted to the </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Regional Advisory Committee on Procurement and Advisory Committee on Procurement; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="208ECD15" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -6382,80 +6691,60 @@
       <w:r w:rsidR="00C1024C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>ead of the</w:t>
       </w:r>
       <w:r w:rsidR="00C1024C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CO/</w:t>
-[...9 lines deleted...]
-        <w:t>BU</w:t>
+        <w:t xml:space="preserve"> CO/BU</w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t>, and</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> does not require submission to any committee. The </w:t>
+        <w:t xml:space="preserve">, and does not require submission to any committee. The </w:t>
       </w:r>
       <w:r w:rsidR="00C1024C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ead</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6835,72 +7124,73 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10133" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:left w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:bottom w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:right w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideH w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
           <w:insideV w:val="single" w:sz="2" w:space="0" w:color="A6A6A6"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2337"/>
         <w:gridCol w:w="2700"/>
         <w:gridCol w:w="2610"/>
         <w:gridCol w:w="2486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="41C1062D" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="41C1062D" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="593"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5778BAD5" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DA458F1" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
@@ -6950,57 +7240,52 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 2:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D89E45C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Regional Advisory Committee on Procurement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E0A64E6" w14:textId="14748FC8" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>(</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00386B59">
-              <w:t>Applies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> for </w:t>
+              <w:t xml:space="preserve">Applies for </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t>country offices only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6FCDD6B2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
                 <w:b/>
               </w:rPr>
@@ -7011,81 +7296,81 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Level 3</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46B25057" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>Advisory Committee on Procurement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="76E0440B" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="76E0440B" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2516CDC2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Competitive procurement process</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="619C28ED" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="619C28ED" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="149F5F85" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Any contract</w:t>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="_ftnref3"/>
             <w:r w:rsidRPr="0068356D">
               <w:fldChar w:fldCharType="begin"/>
@@ -7164,119 +7449,117 @@
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">rocurement </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">uthority </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t xml:space="preserve">by </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">Direct Review by CAP Chairperson </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D2423E6" w14:textId="2466973A" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00386B59">
+          <w:p w14:paraId="0D2423E6" w14:textId="29A24872" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">Above the </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">tandard </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">rocurement </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
-              <w:lastRenderedPageBreak/>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
-              <w:t xml:space="preserve">uthority and up to any increased  </w:t>
+            <w:r>
+              <w:t xml:space="preserve">uthority and up to any increased </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>Pr</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t xml:space="preserve">ocurement </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="0068356D">
+            <w:r>
               <w:t>uthority by CAP Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B8E5305" w14:textId="1207FC17" w:rsidR="00386B59" w:rsidRDefault="00224700" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Above the </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">rocurement </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:t>uthority and up to</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve"> US $2</w:t>
             </w:r>
             <w:r w:rsidR="00386B59">
               <w:t>.5</w:t>
@@ -7286,80 +7569,78 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5070F4D9" w14:textId="77777777" w:rsidR="008D1267" w:rsidRDefault="008D1267" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B7018A1" w14:textId="7A2CA7EB" w:rsidR="008D1267" w:rsidRDefault="008D1267" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Up to $700,000 Direct Review by RACP Chairperson</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13308E86" w14:textId="77777777" w:rsidR="00386B59" w:rsidRDefault="00386B59" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="18CBD2F1" w14:textId="1146B23E" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="001A3196" w:rsidP="00386B59">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Threshold applies per year for Long-Term Agreements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AB560DC" w14:textId="7AA16BF4" w:rsidR="004D0B6F" w:rsidRPr="001A3196" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A3196">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">HQ </w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="001A3196">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>units:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CB91801" w14:textId="575ECAC8" w:rsidR="00224700" w:rsidRDefault="00413215" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00224700">
               <w:t xml:space="preserve">bove the </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidR="00224700">
               <w:t xml:space="preserve">elegated </w:t>
@@ -7408,97 +7689,95 @@
               <w:t xml:space="preserve">ffices: </w:t>
             </w:r>
             <w:r w:rsidR="15BED3E9">
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:t>bove US $2</w:t>
             </w:r>
             <w:r w:rsidR="15BED3E9">
               <w:t>.5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> million</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C830EDC" w14:textId="77777777" w:rsidR="008D1267" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23DC0E7F" w14:textId="03C2B64D" w:rsidR="008D1267" w:rsidRDefault="00B26B1B" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Up to</w:t>
             </w:r>
             <w:r w:rsidR="008D1267">
               <w:t xml:space="preserve"> $700,000 Direct Review by ACP Chairperson</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4449C69C" w14:textId="77777777" w:rsidR="008D1267" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3AFB9BFE" w14:textId="47D3991D" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="008D1267" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Threshold applies per year for Long-Term Agreements</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="7E43E2AB" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="7E43E2AB" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="890"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3EDAFB24" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7796" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71E17542" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="237"/>
@@ -7643,101 +7922,105 @@
               </w:rPr>
               <w:t xml:space="preserve">greement that, over its lifetime, is expected to exceed the delegated procurement authority of the business unit should be submitted to the appropriate committee prior to issuance and </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve"> when the cumulative expenditure is expected to be exceeded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="110DEAAA" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="110DEAAA" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D5BAD24" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Direct contracting</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="18FDAB22" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="18FDAB22" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DF03227" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
-              <w:t xml:space="preserve">Any contract or series of contracts, including amendments to be awarded to </w:t>
+              <w:t xml:space="preserve">Any contract or series of contracts, including amendments to be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068356D">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">awarded to </w:t>
             </w:r>
             <w:r w:rsidRPr="004F413E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>a vendor in a calendar year</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>that in aggregate</w:t>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="_ftnref4"/>
             <w:r w:rsidRPr="0068356D">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
@@ -7759,233 +8042,242 @@
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve">has </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">a cumulative value: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62C0FD6C" w14:textId="77905728" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
+              <w:lastRenderedPageBreak/>
               <w:t>Above US $</w:t>
             </w:r>
             <w:r w:rsidR="00AD79EA">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">0,000 and up to 50 percent of the </w:t>
             </w:r>
             <w:r w:rsidR="00AD79EA">
               <w:t xml:space="preserve">CO/BU’s </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">tandard </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="001A3196">
+              <w:lastRenderedPageBreak/>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">elegated  </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
-              <w:t xml:space="preserve">rocurement </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>rocurement</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0068356D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t>uthority</w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>by</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001A3196">
               <w:t>by</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001A3196">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">Direct Review by CAP Chairperson </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6974DFAE" w14:textId="77777777" w:rsidR="001A3196" w:rsidRDefault="001A3196" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20C710B9" w14:textId="0976BBF9" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00AD79EA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">Above 50 percent of the </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">tandard </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00565AAC">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">elegated  </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
-              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
-              <w:t xml:space="preserve">rocurement </w:t>
+              <w:t>rocurement</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0068356D">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t>uthority and up to 50 percent of any increased  delegated procurement authority by CAP Committee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2610" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47E40A6B" w14:textId="6A963EFC" w:rsidR="004F413E" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Above 50 percent of the </w:t>
             </w:r>
             <w:r w:rsidR="00AD79EA">
               <w:t>CO</w:t>
             </w:r>
             <w:r w:rsidR="006D414F">
               <w:t>/BU</w:t>
             </w:r>
             <w:r w:rsidR="00AD79EA">
               <w:t xml:space="preserve">’s </w:t>
             </w:r>
             <w:r w:rsidR="001A3196">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="004F413E">
+              <w:lastRenderedPageBreak/>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">rocurement </w:t>
             </w:r>
             <w:r w:rsidR="004F413E">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">uthority </w:t>
             </w:r>
             <w:r w:rsidRPr="00517281">
               <w:t>and up</w:t>
             </w:r>
             <w:r w:rsidR="004F413E">
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidRPr="00517281">
               <w:t xml:space="preserve"> US $2</w:t>
             </w:r>
             <w:r w:rsidR="00AD79EA">
               <w:t>.5</w:t>
             </w:r>
             <w:r w:rsidRPr="00517281">
               <w:t xml:space="preserve"> million</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FB56F2C" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A25E29E" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="004F413E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Up to $700,000 Direct Review by RACP Chairperson</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="238F8664" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FD93FAF" w14:textId="54AA47C0" w:rsidR="00AD79EA" w:rsidRPr="0068356D" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Threshold </w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0068356D">
               <w:t xml:space="preserve">applies per year for </w:t>
             </w:r>
             <w:r>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0068356D">
               <w:t>ong-</w:t>
             </w:r>
             <w:r>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0068356D">
               <w:t xml:space="preserve">erm </w:t>
             </w:r>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0068356D">
               <w:t>greements</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8017,50 +8309,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
             <w:r w:rsidRPr="004F413E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> units: </w:t>
             </w:r>
             <w:r w:rsidR="21CE4F0F">
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">bove 50 percent of the </w:t>
             </w:r>
             <w:r w:rsidR="7D656326">
               <w:t>CO/</w:t>
             </w:r>
             <w:r w:rsidR="21CE4F0F">
               <w:t xml:space="preserve">BU’s </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
+              <w:lastRenderedPageBreak/>
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">elegated </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">rocurement </w:t>
             </w:r>
             <w:r w:rsidR="00565AAC">
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">uthority </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FBA0D59" w14:textId="77777777" w:rsidR="00AD79EA" w:rsidRDefault="00AD79EA" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="423D2B5B" w14:textId="77777777" w:rsidR="00AD79EA" w:rsidRPr="004F413E" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
@@ -8083,65 +8376,64 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t>bove US $2</w:t>
             </w:r>
             <w:r>
               <w:t>.5</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t xml:space="preserve"> million</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B6BDE6C" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C6C1001" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="004F413E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Up to $700,000 Direct Review by ACP Chairperson</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15C3F0E8" w14:textId="789D8AFE" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Threshold applies per year for Long-Term Agreements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="6F812B83" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="6F812B83" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="569AE954" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:lastRenderedPageBreak/>
               <w:t>​Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8157,81 +8449,81 @@
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FF61B47" w14:textId="5E36697B" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="3104A278" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">​For Individual Contracts/Reimbursable Loan Agreements, the </w:t>
             </w:r>
             <w:r w:rsidR="21CE4F0F">
               <w:t>D</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">irect </w:t>
             </w:r>
             <w:r w:rsidR="21CE4F0F">
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:t>ontracting thresholds are the same as the competitive procurement process thresholds above, per the IC Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="49387E65" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="49387E65" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="496F2DAF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Amendment of all contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="73F1D290" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="73F1D290" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="1095"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1755D125" w14:textId="3D3D9273" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">Any amendment or series of amendments to a contract which, in aggregate, increases the contract value by 20 percent or the delegated procurement authority, </w:t>
             </w:r>
             <w:r w:rsidRPr="004F413E">
               <w:rPr>
                 <w:b/>
@@ -8555,51 +8847,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="450B5F72" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="004F413E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Up to $700,000 Direct Review by ACP Chairperson</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="031F1F27" w14:textId="77777777" w:rsidR="004F413E" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52B7E5A5" w14:textId="574B699A" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="004F413E" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Threshold applies per year for Long-Term Agreements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="58BAB96D" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="58BAB96D" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="350"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F27E689" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8808,119 +9100,129 @@
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve">erm </w:t>
             </w:r>
             <w:r w:rsidR="006F5D5E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
-              <w:t>greement beyond the previously approved maximum duration requires a review even if the approved ceiling has not been reached. </w:t>
+              <w:t xml:space="preserve">greement beyond </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068356D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-PH"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>the previously approved maximum duration requires a review even if the approved ceiling has not been reached. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="56D9233C" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="56D9233C" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E686AE2" w14:textId="7C7EAE2F" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ex</w:t>
             </w:r>
             <w:r w:rsidR="006F5D5E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>ante review</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="2CC86478" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="2CC86478" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="1582"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6329AB68" w14:textId="6BD5EF8C" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
-              <w:lastRenderedPageBreak/>
               <w:t>Ex</w:t>
             </w:r>
             <w:r w:rsidR="006F5D5E">
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">ante review refers to the review of the procurement strategy roadmap prior to commencement of the procurement process for complex procurement actions with a value: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50A1A33A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -9041,51 +9343,51 @@
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t>ong-</w:t>
             </w:r>
             <w:r>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t xml:space="preserve">erm </w:t>
             </w:r>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="3104A278">
               <w:t>greements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="3CD853D1" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="3CD853D1" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="1462"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1EC311FC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9322,80 +9624,80 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="507"/>
               </w:tabs>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="507"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
-              <w:t xml:space="preserve">There </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> sufficient specific corporate guidance and templates on the procurement of the said goods/services</w:t>
+              <w:t>There is sufficient specific corporate guidance and templates on the procurement of the said goods/services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
-              <w:t>, e.g. for standard and repetitive country specific (local) LTAs for country office operations supports, such as for travel, security, cleaning service.</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-PH"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-PH"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for standard and repetitive country specific (local) LTAs for country office operations supports, such as for travel, security, cleaning service.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DE1070C" w14:textId="4E3D201E" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="237"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
@@ -9472,81 +9774,81 @@
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>if significant risks are perceived</w:t>
             </w:r>
             <w:r w:rsidR="006F5D5E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve"> or formal review of the strategy is advised</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="6F08CE45" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="6F08CE45" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52144786" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Disposal of assets through sale, donation or write-off</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="2C96F864" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="2C96F864" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FDE312A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Disposal of assets through sale, donation or trade-in or through destruction of obsolete or non-functional assets with a value:</w:t>
@@ -9816,51 +10118,51 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>bove US $</w:t>
             </w:r>
             <w:r w:rsidR="00534CD3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> million</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="0971242F" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="0971242F" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="440"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36C3CEEC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Disposal through write-off of damaged, lost or stolen assets with a value: </w:t>
@@ -9923,58 +10225,58 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6C34D5E2" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">and above $1,000 per item for all other types of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>write-off</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and up to US $100,000 and any write-off due to loss or theft or damage of a UNDP asset in the custody of the Resident </w:t>
+              <w:t xml:space="preserve"> and up to US $100,000 and any write-off due to </w:t>
             </w:r>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Representative regardless of the asset value</w:t>
+              <w:t>loss or theft or damage of a UNDP asset in the custody of the Resident Representative regardless of the asset value</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2486" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="690C73B6" w14:textId="77777777" w:rsidR="004D0B6F" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
@@ -10015,58 +10317,58 @@
           <w:p w14:paraId="514E0AFA" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0025144C" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">and above $1,000 per item for all other types of </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>write-off</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and any write-off due to loss or theft or damage of a UNDP asset in the custody of the Resident </w:t>
+              <w:t xml:space="preserve"> and any </w:t>
             </w:r>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Representative regardless of the asset value</w:t>
+              <w:t>write-off due to loss or theft or damage of a UNDP asset in the custody of the Resident Representative regardless of the asset value</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6181C5A7" w14:textId="77777777" w:rsidR="004D0B6F" w:rsidRDefault="004D0B6F" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67ECE59F" w14:textId="77777777" w:rsidR="004D0B6F" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -10085,51 +10387,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00224700" w:rsidRPr="0025144C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>bove $100,000</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F0622C7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="00033F82" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="00033F82" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:trHeight w:val="358"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5485C42A" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:lastRenderedPageBreak/>
               <w:t>Notes:</w:t>
             </w:r>
           </w:p>
@@ -10234,152 +10536,132 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3643596C" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Write-offs </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> US $100,000 require approval by the Administrator in accordance with FRR 126.17.</w:t>
+              <w:t>Write-offs in excess of US $100,000 require approval by the Administrator in accordance with FRR 126.17.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50CA67F7" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="237" w:hanging="270"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="003D5BD9">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Asset Disposal Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-PH"/>
               </w:rPr>
               <w:t xml:space="preserve"> for details.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="24A244BD" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="24A244BD" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17A80A5D" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Income generation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="574322A6" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="574322A6" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2337" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0033DBBF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">Any contracts or series of related contracts </w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:i/>
@@ -10439,111 +10721,103 @@
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56A6C792" w14:textId="746FE4A5" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:t>US $1</w:t>
             </w:r>
             <w:r w:rsidR="004D0B6F">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0068356D">
               <w:t xml:space="preserve">,000 or more </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="06491D8D" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="06491D8D" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="459528C0" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Others</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="0B4CB016" w14:textId="77777777" w:rsidTr="5094815C">
+      <w:tr w:rsidR="00224700" w:rsidRPr="0068356D" w14:paraId="0B4CB016" w14:textId="77777777" w:rsidTr="5C8330CA">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10133" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DFF6EDC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00A35465">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="0068356D">
-              <w:t xml:space="preserve">Any other matter relating to a contract or disposal of an asset may be referred </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> the Procurement Review Committee by the procurement authority.</w:t>
+              <w:t>Any other matter relating to a contract or disposal of an asset may be referred to the Procurement Review Committee by the procurement authority.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="180BFE62" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F2AA688" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10835,50 +11109,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1AFCFC" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Procurement actions within the delegated procurement authority (or increased authority) of the business unit should not be submitted, nor will these be treated as post facto actions, as it is the prerogative of the head of business unit to ask the </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve">Contracts, Assets and Procurement Committee </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to review submissions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62684841" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
@@ -10895,51 +11170,50 @@
     <w:p w14:paraId="55A8D76E" w14:textId="23E193A2" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Post facto submissions are not reviewed by the Procurement Review Committee</w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> but are subject to direct review by the Regional Advisory Committee on Procurement</w:t>
       </w:r>
       <w:r w:rsidR="005559EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11048,71 +11322,51 @@
     </w:p>
     <w:p w14:paraId="45AD7E7B" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068356D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-PH"/>
         </w:rPr>
-        <w:t xml:space="preserve">The UNDP staff member who authorized or approved the award of the </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> signed it without the requisite Regional Chief Procurement Officer/Chief Procurement Officer approvals shall be solely accountable for the action and consequences arising from it.  </w:t>
+        <w:t xml:space="preserve">The UNDP staff member who authorized or approved the award of the contract, or signed it without the requisite Regional Chief Procurement Officer/Chief Procurement Officer approvals shall be solely accountable for the action and consequences arising from it.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BDA0575" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66102BFF" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -11133,83 +11387,83 @@
           <w:lang w:val="en-PH"/>
         </w:rPr>
         <w:t>Post facto situations, as well as the failure to report them, are both serious deviations from UNDP procurement policies and procedures. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1574D551" w14:textId="77777777" w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="top"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00224700" w:rsidRPr="0068356D" w:rsidSect="00486C94">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="900" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B0FB4A" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5" w:rsidP="00B536E5">
+    <w:p w14:paraId="74E00EBF" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27D4490E" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5" w:rsidP="00B536E5">
+    <w:p w14:paraId="46038047" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1C818344" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5">
+    <w:p w14:paraId="7BBD7591" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -11217,91 +11471,91 @@
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Myriad Pro">
-    <w:altName w:val="Segoe UI"/>
+    <w:altName w:val="Corbel"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="48AEC19F" w14:textId="77777777" w:rsidR="009257A6" w:rsidRDefault="009257A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3B48AF21" w14:textId="031C9F99" w:rsidR="008326F1" w:rsidRPr="008529F7" w:rsidRDefault="008529F7">
+  <w:p w14:paraId="3B48AF21" w14:textId="3477D0A6" w:rsidR="008326F1" w:rsidRPr="008529F7" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Page</w:t>
     </w:r>
     <w:r w:rsidRPr="008529F7">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="008529F7">
       <w:rPr>
@@ -11434,96 +11688,81 @@
     </w:r>
     <w:r w:rsidR="00C1024C">
       <w:t>15</w:t>
     </w:r>
     <w:r w:rsidR="005A48F4" w:rsidRPr="005A48F4">
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00C1024C">
       <w:t>09</w:t>
     </w:r>
     <w:r w:rsidR="005A48F4" w:rsidRPr="005A48F4">
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="00C1024C">
       <w:t>25</w:t>
     </w:r>
     <w:r w:rsidR="005A48F4" w:rsidRPr="005A48F4">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
-    <w:sdt>
-[...16 lines deleted...]
-    </w:sdt>
+    <w:r w:rsidR="000404A6">
+      <w:t>9</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A344E53" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5" w:rsidP="00B536E5">
+    <w:p w14:paraId="3F5D3BCE" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EEC8081" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5" w:rsidP="00B536E5">
+    <w:p w14:paraId="1356EFC9" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C" w:rsidP="00B536E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="04DBFC15" w14:textId="77777777" w:rsidR="007277D5" w:rsidRDefault="007277D5">
+    <w:p w14:paraId="07156234" w14:textId="77777777" w:rsidR="00B2230C" w:rsidRDefault="00B2230C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5929A342" w14:textId="463B14A9" w:rsidR="00224700" w:rsidRPr="00F107A0" w:rsidRDefault="00224700" w:rsidP="00224700">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F107A0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -12082,51 +12321,51 @@
         </w:rPr>
         <w:t>000 (including</w:t>
       </w:r>
       <w:r w:rsidRPr="004F413E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004F413E">
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro" w:hAnsi="Myriad Pro" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">contracts already reviewed by CAP). </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0A70DDDE" w14:textId="02327A79" w:rsidR="008529F7" w:rsidRDefault="00E45675" w:rsidP="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6591251C" wp14:editId="0C498303">
           <wp:extent cx="294640" cy="589280"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:docPr id="24" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="24" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
@@ -12153,51 +12392,51 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="16AF2B49" w14:textId="77777777" w:rsidR="008529F7" w:rsidRDefault="008529F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07230BB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5FFA975A"/>
     <w:lvl w:ilvl="0" w:tplc="81E0CBEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="930" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17044,844 +17283,985 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1623881325">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="137114663">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1734154865">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="322513265">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="582183698">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="747925805">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="217060975">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1383989517">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="798183091">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1667902154">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2019111682">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="903296251">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1361128437">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1114598960">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="535625996">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="68160164">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="964194843">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1804614146">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="210071869">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2100368252">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="104623503">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1600944112">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1474254875">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1486629475">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1739477461">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1460223134">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="2135249090">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1682464177">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="312372161">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1280340280">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1145775268">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="2069065933">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1334141814">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="934558099">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="1437016126">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="543102318">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="2040623818">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="339966538">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="1091270199">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1036546626">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="206141612">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1724598299">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="1052115205">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="217597380">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="1658606607">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="846948419">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="334038271">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="504511698">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="2001228489">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1835486047">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="1131174137">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1224026917">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="52"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00444FE7"/>
+    <w:rsid w:val="00007AFE"/>
+    <w:rsid w:val="00010F04"/>
     <w:rsid w:val="0001712F"/>
     <w:rsid w:val="00020819"/>
     <w:rsid w:val="00025E8B"/>
     <w:rsid w:val="00034F48"/>
+    <w:rsid w:val="000404A6"/>
     <w:rsid w:val="0004386F"/>
     <w:rsid w:val="000473DD"/>
     <w:rsid w:val="000537FF"/>
     <w:rsid w:val="00055F94"/>
     <w:rsid w:val="00057632"/>
     <w:rsid w:val="000641EB"/>
     <w:rsid w:val="000654CB"/>
     <w:rsid w:val="00070388"/>
     <w:rsid w:val="00072975"/>
     <w:rsid w:val="00072DC4"/>
     <w:rsid w:val="000772EB"/>
     <w:rsid w:val="00077CD2"/>
     <w:rsid w:val="00092D80"/>
+    <w:rsid w:val="000A0EA3"/>
     <w:rsid w:val="000A31B1"/>
     <w:rsid w:val="000A4782"/>
     <w:rsid w:val="000A67F5"/>
+    <w:rsid w:val="000B47D1"/>
+    <w:rsid w:val="000B5417"/>
     <w:rsid w:val="000B5A63"/>
     <w:rsid w:val="000C46C5"/>
     <w:rsid w:val="000C6936"/>
+    <w:rsid w:val="000C7176"/>
     <w:rsid w:val="000D454E"/>
+    <w:rsid w:val="000D5C52"/>
     <w:rsid w:val="000E0EBF"/>
     <w:rsid w:val="000E4727"/>
     <w:rsid w:val="000F3743"/>
     <w:rsid w:val="000F487B"/>
     <w:rsid w:val="00112FAB"/>
+    <w:rsid w:val="00116297"/>
     <w:rsid w:val="00117658"/>
     <w:rsid w:val="0012303D"/>
     <w:rsid w:val="00125E07"/>
+    <w:rsid w:val="00126D61"/>
+    <w:rsid w:val="00130C1E"/>
     <w:rsid w:val="001342DC"/>
     <w:rsid w:val="00134AF4"/>
     <w:rsid w:val="00141678"/>
     <w:rsid w:val="001439B5"/>
     <w:rsid w:val="001467EF"/>
+    <w:rsid w:val="00150E4F"/>
     <w:rsid w:val="00153CA4"/>
     <w:rsid w:val="0015422C"/>
     <w:rsid w:val="00154B40"/>
+    <w:rsid w:val="00157482"/>
     <w:rsid w:val="00157842"/>
     <w:rsid w:val="00161F0A"/>
     <w:rsid w:val="001644F2"/>
     <w:rsid w:val="001710BC"/>
+    <w:rsid w:val="0017247E"/>
     <w:rsid w:val="00174284"/>
     <w:rsid w:val="00180C06"/>
     <w:rsid w:val="00183FF4"/>
     <w:rsid w:val="001862DC"/>
     <w:rsid w:val="00186337"/>
     <w:rsid w:val="001868EF"/>
     <w:rsid w:val="00186ED9"/>
     <w:rsid w:val="001871DD"/>
+    <w:rsid w:val="001875C0"/>
+    <w:rsid w:val="00193120"/>
     <w:rsid w:val="00196091"/>
     <w:rsid w:val="001A0FB0"/>
+    <w:rsid w:val="001A2C81"/>
     <w:rsid w:val="001A3196"/>
     <w:rsid w:val="001A3565"/>
     <w:rsid w:val="001B1565"/>
     <w:rsid w:val="001B2B1F"/>
     <w:rsid w:val="001B3AD6"/>
     <w:rsid w:val="001C34F4"/>
     <w:rsid w:val="001C3BA2"/>
     <w:rsid w:val="001C40E8"/>
     <w:rsid w:val="001C4761"/>
     <w:rsid w:val="001D0A5A"/>
     <w:rsid w:val="001D187F"/>
     <w:rsid w:val="001D24FA"/>
     <w:rsid w:val="001D7665"/>
     <w:rsid w:val="001D7C51"/>
     <w:rsid w:val="001D7F19"/>
     <w:rsid w:val="001E46C9"/>
     <w:rsid w:val="001F4E31"/>
     <w:rsid w:val="001F555E"/>
     <w:rsid w:val="001F7D2E"/>
     <w:rsid w:val="0020468B"/>
     <w:rsid w:val="0020610B"/>
     <w:rsid w:val="002069A3"/>
     <w:rsid w:val="002140BB"/>
     <w:rsid w:val="0022042F"/>
     <w:rsid w:val="0022448A"/>
     <w:rsid w:val="00224700"/>
     <w:rsid w:val="00224C15"/>
     <w:rsid w:val="0022518A"/>
     <w:rsid w:val="00226E61"/>
     <w:rsid w:val="00230D9E"/>
     <w:rsid w:val="0023164F"/>
+    <w:rsid w:val="00233213"/>
     <w:rsid w:val="00234305"/>
     <w:rsid w:val="002357FE"/>
     <w:rsid w:val="00244100"/>
     <w:rsid w:val="0025144C"/>
     <w:rsid w:val="00263323"/>
     <w:rsid w:val="002642DB"/>
     <w:rsid w:val="00266945"/>
     <w:rsid w:val="00267E29"/>
     <w:rsid w:val="00270256"/>
     <w:rsid w:val="00272281"/>
     <w:rsid w:val="00272FA2"/>
     <w:rsid w:val="002734EF"/>
+    <w:rsid w:val="00280331"/>
+    <w:rsid w:val="00282037"/>
     <w:rsid w:val="00291B8E"/>
     <w:rsid w:val="002921B8"/>
     <w:rsid w:val="002946F1"/>
+    <w:rsid w:val="00295747"/>
     <w:rsid w:val="002A145F"/>
     <w:rsid w:val="002A6E7A"/>
     <w:rsid w:val="002A6EC8"/>
     <w:rsid w:val="002B3AD9"/>
     <w:rsid w:val="002B506A"/>
     <w:rsid w:val="002B5EF4"/>
     <w:rsid w:val="002C2D06"/>
     <w:rsid w:val="002C3A4A"/>
     <w:rsid w:val="002C3FDF"/>
     <w:rsid w:val="002D013C"/>
+    <w:rsid w:val="002D7841"/>
     <w:rsid w:val="002E2F4E"/>
     <w:rsid w:val="002E47DE"/>
     <w:rsid w:val="002E676D"/>
+    <w:rsid w:val="002F438D"/>
     <w:rsid w:val="00301220"/>
     <w:rsid w:val="003021E2"/>
     <w:rsid w:val="003058CE"/>
+    <w:rsid w:val="00307AB6"/>
     <w:rsid w:val="00321072"/>
     <w:rsid w:val="003224D3"/>
     <w:rsid w:val="0033352B"/>
     <w:rsid w:val="00333C36"/>
     <w:rsid w:val="00333F53"/>
     <w:rsid w:val="00336A87"/>
     <w:rsid w:val="00343BF8"/>
     <w:rsid w:val="00344CE0"/>
     <w:rsid w:val="00346939"/>
     <w:rsid w:val="0036310D"/>
     <w:rsid w:val="003733B6"/>
     <w:rsid w:val="0037342A"/>
     <w:rsid w:val="00376C3D"/>
     <w:rsid w:val="00380389"/>
     <w:rsid w:val="0038328A"/>
     <w:rsid w:val="00384480"/>
     <w:rsid w:val="00385D97"/>
+    <w:rsid w:val="00385EBE"/>
     <w:rsid w:val="00386B59"/>
+    <w:rsid w:val="0038758D"/>
+    <w:rsid w:val="003901E3"/>
+    <w:rsid w:val="003929B1"/>
     <w:rsid w:val="00392F65"/>
     <w:rsid w:val="00395F36"/>
     <w:rsid w:val="003A304B"/>
     <w:rsid w:val="003A4667"/>
     <w:rsid w:val="003B0DD5"/>
     <w:rsid w:val="003C1FC9"/>
+    <w:rsid w:val="003C3A18"/>
     <w:rsid w:val="003C4E17"/>
     <w:rsid w:val="003D2BF1"/>
     <w:rsid w:val="003D5B9D"/>
     <w:rsid w:val="003D5BD9"/>
     <w:rsid w:val="003E1D8A"/>
     <w:rsid w:val="003E65CE"/>
     <w:rsid w:val="003E7C21"/>
     <w:rsid w:val="003F696F"/>
     <w:rsid w:val="003F7A66"/>
     <w:rsid w:val="00401609"/>
     <w:rsid w:val="00402F11"/>
     <w:rsid w:val="00402F49"/>
+    <w:rsid w:val="0040440F"/>
     <w:rsid w:val="00407344"/>
     <w:rsid w:val="00413215"/>
     <w:rsid w:val="00420304"/>
     <w:rsid w:val="0042062C"/>
     <w:rsid w:val="00424D9F"/>
-    <w:rsid w:val="004320A2"/>
+    <w:rsid w:val="004304A0"/>
     <w:rsid w:val="00433A2A"/>
     <w:rsid w:val="00444309"/>
     <w:rsid w:val="00444FE7"/>
     <w:rsid w:val="00447DB1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="00451C00"/>
+    <w:rsid w:val="00452B2C"/>
+    <w:rsid w:val="00457ACC"/>
     <w:rsid w:val="0046396C"/>
     <w:rsid w:val="00464C4E"/>
     <w:rsid w:val="004663A9"/>
+    <w:rsid w:val="0047001D"/>
     <w:rsid w:val="00485E0F"/>
     <w:rsid w:val="00486C94"/>
     <w:rsid w:val="0049169B"/>
+    <w:rsid w:val="00492599"/>
     <w:rsid w:val="00495400"/>
     <w:rsid w:val="004A06CC"/>
     <w:rsid w:val="004A07CA"/>
+    <w:rsid w:val="004A3C09"/>
     <w:rsid w:val="004A448F"/>
     <w:rsid w:val="004A6166"/>
     <w:rsid w:val="004A6252"/>
+    <w:rsid w:val="004B111A"/>
     <w:rsid w:val="004B2847"/>
     <w:rsid w:val="004B6203"/>
     <w:rsid w:val="004C41B7"/>
     <w:rsid w:val="004C4341"/>
     <w:rsid w:val="004C7B94"/>
     <w:rsid w:val="004D0B6F"/>
     <w:rsid w:val="004D37ED"/>
+    <w:rsid w:val="004D5A21"/>
     <w:rsid w:val="004E4D01"/>
     <w:rsid w:val="004E75A2"/>
     <w:rsid w:val="004F31EC"/>
     <w:rsid w:val="004F413E"/>
     <w:rsid w:val="004F4269"/>
     <w:rsid w:val="004F42BB"/>
     <w:rsid w:val="005006BE"/>
     <w:rsid w:val="00503647"/>
     <w:rsid w:val="00507652"/>
+    <w:rsid w:val="00531BB6"/>
     <w:rsid w:val="005335E9"/>
     <w:rsid w:val="00534CD3"/>
     <w:rsid w:val="00540932"/>
+    <w:rsid w:val="005424F7"/>
     <w:rsid w:val="00544677"/>
     <w:rsid w:val="00546D00"/>
     <w:rsid w:val="005559EB"/>
     <w:rsid w:val="00561CD4"/>
     <w:rsid w:val="00564A2F"/>
     <w:rsid w:val="00565AAC"/>
     <w:rsid w:val="00575035"/>
     <w:rsid w:val="0058681A"/>
+    <w:rsid w:val="00591695"/>
     <w:rsid w:val="00596414"/>
+    <w:rsid w:val="005A1BFF"/>
     <w:rsid w:val="005A48F4"/>
     <w:rsid w:val="005A61A2"/>
     <w:rsid w:val="005A6D44"/>
     <w:rsid w:val="005B1022"/>
     <w:rsid w:val="005B30D0"/>
     <w:rsid w:val="005B3DC9"/>
     <w:rsid w:val="005B72A7"/>
+    <w:rsid w:val="005C0843"/>
     <w:rsid w:val="005C18C7"/>
     <w:rsid w:val="005C1972"/>
+    <w:rsid w:val="005C291D"/>
     <w:rsid w:val="005C49B3"/>
     <w:rsid w:val="005C6F2C"/>
+    <w:rsid w:val="005E44C8"/>
     <w:rsid w:val="005F5F9B"/>
     <w:rsid w:val="006014AF"/>
     <w:rsid w:val="0060477A"/>
     <w:rsid w:val="00605BD0"/>
     <w:rsid w:val="0061183B"/>
+    <w:rsid w:val="006204C9"/>
     <w:rsid w:val="0062070D"/>
     <w:rsid w:val="00626851"/>
     <w:rsid w:val="006268A5"/>
     <w:rsid w:val="006354DB"/>
     <w:rsid w:val="00636FAD"/>
     <w:rsid w:val="00642A1B"/>
     <w:rsid w:val="00642D03"/>
     <w:rsid w:val="00646CB9"/>
     <w:rsid w:val="00647ABC"/>
     <w:rsid w:val="006532F1"/>
+    <w:rsid w:val="006543C5"/>
     <w:rsid w:val="00657897"/>
+    <w:rsid w:val="006643B5"/>
+    <w:rsid w:val="00666AA3"/>
     <w:rsid w:val="0066775A"/>
     <w:rsid w:val="00671619"/>
     <w:rsid w:val="006754A0"/>
     <w:rsid w:val="0068356D"/>
     <w:rsid w:val="00685D59"/>
     <w:rsid w:val="006860E2"/>
     <w:rsid w:val="006901CB"/>
     <w:rsid w:val="00693190"/>
     <w:rsid w:val="0069691C"/>
     <w:rsid w:val="006A16AA"/>
     <w:rsid w:val="006A2D8F"/>
     <w:rsid w:val="006A36B9"/>
+    <w:rsid w:val="006A47B0"/>
     <w:rsid w:val="006A4EB2"/>
     <w:rsid w:val="006C5748"/>
     <w:rsid w:val="006C67F6"/>
     <w:rsid w:val="006C77A9"/>
+    <w:rsid w:val="006D00E4"/>
     <w:rsid w:val="006D414F"/>
     <w:rsid w:val="006D638E"/>
+    <w:rsid w:val="006D6A97"/>
     <w:rsid w:val="006E21A4"/>
+    <w:rsid w:val="006F5B75"/>
     <w:rsid w:val="006F5D5E"/>
     <w:rsid w:val="007048AC"/>
+    <w:rsid w:val="00705F57"/>
     <w:rsid w:val="00707880"/>
+    <w:rsid w:val="00715572"/>
     <w:rsid w:val="00715A9C"/>
     <w:rsid w:val="00724525"/>
     <w:rsid w:val="007277D5"/>
     <w:rsid w:val="00734954"/>
     <w:rsid w:val="00737A3F"/>
     <w:rsid w:val="00737E09"/>
+    <w:rsid w:val="007402B8"/>
     <w:rsid w:val="0074035E"/>
+    <w:rsid w:val="0074085C"/>
     <w:rsid w:val="00742A6D"/>
     <w:rsid w:val="00747079"/>
+    <w:rsid w:val="00753C17"/>
     <w:rsid w:val="00761D7D"/>
     <w:rsid w:val="00761EBE"/>
     <w:rsid w:val="007622E1"/>
     <w:rsid w:val="00763E58"/>
     <w:rsid w:val="00764B22"/>
     <w:rsid w:val="00765C38"/>
     <w:rsid w:val="00771296"/>
+    <w:rsid w:val="00777D0F"/>
     <w:rsid w:val="0078205D"/>
     <w:rsid w:val="0078497C"/>
     <w:rsid w:val="00786156"/>
     <w:rsid w:val="00792E28"/>
     <w:rsid w:val="007954DC"/>
     <w:rsid w:val="007A0294"/>
+    <w:rsid w:val="007A3F39"/>
     <w:rsid w:val="007B2CB7"/>
     <w:rsid w:val="007B5964"/>
     <w:rsid w:val="007C1046"/>
     <w:rsid w:val="007C3E60"/>
+    <w:rsid w:val="007C5CF3"/>
     <w:rsid w:val="007C607D"/>
     <w:rsid w:val="007C74B0"/>
     <w:rsid w:val="007D0B5F"/>
     <w:rsid w:val="007D23CA"/>
     <w:rsid w:val="007D63AB"/>
     <w:rsid w:val="007E4235"/>
     <w:rsid w:val="007F0832"/>
     <w:rsid w:val="007F0D43"/>
     <w:rsid w:val="007F6EC6"/>
     <w:rsid w:val="00805FC5"/>
     <w:rsid w:val="008070E5"/>
     <w:rsid w:val="0081037D"/>
+    <w:rsid w:val="008133BA"/>
     <w:rsid w:val="008137D2"/>
+    <w:rsid w:val="00814F7E"/>
     <w:rsid w:val="00822FAB"/>
     <w:rsid w:val="00827204"/>
     <w:rsid w:val="00830643"/>
     <w:rsid w:val="008326F1"/>
     <w:rsid w:val="0083494E"/>
     <w:rsid w:val="00842F39"/>
     <w:rsid w:val="00845C86"/>
     <w:rsid w:val="008507AD"/>
     <w:rsid w:val="00852787"/>
     <w:rsid w:val="008529F7"/>
     <w:rsid w:val="00854BB6"/>
     <w:rsid w:val="00857F39"/>
+    <w:rsid w:val="0087405A"/>
     <w:rsid w:val="0088507D"/>
     <w:rsid w:val="0089508D"/>
     <w:rsid w:val="0089535F"/>
+    <w:rsid w:val="00895F5D"/>
+    <w:rsid w:val="008A136A"/>
     <w:rsid w:val="008A1606"/>
     <w:rsid w:val="008A16C9"/>
+    <w:rsid w:val="008A66FC"/>
     <w:rsid w:val="008A68E5"/>
+    <w:rsid w:val="008B3702"/>
+    <w:rsid w:val="008C3807"/>
     <w:rsid w:val="008C5179"/>
     <w:rsid w:val="008D1267"/>
+    <w:rsid w:val="008D2E21"/>
     <w:rsid w:val="008D3EF7"/>
     <w:rsid w:val="008D4CD8"/>
     <w:rsid w:val="008E0BA1"/>
     <w:rsid w:val="008E7CDD"/>
     <w:rsid w:val="008F0321"/>
-    <w:rsid w:val="008F1F43"/>
     <w:rsid w:val="008F2B14"/>
     <w:rsid w:val="008F5A47"/>
+    <w:rsid w:val="009016BF"/>
     <w:rsid w:val="00902570"/>
     <w:rsid w:val="0090539F"/>
     <w:rsid w:val="0091055F"/>
     <w:rsid w:val="0091437A"/>
     <w:rsid w:val="009167BE"/>
+    <w:rsid w:val="00917063"/>
     <w:rsid w:val="0091792A"/>
     <w:rsid w:val="009257A6"/>
     <w:rsid w:val="00927FE9"/>
     <w:rsid w:val="009302E6"/>
     <w:rsid w:val="00931A86"/>
     <w:rsid w:val="00932369"/>
+    <w:rsid w:val="00934E23"/>
     <w:rsid w:val="009369BA"/>
     <w:rsid w:val="009570EF"/>
+    <w:rsid w:val="00966C35"/>
     <w:rsid w:val="00976D8E"/>
+    <w:rsid w:val="00980C8A"/>
     <w:rsid w:val="00981F76"/>
     <w:rsid w:val="00981FBF"/>
     <w:rsid w:val="0098294E"/>
     <w:rsid w:val="00985D32"/>
     <w:rsid w:val="0098691A"/>
     <w:rsid w:val="00992B48"/>
+    <w:rsid w:val="009973DC"/>
+    <w:rsid w:val="009A7D7A"/>
     <w:rsid w:val="009B7677"/>
     <w:rsid w:val="009D2D56"/>
+    <w:rsid w:val="009D3A90"/>
     <w:rsid w:val="009E006B"/>
+    <w:rsid w:val="009E18C2"/>
+    <w:rsid w:val="009F0BF3"/>
     <w:rsid w:val="009F0E9F"/>
     <w:rsid w:val="009F2F17"/>
     <w:rsid w:val="009F524F"/>
+    <w:rsid w:val="009F5F6A"/>
+    <w:rsid w:val="009F67BE"/>
     <w:rsid w:val="009F793A"/>
     <w:rsid w:val="00A02F22"/>
     <w:rsid w:val="00A03540"/>
+    <w:rsid w:val="00A05024"/>
     <w:rsid w:val="00A11C2D"/>
     <w:rsid w:val="00A13EF6"/>
+    <w:rsid w:val="00A16060"/>
     <w:rsid w:val="00A20DD7"/>
     <w:rsid w:val="00A22CC7"/>
+    <w:rsid w:val="00A26D78"/>
     <w:rsid w:val="00A30DB5"/>
     <w:rsid w:val="00A35465"/>
     <w:rsid w:val="00A365AA"/>
     <w:rsid w:val="00A427AD"/>
     <w:rsid w:val="00A43239"/>
     <w:rsid w:val="00A43C30"/>
     <w:rsid w:val="00A467AD"/>
-    <w:rsid w:val="00A51B79"/>
     <w:rsid w:val="00A57025"/>
+    <w:rsid w:val="00A600F0"/>
     <w:rsid w:val="00A60F78"/>
     <w:rsid w:val="00A64218"/>
     <w:rsid w:val="00A75734"/>
+    <w:rsid w:val="00A75E28"/>
     <w:rsid w:val="00A77A36"/>
+    <w:rsid w:val="00A81149"/>
+    <w:rsid w:val="00A91FF1"/>
     <w:rsid w:val="00A93229"/>
     <w:rsid w:val="00AA0873"/>
+    <w:rsid w:val="00AA3477"/>
     <w:rsid w:val="00AA3CAE"/>
+    <w:rsid w:val="00AA4BF4"/>
     <w:rsid w:val="00AA7FF7"/>
+    <w:rsid w:val="00AB1124"/>
     <w:rsid w:val="00AB27B1"/>
     <w:rsid w:val="00AD0984"/>
+    <w:rsid w:val="00AD50FC"/>
     <w:rsid w:val="00AD79EA"/>
     <w:rsid w:val="00AE6EF6"/>
+    <w:rsid w:val="00AF4A4F"/>
     <w:rsid w:val="00AF4BFD"/>
     <w:rsid w:val="00AF63C0"/>
     <w:rsid w:val="00AF694F"/>
     <w:rsid w:val="00B010D3"/>
+    <w:rsid w:val="00B05331"/>
+    <w:rsid w:val="00B06C7B"/>
     <w:rsid w:val="00B13213"/>
     <w:rsid w:val="00B161C0"/>
     <w:rsid w:val="00B207F2"/>
     <w:rsid w:val="00B21985"/>
+    <w:rsid w:val="00B21CC0"/>
     <w:rsid w:val="00B21F98"/>
+    <w:rsid w:val="00B2230C"/>
+    <w:rsid w:val="00B23A56"/>
     <w:rsid w:val="00B26B1B"/>
     <w:rsid w:val="00B26BDE"/>
     <w:rsid w:val="00B275E5"/>
+    <w:rsid w:val="00B31D7F"/>
     <w:rsid w:val="00B37771"/>
     <w:rsid w:val="00B536E5"/>
     <w:rsid w:val="00B67315"/>
     <w:rsid w:val="00B71A45"/>
+    <w:rsid w:val="00B72469"/>
     <w:rsid w:val="00B72BFD"/>
     <w:rsid w:val="00B7335B"/>
     <w:rsid w:val="00B7586A"/>
     <w:rsid w:val="00B76B77"/>
     <w:rsid w:val="00B810A6"/>
     <w:rsid w:val="00B9267E"/>
     <w:rsid w:val="00B93356"/>
     <w:rsid w:val="00B9396B"/>
     <w:rsid w:val="00B978CE"/>
     <w:rsid w:val="00BA1D3C"/>
     <w:rsid w:val="00BB0A3B"/>
     <w:rsid w:val="00BB29B5"/>
     <w:rsid w:val="00BD57F9"/>
     <w:rsid w:val="00BE030B"/>
     <w:rsid w:val="00BE453E"/>
+    <w:rsid w:val="00BE65BF"/>
     <w:rsid w:val="00BE7EF4"/>
+    <w:rsid w:val="00BF096A"/>
     <w:rsid w:val="00BF1630"/>
     <w:rsid w:val="00C0089F"/>
     <w:rsid w:val="00C03B3F"/>
     <w:rsid w:val="00C03C01"/>
     <w:rsid w:val="00C0787D"/>
     <w:rsid w:val="00C1024C"/>
     <w:rsid w:val="00C22223"/>
+    <w:rsid w:val="00C22806"/>
     <w:rsid w:val="00C22914"/>
     <w:rsid w:val="00C2594E"/>
     <w:rsid w:val="00C30E23"/>
     <w:rsid w:val="00C33207"/>
     <w:rsid w:val="00C3568F"/>
     <w:rsid w:val="00C37BFD"/>
     <w:rsid w:val="00C37E03"/>
     <w:rsid w:val="00C41EDB"/>
     <w:rsid w:val="00C44F6B"/>
     <w:rsid w:val="00C548B6"/>
     <w:rsid w:val="00C613E4"/>
     <w:rsid w:val="00C65FDE"/>
     <w:rsid w:val="00C6737D"/>
     <w:rsid w:val="00C67721"/>
     <w:rsid w:val="00C7111C"/>
+    <w:rsid w:val="00C71518"/>
     <w:rsid w:val="00C74EDA"/>
+    <w:rsid w:val="00C760EE"/>
     <w:rsid w:val="00C8307E"/>
+    <w:rsid w:val="00C910BF"/>
+    <w:rsid w:val="00C922FF"/>
     <w:rsid w:val="00C936EB"/>
     <w:rsid w:val="00C95835"/>
     <w:rsid w:val="00CA300E"/>
+    <w:rsid w:val="00CA63E2"/>
+    <w:rsid w:val="00CA754E"/>
     <w:rsid w:val="00CB1D0B"/>
     <w:rsid w:val="00CB5BDA"/>
     <w:rsid w:val="00CC58CD"/>
     <w:rsid w:val="00CD142A"/>
     <w:rsid w:val="00CD195F"/>
     <w:rsid w:val="00CD3634"/>
     <w:rsid w:val="00CD69F9"/>
     <w:rsid w:val="00CE064E"/>
     <w:rsid w:val="00CE1A77"/>
     <w:rsid w:val="00CE497F"/>
     <w:rsid w:val="00CF0760"/>
     <w:rsid w:val="00D0526F"/>
+    <w:rsid w:val="00D104AC"/>
     <w:rsid w:val="00D133C2"/>
     <w:rsid w:val="00D153AE"/>
+    <w:rsid w:val="00D176F6"/>
     <w:rsid w:val="00D230F8"/>
     <w:rsid w:val="00D2491B"/>
+    <w:rsid w:val="00D249D4"/>
+    <w:rsid w:val="00D27129"/>
     <w:rsid w:val="00D313C4"/>
     <w:rsid w:val="00D34687"/>
+    <w:rsid w:val="00D451FA"/>
+    <w:rsid w:val="00D55E30"/>
     <w:rsid w:val="00D61851"/>
     <w:rsid w:val="00D65684"/>
+    <w:rsid w:val="00D6734A"/>
     <w:rsid w:val="00D70831"/>
+    <w:rsid w:val="00D744F8"/>
+    <w:rsid w:val="00D768DD"/>
     <w:rsid w:val="00D80426"/>
     <w:rsid w:val="00D84471"/>
     <w:rsid w:val="00D856C1"/>
     <w:rsid w:val="00D865CA"/>
     <w:rsid w:val="00D90766"/>
     <w:rsid w:val="00DA02A5"/>
+    <w:rsid w:val="00DA2231"/>
     <w:rsid w:val="00DB5BB6"/>
     <w:rsid w:val="00DB7178"/>
     <w:rsid w:val="00DC497F"/>
     <w:rsid w:val="00DC7930"/>
     <w:rsid w:val="00DD2C99"/>
     <w:rsid w:val="00DD4991"/>
     <w:rsid w:val="00DD554B"/>
     <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00DF0854"/>
     <w:rsid w:val="00DF476B"/>
     <w:rsid w:val="00DF6DBE"/>
     <w:rsid w:val="00E01B25"/>
     <w:rsid w:val="00E06CF6"/>
     <w:rsid w:val="00E20AEA"/>
     <w:rsid w:val="00E210C3"/>
     <w:rsid w:val="00E21494"/>
     <w:rsid w:val="00E2315F"/>
     <w:rsid w:val="00E27E04"/>
     <w:rsid w:val="00E3041F"/>
+    <w:rsid w:val="00E33A21"/>
     <w:rsid w:val="00E3523F"/>
     <w:rsid w:val="00E37BE3"/>
     <w:rsid w:val="00E40EE9"/>
     <w:rsid w:val="00E42B55"/>
     <w:rsid w:val="00E45675"/>
     <w:rsid w:val="00E47CA3"/>
     <w:rsid w:val="00E52B7D"/>
     <w:rsid w:val="00E5425D"/>
     <w:rsid w:val="00E61152"/>
     <w:rsid w:val="00E63B56"/>
+    <w:rsid w:val="00E642D6"/>
     <w:rsid w:val="00E75F24"/>
     <w:rsid w:val="00E768B5"/>
     <w:rsid w:val="00E84D77"/>
     <w:rsid w:val="00E869A3"/>
     <w:rsid w:val="00E9075D"/>
     <w:rsid w:val="00E9572C"/>
     <w:rsid w:val="00EA32FC"/>
     <w:rsid w:val="00EB0E43"/>
+    <w:rsid w:val="00EB34F4"/>
+    <w:rsid w:val="00EB4C77"/>
     <w:rsid w:val="00EB67F2"/>
     <w:rsid w:val="00EB695F"/>
     <w:rsid w:val="00EB6ED1"/>
     <w:rsid w:val="00EC0642"/>
     <w:rsid w:val="00EC10D5"/>
     <w:rsid w:val="00EC774A"/>
+    <w:rsid w:val="00ED1BD3"/>
     <w:rsid w:val="00ED646E"/>
     <w:rsid w:val="00ED7CE1"/>
     <w:rsid w:val="00EE0F51"/>
     <w:rsid w:val="00EE79FD"/>
+    <w:rsid w:val="00EF15A4"/>
     <w:rsid w:val="00EF1FC9"/>
+    <w:rsid w:val="00EF4DE4"/>
     <w:rsid w:val="00EF62DE"/>
     <w:rsid w:val="00EF6E63"/>
     <w:rsid w:val="00F0002B"/>
+    <w:rsid w:val="00F0173F"/>
+    <w:rsid w:val="00F02275"/>
     <w:rsid w:val="00F107A0"/>
+    <w:rsid w:val="00F13EE9"/>
     <w:rsid w:val="00F17A07"/>
+    <w:rsid w:val="00F2045F"/>
     <w:rsid w:val="00F249E8"/>
     <w:rsid w:val="00F26BF7"/>
+    <w:rsid w:val="00F3334D"/>
     <w:rsid w:val="00F36B3D"/>
     <w:rsid w:val="00F4499A"/>
     <w:rsid w:val="00F45D93"/>
     <w:rsid w:val="00F462A1"/>
     <w:rsid w:val="00F504F1"/>
     <w:rsid w:val="00F56C87"/>
     <w:rsid w:val="00F64A38"/>
     <w:rsid w:val="00F6731E"/>
     <w:rsid w:val="00F674F3"/>
     <w:rsid w:val="00F675E5"/>
     <w:rsid w:val="00F677D7"/>
     <w:rsid w:val="00F71772"/>
     <w:rsid w:val="00F719C3"/>
     <w:rsid w:val="00F74464"/>
+    <w:rsid w:val="00F77777"/>
+    <w:rsid w:val="00F83EBC"/>
     <w:rsid w:val="00F83FF9"/>
     <w:rsid w:val="00F85F8C"/>
     <w:rsid w:val="00F86CE4"/>
+    <w:rsid w:val="00F877FE"/>
     <w:rsid w:val="00F91F89"/>
+    <w:rsid w:val="00F92AD6"/>
     <w:rsid w:val="00F94C06"/>
     <w:rsid w:val="00F97024"/>
     <w:rsid w:val="00FA4789"/>
     <w:rsid w:val="00FA69C4"/>
     <w:rsid w:val="00FA7543"/>
     <w:rsid w:val="00FB4178"/>
+    <w:rsid w:val="00FB648C"/>
     <w:rsid w:val="00FC12C4"/>
     <w:rsid w:val="00FC4138"/>
     <w:rsid w:val="00FC6100"/>
     <w:rsid w:val="00FC7E35"/>
     <w:rsid w:val="00FD1B58"/>
     <w:rsid w:val="00FE4CBE"/>
     <w:rsid w:val="00FE5D4A"/>
+    <w:rsid w:val="00FF46DE"/>
     <w:rsid w:val="0EB3FA2C"/>
     <w:rsid w:val="14A9CE06"/>
     <w:rsid w:val="155EBDAB"/>
     <w:rsid w:val="15BED3E9"/>
     <w:rsid w:val="21CE4F0F"/>
     <w:rsid w:val="2B04DFEF"/>
     <w:rsid w:val="2D144A83"/>
     <w:rsid w:val="2F542BC5"/>
     <w:rsid w:val="3104A278"/>
+    <w:rsid w:val="36D882F4"/>
     <w:rsid w:val="3A089DEC"/>
     <w:rsid w:val="420510DC"/>
+    <w:rsid w:val="4A88FE06"/>
     <w:rsid w:val="4BC8E587"/>
     <w:rsid w:val="4D75BD84"/>
     <w:rsid w:val="4F03DB87"/>
     <w:rsid w:val="5094815C"/>
+    <w:rsid w:val="537165BB"/>
     <w:rsid w:val="57456CDF"/>
+    <w:rsid w:val="5C8330CA"/>
     <w:rsid w:val="5D0E35F4"/>
     <w:rsid w:val="61938C19"/>
+    <w:rsid w:val="62E118FE"/>
     <w:rsid w:val="65963B1E"/>
     <w:rsid w:val="66A51510"/>
     <w:rsid w:val="6FB7D1DF"/>
     <w:rsid w:val="704F39A8"/>
+    <w:rsid w:val="75C39973"/>
     <w:rsid w:val="78C0B8CA"/>
     <w:rsid w:val="7D656326"/>
     <w:rsid w:val="7F2FC5BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4042166A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{1525AD12-8584-4274-A430-990AB73177F8}"/>
+  <w15:docId w15:val="{7203AC88-CBB6-44D4-B08C-2432D0445AAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -18729,51 +19109,51 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B21985"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008529F7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335763863">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="368915395">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20502,704 +20882,55 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1391885912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10921" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11311" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(1033)" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(1036)" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10676" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(3082)" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10676" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10921" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11311" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(1033)" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(1036)" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10676" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:ChangeMUI(3082)" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/10676" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...647 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21436,52 +21167,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1C432D5FB59C48A9E98EA9C142FBF8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00fc7fda1a62e81053951e572d27f4bc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47c32d420ddf59801bd841e7da67a763" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007E1C432D5FB59C48A9E98EA9C142FBF8" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2266932209188499eca092899626c8e0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="24b24a16-45dd-4ba1-817a-e39bd3d6787e" xmlns:ns3="3fd4ab00-e438-4506-ac47-3f06b4e1972f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="be89ed3178914c927d9f80e3b23aa4d2" ns2:_="" ns3:_="">
     <xsd:import namespace="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <xsd:import namespace="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -21670,150 +21414,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="3fd4ab00-e438-4506-ac47-3f06b4e1972f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="24b24a16-45dd-4ba1-817a-e39bd3d6787e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9E67632-EBC6-41FE-9ABC-534EC05E65C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF040DCA-CB1E-4755-9A20-D2F73D8341C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACAAC6B-ED9B-4C74-BF83-B47FA100E4C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB1503A-94FE-48F5-90EF-36907E89478A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
     <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E346BB6-56F6-49E2-8764-4C75B153D74E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3fd4ab00-e438-4506-ac47-3f06b4e1972f"/>
     <ds:schemaRef ds:uri="24b24a16-45dd-4ba1-817a-e39bd3d6787e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>4747</Words>
-  <Characters>27061</Characters>
+  <Words>4851</Words>
+  <Characters>27654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>225</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>230</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31745</CharactersWithSpaces>
+  <CharactersWithSpaces>32441</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ravshan Yakubov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007E1C432D5FB59C48A9E98EA9C142FBF8</vt:lpwstr>