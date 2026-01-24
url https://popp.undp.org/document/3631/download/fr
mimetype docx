--- v0 (2025-10-01)
+++ v1 (2026-01-24)
@@ -1,345 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="637EEFCD" w14:textId="38791A7D" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="4AC1C8C1" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="178"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Utilisation de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>liste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de prix </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>universelle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (LUP) ou de la liste de prix locale (LPL)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17C27BDE" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
-[...224 lines deleted...]
-    <w:p w14:paraId="609D8B9E" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="073F7A8B" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="162" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cette option peut être utilisée lorsque l'option DPC consistant à répartir le temps du personnel de l'unité opérationnelle entre les projets par le biais de plusieurs lignes de financement n'est pas pratique, par exemple lorsque chaque membre du personnel opérationnel peut travailler sur un portefeuille de projets entier (c'est-à-dire fournir un soutien financier à tous les projets plutôt qu'à quelques-uns seulement), contrairement au personnel de programme qui est généralement divisé en unités de programme thématiques et qui gère donc un nombre limité de projets. (Note : DPC signifie "Direct Project </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Cost</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">" (coût direct du projet). Il est également appelé "Delivery </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Enabling</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Service" (service d'appui à la mise en œuvre).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17020FFB" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="294CE596" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="452BD305" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="06108316" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Dans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ces</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cas,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -500,221 +343,174 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>type transactionnel directement aux programmes et aux projets. Toutefois, afin d'éviter une double comptabilisation de ces coûts, ces frais doivent être débités aux projets et enregistrés, du côté inverse de la transaction, en tant que dépense négative (crédit) sur le compte de dépenses approprié (par exemple, XB) plutôt qu'en tant que revenu XB. L'utilisation de la méthodologie UPL pour imputer les CPD reste une imputation "ex-post-facto"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>et ne contribue pas à l'aspect "planification et budgétisation ex-ante"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>des CPD, qui devrait être effectué séparément.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4B418E" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="4281A36E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B1EBD28" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="026794E5" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>À compter du 1er janvier 2014, les frais transactionnels de CPD sont comptabilisés à l'aide de la NPPU en tant que réduction ou crédit du compte de dépenses approprié (par exemple, XB, ou crédit du projet autonome). En d'autres termes, les coûts de personnel et de BGE imputés à XB sont inférieurs à ce qu'ils auraient été sans le CPD. Voir le tableau A ci-dessous.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354B4F78" w14:textId="4C1657D0" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5AC7D82D" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="007E6B37" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="155"/>
         <w:ind w:left="817"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00762CD1" w:rsidRPr="00762CD1">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Tableau</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00762CD1">
-[...29 lines deleted...]
-      <w:r w:rsidR="00762CD1">
+      <w:r w:rsidRPr="007E6B37">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-3"/>
-          <w:u w:val="single" w:color="0000FF"/>
-[...34 lines deleted...]
-        <w:r w:rsidR="00762CD1" w:rsidRPr="00762CD1">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A - Frais de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:spacing w:val="-5"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>CPD</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25348151" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="3FBD1F06" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A51C848" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="555C1081" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="864"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>La facture à montant nul du module Quantum Payables peut être utilisée par les bureaux nationaux pour débiter et créditer les comptes de dépenses pour l'attribution des frais de services transactionnels aux projets de développement, et certaines unités peuvent avoir leurs propres systèmes de facturation automatisés qui répondent à ces exigences.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7D5369" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="47F21136" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08F5DA82" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2C8B111F" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="261" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>La charge de travail pour les coûts directs du projet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>basés sur les transactions doit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>être identifiée au début du</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -839,210 +635,104 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>réelle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACC6E43" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="6E1C9731" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FAEF3A7" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="59E13733" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="178"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...124 lines deleted...]
-        <w:t>l'UPL/LPL</w:t>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Planification et estimation des coûts directs des projets pour les services basés sur l'UPL/LPL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C63C6A" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="300F77DE" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="410873F7" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5C765F68" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Au</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>début</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de chaque</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1113,453 +803,283 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>des services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>soutien au projet. Les services basés sur la NSI/PL peuvent être estimés sur la base des statistiques des années précédentes ou des services de soutien prévus pour la réalisation du projet. Le volume des services de soutien nécessaires pour chaque projet peut être estimé en utilisant les principales catégories UPL/LPL comme indiqué ci-dessous.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C55B32D" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4436F7DE" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="152"/>
         <w:ind w:left="817"/>
       </w:pPr>
-      <w:hyperlink r:id="rId10">
-        <w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:color w:val="0562C1"/>
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Planification</w:t>
+          <w:t>Planification et estimation de DPC pour les</w:t>
         </w:r>
-        <w:r>
-[...28 lines deleted...]
-        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0562C1"/>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single" w:color="0562C1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>services</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:spacing w:val="-4"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:color w:val="0562C1"/>
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>de</w:t>
-[...125 lines deleted...]
-          <w:t xml:space="preserve"> LPL</w:t>
+          <w:t>basés sur UPL et LPL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EC7CD7D" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="0BCFC662" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52233643" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="716FA1BA" w14:textId="7F13ADD8" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="005D7F19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="57" w:line="256" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Le bureau national et les gestionnaires de projet doivent se mettre d'accord sur l'estimation des services attendus pour l'année. Ces plans et estimations peuvent être affinés périodiquement, trimestriellement si</w:t>
       </w:r>
+      <w:r w:rsidR="005D7F19">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nécessaire,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fonction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d'événements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>changements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>dans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>plans</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>passation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>marchés</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D7F19">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>et de recrutement.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2BE579F0" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
-[...174 lines deleted...]
-    <w:p w14:paraId="21B78DAA" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2260D7F5" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="256" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Les gestionnaires de projet veillent à ce que les coûts directs estimés du projet soient inscrits dans les budgets correspondants. Le total des coûts directs estimés du projet doit être budgétisé séparément sur deux</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>codes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>comptables</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1663,63 +1183,64 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fournis par le bureau de pays du PNUD, qui se compose des coûts du personnel et des frais généraux de fonctionnement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Lorsqu'il s'agit de la fourniture régulière de services, cela pourrait être facilité par l'utilisation de lignes de financement multiples pour les postes du personnel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C281E2" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7849A878" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="166" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="112"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>L'unité opérationnelle du bureau national peut saisir un tableau rapide dans Quantum pour la facturation mensuelle/trimestrielle du CPD avec les COA complets des projets de développement. Chaque COA d'un projet de développement doit être saisi deux fois dans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>l'organigramme : la première</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ligne pour les</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2123,60 +1644,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Lorsque</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>nouveaux projets de développement sont approuvés, les diagrammes de vitesse peuvent être mis à jour en conséquence si le nouveau projet nécessite des services de soutien direct de la part du bureau national.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FD8DBF" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="3CD0F4F6" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B33BFA2" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="37525477" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="472"/>
       </w:pPr>
       <w:r>
         <w:t>Estimation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>des</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>frais</w:t>
@@ -2271,99 +1792,101 @@
       <w:r>
         <w:t>sur</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>l'UPL/LPL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4BB599" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="6C7F1D90" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="728258EA" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="639E1053" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="256" w:lineRule="auto"/>
         <w:ind w:right="116"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Le bureau national doit s'assurer qu'il dispose de capacités et de ressources suffisantes (personnel et infrastructure de bureau) pour fournir des services de qualité en temps voulu aux projets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D99FAE7" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="41E53976" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="673B26FD" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="11DA40A2" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="816"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="816" w:right="112" w:hanging="360"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Comme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>indiqué</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ci-dessus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3028,734 +2551,644 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>développement,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>son poste Quantum sera codé comme poste "DPC" dans Quantum avec deux lignes de financement COA : a) fonds 02300-80 % et b) 11300 (ou projet autonome DPC) -20 %.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6353A527" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="0BFF448C" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="816"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="112"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AF3C2EE" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="175232ED" w14:textId="1D48D778" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:spacing w:before="3" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="113"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Les résultats d'une étude annuelle de la charge de travail pourraient servir d'orientation pour financer les postes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>opérationnels</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>partir</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>diverses</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sources</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>financement.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Un</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>modèle</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d'étude</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>charge</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>travail peut être utilisé aussi souvent que nécessaire pour valider la répartition du temps du personnel entre les activités. Le temps consacré par le personnel des opérations aux services basés sur la LPL/PLU pour les projets de développement (Activité 1 - Programme) pourrait être utilisé comme une part indicative du financement XB (par ex. 11300) pour les postes Quantum. A titre d'exemple, les résultats d'une étude sur la charge de travail de quatre membres du personnel opérationnel sont présentés dans le tableau ci- dessous. Ce</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bureau</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prévoit</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>recouvrer</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>les</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>coûts</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>directs</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>des</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>projets</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>le</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>biais</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>l'UPL/LPL, la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>partie</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>des</w:t>
-[...34 lines deleted...]
-      <w:r>
+        <w:t>des coûts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>personnel</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>consacrée</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>à</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fourniture</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ces</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>services</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>aux</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>projets</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>du</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>programme</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>devrait</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>être</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>imputée au fonds extrabudgétaire (11300) ou à un projet autonome (fonds 11309).</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
-        <w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:color w:val="0562C1"/>
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>Fonctions (activités)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="007E6B37">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-3"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="007E6B37">
           <w:rPr>
-            <w:color w:val="0562C1"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:color w:val="0000FF"/>
+            <w:spacing w:val="-3"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>exercées</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0426AC01" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="61704D5F" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="178"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Attribution des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>coûts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> directs de projet pour les services basés sur l'UPL/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>LPL :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5AA1553D" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="2C5514BF" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:b/>
+          <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A4FEBCF" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
-[...120 lines deleted...]
-    <w:p w14:paraId="60365F40" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5709B80E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:right="113"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4195,100 +3628,102 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>requête</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>"PO Activity - CRU" pourrait être utilisé pour facturer les bons de commande traités pour les projets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F10925" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="2AE6D4AB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59F8A3AF" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="747966F4" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="114"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Lorsque le bureau national finalise la redevance pour les services basés sur l'UPL/LPL, les gestionnaires de projet doivent être informés du volume des services d'appui fournis et des montants à facturer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AC6936" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="706F9FBD" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B4D0107" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="055014AB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="370"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Le</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bureau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>national</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4584,51 +4019,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>CO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>et</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>74596</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742D3D29" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6C359319" w14:textId="0B92B7DD" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:left="817" w:right="117"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4783,81 +4218,92 @@
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d'une</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>facture à zéro dollar.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Des instructions supplémentaires sur l'utilisation de ces comptes sont disponibles </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ici</w:t>
         </w:r>
-        <w:r>
-[...1 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="007C7552">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E42389">
+        <w:t>(en anglais</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3584F">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C7552" w:rsidRPr="007C7552">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="06904303" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00C14287">
+    <w:p w14:paraId="5E592203" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="676779F8" w14:textId="77777777" w:rsidR="00C14287" w:rsidRPr="0097588C" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6E8DFB3F" w14:textId="6ECED2D0" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
+        <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Toutes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>les</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5300,1023 +4746,310 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d'un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">contrôle </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ultérieur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E1EF9F" w14:textId="77777777" w:rsidR="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="2F3CD816" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E40CFF" w14:textId="77777777" w:rsidR="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="4C3A9FB4" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E16268" w14:textId="77777777" w:rsidR="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="000DA2D2" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34FD9685" w14:textId="77777777" w:rsidR="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
-[...49 lines deleted...]
-    <w:p w14:paraId="61C05CEE" w14:textId="77777777" w:rsidR="0097588C" w:rsidRPr="00C22782" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="262C1161" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00C22782" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C22782">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Avertissement:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C22782">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBA0D39" w14:textId="77777777" w:rsidR="0097588C" w:rsidRPr="00C22782" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="03A38DD6" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00C22782" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C22782">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9A19BA" w14:textId="77777777" w:rsidR="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
+    <w:p w14:paraId="5CE4C9B7" w14:textId="70AF9725" w:rsidR="007E2152" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="markwqu4ow29p"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer</w:t>
       </w:r>
       <w:r w:rsidRPr="00660313">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48362F46" w14:textId="77777777" w:rsidR="0097588C" w:rsidRPr="0097588C" w:rsidRDefault="0097588C" w:rsidP="0097588C">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="0097588C" w:rsidRPr="0097588C">
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00765D38" w:rsidSect="00765D38">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="16340"/>
       <w:pgMar w:top="1620" w:right="980" w:bottom="940" w:left="800" w:header="720" w:footer="743" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="749005B6" w14:textId="77777777" w:rsidR="001E6E14" w:rsidRDefault="001E6E14">
+    <w:p w14:paraId="2759D62C" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="056DC75A" w14:textId="77777777" w:rsidR="001E6E14" w:rsidRDefault="001E6E14">
+    <w:p w14:paraId="31E378DE" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="53352CD2" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="41BB8B43" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487502848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5314B0C8" wp14:editId="5BCEC411">
-[...658 lines deleted...]
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487504896" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EB48235" wp14:editId="1DF41821">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F6C29C4" wp14:editId="138AF6EF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>795019</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9763760</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="678815" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="16" name="Textbox 16"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="678815" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="67374099" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:t>Page</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
@@ -6409,58 +5142,58 @@
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6EB48235" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="1F6C29C4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 16" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:62.6pt;margin-top:768.8pt;width:53.45pt;height:13.05pt;z-index:-15811584;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMk7BgmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNO2u2q2ipitgBUJa&#10;AdLCB7iO3VjEHjPjNunfM3bTFsENcRmPx+Pn99548zj6XhwNkoPQyMVsLoUJGloX9o38/u3Dm7UU&#10;lFRoVQ/BNPJkSD5uX7/aDLE2d9BB3xoUDBKoHmIju5RiXVWkO+MVzSCawIcW0KvEW9xXLaqB0X1f&#10;3c3nq2oAbCOCNkRcfTofym3Bt9bo9MVaMkn0jWRuqUQscZdjtd2oeo8qdk5PNNQ/sPDKBX70CvWk&#10;khIHdH9BeacRCGyaafAVWOu0KRpYzWL+h5qXTkVTtLA5FK820f+D1Z+PL/ErijS+g5EHWERQfAb9&#10;g9ibaohUTz3ZU6qJu7PQ0aLPK0sQfJG9PV39NGMSmourh/V6sZRC89FitXy4X2a/q9vliJQ+GvAi&#10;J41EHlchoI7PlM6tl5aJy/n5TCSNu1G4tpH3GTRXdtCeWMrA02wk/TwoNFL0nwLblUd/SfCS7C4J&#10;pv49lA+SFQV4e0hgXSFww50I8ByKhOnP5EH/vi9dt5+9/QUAAP//AwBQSwMEFAAGAAgAAAAhAGiU&#10;Vg7hAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoU0dNIcSpKgQnJEQa&#10;Dhyd2E2sxusQu234e7anctvZHc2+KTazG9jJTMF6lLBcJMAMtl5b7CR81W8Pj8BCVKjV4NFI+DUB&#10;NuXtTaFy7c9YmdMudoxCMORKQh/jmHMe2t44FRZ+NEi3vZ+ciiSnjutJnSncDVwkScadskgfejWa&#10;l960h93RSdh+Y/Vqfz6az2pf2bp+SvA9O0h5fzdvn4FFM8erGS74hA4lMTX+iDqwgbRYCbLSsErX&#10;GTCyiFQsgTWXVZaugZcF/9+i/AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMk7BgmAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBolFYO&#10;4QAAAA0BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 16" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:62.6pt;margin-top:768.8pt;width:53.45pt;height:13.05pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKwT/PlAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1O2idquo6QpYgZBW&#10;gLTLB7iO3UTEHjPjNunfM3bTFsENcRmP7fGb99548zD6XhwtUgehlovZXAobDDRd2Nfy+8vHN2sp&#10;KOnQ6B6CreXJknzYvn61GWJl76CFvrEoGCRQNcRatinFSikyrfWaZhBt4EsH6HXiLe5Vg3pgdN+r&#10;u/l8pQbAJiIYS8Snj+dLuS34zlmTvjpHNom+lswtlYgl7nJU242u9qhj25mJhv4HFl53gZteoR51&#10;0uKA3V9QvjMIBC7NDHgFznXGFg2sZjH/Q81zq6MtWtgcileb6P/Bmi/H5/gNRRrfw8gDLCIoPoH5&#10;QeyNGiJVU032lCri6ix0dOjzyhIEP2RvT1c/7ZiE4cPV/Xq9WEph+GqxWt6/XWa/1e1xREqfLHiR&#10;k1oij6sQ0McnSufSS8nE5dw+E0njbuSSnO6gObGGgcdYS/p50Gil6D8H9inP/JLgJdldEkz9Byg/&#10;I0sJ8O6QwHWl8w136swDKNynz5In/Pu+VN2+9PYXAAAA//8DAFBLAwQUAAYACAAAACEAaJRWDuEA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTR00hxKkqBCckRBoOHJ3Y&#10;TazG6xC7bfh7tqdy29kdzb4pNrMb2MlMwXqUsFwkwAy2XlvsJHzVbw+PwEJUqNXg0Uj4NQE25e1N&#10;oXLtz1iZ0y52jEIw5EpCH+OYcx7a3jgVFn40SLe9n5yKJKeO60mdKdwNXCRJxp2ySB96NZqX3rSH&#10;3dFJ2H5j9Wp/PprPal/Zun5K8D07SHl/N2+fgUUzx6sZLviEDiUxNf6IOrCBtFgJstKwStcZMLKI&#10;VCyBNZdVlq6BlwX/36L8AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIrBP8+UAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGiUVg7hAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="67374099" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:t>Page</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
@@ -6555,262 +5288,262 @@
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487505408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="384E5A9E" wp14:editId="30F734D1">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="552FE12D" wp14:editId="28DE5796">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2721337</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9763760</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2210435" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="17" name="Textbox 17"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2210435" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="60B3ED71" w14:textId="16CE0AEA" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="2F07872E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Date</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>d'entrée</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>en</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>vigueur</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>:</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r w:rsidR="004955CE" w:rsidRPr="004955CE">
+                          <w:r w:rsidRPr="004955CE">
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t>23/11/2022</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="384E5A9E" id="Textbox 17" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:214.3pt;margin-top:768.8pt;width:174.05pt;height:13.05pt;z-index:-15811072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv0/GdmAEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGnZXVDUdAWsQEgr&#10;WGnhA1zHbixij5lxm/TvGbtpi+CGuIzH4/Hze2+8vp/8IA4GyUFo5XJRS2GChs6FXSu/f/v46q0U&#10;lFTo1ADBtPJoSN5vXr5Yj7ExK+hh6AwKBgnUjLGVfUqxqSrSvfGKFhBN4EML6FXiLe6qDtXI6H6o&#10;VnV9V42AXUTQhoirD6dDuSn41hqdvlpLJomhlcwtlYglbnOsNmvV7FDF3umZhvoHFl65wI9eoB5U&#10;UmKP7i8o7zQCgU0LDb4Ca502RQOrWdZ/qHnuVTRFC5tD8WIT/T9Y/eXwHJ9QpOk9TDzAIoLiI+gf&#10;xN5UY6Rm7smeUkPcnYVOFn1eWYLgi+zt8eKnmZLQXFytlvXN61spNJ8t727fcJ5Br7cjUvpkwIuc&#10;tBJ5XoWBOjxSOrWeW2Yyp/czkzRtJ+G6Vt5k0FzZQndkLSOPs5X0c6/QSDF8DuxXnv05wXOyPSeY&#10;hg9QfkiWFODdPoF1hcAVdybAgygS5k+TJ/37vnRdv/bmFwAAAP//AwBQSwMEFAAGAAgAAAAhALoC&#10;1wniAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQwtxm8apKgQnJEQa&#10;Dhyd2E2sxusQu234e7anctvdGc2+yTeT69nJjMF6lPA4S4AZbLy22Er4qt4elsBCVKhV79FI+DUB&#10;NsXtTa4y7c9YmtMutoxCMGRKQhfjkHEems44FWZ+MEja3o9ORVrHlutRnSnc9XyeJCl3yiJ96NRg&#10;XjrTHHZHJ2H7jeWr/fmoP8t9aatqleB7epDy/m7aroFFM8WrGS74hA4FMdX+iDqwXsLTfJmSlYTn&#10;haCJLEKkAlh9OaULAbzI+f8WxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAb9PxnZgB&#10;AAAiAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAugLX&#10;CeIAAAANAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="552FE12D" id="Textbox 17" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:214.3pt;margin-top:768.8pt;width:174.05pt;height:13.05pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1bJ/xlwEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGlhFxQ1XQErENIK&#10;kJb9ANexG4vYY2bcJv17xm7aIvaGuNhjz/j5vTezvpv8IA4GyUFo5XJRS2GChs6FXSuffnx69U4K&#10;Sip0aoBgWnk0JO82L1+sx9iYFfQwdAYFgwRqxtjKPqXYVBXp3nhFC4gmcNICepX4iLuqQzUyuh+q&#10;VV3fViNgFxG0IeLb+1NSbgq+tUanb9aSSWJoJXNLZcWybvNabdaq2aGKvdMzDfUPLLxygT+9QN2r&#10;pMQe3TMo7zQCgU0LDb4Ca502RQOrWdZ/qXnsVTRFC5tD8WIT/T9Y/fXwGL+jSNMHmLiBRQTFB9A/&#10;ib2pxkjNXJM9pYa4OgudLPq8swTBD9nb48VPMyWh+XK1WtZvXt9IoTm3vL15y3EGvb6OSOmzAS9y&#10;0ErkfhUG6vBA6VR6LpnJnP7PTNK0nYTrMmmuzDdb6I6sZeR2tpJ+7RUaKYYvgf3KvT8HeA625wDT&#10;8BHKhGRJAd7vE1hXCFxxZwLciCJhHprc6T/Ppeo62pvfAAAA//8DAFBLAwQUAAYACAAAACEAugLX&#10;CeIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDC3GbxqkqBCckRBoO&#10;HJ3YTazG6xC7bfh7tqdy290Zzb7JN5Pr2cmMwXqU8DhLgBlsvLbYSviq3h6WwEJUqFXv0Uj4NQE2&#10;xe1NrjLtz1ia0y62jEIwZEpCF+OQcR6azjgVZn4wSNrej05FWseW61GdKdz1fJ4kKXfKIn3o1GBe&#10;OtMcdkcnYfuN5av9+ag/y31pq2qV4Ht6kPL+btqugUUzxasZLviEDgUx1f6IOrBewtN8mZKVhOeF&#10;oIksQqQCWH05pQsBvMj5/xbFHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1bJ/xlwEA&#10;ACIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6AtcJ&#10;4gAAAA0BAAAPAAAAAAAAAAAAAAAAAPEDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="60B3ED71" w14:textId="16CE0AEA" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="2F07872E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Date</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>d'entrée</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>en</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>vigueur</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>:</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="004955CE" w:rsidRPr="004955CE">
+                    <w:r w:rsidRPr="004955CE">
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t>23/11/2022</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487505920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16B21277" wp14:editId="487B1F38">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74D2DFF8" wp14:editId="58E71C10">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6354547</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9763760</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="727710" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="18" name="Textbox 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="727710" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="778712A5" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="148612DB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Version</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>#</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-3"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>:</w:t>
@@ -6821,54 +5554,54 @@
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="16B21277" id="Textbox 18" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:500.35pt;margin-top:768.8pt;width:57.3pt;height:13.05pt;z-index:-15810560;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYjxqClwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1HyzfGydBbdAqmwqoipAq&#10;QCp8gOO1sxa7HnfGyW7+nrGzSRDcEBd7PDN+fu+N1w9j34mDRfIQarmYzaWwwUDjw66WP74/3b6T&#10;gpIOje4g2FoeLcmHzc2b9RAru4QWusaiYJBA1RBr2aYUK6XItLbXNINoAxcdYK8TH3GnGtQDo/ed&#10;Ws7n92oAbCKCsUScfTwV5abgO2dN+uoc2SS6WjK3VFYs6zavarPW1Q51bL2ZaOh/YNFrH/jRC9Sj&#10;Tlrs0f8F1XuDQODSzECvwDlvbNHAahbzP9S8tDraooXNoXixif4frPlyeInfUKTxA4w8wCKC4jOY&#10;n8TeqCFSNfVkT6ki7s5CR4d93lmC4Ivs7fHipx2TMJxcLVerBVcMlxb3d6u3d9lvdb0ckdInC73I&#10;QS2Rx1UI6MMzpVPruWXicno+E0njdhS+qWUBzZktNEeWMvA0a0mve41Wiu5zYLvy6M8BnoPtOcDU&#10;fYTyQbKiAO/3CZwvBK64EwGeQ5Ew/Zk86N/Ppev6sze/AAAA//8DAFBLAwQUAAYACAAAACEAzBmJ&#10;ceEAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhdKhKaxqkqBCckRBoO&#10;HJ3YTazG6xC7bfh7Nqdym9kdzb7Nt5Pr2dmMwXqUsFwIYAYbry22Er6qt4dnYCEq1Kr3aCT8mgDb&#10;4vYmV5n2FyzNeR9bRiUYMiWhi3HIOA9NZ5wKCz8YpN3Bj05FsmPL9aguVO56/ihEwp2ySBc6NZiX&#10;zjTH/clJ2H1j+Wp/PurP8lDaqloLfE+OUt7fTbsNsGimeA3DjE/oUBBT7U+oA+vJCyFSypJ6WqUJ&#10;sDmzJA2snmfJKgVe5Pz/H8UfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANiPGoKXAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMwZiXHh&#10;AAAADwEAAA8AAAAAAAAAAAAAAAAA8QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="74D2DFF8" id="Textbox 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:500.35pt;margin-top:768.8pt;width:57.3pt;height:13.05pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMgC0NmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1HyzfGydBbdAqmwqoipAq&#10;QCp8gOO1sxa7HnfGyW7+nrGzSRDcEBd7PDN+fu+N1w9j34mDRfIQarmYzaWwwUDjw66WP74/3b6T&#10;gpIOje4g2FoeLcmHzc2b9RAru4QWusaiYJBA1RBr2aYUK6XItLbXNINoAxcdYK8TH3GnGtQDo/ed&#10;Ws7n92oAbCKCsUScfTwV5abgO2dN+uoc2SS6WjK3VFYs6zavarPW1Q51bL2ZaOh/YNFrH/jRC9Sj&#10;Tlrs0f8F1XuDQODSzECvwDlvbNHAahbzP9S8tDraooXNoXixif4frPlyeInfUKTxA4w8wCKC4jOY&#10;n8TeqCFSNfVkT6ki7s5CR4d93lmC4Ivs7fHipx2TMJxcLVerBVcMlxb3d6u3d9lvdb0ckdInC73I&#10;QS2Rx1UI6MMzpVPruWXicno+E0njdhS+qeUyg+bMFpojSxl4mrWk171GK0X3ObBdefTnAM/B9hxg&#10;6j5C+SBZUYD3+wTOFwJX3IkAz6FImP5MHvTv59J1/dmbXwAAAP//AwBQSwMEFAAGAAgAAAAhAMwZ&#10;iXHhAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSoSmsapKgQnJEQa&#10;Dhyd2E2sxusQu234ezancpvZHc2+zbeT69nZjMF6lLBcCGAGG68tthK+qreHZ2AhKtSq92gk/JoA&#10;2+L2JleZ9hcszXkfW0YlGDIloYtxyDgPTWecCgs/GKTdwY9ORbJjy/WoLlTuev4oRMKdskgXOjWY&#10;l840x/3JSdh9Y/lqfz7qz/JQ2qpaC3xPjlLe3027DbBopngNw4xP6FAQU+1PqAPryQshUsqSelql&#10;CbA5syQNrJ5nySoFXuT8/x/FHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMgC0NmAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDMGYlx&#10;4QAAAA8BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="778712A5" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="148612DB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Version</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>#</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-3"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>:</w:t>
@@ -6879,132 +5612,153 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C370C10" w14:textId="77777777" w:rsidR="001E6E14" w:rsidRDefault="001E6E14">
+    <w:p w14:paraId="18633B59" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2291222B" w14:textId="77777777" w:rsidR="001E6E14" w:rsidRDefault="001E6E14">
+    <w:p w14:paraId="4091964D" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="785F5BFC" w14:textId="77777777" w:rsidR="00C14287" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="052B2C81" w14:textId="621E589C" w:rsidR="00765D38" w:rsidRDefault="003B0B37">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487504384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1450C59E" wp14:editId="79B9F9E3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660291" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="413A3EE0" wp14:editId="323910D2">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>6777367</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>457200</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-121920</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="294411" cy="579120"/>
-[...2 lines deleted...]
-          <wp:docPr id="15" name="Image 15"/>
+          <wp:extent cx="287020" cy="584200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21130"/>
+              <wp:lineTo x="20071" y="21130"/>
+              <wp:lineTo x="20071" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="3" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="15" name="Image 15"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 6"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="294411" cy="579120"/>
+                    <a:ext cx="287020" cy="584200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59391582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2B69680"/>
     <w:lvl w:ilvl="0" w:tplc="3934D570">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="817" w:hanging="361"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -7091,130 +5845,146 @@
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36ACAB10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8532" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="911737500">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C14287"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00D44424"/>
+    <w:rsidRoot w:val="00765D38"/>
+    <w:rsid w:val="00212B30"/>
+    <w:rsid w:val="002642C5"/>
+    <w:rsid w:val="003B0B37"/>
+    <w:rsid w:val="003C7A0A"/>
+    <w:rsid w:val="003E3D26"/>
+    <w:rsid w:val="004C6873"/>
+    <w:rsid w:val="004D60AC"/>
+    <w:rsid w:val="0053561A"/>
+    <w:rsid w:val="005D7F19"/>
+    <w:rsid w:val="006F0BE6"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007C7552"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="007E6B37"/>
+    <w:rsid w:val="00933AB5"/>
+    <w:rsid w:val="009C1D9A"/>
+    <w:rsid w:val="00A970B0"/>
+    <w:rsid w:val="00AB60E2"/>
+    <w:rsid w:val="00B6151A"/>
+    <w:rsid w:val="00C3584F"/>
+    <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00E42389"/>
+    <w:rsid w:val="00E86A7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NL"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="784F1937"/>
-  <w15:docId w15:val="{B9C49442-3723-47E6-AEDE-CD83AE4E827C}"/>
+  <w14:docId w14:val="2F120B94"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{89AB3CD3-4DEC-4E4A-AE73-4803E4482C16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7241,51 +6011,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7354,51 +6124,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -7555,596 +6325,1369 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
     <w:pPr>
-      <w:spacing w:before="57"/>
-      <w:ind w:left="111"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...3 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
     <w:pPr>
-      <w:spacing w:before="42"/>
-      <w:ind w:left="112"/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
     <w:pPr>
-      <w:ind w:left="817" w:right="111" w:hanging="361"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="00765D38"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00765D38"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00762CD1"/>
+    <w:rsid w:val="00765D38"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0097588C"/>
+    <w:rsid w:val="00765D38"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="markwqu4ow29p">
     <w:name w:val="markwqu4ow29p"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="0097588C"/>
+    <w:rsid w:val="00765D38"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933AB5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004955CE"/>
+    <w:rsid w:val="006F0BE6"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4513"/>
-        <w:tab w:val="right" w:pos="9026"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004955CE"/>
+    <w:rsid w:val="006F0BE6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004955CE"/>
+    <w:rsid w:val="006F0BE6"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4513"/>
-        <w:tab w:val="right" w:pos="9026"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004955CE"/>
+    <w:rsid w:val="006F0BE6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/fbp/analytics/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/fbp/analytics/Direct%20Project%20Costs%20DPC%20Exception%20Report/Account%20codes%20for%20Direct%20Project%20Costs_2017.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/user-guide-des-dpc-entries-quantum" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F42F8F4E-1075-4467-AA24-BCD0F85D1A26}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67E235AB-F71E-49F4-AB13-96EC7960F72C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47A28A29-4744-444A-AAD3-E4BBB30E49C4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1618</Words>
-  <Characters>9226</Characters>
+  <Words>1592</Words>
+  <Characters>9076</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
+  <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10823</CharactersWithSpaces>
+  <CharactersWithSpaces>10647</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahel Haileslassie</dc:creator>
-  <cp:keywords>, docId:E510E1BF311C1AA66B1980068358AC0C</cp:keywords>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>4baaa3b9-9cc1-472a-8d15-42d423c2f179</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
-    <vt:filetime>2023-08-15T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Creator">
-[...8 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="POPPBusinessProcess">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...19 lines deleted...]
-    <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
 </Properties>
 </file>