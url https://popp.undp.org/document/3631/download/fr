--- v1 (2026-01-24)
+++ v2 (2026-03-13)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="4AC1C8C1" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="178"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilisation de la </w:t>
       </w:r>
@@ -82,83 +82,85 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>universelle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (LUP) ou de la liste de prix locale (LPL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073F7A8B" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="073F7A8B" w14:textId="09C7B982" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="162" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Cette option peut être utilisée lorsque l'option DPC consistant à répartir le temps du personnel de l'unité opérationnelle entre les projets par le biais de plusieurs lignes de financement n'est pas pratique, par exemple lorsque chaque membre du personnel opérationnel peut travailler sur un portefeuille de projets entier (c'est-à-dire fournir un soutien financier à tous les projets plutôt qu'à quelques-uns seulement), contrairement au personnel de programme qui est généralement divisé en unités de programme thématiques et qui gère donc un nombre limité de projets. (Note : DPC signifie "Direct Project </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Service" (service d'appui à la mise en œuvre).</w:t>
+        <w:t xml:space="preserve">Cette option peut être utilisée lorsque </w:t>
+      </w:r>
+      <w:r w:rsidR="00C0451D">
+        <w:t>le coût direct du projet (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>DPC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0451D">
+        <w:t>) ou service d'appui à la mise en œuvre</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0451D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DES)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> consistant à répartir le temps du personnel de l'unité opérationnelle entre les projets par le biais de plusieurs lignes de financement n'est pas pratique, par exemple lorsque chaque membre du personnel opérationnel peut travailler sur un portefeuille de projets entier (c'est-à-dire fournir un soutien financier à tous les projets plutôt qu'à quelques-uns seulement), contrairement au personnel de programme qui est généralement divisé en unités de programme thématiques et qui gère donc un nombre limité de projets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294CE596" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06108316" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -369,89 +371,92 @@
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="026794E5" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:right="111"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>À compter du 1er janvier 2014, les frais transactionnels de CPD sont comptabilisés à l'aide de la NPPU en tant que réduction ou crédit du compte de dépenses approprié (par exemple, XB, ou crédit du projet autonome). En d'autres termes, les coûts de personnel et de BGE imputés à XB sont inférieurs à ce qu'ils auraient été sans le CPD. Voir le tableau A ci-dessous.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC7D82D" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="007E6B37" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="5AC7D82D" w14:textId="0423CA8C" w:rsidR="00765D38" w:rsidRPr="007E6B37" w:rsidRDefault="00BB42B9" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="155"/>
         <w:ind w:left="817"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-3"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="007E6B37">
+        <w:r w:rsidR="00765D38" w:rsidRPr="007E6B37">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-3"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Tableau</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E6B37">
+      <w:r w:rsidR="00765D38" w:rsidRPr="007E6B37">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-3"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> A - Frais de </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="007E6B37">
+        <w:r w:rsidR="00765D38" w:rsidRPr="007E6B37">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-3"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>CPD</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00C0451D" w:rsidRPr="00C0451D">
+        <w:t xml:space="preserve"> (en anglais)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3FBD1F06" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="555C1081" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="864"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
@@ -803,122 +808,119 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>des services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>soutien au projet. Les services basés sur la NSI/PL peuvent être estimés sur la base des statistiques des années précédentes ou des services de soutien prévus pour la réalisation du projet. Le volume des services de soutien nécessaires pour chaque projet peut être estimé en utilisant les principales catégories UPL/LPL comme indiqué ci-dessous.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4436F7DE" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="4436F7DE" w14:textId="4C6ACB2B" w:rsidR="00765D38" w:rsidRPr="00444AE5" w:rsidRDefault="00BB42B9" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="152"/>
         <w:ind w:left="817"/>
       </w:pPr>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="007E6B37">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00765D38" w:rsidRPr="00444AE5">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-3"/>
-            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Planification et estimation de DPC pour les</w:t>
+          <w:t xml:space="preserve">Planification et estimation de DPC pour les </w:t>
         </w:r>
-      </w:hyperlink>
-[...12 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="00765D38" w:rsidRPr="00444AE5">
           <w:rPr>
-            <w:color w:val="0562C1"/>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>services</w:t>
+        </w:r>
+        <w:r w:rsidR="00765D38" w:rsidRPr="00444AE5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-4"/>
-            <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="007E6B37">
+        <w:r w:rsidR="00765D38" w:rsidRPr="00444AE5">
           <w:rPr>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-3"/>
-            <w:u w:val="single"/>
           </w:rPr>
           <w:t>basés sur UPL et LPL</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00444AE5" w:rsidRPr="00444AE5">
+        <w:t xml:space="preserve"> (en anglais)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0BCFC662" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="0BCFC662" w14:textId="39938C45" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716FA1BA" w14:textId="7F13ADD8" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="005D7F19">
+    <w:p w14:paraId="716FA1BA" w14:textId="55670891" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="005D7F19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="57" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="111"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Le bureau national et les gestionnaires de projet doivent se mettre d'accord sur l'estimation des services attendus pour l'année. Ces plans et estimations peuvent être affinés périodiquement, trimestriellement si</w:t>
+        <w:t xml:space="preserve">Le bureau national et les gestionnaires de projet doivent se mettre d'accord sur l'estimation des services attendus pour l'année. Ces plans et estimations peuvent être affinés périodiquement, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>trimestriellement si</w:t>
       </w:r>
       <w:r w:rsidR="005D7F19">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>nécessaire,</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7F19">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7F19">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fonction</w:t>
       </w:r>
@@ -1017,69 +1019,80 @@
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7F19">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>marchés</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7F19">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>et de recrutement.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC0826F" w14:textId="77777777" w:rsidR="00F67407" w:rsidRDefault="00F67407" w:rsidP="002473F6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="815"/>
+          <w:tab w:val="left" w:pos="817"/>
+        </w:tabs>
+        <w:spacing w:before="57" w:line="256" w:lineRule="auto"/>
+        <w:ind w:left="817" w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2260D7F5" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="111"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Les gestionnaires de projet veillent à ce que les coûts directs estimés du projet soient inscrits dans les budgets correspondants. Le total des coûts directs estimés du projet doit être budgétisé séparément sur deux</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>codes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>comptables</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1183,77 +1196,92 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fournis par le bureau de pays du PNUD, qui se compose des coûts du personnel et des frais généraux de fonctionnement.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Lorsqu'il s'agit de la fourniture régulière de services, cela pourrait être facilité par l'utilisation de lignes de financement multiples pour les postes du personnel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7849A878" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="7849A878" w14:textId="57262DA7" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="166" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="112"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>L'unité opérationnelle du bureau national peut saisir un tableau rapide dans Quantum pour la facturation mensuelle/trimestrielle du CPD avec les COA complets des projets de développement. Chaque COA d'un projet de développement doit être saisi deux fois dans</w:t>
+        <w:t>L'unité opérationnelle du bureau national peut saisir un tableau rapide</w:t>
+      </w:r>
+      <w:r w:rsidR="00444AE5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444AE5" w:rsidRPr="00444AE5">
+        <w:t>(ensemble de distribution)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dans Quantum pour la facturation mensuelle/trimestrielle du CPD avec les COA complets des projets de développement. Chaque COA d'un projet de développement doit être saisi deux fois dans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>l'organigramme : la première</w:t>
+        <w:t>l'</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t>ensemble de distribution</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> : la première</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ligne pour les</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>frais de personnel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1496,196 +1524,181 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>développement,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>diagramme</w:t>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t>ensemble de distribution</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>doit refléter 20 lignes d'ACO des résultats du projet pour les écritures de débit et deux lignes d'ACO pour les écritures de crédit au projet de résultats de gestion du bureau national financé par des fonds extrabudgétaires.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Les</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t>ensemble</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t xml:space="preserve"> de distribution</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>doivent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>être</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>établis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>au</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>début</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-12"/>
-[...26 lines deleted...]
-          <w:spacing w:val="-12"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>l'année.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Lorsque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-11"/>
-[...61 lines deleted...]
-        <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>l'année.</w:t>
-[...26 lines deleted...]
-        <w:t>nouveaux projets de développement sont approuvés, les diagrammes de vitesse peuvent être mis à jour en conséquence si le nouveau projet nécessite des services de soutien direct de la part du bureau national.</w:t>
+        <w:t xml:space="preserve">nouveaux projets de développement sont approuvés, les </w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t>ensemble</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00545B87" w:rsidRPr="00545B87">
+        <w:t xml:space="preserve"> de distribution</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> peuvent être mis à jour en conséquence si le nouveau projet nécessite des services de soutien direct de la part du bureau national.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD0F4F6" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37525477" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="472"/>
       </w:pPr>
       <w:r>
         <w:t>Estimation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2560,51 +2573,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>développement,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>son poste Quantum sera codé comme poste "DPC" dans Quantum avec deux lignes de financement COA : a) fonds 02300-80 % et b) 11300 (ou projet autonome DPC) -20 %.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BFF448C" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="816"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:right="112"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="175232ED" w14:textId="1D48D778" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="175232ED" w14:textId="3801012B" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="113"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Les résultats d'une étude annuelle de la charge de travail pourraient servir d'orientation pour financer les postes</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
@@ -2724,51 +2737,55 @@
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>charge</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>travail peut être utilisé aussi souvent que nécessaire pour valider la répartition du temps du personnel entre les activités. Le temps consacré par le personnel des opérations aux services basés sur la LPL/PLU pour les projets de développement (Activité 1 - Programme) pourrait être utilisé comme une part indicative du financement XB (par ex. 11300) pour les postes Quantum. A titre d'exemple, les résultats d'une étude sur la charge de travail de quatre membres du personnel opérationnel sont présentés dans le tableau ci- dessous. Ce</w:t>
+        <w:t xml:space="preserve">travail peut être utilisé aussi souvent que nécessaire pour valider la répartition du temps du personnel entre les activités. Le temps consacré par le personnel des opérations aux services basés sur la LPL/PLU pour les projets de développement (Activité 1 - Programme) pourrait être utilisé </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>comme une part indicative du financement XB (par ex. 11300) pour les postes Quantum. A titre d'exemple, les résultats d'une étude sur la charge de travail de quatre membres du personnel opérationnel sont présentés dans le tableau ci- dessous. Ce</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>bureau</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prévoit</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3021,135 +3038,164 @@
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>être</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>imputée au fonds extrabudgétaire (11300) ou à un projet autonome (fonds 11309).</w:t>
       </w:r>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">(voir </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId14">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67407">
+        <w:t>Voir</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
         <w:r w:rsidRPr="007E6B37">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-3"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Fonctions (activités)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E6B37">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="-3"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="007E6B37">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-3"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>exercées</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00765D38">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00601D09" w:rsidRPr="002473F6">
+        <w:t xml:space="preserve"> (en anglais)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002473F6">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61704D5F" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="178"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Attribution des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>coûts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> directs de projet pour les services basés sur l'UPL/</w:t>
+        <w:t xml:space="preserve"> directs de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>projet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00765D38">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour les services basés sur l'UPL/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00765D38">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>LPL :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2C5514BF" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3666,51 +3712,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="256" w:lineRule="auto"/>
         <w:ind w:right="114"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Lorsque le bureau national finalise la redevance pour les services basés sur l'UPL/LPL, les gestionnaires de projet doivent être informés du volume des services d'appui fournis et des montants à facturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706F9FBD" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="055014AB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="055014AB" w14:textId="1996B294" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="815"/>
           <w:tab w:val="left" w:pos="817"/>
         </w:tabs>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:right="112" w:hanging="370"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Le</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3845,51 +3891,60 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>les</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>frais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>de service UPL/LPL à l'aide d'un diagramme de vitesse comme recommandé dans les paragraphes 4 et 9. Les bureaux nationaux peuvent ajouter, supprimer ou modifier les lignes d'ACO une fois que l'organigramme est rempli sur une ligne de facture à zéro dollar. Si aucun service n'est fourni pour un projet spécifique au cours d'une période de facturation, les lignes d'ACO de ce projet peuvent être supprimées des lignes de facture</w:t>
+        <w:t xml:space="preserve">de service UPL/LPL à l'aide d'un </w:t>
+      </w:r>
+      <w:r w:rsidR="00601D09" w:rsidRPr="00444AE5">
+        <w:t>ensemble de distribution</w:t>
+      </w:r>
+      <w:r w:rsidR="00601D09" w:rsidDel="00601D09">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>comme recommandé dans les paragraphes 4 et 9. Les bureaux nationaux peuvent ajouter, supprimer ou modifier les lignes d'ACO une fois que l'organigramme est rempli sur une ligne de facture à zéro dollar. Si aucun service n'est fourni pour un projet spécifique au cours d'une période de facturation, les lignes d'ACO de ce projet peuvent être supprimées des lignes de facture</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>à</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>zéro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4019,51 +4074,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>CO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>et</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>74596</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C359319" w14:textId="0B92B7DD" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="6C359319" w14:textId="454D9714" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="249" w:lineRule="auto"/>
         <w:ind w:left="817" w:right="117"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4218,51 +4273,51 @@
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d'une</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>facture à zéro dollar.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Des instructions supplémentaires sur l'utilisation de ces comptes sont disponibles </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>ici</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C7552">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E42389">
         <w:t>(en anglais</w:t>
       </w:r>
       <w:r w:rsidR="00C3584F">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007C7552" w:rsidRPr="007C7552">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E592203" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -4766,551 +4821,584 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ultérieur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3CD816" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3A9FB4" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000DA2D2" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="000DA2D2" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="002473F6" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="817"/>
           <w:tab w:val="left" w:pos="862"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="256" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="262C1161" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00C22782" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="262C1161" w14:textId="54DB4882" w:rsidR="00765D38" w:rsidRPr="002473F6" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C22782">
+      <w:r w:rsidRPr="002473F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Avertissement:</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C22782">
+        <w:t>Avertissement</w:t>
+      </w:r>
+      <w:r w:rsidR="00601D09">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002473F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002473F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A38DD6" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00C22782" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="03A38DD6" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="002473F6" w:rsidRDefault="00765D38" w:rsidP="00765D38">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C22782">
+      <w:r w:rsidRPr="002473F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE4C9B7" w14:textId="70AF9725" w:rsidR="007E2152" w:rsidRPr="00765D38" w:rsidRDefault="00765D38" w:rsidP="00765D38">
+    <w:p w14:paraId="5CE4C9B7" w14:textId="70AF9725" w:rsidR="007E2152" w:rsidRPr="002473F6" w:rsidRDefault="00765D38" w:rsidP="007C248D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002473F6">
         <w:rPr>
           <w:rStyle w:val="markwqu4ow29p"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00660313">
+      <w:r w:rsidRPr="002473F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002473F6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> This document was translated from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00765D38" w:rsidSect="00765D38">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="002473F6" w:rsidSect="002473F6">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="16340"/>
-      <w:pgMar w:top="1620" w:right="980" w:bottom="940" w:left="800" w:header="720" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1620" w:right="1080" w:bottom="940" w:left="1350" w:header="720" w:footer="1279" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2759D62C" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
+    <w:p w14:paraId="459951FB" w14:textId="77777777" w:rsidR="008E5BD3" w:rsidRDefault="008E5BD3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31E378DE" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
+    <w:p w14:paraId="4114D683" w14:textId="77777777" w:rsidR="008E5BD3" w:rsidRDefault="008E5BD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="41BB8B43" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="14EA2083" w14:textId="77777777" w:rsidR="00444AE5" w:rsidRDefault="00444AE5">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="41BB8B43" w14:textId="656CAB07" w:rsidR="00765D38" w:rsidRDefault="00765D38">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F6C29C4" wp14:editId="138AF6EF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>795019</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9763760</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="678815" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="16" name="Textbox 16"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="678815" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                        <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00444AE5" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:t>Page</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
-[...2 lines deleted...]
-                            </w:rPr>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:t>de</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
-                              <w:color w:val="000000"/>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1F6C29C4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 16" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:62.6pt;margin-top:768.8pt;width:53.45pt;height:13.05pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKwT/PlAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1O2idquo6QpYgZBW&#10;gLTLB7iO3UTEHjPjNunfM3bTFsENcRmP7fGb99548zD6XhwtUgehlovZXAobDDRd2Nfy+8vHN2sp&#10;KOnQ6B6CreXJknzYvn61GWJl76CFvrEoGCRQNcRatinFSikyrfWaZhBt4EsH6HXiLe5Vg3pgdN+r&#10;u/l8pQbAJiIYS8Snj+dLuS34zlmTvjpHNom+lswtlYgl7nJU242u9qhj25mJhv4HFl53gZteoR51&#10;0uKA3V9QvjMIBC7NDHgFznXGFg2sZjH/Q81zq6MtWtgcileb6P/Bmi/H5/gNRRrfw8gDLCIoPoH5&#10;QeyNGiJVU032lCri6ix0dOjzyhIEP2RvT1c/7ZiE4cPV/Xq9WEph+GqxWt6/XWa/1e1xREqfLHiR&#10;k1oij6sQ0McnSufSS8nE5dw+E0njbuSSnO6gObGGgcdYS/p50Gil6D8H9inP/JLgJdldEkz9Byg/&#10;I0sJ8O6QwHWl8w136swDKNynz5In/Pu+VN2+9PYXAAAA//8DAFBLAwQUAAYACAAAACEAaJRWDuEA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhTR00hxKkqBCckRBoOHJ3Y&#10;TazG6xC7bfh7tqdy29kdzb4pNrMb2MlMwXqUsFwkwAy2XlvsJHzVbw+PwEJUqNXg0Uj4NQE25e1N&#10;oXLtz1iZ0y52jEIw5EpCH+OYcx7a3jgVFn40SLe9n5yKJKeO60mdKdwNXCRJxp2ySB96NZqX3rSH&#10;3dFJ2H5j9Wp/PprPal/Zun5K8D07SHl/N2+fgUUzx6sZLviEDiUxNf6IOrCBtFgJstKwStcZMLKI&#10;VCyBNZdVlq6BlwX/36L8AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIrBP8+UAQAAGgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGiUVg7hAAAA&#10;DQEAAA8AAAAAAAAAAAAAAAAA7gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 16" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:62.6pt;margin-top:768.8pt;width:53.45pt;height:13.05pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeiky9qAEAAEADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO2yAQvVfqPyDuDclWyUZWnFXbVatK&#10;q7bS7n4AxhCjGoYyJHb+vgN2sqv2VvUCAzzevDczu7vR9eykI1rwNV8tlpxpr6C1/lDz56fP77ac&#10;YZK+lT14XfOzRn63f/tmN4RK30AHfasjIxKP1RBq3qUUKiFQddpJXEDQnh4NRCcTHeNBtFEOxO56&#10;cbNcbsQAsQ0RlEak2/vpke8LvzFape/GoE6srzlpS2WNZW3yKvY7WR2iDJ1Vswz5DyqctJ6SXqnu&#10;ZZLsGO1fVM6qCAgmLRQ4AcZYpYsHcrNa/uHmsZNBFy9UHAzXMuH/o1XfTj8isy31bsOZl4569KTH&#10;1MDI6IbKMwSsCPUYCJfGjzAStFjF8ADqJxJEvMJMH5DQuRyjiS7vZJTRR+rA+Vp1ysIUXW5ut9vV&#10;mjNFT6vN+vb9OqcVL59DxPRFg2M5qHmkphYB8vSAaYJeILOWKX1WlcZmnE000J7Jw0DNrjn+Osqo&#10;Oeu/eqpmnoxLEC9Bcwli6j9BmZ9sxcOHYwJjS+acYuKdM1ObivZ5pPIcvD4X1Mvg738DAAD//wMA&#10;UEsDBBQABgAIAAAAIQBolFYO4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqFNHTSHEqSoEJyREGg4cndhNrMbrELtt+Hu2p3Lb2R3Nvik2sxvYyUzBepSwXCTADLZeW+wk&#10;fNVvD4/AQlSo1eDRSPg1ATbl7U2hcu3PWJnTLnaMQjDkSkIf45hzHtreOBUWfjRIt72fnIokp47r&#10;SZ0p3A1cJEnGnbJIH3o1mpfetIfd0UnYfmP1an8+ms9qX9m6fkrwPTtIeX83b5+BRTPHqxku+IQO&#10;JTE1/og6sIG0WAmy0rBK1xkwsohULIE1l1WWroGXBf/fovwDAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA3opMvagBAABAAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAaJRWDuEAAAANAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                  <w:p w14:paraId="6AE18899" w14:textId="77777777" w:rsidR="00765D38" w:rsidRPr="00444AE5" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:t>Page</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
-[...2 lines deleted...]
-                      </w:rPr>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:t>de</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
-                        <w:color w:val="000000"/>
                         <w:spacing w:val="-2"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>4</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="552FE12D" wp14:editId="28DE5796">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2721337</wp:posOffset>
@@ -5320,457 +5408,502 @@
               </wp:positionV>
               <wp:extent cx="2210435" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="17" name="Textbox 17"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2210435" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="2F07872E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                        <w:p w14:paraId="2F07872E" w14:textId="491DDC38" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Date</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>d'entrée</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>en</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>vigueur</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:t>:</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:r w:rsidR="00444AE5">
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>02</w:t>
+                          </w:r>
                           <w:r w:rsidRPr="004955CE">
                             <w:rPr>
                               <w:spacing w:val="-5"/>
                             </w:rPr>
-                            <w:t>23/11/2022</w:t>
+                            <w:t>/</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00444AE5">
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>02</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004955CE">
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>/202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00444AE5">
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="552FE12D" id="Textbox 17" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:214.3pt;margin-top:768.8pt;width:174.05pt;height:13.05pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1bJ/xlwEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bvNGlhFxQ1XQErENIK&#10;kJb9ANexG4vYY2bcJv17xm7aIvaGuNhjz/j5vTezvpv8IA4GyUFo5XJRS2GChs6FXSuffnx69U4K&#10;Sip0aoBgWnk0JO82L1+sx9iYFfQwdAYFgwRqxtjKPqXYVBXp3nhFC4gmcNICepX4iLuqQzUyuh+q&#10;VV3fViNgFxG0IeLb+1NSbgq+tUanb9aSSWJoJXNLZcWybvNabdaq2aGKvdMzDfUPLLxygT+9QN2r&#10;pMQe3TMo7zQCgU0LDb4Ca502RQOrWdZ/qXnsVTRFC5tD8WIT/T9Y/fXwGL+jSNMHmLiBRQTFB9A/&#10;ib2pxkjNXJM9pYa4OgudLPq8swTBD9nb48VPMyWh+XK1WtZvXt9IoTm3vL15y3EGvb6OSOmzAS9y&#10;0ErkfhUG6vBA6VR6LpnJnP7PTNK0nYTrMmmuzDdb6I6sZeR2tpJ+7RUaKYYvgf3KvT8HeA625wDT&#10;8BHKhGRJAd7vE1hXCFxxZwLciCJhHprc6T/Ppeo62pvfAAAA//8DAFBLAwQUAAYACAAAACEAugLX&#10;CeIAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDC3GbxqkqBCckRBoO&#10;HJ3YTazG6xC7bfh7tqdy290Zzb7JN5Pr2cmMwXqU8DhLgBlsvLbYSviq3h6WwEJUqFXv0Uj4NQE2&#10;xe1NrjLtz1ia0y62jEIwZEpCF+OQcR6azjgVZn4wSNrej05FWseW61GdKdz1fJ4kKXfKIn3o1GBe&#10;OtMcdkcnYfuN5av9+ag/y31pq2qV4Ht6kPL+btqugUUzxasZLviEDgUx1f6IOrBewtN8mZKVhOeF&#10;oIksQqQCWH05pQsBvMj5/xbFHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1bJ/xlwEA&#10;ACIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC6AtcJ&#10;4gAAAA0BAAAPAAAAAAAAAAAAAAAAAPEDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="552FE12D" id="Textbox 17" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:214.3pt;margin-top:768.8pt;width:174.05pt;height:13.05pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDreUlNqgEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhd1HUdAWsQEgr&#10;WGmXD3Acu4mIPWbGbdK/Z+w03RXcEBdnbD+/eW9msr2d3CCOBqkHX8v1qpTCeA1t7/e1/PH0+c17&#10;KSgq36oBvKnlyZC83b1+tR1DZTbQwdAaFEziqRpDLbsYQ1UUpDvjFK0gGM+XFtCpyFvcFy2qkdnd&#10;UGzK8roYAduAoA0Rn97Nl3KX+a01On63lkwUQy1ZW8wr5rVJa7HbqmqPKnS9PstQ/6DCqd5z0gvV&#10;nYpKHLD/i8r1GoHAxpUGV4C1vTbZA7tZl3+4eexUMNkLF4fCpUz0/2j1t+MDir7l3t1I4ZXjHj2Z&#10;KTYwCT7h8oyBKkY9BsbF6SNMDM1WKdyD/kkMKV5g5gfE6FSOyaJLXzYq+CF34HSpOmcRmg83m3X5&#10;7u2VFJrv1tdXNxwn0ufXASl+MeBECmqJ3NWsQB3vKc7QBXIWM+dPsuLUTLO/xUwD7Ym9jNz0WtKv&#10;g0IjxfDVc1XThCwBLkGzBBiHT5DnKFny8OEQwfZZQMo0854FcLuyhfNopXl4uc+o5x9g9xsAAP//&#10;AwBQSwMEFAAGAAgAAAAhALoC1wniAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoQwtxm8apKgQnJEQaDhyd2E2sxusQu234e7anctvdGc2+yTeT69nJjMF6lPA4S4AZbLy2&#10;2Er4qt4elsBCVKhV79FI+DUBNsXtTa4y7c9YmtMutoxCMGRKQhfjkHEems44FWZ+MEja3o9ORVrH&#10;lutRnSnc9XyeJCl3yiJ96NRgXjrTHHZHJ2H7jeWr/fmoP8t9aatqleB7epDy/m7aroFFM8WrGS74&#10;hA4FMdX+iDqwXsLTfJmSlYTnhaCJLEKkAlh9OaULAbzI+f8WxR8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA63lJTaoBAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAugLXCeIAAAANAQAADwAAAAAAAAAAAAAAAAAEBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="2F07872E" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                  <w:p w14:paraId="2F07872E" w14:textId="491DDC38" w:rsidR="00765D38" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Date</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>d'entrée</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>en</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>vigueur</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:t>:</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
+                    <w:r w:rsidR="00444AE5">
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>02</w:t>
+                    </w:r>
                     <w:r w:rsidRPr="004955CE">
                       <w:rPr>
                         <w:spacing w:val="-5"/>
                       </w:rPr>
-                      <w:t>23/11/2022</w:t>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00444AE5">
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>02</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="004955CE">
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>/202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00444AE5">
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74D2DFF8" wp14:editId="58E71C10">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6354547</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9763760</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="727710" cy="165735"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="18" name="Textbox 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="727710" cy="165735"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="148612DB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                        <w:p w14:paraId="148612DB" w14:textId="6F9AEB73" w:rsidR="00765D38" w:rsidRPr="00444AE5" w:rsidRDefault="00765D38">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="245" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:t>Version</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:t>#</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:spacing w:val="-3"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:t>:</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00444AE5">
                             <w:rPr>
                               <w:spacing w:val="-4"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00444AE5" w:rsidRPr="00444AE5">
                             <w:rPr>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
-                            <w:t>6</w:t>
+                            <w:t>7</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="74D2DFF8" id="Textbox 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:500.35pt;margin-top:768.8pt;width:57.3pt;height:13.05pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMgC0NmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuEzEQvSP1HyzfGydBbdAqmwqoipAq&#10;QCp8gOO1sxa7HnfGyW7+nrGzSRDcEBd7PDN+fu+N1w9j34mDRfIQarmYzaWwwUDjw66WP74/3b6T&#10;gpIOje4g2FoeLcmHzc2b9RAru4QWusaiYJBA1RBr2aYUK6XItLbXNINoAxcdYK8TH3GnGtQDo/ed&#10;Ws7n92oAbCKCsUScfTwV5abgO2dN+uoc2SS6WjK3VFYs6zavarPW1Q51bL2ZaOh/YNFrH/jRC9Sj&#10;Tlrs0f8F1XuDQODSzECvwDlvbNHAahbzP9S8tDraooXNoXixif4frPlyeInfUKTxA4w8wCKC4jOY&#10;n8TeqCFSNfVkT6ki7s5CR4d93lmC4Ivs7fHipx2TMJxcLVerBVcMlxb3d6u3d9lvdb0ckdInC73I&#10;QS2Rx1UI6MMzpVPruWXicno+E0njdhS+qeUyg+bMFpojSxl4mrWk171GK0X3ObBdefTnAM/B9hxg&#10;6j5C+SBZUYD3+wTOFwJX3IkAz6FImP5MHvTv59J1/dmbXwAAAP//AwBQSwMEFAAGAAgAAAAhAMwZ&#10;iXHhAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSoSmsapKgQnJEQa&#10;Dhyd2E2sxusQu234ezancpvZHc2+zbeT69nZjMF6lLBcCGAGG68tthK+qreHZ2AhKtSq92gk/JoA&#10;2+L2JleZ9hcszXkfW0YlGDIloYtxyDgPTWecCgs/GKTdwY9ORbJjy/WoLlTuev4oRMKdskgXOjWY&#10;l840x/3JSdh9Y/lqfz7qz/JQ2qpaC3xPjlLe3027DbBopngNw4xP6FAQU+1PqAPryQshUsqSelql&#10;CbA5syQNrJ5nySoFXuT8/x/FHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBMgC0NmAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDMGYlx&#10;4QAAAA8BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="74D2DFF8" id="Textbox 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:500.35pt;margin-top:768.8pt;width:57.3pt;height:13.05pt;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwx7ZPqgEAAEcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvQ/oPwi6L0oytBmMOMXaYsOA&#10;YhvQ7gNkWYqFWaIqKrHz96PkOC2227CLTItP5Ht83N6OrmdHHdGCr/lqseRMewWt9fua/3z+/P4j&#10;Z5ikb2UPXtf8pJHf7q7ebYdQ6TV00Lc6MirisRpCzbuUQiUEqk47iQsI2lPSQHQy0W/cizbKgaq7&#10;XqyXyxsxQGxDBKUR6fZhSvJdqW+MVum7MagT62tO3FI5YzmbfIrdVlb7KENn1ZmG/AcWTlpPTS+l&#10;HmSS7BDtX6WcVREQTFoocAKMsUoXDaRmtfxDzVMngy5aaDgYLmPC/1dWfTv+iMy25B055aUjj571&#10;mBoYGd3QeIaAFaGeAuHSeAcjQYtUDI+gfiFBxBvM9AAJnccxmujyl4QyekgOnC5Tpy5M0eVmvdms&#10;KKMotbq53ny4zm3F6+MQMX3R4FgOah7J1EJAHh8xTdAZcuYytc+s0tiMRd561tJAeyIpA3lec3w5&#10;yKg56796GmpekDmIc9DMQUz9PZQ1yoo8fDokMLYQyJ2mumcC5FaRcN6svA5v/wvqdf93vwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMwZiXHhAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyoXSoSmsapKgQnJEQaDhyd2E2sxusQu234ezancpvZHc2+zbeT69nZjMF6lLBcCGAGG68t&#10;thK+qreHZ2AhKtSq92gk/JoA2+L2JleZ9hcszXkfW0YlGDIloYtxyDgPTWecCgs/GKTdwY9ORbJj&#10;y/WoLlTuev4oRMKdskgXOjWYl840x/3JSdh9Y/lqfz7qz/JQ2qpaC3xPjlLe3027DbBopngNw4xP&#10;6FAQU+1PqAPryQshUsqSelqlCbA5syQNrJ5nySoFXuT8/x/FHwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCwx7ZPqgEAAEcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDMGYlx4QAAAA8BAAAPAAAAAAAAAAAAAAAAAAQEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="148612DB" w14:textId="77777777" w:rsidR="00765D38" w:rsidRDefault="00765D38">
+                  <w:p w14:paraId="148612DB" w14:textId="6F9AEB73" w:rsidR="00765D38" w:rsidRPr="00444AE5" w:rsidRDefault="00765D38">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="245" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:t>Version</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:t>#</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:spacing w:val="-3"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:t>:</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00444AE5">
                       <w:rPr>
                         <w:spacing w:val="-4"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00444AE5" w:rsidRPr="00444AE5">
                       <w:rPr>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
-                      <w:t>6</w:t>
+                      <w:t>7</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18633B59" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
+    <w:p w14:paraId="7E9EBC58" w14:textId="77777777" w:rsidR="008E5BD3" w:rsidRDefault="008E5BD3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4091964D" w14:textId="77777777" w:rsidR="003C7A0A" w:rsidRDefault="003C7A0A">
+    <w:p w14:paraId="37E4E18F" w14:textId="77777777" w:rsidR="008E5BD3" w:rsidRDefault="008E5BD3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="052B2C81" w14:textId="621E589C" w:rsidR="00765D38" w:rsidRDefault="003B0B37">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660291" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="413A3EE0" wp14:editId="323910D2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-121920</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="287020" cy="584200"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="21130"/>
               <wp:lineTo x="20071" y="21130"/>
               <wp:lineTo x="20071" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 6"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="287020" cy="584200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59391582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2B69680"/>
     <w:lvl w:ilvl="0" w:tplc="3934D570">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="817" w:hanging="361"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="DC3EC74C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1784" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -5838,139 +5971,149 @@
     <w:lvl w:ilvl="7" w:tplc="E2EC0A3E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7568" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36ACAB10">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8532" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="911737500">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00765D38"/>
     <w:rsid w:val="00212B30"/>
+    <w:rsid w:val="002473F6"/>
     <w:rsid w:val="002642C5"/>
     <w:rsid w:val="003B0B37"/>
     <w:rsid w:val="003C7A0A"/>
     <w:rsid w:val="003E3D26"/>
+    <w:rsid w:val="00444AE5"/>
     <w:rsid w:val="004C6873"/>
     <w:rsid w:val="004D60AC"/>
     <w:rsid w:val="0053561A"/>
+    <w:rsid w:val="00545B87"/>
     <w:rsid w:val="005D7F19"/>
+    <w:rsid w:val="00601D09"/>
+    <w:rsid w:val="006301CC"/>
     <w:rsid w:val="006F0BE6"/>
     <w:rsid w:val="00765D38"/>
     <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007C248D"/>
     <w:rsid w:val="007C7552"/>
     <w:rsid w:val="007E2152"/>
     <w:rsid w:val="007E6B37"/>
+    <w:rsid w:val="008E5BD3"/>
     <w:rsid w:val="00933AB5"/>
     <w:rsid w:val="009C1D9A"/>
     <w:rsid w:val="00A970B0"/>
     <w:rsid w:val="00AB60E2"/>
     <w:rsid w:val="00B6151A"/>
+    <w:rsid w:val="00BB42B9"/>
+    <w:rsid w:val="00C0451D"/>
     <w:rsid w:val="00C3584F"/>
     <w:rsid w:val="00DA2F70"/>
     <w:rsid w:val="00E42389"/>
     <w:rsid w:val="00E86A7C"/>
+    <w:rsid w:val="00F67407"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2F120B94"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{89AB3CD3-4DEC-4E4A-AE73-4803E4482C16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6989,62 +7132,74 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F0BE6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006F0BE6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-FR"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00444AE5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/user-guide-des-dpc-entries-quantum" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/embed.aspx?src=https://popp.undp.org/sites/g/files/zskgke421/files/FRM_User%20guide%20on%20DPC%20account%20codes.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -7315,56 +7470,58 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
     <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -7573,113 +7730,126 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F42F8F4E-1075-4467-AA24-BCD0F85D1A26}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47A28A29-4744-444A-AAD3-E4BBB30E49C4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67E235AB-F71E-49F4-AB13-96EC7960F72C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
     <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47A28A29-4744-444A-AAD3-E4BBB30E49C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F42F8F4E-1075-4467-AA24-BCD0F85D1A26}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1592</Words>
-  <Characters>9076</Characters>
+  <Words>1597</Words>
+  <Characters>9109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>75</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10647</CharactersWithSpaces>
+  <CharactersWithSpaces>10685</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Arilda Dragjoshi</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>4baaa3b9-9cc1-472a-8d15-42d423c2f179</vt:lpwstr>
   </property>