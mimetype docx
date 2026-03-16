--- v0 (2025-10-23)
+++ v1 (2026-03-16)
@@ -1,11528 +1,8664 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="685BAED1" w14:textId="5F6A70E6" w:rsidR="0014087D" w:rsidRDefault="0014087D">
-[...80 lines deleted...]
-    <w:p w14:paraId="7C9A350A" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6CC7A282" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Utilización</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="14"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="25"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Lista</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="15"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="12"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Precios</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="17"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Universal</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="37"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>(LUP)</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="17"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="15"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="25"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Lista</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="15"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="11"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Precios</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="17"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Local</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(LPL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F1B346" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="41B255F4" w14:textId="6301D250" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="119"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">Esta opción puede utilizarse cuando la opción </w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t>Coste</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t>Directo</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">del Proyecto </w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>CPD</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A56EE0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t>Delivery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t>Enabling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t>Service</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:t>(DES)</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0B82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de distribuir el tiempo del personal de la unidad de operaciones entre</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los proyectos a través de la línea</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de financiación múltiple</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>no</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sea práctica, como cuando cada</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>miembro</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>personal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>operaciones</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pueda</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>trabajando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en una</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cartera</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyectos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>completa (es decir,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proporcionando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>apoyo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>financiero</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a todos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los proyectos en lugar de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sólo a unos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pocos) a diferencia del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>personal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de programas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>normalmente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se divide</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en unidades</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>programas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>temáticos y,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="15"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>por lo tanto, se</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>ocupa</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="16"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de un número</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>limitado</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de proyectos.</w:t>
       </w:r>
-      <w:r>
-[...119 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4D775AF9" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="71984DE0" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:sz w:val="25"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76E9D46D" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7AF07B37" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:ind w:right="119"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>En estos casos, las OC podrán optar por seguir utilizando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la opción UPL o LPL para cargar los gastos de tipo transaccional</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>directamente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>programas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyectos.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Sin</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>embargo,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>evitar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>doble</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>contabilización de dichos costes, estos cargos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se cargarán</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a los proyectos y se registrarán en el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>lado inverso de la transacción como un gasto negativo (crédito) contra la cuenta de gastos apropiada (por ejemplo,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>XB) en lugar de como ingresos XB. Utilizar la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>metodología UPL para cargar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el CPD sigue siendo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>un cargo "</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>ex-post-facto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>"</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>no ayuda con la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="15"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>parte</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de "planificación</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y presupuestación</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="21"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>ex-ante</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>"</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>CPD,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>tendría</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>realizarse</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>por</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>separado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03874EDD" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="76B3DC19" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
-          <w:sz w:val="23"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78E93219" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D0F934E" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="127"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>partir</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>enero</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>2014,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>gastos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>transaccionales</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>CPD</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>registrarán</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>utilizando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>UPL</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>como una reducción o un abono a la cuenta de gastos correspondiente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(por ejemplo, XB, o un abono al proyecto independiente).</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>En otras</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>palabras, los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes de personal y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>GOE cargados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a XB son</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-11"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>inferiores a lo que habrían sido sin el CPD. Véase el Cuadro A.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2533E3AB" w14:textId="2884CE82" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="09930AA7" w14:textId="4133FC8F" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="160"/>
         <w:ind w:left="821"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:u w:val="single" w:color="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>Cuadro</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="23"/>
-          <w:u w:val="single" w:color="0000FF"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:u w:val="single" w:color="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="13"/>
-          <w:u w:val="single" w:color="0000FF"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:u w:val="single" w:color="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="10"/>
-          <w:u w:val="single" w:color="0000FF"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:u w:val="single" w:color="0000FF"/>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00CC7DD8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gastos </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00EA4A47">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>del</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:color w:val="0000FF"/>
-          <w:spacing w:val="15"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00CC7DD8">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00EA4A47">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:spacing w:val="-5"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>CPD</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00984CBD">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52B1D0E4" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="690C711F" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
-          <w:sz w:val="16"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AA79665" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1D5CA4E8" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="868"/>
         </w:tabs>
         <w:spacing w:before="62" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="108"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Las oficinas en los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>países</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pueden</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>utilizar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="80"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Factura</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Cero en el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>módulo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Acreedores</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para cargar y abonar en las cuentas de gastos la atribución de comisiones por servicios transaccionales a los proyectos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>desarrollo,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>algunas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Unidades</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pueden</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>tener</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sus</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>propios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sistemas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>facturación automatizados que cumplan</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estos requisitos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4152D1" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="062F0850" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
-          <w:sz w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171309A0" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="555EA919" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
+        <w:ind w:right="114"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>La</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>carga</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>trabajo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>directos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>transacciones</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>debe</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>identificarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>al inicio del proyecto o al principio de cada año e imputarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t xml:space="preserve">al proyecto en función de la prestación real de </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>servicios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5064EF9A" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="2B89FB3A" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B48D4CA" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="67779D0F" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="191"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>Planificación</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>estimación</w:t>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>directos</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-          <w:b w:val="0"/>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para los </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>UPL/LPL</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL/LPL</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44182E29" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="72D1431B" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EAFC07F" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="610849E9" w14:textId="00500CDE" w:rsidR="004D79F0" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="117"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Al</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>principio</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cada</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>año, todos los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>jefes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>deberán</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>facilitar una</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimación</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los servicios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de apoyo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>al</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Los servicios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>UPL/LPL</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pueden</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>basándose</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estadísticas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de años anteriores</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>o</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>apoyo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>previstos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>necesarios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>ejecución</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>El volumen de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>apoyo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="16"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>necesarios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cada</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>puede</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimarse</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>utilizando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>principales</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>categorías de UPL/LPL que se indican a continuación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6778ADAA" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1A809355" w14:textId="6493B5C0" w:rsidR="00984CBD" w:rsidRPr="00FE62A6" w:rsidRDefault="000A3A4D" w:rsidP="000E0B82">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="174"/>
         <w:ind w:left="821"/>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9">
-        <w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
           <w:rPr>
-            <w:color w:val="0462C1"/>
-            <w:u w:val="single" w:color="0462C1"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Planificación</w:t>
-[...74 lines deleted...]
-          <w:t>para</w:t>
+          <w:t>Planificación y estimación del CPD para el servicio basado en UPL, LPL</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...80 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00984CBD">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00984CBD">
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1BAB3165" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="1A0A5C38" w14:textId="77777777" w:rsidR="00984CBD" w:rsidRPr="00EA4A47" w:rsidRDefault="00984CBD" w:rsidP="000E0B82">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="819"/>
+          <w:tab w:val="left" w:pos="821"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="821" w:right="117"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1192B2FB" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A7EAFCC" w14:textId="7D92AF31" w:rsidR="004D79F0" w:rsidRPr="00DB565D" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="63" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="126"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:lastRenderedPageBreak/>
         <w:t>La</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>oficina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>nacional</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>gestores</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>deben</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>ponerse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>acuerdo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sobre</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimados previstos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>año.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="14"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Estos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>planes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimaciones</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>pueden</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>afinarse</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>forma</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>periódica,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>trimestralmente</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="65"/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-        <w:t>si</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>si es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>necesario,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>función</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>acontecimientos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="66"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>incluidos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>cambios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>planes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="73"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>adquisición</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>contratación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E8FF01" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="7FB5FDD4" w14:textId="77777777" w:rsidR="00DB565D" w:rsidRPr="00EA4A47" w:rsidRDefault="00DB565D" w:rsidP="00DB565D">
       <w:pPr>
-        <w:spacing w:line="268" w:lineRule="auto"/>
-[...10 lines deleted...]
-        </w:sectPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="819"/>
+          <w:tab w:val="left" w:pos="821"/>
+        </w:tabs>
+        <w:spacing w:before="63" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="821" w:right="126"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8BAF90" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
-[...168 lines deleted...]
-    <w:p w14:paraId="5073BD39" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6F55DB09" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:ind w:right="118"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>directores</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de proyecto se asegurarán de que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>directos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="30"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estimados del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="30"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto se presupuesten en los presupuestos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de proyecto correspondientes.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Los costes directos totales estimados del proyecto se presupuestarán</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>por separado</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en dos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>códigos de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cuenta</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>distintos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>64300</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(personal)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>74500</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(GOE)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para reflejar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>coste de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>prestados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>por</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="14"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>oficina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>PNUD en</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>país,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>compone</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los costes de personal y los gastos generales de funcionamiento.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Cuando esto se refiera a la prestación regular de servicios,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>podría</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="30"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>facilitarse mediante</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el uso</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>múltiples</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>líneas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de financiación para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="15"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los puestos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032F07DB" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4BC0E1E1" w14:textId="65805E7C" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="159" w:line="271" w:lineRule="auto"/>
         <w:ind w:right="110"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>La</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>unidad</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>operaciones</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>oficina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>nacional</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>puede</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>introducir</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>un</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>diagrama</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>velocidad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t xml:space="preserve"> (c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>onjuntos de distribución</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> para la facturación mensual/trimestral</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del CPD con los COA completos de los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyectos de desarrollo. Cada COA de un proyecto de desarrollo debe introducirse</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">dos veces en el </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>onjunto</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>de distribución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>: la primera línea para</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>personal</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(cuenta</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>gastos 64397)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>segunda</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>línea</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>GOE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(cuenta</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>gastos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-          <w:sz w:val="21"/>
-[...19 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">74596). Por ejemplo, si la oficina en el país presta servicios a diez proyectos de desarrollo, un </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>onjunto de distribución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> deberá</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>reflejar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>20 líneas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>COA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los productos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las entradas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de débito</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y dos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>líneas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>COA para</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>entradas</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>crédito</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>al</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>productos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>gestión</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>oficina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>país</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>financiado</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>con fondos extrapresupuestarios.</w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">Los </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>onjuntos de distribución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> deben elaborarse a principios de año. Cuando se aprueben nuevos proyectos de productos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">de desarrollo, los </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="006B7E8B">
+        <w:t>onjuntos de distribución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> podrán actualizarse en consecuencia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>si el nuevo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>requiere</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>apoyo directo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la oficina en el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>país.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4D0F5C" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="41A64716" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="4"/>
         <w:rPr>
-          <w:sz w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D531C1C" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2301E25F" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="473"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Estimación</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="12"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="6"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="5"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="19"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>personal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="16"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>GOE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="8"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>prestan</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="14"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>UPL/LPL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686A26ED" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="1A562603" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:rPr>
-          <w:sz w:val="29"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B643A3F" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="75FD1036" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="130"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>La oficina nacional debe asegurarse de que dispone de capacidades y recursos suficientes (personal e infraestructura</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>oficina) para</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>prestar</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>puntuales</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>calidad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a los proyectos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1B6F28" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="0863E0A1" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
-          <w:sz w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A843D6E" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7AAD4173" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="124"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Como se ha indicado anteriormente, cuando las oficinas consideren poco práctico imputar el tiempo del personal de la unidad de operaciones a través de una línea de financiación múltiple</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de puestos, podría utilizarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>UPL/LPL, pero la parte del tiempo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del personal dedicado</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a prestar servicios de UPL/LPL a los proyectos tendría que presupuestarse en la cuenta de gastos adecuada (por ejemplo, fondos extrapresupuestarios)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>o en un proyecto independiente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del CPD. Permitirá acumular los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes directamente atribuibles</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del personal del PNUD en los fondos extrapresupuestarios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(o en un</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto independiente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del CPD, fondo 11309) y luego prorratearlos entre los proyectos de desarrollo mensual o trimestralmente</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(y a tiempo para la emisión del ICD). Por ejemplo, si un miembro del personal cuyo puesto está totalmente financiado con fondos básicos (02300)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>dedica el 20% de su tiempo a prestar servicios basados en UPL/LPL a proyectos de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>desarrollo,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="30"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>su puesto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se codificará como puesto</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>"CPD"</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>con dos líneas COA</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>financiación: a)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>fondo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>02300-80%</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>b)11300</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(o</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>autónomo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>CPD)</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>-20%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E356E03" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="63B4C51F" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="6"/>
         <w:rPr>
-          <w:sz w:val="27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62CA6D1D" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1940203D" w14:textId="6AECC6C1" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...663 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="62" w:line="268" w:lineRule="auto"/>
-        <w:ind w:left="821" w:right="127"/>
+        <w:ind w:right="127"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Los resultados de un estudio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>anual de la carga de trabajo podrían servir de orientación para financiar los puestos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>operativos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>cargo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>diversas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>fuentes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>financiación.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Puede</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>utilizarse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>una</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>plantilla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>estudio de la carga de trabajo tantas veces como sea necesario para validar la distribución</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>del tiempo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>del personal entre las actividades.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>El tiempo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>dedicado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>por el personal de operaciones a los servicios basados en UPL/LPL para</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>proyectos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>desarrollo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>(Actividad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Programa)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>podría</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>utilizarse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>como parte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>indicativa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de la financiación extrapresupuestaria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>(por ejemplo, 11300) para puestos Quantum. A modo de ejemplo, en el cuadro siguiente se ofrecen los resultados de un estudio de la carga de trabajo de cuatro funcionarios de operaciones.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Esta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>oficina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>tiene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>previsto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>recuperar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>costes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>directos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>proyectos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>través</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>UPL/LPL, la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>parte</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>costes de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>personal</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>dedicada</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>prestar</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyectos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>programa</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>tendría que imputarse al fondo extrapresupuestario</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(11300) o</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a un proyecto independiente</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>(fondo 11309).</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t xml:space="preserve">(véase </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00FE62A6">
           <w:rPr>
-            <w:color w:val="0462C1"/>
-            <w:u w:val="single" w:color="0462C1"/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Funciones (actividades)</w:t>
+          <w:t>Funciones (actividades) realizadas</w:t>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-          <w:t xml:space="preserve"> </w:t>
+        <w:r w:rsidR="006B7E8B" w:rsidRPr="000E0B82">
+          <w:t xml:space="preserve"> (en inglés)</w:t>
         </w:r>
-        <w:r>
-[...6 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="006B7E8B">
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6774FA27" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
-[...27 lines deleted...]
-    <w:p w14:paraId="7DD1E8F1" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6C137BB3" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="461"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>Atribución</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>costes</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>directos</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>proyecto</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>UPL/LPL:</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> UPL/LPL:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E26620" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="427D70D9" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="19"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2074CE24" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="615F012F" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="111"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Al final de cada mes o trimestre,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las oficinas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>nacionales deberán</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>calcular</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el coste de los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios por</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>UPL/LPL basándose</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en el</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>registro</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>real de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios. El</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>nuevo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>informe</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>consulta</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estará disponible (similar</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>consulta</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="37"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Atlas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>"AP</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:sz w:val="21"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Activity</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>CRU</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Bills</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>"),</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proporciona</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>lista</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>facturas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>AP</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>procesadas por las oficinas de país durante</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el periodo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="32"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>del informe con el COA completo de los proyectos. Basándose en esta consulta,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="31"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la oficina de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>país</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>puede</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>calcular el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>número</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>total de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="39"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>facturas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>procesadas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="27"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los proyectos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y las tasas de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicio</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="29"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>correspondientes.</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Del</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>mismo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>modo,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="15"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>nuevo</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>informe</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="22"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>consulta</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="16"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t xml:space="preserve">similar a la consulta "PO </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Activity</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t xml:space="preserve"> - CRU" podría utilizarse para facturar las órdenes de compra procesadas para los </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>proyectos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C14FFF0" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="14BD4570" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
-          <w:sz w:val="27"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CAB7142" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3C1D999A" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="128"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Cuando</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>la oficina en el país</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>fije la tarifa para los servicios</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>basados</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en UPL/LPL, deberá</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>informarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a los gestores de proyectos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sobre</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el volumen</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicios</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de apoyo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="17"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>prestados</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="23"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y los importes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="38"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>que</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="24"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>se cobrarán.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2824A700" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="569A8076" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:rPr>
-          <w:sz w:val="26"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2127836B" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="003F0EB4" w14:textId="3620F26A" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="819"/>
           <w:tab w:val="left" w:pos="821"/>
         </w:tabs>
         <w:spacing w:line="261" w:lineRule="auto"/>
         <w:ind w:right="116" w:hanging="373"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>La oficina</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>país</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>procesará</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="26"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>una</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>factura de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cero</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="14"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>dólares</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>módulo</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>cuentas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="20"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>a pagar de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="21"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Quantum</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para las tasas de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicio</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="33"/>
-          <w:sz w:val="21"/>
-[...19 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">UPL/LPL </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7E8B">
+        <w:t>utilizando</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E0B82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B7E8B">
         <w:t>un</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="000E0B82">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B" w:rsidRPr="000E0B82">
+        <w:t>conjunto de distribución</w:t>
+      </w:r>
+      <w:r w:rsidR="006B7E8B">
         <w:rPr>
           <w:spacing w:val="18"/>
-          <w:sz w:val="21"/>
-[...9 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>como</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>se recomienda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>los apartados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>4 y 9. Las oficinas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de país pueden añadir, eliminar o cambiar líneas COA una vez que se ha rellenado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>un gráfico de velocidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>una</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>línea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>factura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>dólares.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>oficinas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>nacionales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>pueden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>añadir,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>eliminar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>o modificar las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>líneas COA una vez que se ha rellenado un gráfico de velocidad en una línea</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de factura de cero dólares. Si no se presta ningún</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>servicio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>para un proyecto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>específico durante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>un periodo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de facturación, las líneas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>COA de ese proyecto pueden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>borrarse/eliminarse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="25"/>
-          <w:sz w:val="21"/>
-[...149 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>líneas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>factura de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>cero dólares. Las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>cuentas de gastos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>(64397 -Servicios a proyectos -Costes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de personal CO y 74596</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>- Servicios a proyectos GOE) deben utilizarse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>tanto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>para</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>las entradas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>el</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> Debe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>como en el Haber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de una</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>Factura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t>de cero</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>dólares.</w:t>
       </w:r>
-      <w:r>
-[...454 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="80"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>Encontrará más instrucciones</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sobre cómo utilizar</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>estas cuentas</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-        <w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00EA4A47">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="21"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>aquí</w:t>
         </w:r>
-        <w:r>
-[...4 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="49BB3E70" w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve"> (en inglés)</w:t>
+      </w:r>
+      <w:r w:rsidR="00043A36" w:rsidRPr="00EA4A47">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03E9603D" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="0014087D">
+    <w:p w14:paraId="0E23CF15" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B1DB8C3" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0D595F00" w14:textId="070FD202" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="821"/>
           <w:tab w:val="left" w:pos="867"/>
         </w:tabs>
         <w:spacing w:before="62" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="124"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Todas las entradas manuales</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="28"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>o generadas por el</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>sistema,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...19 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:t xml:space="preserve">incluidas las facturas de cero dólares relacionadas con cargos basados en UPL/LPL, junto con el cálculo de la oficina nacional del número </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:lastRenderedPageBreak/>
+        <w:t>total de servicios prestados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>para</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>los</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>proyectos</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>y</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="34"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>las</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>tarifas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="35"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>de</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="36"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>servicio</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>correspondientes,</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>deben</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>conservarse</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>en</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:rPr>
           <w:spacing w:val="30"/>
-          <w:sz w:val="21"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>el</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EA4A47">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA4A47">
         <w:t>archivo para futuras revisiones de auditoría.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08ECB1AF" w14:textId="77777777" w:rsidR="0073298E" w:rsidRPr="0073298E" w:rsidRDefault="0073298E" w:rsidP="0073298E">
-[...119 lines deleted...]
-    <w:p w14:paraId="5C3705AE" w14:textId="77777777" w:rsidR="0073298E" w:rsidRPr="0073298E" w:rsidRDefault="0073298E" w:rsidP="00574014">
+    <w:p w14:paraId="0FBDF269" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00EA4A47" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Disclaimer:</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E1D906" w14:textId="77777777" w:rsidR="0073298E" w:rsidRPr="0073298E" w:rsidRDefault="0073298E" w:rsidP="00574014">
+    <w:p w14:paraId="524FDF7A" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRDefault="004D79F0" w:rsidP="004D79F0">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...24 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...34 lines deleted...]
-          <w:lang w:val="es-ES_tradnl"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0073298E" w:rsidRPr="0073298E">
+    <w:p w14:paraId="39F11A9A" w14:textId="77777777" w:rsidR="00FE62A6" w:rsidRPr="00EA4A47" w:rsidRDefault="00FE62A6" w:rsidP="004D79F0">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A40447" w14:textId="77777777" w:rsidR="00E60860" w:rsidRPr="004635BA" w:rsidRDefault="00E60860" w:rsidP="00E60860">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7944F274" w14:textId="77777777" w:rsidR="00E60860" w:rsidRPr="004635BA" w:rsidRDefault="00E60860" w:rsidP="00E60860">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65164419" w14:textId="77777777" w:rsidR="00E60860" w:rsidRPr="004635BA" w:rsidRDefault="00E60860" w:rsidP="00E60860">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D700459" w14:textId="32AAF18F" w:rsidR="007E2152" w:rsidRPr="00EA4A47" w:rsidRDefault="007E2152" w:rsidP="00E60860">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00EA4A47" w:rsidSect="000E0B82">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="16350"/>
-      <w:pgMar w:top="1620" w:right="980" w:bottom="940" w:left="800" w:header="720" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1930" w:right="1152" w:bottom="1080" w:left="1080" w:header="720" w:footer="1399" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47139B3F" w14:textId="77777777" w:rsidR="00B6761B" w:rsidRDefault="00B6761B">
+    <w:p w14:paraId="145FA298" w14:textId="77777777" w:rsidR="000A3A4D" w:rsidRDefault="000A3A4D" w:rsidP="004D79F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30222E73" w14:textId="77777777" w:rsidR="00B6761B" w:rsidRDefault="00B6761B">
+    <w:p w14:paraId="3515E879" w14:textId="77777777" w:rsidR="000A3A4D" w:rsidRDefault="000A3A4D" w:rsidP="004D79F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="263ECAAC" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="0A09E4A6" w14:textId="7776DAF4" w:rsidR="004D79F0" w:rsidRDefault="00A700CA">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487499264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A73A9FD" wp14:editId="324D0E3A">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55B9C562" wp14:editId="4258CE63">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>795972</wp:posOffset>
+                <wp:posOffset>6375400</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9766934</wp:posOffset>
+                <wp:posOffset>9766300</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="774065" cy="162560"/>
+              <wp:extent cx="719455" cy="146050"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:docPr id="20" name="Textbox 20"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="774065" cy="162560"/>
+                        <a:ext cx="719455" cy="146050"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4679DE15" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="14D9D6EF" w14:textId="2B9EA2DE" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                           <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="238" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
-                              <w:b/>
-                              <w:sz w:val="21"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:sz w:val="21"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>Página</w:t>
+                            <w:t>Versión</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00A700CA">
                             <w:rPr>
-                              <w:spacing w:val="9"/>
-                              <w:sz w:val="21"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> #:</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:spacing w:val="28"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:b/>
-[...1 lines deleted...]
-                              <w:sz w:val="21"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
-                            <w:fldChar w:fldCharType="begin"/>
-[...109 lines deleted...]
-                            <w:fldChar w:fldCharType="end"/>
+                            <w:t>7</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2A73A9FD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="55B9C562" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:62.65pt;margin-top:769.05pt;width:60.95pt;height:12.8pt;z-index:-15817216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCTvyYlAEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1GnFdlHUdLWwAiGt&#10;AGnhA1zHbiJij5lxm/TvGXvTFsEN7WU8tsdv3nvjzd3kB3G0SD2ERi4XlRQ2GGj7sG/kj+8f37yT&#10;gpIOrR4g2EaeLMm77etXmzHWdgUdDK1FwSCB6jE2sksp1kqR6azXtIBoA186QK8Tb3GvWtQjo/tB&#10;rapqrUbANiIYS8SnD8+XclvwnbMmfXWObBJDI5lbKhFL3OWothtd71HHrjczDf0fLLzuAze9QD3o&#10;pMUB+3+gfG8QCFxaGPAKnOuNLRpYzbL6S81Tp6MtWtgciheb6OVgzZfjU/yGIk3vYeIBFhEUH8H8&#10;JPZGjZHquSZ7SjVxdRY6OfR5ZQmCH7K3p4ufdkrC8OHt7dtqfSOF4avlenWzLn6r6+OIlD5Z8CIn&#10;jUQeVyGgj4+Ucntdn0tmLs/tM5E07SYuyekO2hNrGHmMjaRfB41WiuFzYJ/yzM8JnpPdOcE0fIDy&#10;M7KUAPeHBK4vna+4c2ceQCE0f5Y84T/3per6pbe/AQAA//8DAFBLAwQUAAYACAAAACEAfnj2TuIA&#10;AAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjThKZtGqeqEJyQEGk4cHRi&#10;N7Ear0PstuHv2Z7KbWd3NPsm3062Z2c9euNQwHwWAdPYOGWwFfBVvT2tgPkgUcneoRbwqz1si/u7&#10;XGbKXbDU531oGYWgz6SALoQh49w3nbbSz9ygkW4HN1oZSI4tV6O8ULjteRxFKbfSIH3o5KBfOt0c&#10;9ycrYPeN5av5+ag/y0Npqmod4Xt6FOLxYdptgAU9hZsZrviEDgUx1e6EyrOedLxIyErDIlnNgZEl&#10;fl7GwOrrKk2WwIuc/29R/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDCTvyYlAEAABoD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB+ePZO4gAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAAO4DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 20" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:502pt;margin-top:769pt;width:56.65pt;height:11.5pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNAe7xqQEAAEADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDuNWsrTtuV11HbqFWl&#10;qI2U9ANYFryoC0MZ7F3/fQe8dqL2FuUCAzzmvTczm5vJDeygI1rwDV8uKs60V9BZv2v4r8ev7z5w&#10;hkn6Tg7gdcOPGvnN9u2bzRhqvYIehk5HRkk81mNoeJ9SqIVA1WsncQFBe3o0EJ1MdIw70UU5UnY3&#10;iFVVXYsRYhciKI1It7enR74t+Y3RKv00BnViQ8NJWyprLGubV7HdyHoXZeitmmXIF6hw0noivaS6&#10;lUmyfbT/pXJWRUAwaaHACTDGKl08kJtl9Y+bh14GXbxQcTBcyoSvl1b9ONxHZruGr6g8Xjrq0aOe&#10;UgsToxsqzxiwJtRDIFyaPsNEbS5WMdyB+o0EEc8wpw9I6FyOyUSXdzLK6CNRHC9VJxam6PL98uPV&#10;es2Zoqfl1XW1LrTi6XOImL5pcCwHDY/U1CJAHu4wZXpZnyGzlhN9VpWmdppNtNAdycNIzW44/tnL&#10;qDkbvnuqZp6McxDPQXsOYhq+QJmfbMXDp30CYwtzpjjlnZmpTUXQPFJ5Dp6fC+pp8Ld/AQAA//8D&#10;AFBLAwQUAAYACAAAACEA+MOMEuAAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPQU7DMBC8I/EH&#10;a5G4UTsUQhviVBWCExIiDYcendhNrMbrELtt+D2bE9xmdkazM/lmcj07mzFYjxKShQBmsPHaYivh&#10;q3q7WwELUaFWvUcj4ccE2BTXV7nKtL9gac672DIKwZApCV2MQ8Z5aDrjVFj4wSBpBz86FYmOLdej&#10;ulC46/m9ECl3yiJ96NRgXjrTHHcnJ2G7x/LVfn/Un+WhtFW1FvieHqW8vZm2z8CimeKfGeb6VB0K&#10;6lT7E+rAeuJCPNCYSOhxuSI0e5LkaQmsnm9pIoAXOf+/o/gFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEATQHu8akBAABAAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA+MOMEuAAAAAPAQAADwAAAAAAAAAAAAAAAAADBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4679DE15" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="14D9D6EF" w14:textId="2B9EA2DE" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                     <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="238" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
-                        <w:b/>
-                        <w:sz w:val="21"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:sz w:val="21"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                       </w:rPr>
-                      <w:t>Página</w:t>
+                      <w:t>Versión</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00A700CA">
                       <w:rPr>
-                        <w:spacing w:val="9"/>
-                        <w:sz w:val="21"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> #:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="28"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:b/>
-[...1 lines deleted...]
-                        <w:sz w:val="21"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
-                      <w:fldChar w:fldCharType="begin"/>
-[...109 lines deleted...]
-                      <w:fldChar w:fldCharType="end"/>
+                      <w:t>7</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="006B7E8B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487499776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51278D34" wp14:editId="7560DE53">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59505795" wp14:editId="60FB5A06">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>2710179</wp:posOffset>
+                <wp:posOffset>793750</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9766934</wp:posOffset>
+                <wp:posOffset>9766300</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2237740" cy="162560"/>
-[...307 lines deleted...]
-              <wp:extent cx="774065" cy="162560"/>
+              <wp:extent cx="927100" cy="171450"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="18" name="Textbox 18"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="774065" cy="162560"/>
+                        <a:ext cx="927100" cy="171450"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7965F0A2" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="1FFDB0BC" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                           <w:pPr>
                             <w:spacing w:line="238" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:b/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Página</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="9"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>2</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="14"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:color w:val="000000"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>de</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:color w:val="000000"/>
                               <w:spacing w:val="4"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:b/>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-10"/>
-                              <w:sz w:val="21"/>
+                              <w:szCs w:val="24"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="24C346DC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="59505795" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textbox 18" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:62.65pt;margin-top:769.05pt;width:60.95pt;height:12.8pt;z-index:-15815168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPq90AmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUt2OEyEUvjfxHQj3dqbV7ZpJpxt1ozHZ&#10;6CarD0AZ6BAHDp5DO9O398BOW6N3xhs4wOHj+2FzN/lBHA2Sg9DK5aKWwgQNnQv7Vn7/9vHVWyko&#10;qdCpAYJp5cmQvNu+fLEZY2NW0MPQGRQMEqgZYyv7lGJTVaR74xUtIJrAhxbQq8RL3FcdqpHR/VCt&#10;6npdjYBdRNCGiHfvnw/ltuBba3T6ai2ZJIZWMrdURizjLo/VdqOaParYOz3TUP/AwisX+NEL1L1K&#10;ShzQ/QXlnUYgsGmhwVdgrdOmaGA1y/oPNU+9iqZoYXMoXmyi/wervxyf4iOKNL2HiQMsIig+gP5B&#10;7E01RmrmnuwpNcTdWehk0eeZJQi+yN6eLn6aKQnNm7e3b+r1jRSaj5br1c26+F1dL0ek9MmAF7lo&#10;JXJchYA6PlDKz6vm3DJzeX4+E0nTbhKua+XrHGLe2UF3Yikjp9lK+nlQaKQYPge2K0d/LvBc7M4F&#10;puEDlA+SFQV4d0hgXSFwxZ0JcA6F1/xnctC/r0vX9WdvfwEAAP//AwBQSwMEFAAGAAgAAAAhAH54&#10;9k7iAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo04SmbRqnqhCckBBp&#10;OHB0YjexGq9D7Lbh79meym1ndzT7Jt9OtmdnPXrjUMB8FgHT2DhlsBXwVb09rYD5IFHJ3qEW8Ks9&#10;bIv7u1xmyl2w1Od9aBmFoM+kgC6EIePcN5220s/coJFuBzdaGUiOLVejvFC47XkcRSm30iB96OSg&#10;XzrdHPcnK2D3jeWr+fmoP8tDaapqHeF7ehTi8WHabYAFPYWbGa74hA4FMdXuhMqznnS8SMhKwyJZ&#10;zYGRJX5exsDq6ypNlsCLnP9vUfwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAT6vdAJgB&#10;AAAhAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfnj2&#10;TuIAAAANAQAADwAAAAAAAAAAAAAAAADyAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Textbox 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:62.5pt;margin-top:769pt;width:73pt;height:13.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMa/rmqAEAAEADAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1EkFLERNV8AKhLSC&#10;lXb5AMexG4vYYzxuk/49YzftruC22osz8Ty/mTdvNtezG9lBR7TgW16vKs60V9Bbv2v5r4evbz5w&#10;hkn6Xo7gdcuPGvn19vWrzRQavYYBxl5HRiQemym0fEgpNEKgGrSTuIKgPSUNRCcT/cad6KOciN2N&#10;Yl1V78UEsQ8RlEak25tTkm8LvzFapZ/GoE5sbDn1lsoZy9nlU2w3stlFGQarljbkM7pw0noqeqG6&#10;kUmyfbT/UTmrIiCYtFLgBBhjlS4aSE1d/aPmfpBBFy00HAyXMeHL0aofh7vIbE/ekVNeOvLoQc+p&#10;g5nRDY1nCtgQ6j4QLs2fYSZokYrhFtRvJIh4gjk9QELnccwmuvwloYwekgPHy9SpClN0+XF9VVeU&#10;UZSqr+q374or4vFxiJi+aXAsBy2PZGppQB5uMeXysjlDll5O5XNXae7mRUQH/ZE0TGR2y/HPXkbN&#10;2fjd0zTzZpyDeA66cxDT+AXK/mQpHj7tExhbKucSJ96lMtlUGlpWKu/B0/+Celz87V8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBtZ9QX3gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8Qdr&#10;kbhRp0ENJcSpKgQnJEQaDhydeJtYjdchdtvwe7YnuM3sjGZnis3sBnHCKVhPCpaLBARS642lTsFn&#10;/Xq3BhGiJqMHT6jgBwNsyuurQufGn6nC0y52gkMo5FpBH+OYSxnaHp0OCz8isbb3k9OR6dRJM+kz&#10;h7tBpkmSSact8Ydej/jcY3vYHZ2C7RdVL/b7vfmo9pWt68eE3rKDUrc38/YJRMQ5/pnhUp+rQ8md&#10;Gn8kE8TAPF3xlshgdb9mxJb0YcmguZwyFmVZyP8ryl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAzGv65qgBAABAAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAbWfUF94AAAANAQAADwAAAAAAAAAAAAAAAAACBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA0FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="7965F0A2" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="1FFDB0BC" w14:textId="77777777" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                     <w:pPr>
                       <w:spacing w:line="238" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:b/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Página</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:spacing w:val="9"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="14"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:color w:val="000000"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>de</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:color w:val="000000"/>
                         <w:spacing w:val="4"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>4</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
                         <w:b/>
-                        <w:color w:val="2B569A"/>
                         <w:spacing w:val="-10"/>
-                        <w:sz w:val="21"/>
+                        <w:szCs w:val="24"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00984CBD">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487501824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="075F69D6" wp14:editId="726BFDFF">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A949125" wp14:editId="740ACA60">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:posOffset>2710179</wp:posOffset>
+                <wp:posOffset>2622550</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>9766934</wp:posOffset>
+                <wp:posOffset>9766300</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2237740" cy="162560"/>
+              <wp:extent cx="2326640" cy="162560"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="19" name="Textbox 19"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2237740" cy="162560"/>
+                        <a:ext cx="2326640" cy="162560"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="234EC68E" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                        <w:p w14:paraId="485B75A1" w14:textId="7E90CD66" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                           <w:pPr>
                             <w:pStyle w:val="BodyText"/>
                             <w:spacing w:line="238" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                             <w:t>Fecha</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="18"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                             <w:t>de</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="15"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                             <w:t>entrada</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="18"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                             <w:t>en</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="8"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                            </w:rPr>
                             <w:t>vigor:</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
                               <w:spacing w:val="18"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:color w:val="2B569A"/>
                               <w:spacing w:val="-2"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
-                            <w:t>23/11/2022</w:t>
+                            <w:t>02</w:t>
                           </w:r>
-                        </w:p>
-[...130 lines deleted...]
-                            <w:t>Versión</w:t>
+                          <w:r w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                            </w:rPr>
+                            <w:t>/</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:spacing w:val="28"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t>02</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidRPr="00984CBD">
                             <w:rPr>
-                              <w:color w:val="2B569A"/>
-                              <w:spacing w:val="-10"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                            </w:rPr>
+                            <w:t>/202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="22"/>
+                              <w:szCs w:val="22"/>
                               <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="33FC15E0" id="Textbox 20" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:514.3pt;margin-top:769.05pt;width:44.15pt;height:12.8pt;z-index:-15814144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5XbPblgEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsGO0zAQvSPxD5bv1GmlLShqulpYgZBW&#10;gLTwAa5jNxGxx8y4Tfr3jN20RXBDe7HH4/Gb9954cz/5QRwtUg+hkctFJYUNBto+7Bv54/vHN++k&#10;oKRDqwcItpEnS/J++/rVZoy1XUEHQ2tRMEigeoyN7FKKtVJkOus1LSDawJcO0OvER9yrFvXI6H5Q&#10;q6paqxGwjQjGEnH28XwptwXfOWvSV+fIJjE0krmlsmJZd3lV242u96hj15uZhv4PFl73gZteoR51&#10;0uKA/T9QvjcIBC4tDHgFzvXGFg2sZln9pea509EWLWwOxatN9HKw5svxOX5Dkab3MPEAiwiKT2B+&#10;Enujxkj1XJM9pZq4OgudHPq8swTBD9nb09VPOyVhOHm3rt5Wd1IYvlquV3zMfqvb44iUPlnwIgeN&#10;RB5XIaCPT5TOpZeSmcu5fSaSpt0k+pa7ZNCc2UF7YikjT7OR9Oug0UoxfA5sVx79JcBLsLsEmIYP&#10;UD5IVhTg4ZDA9YXADXcmwHMoEuY/kwf957lU3X729jcAAAD//wMAUEsDBBQABgAIAAAAIQDyGYHV&#10;4gAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Haytxo3ZaYdIQp6oQnJAQaThw&#10;dGI3sRqvQ+y24e9xTvS2szuafZPvJtuTix69cSggWTEgGhunDLYCvqq3hxSIDxKV7B1qAb/aw65Y&#10;3OUyU+6Kpb4cQktiCPpMCuhCGDJKfdNpK/3KDRrj7ehGK0OUY0vVKK8x3PZ0zRinVhqMHzo56JdO&#10;N6fD2QrYf2P5an4+6s/yWJqq2jJ85ych7pfT/hlI0FP4N8OMH9GhiEy1O6PypI+arVMevXF63KQJ&#10;kNmTJHwLpJ53fPMEtMjpbY/iDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPlds9uWAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPIZgdXi&#10;AAAADwEAAA8AAAAAAAAAAAAAAAAA8AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="0A949125" id="Textbox 19" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:206.5pt;margin-top:769pt;width:183.2pt;height:12.8pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnsszFrAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1GP0zAMfkfiP0R5Z9kKVFCtOwEnENIJ&#10;TrrjB6RpskY0cYiztfv3ONm6O8Eb4sV14i/299nu9mZ2IzvqiBZ8yzerNWfaK+it37f8x+PnV+84&#10;wyR9L0fwuuUnjfxm9/LFdgqNrmCAsdeRURKPzRRaPqQUGiFQDdpJXEHQnoIGopOJjnEv+ignyu5G&#10;Ua3XtZgg9iGC0oh0e3sO8l3Jb4xW6bsxqBMbW07cUrGx2C5bsdvKZh9lGKy60JD/wMJJ66noNdWt&#10;TJIdov0rlbMqAoJJKwVOgDFW6aKB1GzWf6h5GGTQRQs1B8O1Tfj/0qpvx/vIbE+ze8+Zl45m9Kjn&#10;1MHM6IbaMwVsCPUQCJfmjzATtEjFcAfqJxJEPMOcHyChcztmE13+klBGD2kCp2vXqQpTdFm9rur6&#10;DYUUxTZ19bYuYxFPr0PE9EWDY9lpeaSpFgbyeIcp15fNArmQOdfPtNLczUVftYjpoD+RlomG3nL8&#10;dZBRczZ+9dTVvCGLExenW5yYxk9Q9ihL8vDhkMDYQiBXOue9EKBxFV6X1cr78PxcUE8/wO43AAAA&#10;//8DAFBLAwQUAAYACAAAACEAHGFUd+IAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3Fg6OrqtNJ0mBCckRFcOHNPGa6s1Tmmyrfx7vNO42X5Pz9/LNpPtxQlH3zlSMJ9FIJBq&#10;ZzpqFHyVbw8rED5oMrp3hAp+0cMmv73JdGrcmQo87UIjOIR8qhW0IQyplL5u0Wo/cwMSa3s3Wh14&#10;HRtpRn3mcNvLxyhKpNUd8YdWD/jSYn3YHa2C7TcVr93PR/VZ7IuuLNcRvScHpe7vpu0ziIBTuJrh&#10;gs/okDNT5Y5kvOgVLOYxdwksPMUrntiyXK4XIKrLKYkTkHkm/7fI/wAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDnsszFrAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAcYVR34gAAAA0BAAAPAAAAAAAAAAAAAAAAAAYEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="21CCC1A5" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="485B75A1" w14:textId="7E90CD66" w:rsidR="004D79F0" w:rsidRPr="00984CBD" w:rsidRDefault="004D79F0">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="238" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r>
-                      <w:t>Versión</w:t>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>Fecha</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:spacing w:val="28"/>
+                        <w:spacing w:val="18"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidRPr="00984CBD">
                       <w:rPr>
-                        <w:color w:val="2B569A"/>
-                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>de</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="15"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>entrada</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="18"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>en</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="8"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t>vigor:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="18"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                      </w:rPr>
+                      <w:t>02</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                      </w:rPr>
+                      <w:t>/</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                      </w:rPr>
+                      <w:t>02</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+                      </w:rPr>
+                      <w:t>/202</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00984CBD" w:rsidRPr="00984CBD">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="22"/>
+                        <w:szCs w:val="22"/>
                         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48B4D6D0" w14:textId="77777777" w:rsidR="00B6761B" w:rsidRDefault="00B6761B">
+    <w:p w14:paraId="58A53131" w14:textId="77777777" w:rsidR="000A3A4D" w:rsidRDefault="000A3A4D" w:rsidP="004D79F0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4287B279" w14:textId="77777777" w:rsidR="00B6761B" w:rsidRDefault="00B6761B">
+    <w:p w14:paraId="0F652276" w14:textId="77777777" w:rsidR="000A3A4D" w:rsidRDefault="000A3A4D" w:rsidP="004D79F0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="470BD87A" w14:textId="77777777" w:rsidR="0014087D" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="4AE96537" w14:textId="591DF5D5" w:rsidR="004D79F0" w:rsidRPr="004D79F0" w:rsidRDefault="004A530A" w:rsidP="004D79F0">
     <w:pPr>
-      <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487500800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD4E99D" wp14:editId="1C13201A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B348112" wp14:editId="126D733B">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>6777355</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>457200</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>15240</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="301053" cy="579755"/>
-[...2 lines deleted...]
-          <wp:docPr id="17" name="Image 17"/>
+          <wp:extent cx="287020" cy="584200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21130"/>
+              <wp:lineTo x="20071" y="21130"/>
+              <wp:lineTo x="20071" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="13" name="Picture 13"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="17" name="Image 17"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 6"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="301053" cy="579755"/>
+                    <a:ext cx="287020" cy="584200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="233B59EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E786C020"/>
     <w:lvl w:ilvl="0" w:tplc="3B4C3EAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="821" w:hanging="360"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-2"/>
         <w:w w:val="102"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="574ECF0E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1784" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -11590,135 +8726,167 @@
     <w:lvl w:ilvl="7" w:tplc="2A42976E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7568" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FE745EC8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8532" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="775444470">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0014087D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00CC7DD8"/>
+    <w:rsidRoot w:val="004D79F0"/>
+    <w:rsid w:val="00012540"/>
+    <w:rsid w:val="00043A36"/>
+    <w:rsid w:val="000A3A4D"/>
+    <w:rsid w:val="000E0B82"/>
+    <w:rsid w:val="00197A73"/>
+    <w:rsid w:val="001C1A2F"/>
+    <w:rsid w:val="001E1EB7"/>
+    <w:rsid w:val="002212C4"/>
+    <w:rsid w:val="002728C2"/>
+    <w:rsid w:val="003E3D26"/>
+    <w:rsid w:val="004951A6"/>
+    <w:rsid w:val="004A530A"/>
+    <w:rsid w:val="004D4775"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rsid w:val="005C7E05"/>
+    <w:rsid w:val="0063150C"/>
+    <w:rsid w:val="006636CA"/>
+    <w:rsid w:val="00681B75"/>
+    <w:rsid w:val="006B7E8B"/>
+    <w:rsid w:val="00743BBB"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="007E6AE0"/>
+    <w:rsid w:val="00984CBD"/>
+    <w:rsid w:val="009C12B9"/>
+    <w:rsid w:val="00A56EE0"/>
+    <w:rsid w:val="00A700CA"/>
+    <w:rsid w:val="00BA602A"/>
+    <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00DB565D"/>
+    <w:rsid w:val="00DC0A0A"/>
+    <w:rsid w:val="00E60860"/>
+    <w:rsid w:val="00EA4A47"/>
+    <w:rsid w:val="00EB196F"/>
+    <w:rsid w:val="00FC67CE"/>
+    <w:rsid w:val="00FE62A6"/>
+    <w:rsid w:val="49BB3E70"/>
+    <w:rsid w:val="4FA014A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-NL"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="24636340"/>
-  <w15:docId w15:val="{EDCF0BA0-4A59-4742-A181-0D23D4D19F5C}"/>
+  <w14:docId w14:val="679E38F4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{6A158692-517B-4243-8328-4050A9B62FDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11745,51 +8913,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11858,51 +9026,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -12059,550 +9227,1415 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
     <w:pPr>
-      <w:spacing w:before="62"/>
-      <w:ind w:left="112"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="21"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-[...3 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004D79F0"/>
     <w:rPr>
-      <w:sz w:val="21"/>
-      <w:szCs w:val="21"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
     <w:pPr>
-      <w:spacing w:before="167"/>
-      <w:ind w:left="112"/>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="27"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
     <w:pPr>
-      <w:ind w:left="821" w:right="114" w:hanging="360"/>
-      <w:jc w:val="both"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="004D79F0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rsid w:val="004D79F0"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC7DD8"/>
+    <w:rsid w:val="004D79F0"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC7DD8"/>
+    <w:rsid w:val="004D79F0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008B2E77"/>
+    <w:rsid w:val="004D79F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008B2E77"/>
+    <w:rsid w:val="004D79F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008B2E77"/>
+    <w:rsid w:val="004D79F0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008B2E77"/>
+    <w:rsid w:val="004D79F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004A530A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00984CBD"/>
+    <w:rPr>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E60860"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/fbp/analytics/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/fbp/analytics/Direct%20Project%20Costs%20DPC%20Exception%20Report/Account%20codes%20for%20Direct%20Project%20Costs_2017.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/user-guide-des-dpc-entries-quantum" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D82632BF-943B-4161-8075-F796B3AB21C8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9164AA9C-6213-4BDD-8B80-CCCB55461CD3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DCDED4A-B2AE-47E4-B13B-106672A5CCAD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1644</Words>
-  <Characters>9375</Characters>
+  <Words>1619</Words>
+  <Characters>9230</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
+  <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10998</CharactersWithSpaces>
+  <CharactersWithSpaces>10828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahel Haileslassie</dc:creator>
-  <cp:keywords>, docId:FE6077A55A29983689ED35AB0144DEFA</cp:keywords>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2023-08-15T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>3c0c8ae9-f7cd-46e0-9abc-4d532970921d</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-[...3 lines deleted...]
-    <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>