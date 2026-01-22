--- v0 (2025-10-13)
+++ v1 (2026-01-22)
@@ -1,1708 +1,1137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="304A84F8" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="1D803BA6" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="137" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:lang w:val="en-GB"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B36ADC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Use of the Universal Price List (UPL) or Local Price List (LPL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DBEF51" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="5B7D01A8" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...36 lines deleted...]
-    <w:p w14:paraId="5178CC5E" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>This option may be used where the DPC option of apportioning operations unit staff time to projects through multiple funding line is not practical, such as when each operations staff member may be working on an entire project portfolio (i.e. providing finance support for all projects instead of just a few) unlike programme staff that typically are divided up into thematic programme units and therefore handle a limited number of projects. (Note: DPC refers to “Direct Project Cost”. It is also called Delivery Enabling Service)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B56644" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2245191A" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="7B212F8B" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...30 lines deleted...]
-    <w:p w14:paraId="4FE0C3F3" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In these cases, CO’s may choose to continue to use the UPL or LPL option for charging transactional type charges directly to programmes and projects. However, to avoid double-counting of such costs, these charges shall be debited to projects and recorded as the converse side of the transaction as a negative expense (credit) against the appropriate expense account (e.g. XB) rather than as XB income. Using the UPL methodology to charge DPC is still an ‘ex-post-facto’ charge and does not help with the ‘planning and ex-ante budgeting’ side of DPC, which would have to be performed separately. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4329D677" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CCA2262" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="37156D85" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="159"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...18 lines deleted...]
-    <w:p w14:paraId="7195F306" w14:textId="6E0347EF" w:rsidR="00F22E5B" w:rsidRPr="00DD677D" w:rsidRDefault="00000000" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Effective 1 January 2014, transactional DPC charges shall be recorded using the UPL as a reduction or credit to the appropriate expense account (e.g. XB, or a credit to the stand-alone project). In other words, costs of staff and GOE charged to XB are less than what they would have been without the DPC. See Table A below.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C175C6F" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:ind w:hanging="25"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="0563C1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidR="00F22E5B" w:rsidRPr="00DD677D">
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00556EAF">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:color w:val="0563C1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Table A - DPC charges</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20991CE6" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="3741F55A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2CF676CD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="786E4E2A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...30 lines deleted...]
-    <w:p w14:paraId="063868BF" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Zero-dollar Invoice in Quantum Payables module may be used by country offices to debit and credit expense accounts for the attribution of transactional service fees to development projects, and some Units may have their own automated billing systems which meet these requirements.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB9A49C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D172BCC" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="7EECB82E" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...18 lines deleted...]
-    <w:p w14:paraId="3CF804BB" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The workload for transaction based direct project costs needs to be identified at the beginning of the project or at the beginning of each year and charged back to the project based on the actual provision of services.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A62AFCD" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11DA48B0" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="16FF2551" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Planning and estimation of direct project costs for UPL/LPL based services </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2337BD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="55473FBC" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="281E4985" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="2964E8B0" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="159"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">At the beginning of each year, all project managers shall provide an estimate of project support services. UPL/LPL based services can be estimated based on either prior years’ statistics or expected support services required for project delivery. The volume of support services needed for each project can be estimated using major UPL/LPL categories as shown below.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF73089" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00000000" w:rsidP="00F22E5B">
+    <w:p w14:paraId="1F3F762A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="159" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="715" w:right="0" w:hanging="10"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidR="00F22E5B" w:rsidRPr="00B36ADC">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00556EAF">
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single" w:color="0563C1"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Planning and estimation of DPC for U</w:t>
-[...15 lines deleted...]
-          <w:t>L, LPL based service</w:t>
+          <w:t>Planning and estimation of DPC for UPL, LPL based service</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F22E5B" w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="220DBA9C" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="60A4F502" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...6 lines deleted...]
-    <w:p w14:paraId="03BCA70D" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The country office and project managers should agree on the estimated services expected for the year. These plans and estimates can be refined on a periodic basis, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>quarterly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if need be, based on events including changes to the procurement and recruitment plans.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33584011" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77614FEC" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="5B9EAD0F" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
-[...24 lines deleted...]
-    <w:p w14:paraId="6B440565" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project managers shall ensure that the estimated direct project costs are budgeted in the corresponding project budgets. The total estimated direct project costs shall be budgeted separately against two separate account codes 64300 (staff) and 74500 (GOE) to reflect the cost of services provided by the UNDP country office which is composed of staff cost and general operating expenses.  Where this relates to the regular provision of services, this could be facilitated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> multiple funding lines for the staff positions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7161ECF7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The country office operations unit may enter a speed chart  in </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="2B8FECDA" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+        <w:t xml:space="preserve">The country office operations unit may enter a speed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>chart  in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quantum for monthly/quarterly billing of DPC with complete COAs of development output projects. Each COA of a development project should be entered twice in the speed chart: the first line for staff costs (expense account 64397) and the second line for GOE (expense account 74596). For example, if the country office provides services to ten development projects, a speed chart shall reflect 20 COA lines of the project outputs for debit entries and two COA lines for the credit entries to the country office management output project funded by extra budgetary funds. Speed charts need to be done at the beginning of the year. When new development output projects are approved, the speed charts can be updated accordingly if new project would require direct support services from the country office.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CCBBBC" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7E3618" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="4D4B0CD0" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimation of staff cost and GOE providing UPL/LPL based services:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EE1AD3" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="53376885" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2087DDE8" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="0FB191CF" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The country office must ensure that the office has sufficient capacities and resources (staff and office infrastructure) to provide timely and quality services to projects.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1758CB2D" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="2A335D5C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4477322C" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="0F915DE1" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...30 lines deleted...]
-    <w:p w14:paraId="2BCC9DFF" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As noted above, when offices find it impractical to charge the operations unit staff time through a position multiple-funding line, UPL/LPL could be used but the portion of staff time spent in delivering UPL/LPL services to projects would need to be budgeted against the appropriate expense account (e.g.  XB funds) or a DPC stand-alone project. It will allow to accumulate the directly attributable costs of UNDP staff in XB funds (or a DPC stand-alone project, fund 11309) then apportion them to the development projects on monthly or quarterly basis (and in time for the issuance of the CDR). For instance, if a staff whose position is fully funded from core funds (02300), spends 20% of his/her time in providing UPL/LPL based services to development projects, his/her Quantum position will be coded as “DPC” position in Quantum with two funding COA lines: a) fund 02300-80% and b)11300 (or DPC stand-alone project) -20%.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CB30D7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D61B92" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00A06239" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="4C1D9979" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...18 lines deleted...]
-        <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The results of an annual workload study could be used as a guidance to fund the operations positions from various funding sources. A workload study template can be used as often as needed to validate the distribution of staff time between activities. The operations staff’s time spent for UPL/LPL based services for development projects (Activity 1 - Programme) could be used as an indicative share of XB funding (e.g. 11300) for Quantum positions. As an example, a workload study results of four operations staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided in the below table. This office plans to recover the direct project costs through UPL/LPL, the portion of staff cost spent in providing these services to programme projects would need to be charged to the extra budgetary fund (11300) or a stand-alone project (fund 11309).  (see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00556EAF">
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>Function’s (activitie</w:t>
-[...15 lines deleted...]
-          <w:t>) performed</w:t>
+          <w:t>Function’s (activities) performed</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27ECAB5F" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="269589FB" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D77349A" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
-[...9 lines deleted...]
-    <w:p w14:paraId="2129D0AA" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="12050AAB" w14:textId="0534E91B" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Attribution of Direct Project Costs for UPL/LPL based services: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B15A97C" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="66770960" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>At the end of each month or quarter, country offices should calculate the cost of services per UPL/LPL based on the actual service log. The new query report in Quantum will be available (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlas query “AP Activity CRU Bills”), which provides the list of AP invoices processed by the country offices during the reporting period with full COA of the projects. Based on this query, the country office can calculate the total number of invoices processed for the projects and the corresponding service fees. Similarly, the new query report in Quantum </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> query “PO Activity – CRU” could be used to bill for purchase orders processed for projects.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1913D443" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="7FAF9E1C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C2DC7E" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="0F518A24" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">When the country office finalizes the fee for UPL/LPL based services, the project managers should be informed about the volume of support services provided and amounts to be charged.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5691928E" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="462D4532" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B36ADC">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B0480D" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="008B3D03" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="51C458E5" w14:textId="6387E463" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...67 lines deleted...]
-        <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The country office shall process a zero-dollar Invoice in Quantum Payables module for UPL/LPL service fees using a speed chart as recommended in the paragraphs 4 and 9. The country offices can add, delete or change the COA lines once a speed chart is populated on a zero-dollar Invoice line. If no service is provided for a specific project for a billing period, COA lines of that project can be deleted/ removed from zero-dollar Invoice lines. The expense accounts (64397 –Services to projects -CO staff costs and 74596 – Services to projects GOE) should be used both for debit and credit entries of a zero-dollar Invoice.  Further instructions on how to use these accounts can be found </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00556EAF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>.</w:t>
+          <w:t>here.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="7B68134D">
+      <w:r w:rsidRPr="00556EAF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC8D4DD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="749318D6" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="359B20B1" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+    <w:p w14:paraId="1973E616" w14:textId="2F413C9B" w:rsidR="007E2152" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7B68134D">
-[...43 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:r w:rsidRPr="00556EAF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All manual or system generated entries including the zero-dollar Invoices related to UPL/LPL based charges together with the country office calculation of the total number of services provided for the projects and the corresponding service fees, should be kept on file for future audit reviews.  </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00556EAF" w:rsidSect="00307DFE">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="16339"/>
       <w:pgMar w:top="1935" w:right="1099" w:bottom="1076" w:left="912" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D06B617" w14:textId="77777777" w:rsidR="000F43A9" w:rsidRDefault="000F43A9" w:rsidP="008018CB">
+    <w:p w14:paraId="3A4A5358" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72E25DBB" w14:textId="77777777" w:rsidR="000F43A9" w:rsidRDefault="000F43A9" w:rsidP="008018CB">
+    <w:p w14:paraId="6026778D" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="286575A5" w14:textId="235F538A" w:rsidR="008018CB" w:rsidRPr="00B36ADC" w:rsidRDefault="00B36ADC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F75E8C7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00B36ADC" w:rsidRDefault="00307DFE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A4308E">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A4308E">
+    <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:b/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
-    <w:r w:rsidR="00A6687A" w:rsidRPr="00A6687A">
+    <w:r w:rsidRPr="00A6687A">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>23/11/2022</w:t>
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">23/11/2022 </w:t>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00B36ADC">
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-889034579"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{218F8FCC-2B98-4BBA-8E6B-5D8100EDC21A}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="002124D9">
+        <w:r>
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65B78863" w14:textId="77777777" w:rsidR="000F43A9" w:rsidRDefault="000F43A9" w:rsidP="008018CB">
+    <w:p w14:paraId="3E9A7576" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65C9FF17" w14:textId="77777777" w:rsidR="000F43A9" w:rsidRDefault="000F43A9" w:rsidP="008018CB">
+    <w:p w14:paraId="78EDCCB9" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="355FD8A9" w14:textId="77777777" w:rsidR="00B36ADC" w:rsidRDefault="00B36ADC" w:rsidP="00B36ADC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BA689D3" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRDefault="00307DFE" w:rsidP="00B36ADC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AEF2436" wp14:editId="010DA5CF">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E4A2D55" wp14:editId="0EB9F843">
           <wp:extent cx="294688" cy="580709"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="24" name="Picture 24"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="3300" b="17389"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="299109" cy="589421"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="39078D7B" w14:textId="77777777" w:rsidR="00B36ADC" w:rsidRDefault="00B36ADC" w:rsidP="00B36ADC">
+  <w:p w14:paraId="3F02588A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRDefault="00307DFE" w:rsidP="00B36ADC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CED04F6"/>
-[...210 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="284D4F59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F7E9170"/>
     <w:lvl w:ilvl="0" w:tplc="311ECE0E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -1870,346 +1299,140 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="259EA688">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...84 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="810827720">
-    <w:abstractNumId w:val="1"/>
-[...4 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1831940295">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000C4D23"/>
-[...126 lines deleted...]
-    <w:rsid w:val="7B68134D"/>
+    <w:rsidRoot w:val="00307DFE"/>
+    <w:rsid w:val="00131BBD"/>
+    <w:rsid w:val="002615AC"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="003307B7"/>
+    <w:rsid w:val="0038658E"/>
+    <w:rsid w:val="003E3D26"/>
+    <w:rsid w:val="00556EAF"/>
+    <w:rsid w:val="00775FC1"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="009240FB"/>
+    <w:rsid w:val="009934BA"/>
+    <w:rsid w:val="009B6BFA"/>
+    <w:rsid w:val="00DA2F70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="385E2B23"/>
-  <w15:docId w15:val="{87132175-668B-4608-9DE1-3D81275454A3}"/>
+  <w14:docId w14:val="508640A4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3AEC77FE-FAD6-4D9E-90A3-5ABF7DDA5D1F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2324,51 +1547,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2550,1524 +1773,1206 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="258" w:lineRule="auto"/>
       <w:ind w:left="730" w:right="4" w:hanging="370"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="730" w:hanging="370"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008018CB"/>
+    <w:rsid w:val="00307DFE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008018CB"/>
+    <w:rsid w:val="00307DFE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008018CB"/>
+    <w:rsid w:val="00307DFE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="008018CB"/>
+    <w:rsid w:val="00307DFE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-    </w:rPr>
-[...39 lines deleted...]
-      <w:color w:val="808080"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00746DFD"/>
-[...1 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+    <w:rsid w:val="00307DFE"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-    </w:rPr>
-[...22 lines deleted...]
-      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006F668A"/>
+    <w:rsid w:val="00307DFE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006F668A"/>
+    <w:rsid w:val="00307DFE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...38 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="007578B6"/>
+    <w:rsid w:val="002615AC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/fbp/analytics/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/fbp/analytics/Direct%20Project%20Costs%20DPC%20Exception%20Report/Account%20codes%20for%20Direct%20Project%20Costs_2017.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/user-guide-des-dpc-entries-quantum" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...632 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -4112,278 +3017,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5441A11-2E62-4627-96E7-3A51FE733D54}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E08C47E3-FCA8-44C0-A1A0-AE841A4565DC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...79 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6BA26FB8-6C4D-4F9E-9431-435C234265B4}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8A7EC8B-73BF-4D37-9195-FDF885B8F98D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1293</Words>
-  <Characters>7371</Characters>
+  <Words>1266</Words>
+  <Characters>7220</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8647</CharactersWithSpaces>
+  <CharactersWithSpaces>8470</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahel Haileslassie</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>4cd16cdf-babc-489d-ab00-dab4df174849</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-[...18 lines deleted...]
-    <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
 </Properties>
 </file>