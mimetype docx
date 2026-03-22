--- v1 (2026-01-22)
+++ v2 (2026-03-22)
@@ -1,1438 +1,2475 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1D803BA6" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="304A84F8" w14:textId="30A305D6" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="137" w:line="257" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Use of the Universal Price List (UPL) or Local Price List (LPL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7D01A8" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="7923BBFB" w14:textId="77777777" w:rsidR="003F045E" w:rsidRPr="00B36ADC" w:rsidRDefault="003F045E" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:spacing w:after="137" w:line="257" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7981D185" w14:textId="19D4C3B7" w:rsidR="00806C77" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This option may be used where the </w:t>
+      </w:r>
+      <w:r w:rsidR="00624F07">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Direct Project Cost</w:t>
+      </w:r>
+      <w:r w:rsidR="00624F07" w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7B212F8B" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidR="008510A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>DPC</w:t>
+      </w:r>
+      <w:r w:rsidR="008510A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>) or Delivery Enabling</w:t>
+      </w:r>
+      <w:r w:rsidR="008510A5" w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008510A5">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service (DES) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> option of apportioning operations unit staff time to projects </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">through multiple funding line </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not practical, such as when each operations staff member may be working on an entire project portfolio (i.e. providing finance support for all projects instead of just a few) unlike programme staff that typically are divided up into thematic programme units and therefore handle a limited number of projects. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5178CC5E" w14:textId="126504AC" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="009F6A7F">
+      <w:pPr>
+        <w:ind w:left="705" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2245191A" w14:textId="4870EF02" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-    <w:p w14:paraId="4329D677" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>In these cases, COs may choose to continue to use the UPL or LPL option for charging transactional type charges directly to programmes and projects. However, to avoid double-counting of such costs, these charges shall be debited to projects and recorded as the converse side of the transaction as a negative expense (credit) against the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appropriate expense account (e.g. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>XB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rather than as XB income. Using the UPL methodology to charge DPC is still an ‘ex-post-facto’ charge and does not help with the ‘planning and ex-ante budgeting’ side of DPC, which would have to be performed separately. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE0C3F3" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37156D85" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="7CCA2262" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="159"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-    <w:p w14:paraId="4C175C6F" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Effective 1 January 2014, transactional DPC charges shall be recorded using the UPL as a reduction or credit to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the appropriate expense account (e.g. XB, or a credit to the stand-alone project)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In other words, costs of staff and GOE charged to XB are less than what they would have been without the DPC. See Table A below.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7195F306" w14:textId="6E0347EF" w:rsidR="00F22E5B" w:rsidRPr="00DD677D" w:rsidRDefault="00145420" w:rsidP="00F22E5B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
         <w:ind w:hanging="25"/>
         <w:rPr>
-          <w:color w:val="0563C1"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00556EAF">
+        <w:r w:rsidR="00F22E5B" w:rsidRPr="00DD677D">
           <w:rPr>
-            <w:color w:val="0563C1"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
-            <w:u w:val="single"/>
-            <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Table A - DPC charges</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3741F55A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="20991CE6" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="786E4E2A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CF676CD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-    <w:p w14:paraId="3AB9A49C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Zero-dollar Invoice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Payables module</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be used by country offices to debit and credit expense accounts for the attribution of transactional service fees to development projects, and some Units may have their own automated billing systems which meet these requirements.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063868BF" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EECB82E" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="3D172BCC" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-    <w:p w14:paraId="5A62AFCD" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The workload for transaction based direct project costs need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be identified at the beginning of the project or at the beginning of each year and charged back to the project based on the actual provision of services.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF804BB" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16FF2551" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="11DA48B0" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Planning and estimation of direct project costs for UPL/LPL based services </w:t>
       </w:r>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55473FBC" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="7E2337BD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2964E8B0" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="281E4985" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="159"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">At the beginning of each year, all project managers shall provide an estimate of project support services. UPL/LPL based services can be estimated based on either prior years’ statistics or expected support services required for project delivery. The volume of support services needed for each project can be estimated using major UPL/LPL categories as shown below.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3F762A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="2CF73089" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00145420" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="159" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="715" w:right="0" w:hanging="10"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="00556EAF">
+        <w:r w:rsidR="00F22E5B" w:rsidRPr="00B36ADC">
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single" w:color="0563C1"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Planning and estimation of DPC for UPL, LPL based service</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidR="00F22E5B" w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A4F502" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="220DBA9C" w14:textId="0FA527A3" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The country office and project managers should agree on the estimated services expected for the year. These plans and estimates can be refined on a periodic basis, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidR="00A42C7C" w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>quarterly,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> if need be, based on events including changes to the procurement and recruitment plans.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33584011" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="03BCA70D" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:ind w:left="705" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B9EAD0F" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="77614FEC" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...20 lines deleted...]
-    <w:p w14:paraId="7161ECF7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The project managers shall ensure that the estimated direct project costs are budgeted in the corresponding project budgets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The total estimated direct project costs shall be budgeted separately against two separate account codes 64300 (staff) and 74500 (GOE) to reflect the cost of services provided by the UNDP country </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">office which is composed of staff cost and general operating expenses.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where this relates to the regular provision of services, this could be facilitated through the use of multiple funding lines for the staff positions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B440565" w14:textId="057A522F" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...21 lines deleted...]
-    <w:p w14:paraId="54CCBBBC" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The country office operations unit may enter a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006120CD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>speed chart</w:t>
+      </w:r>
+      <w:r w:rsidR="006120CD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (distribution set)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006120CD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for monthly/quarterly billing of DPC with complete COAs of development output projects. Each COA of a development project should be entered twice in the </w:t>
+      </w:r>
+      <w:r w:rsidR="006D2255">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>distribution set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: the first line for staff costs (expense account 64397) and the second line for GOE (expense account 74596). For example, if the country office provides services to ten development projects, a </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3949">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>distribution set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall reflect 20 COA lines of the project outputs for debit entries and two COA lines for the credit entries to the country office management output project funded by extra budgetary funds. </w:t>
+      </w:r>
+      <w:r w:rsidR="00652A41">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Distributions set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> need to be done at the beginning of the year. When new development output projects are approved, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD00E9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>distribution sets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be updated accordingly if new project would require direct support services from the country office.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8FECDA" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4B0CD0" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="4B7E3618" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimation of staff cost and GOE providing UPL/LPL based services:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53376885" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="43EE1AD3" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB191CF" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="2087DDE8" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The country office must ensure that the office has sufficient capacities and resources (staff and office infrastructure) to provide timely and quality services to projects.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A335D5C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="1758CB2D" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="31" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F915DE1" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="4477322C" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-    <w:p w14:paraId="56CB30D7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As noted above, when offices find it impractical to charge the operations unit staff time through a position multiple-funding line, UPL/LPL could be used but the portion of staff time spent in delivering UPL/LPL services to projects would need to be budgeted against the appropriate expense account (e.g.  XB funds) or a DPC stand-alone project. It will allow to accumulate the directly attributable costs of UNDP staff in XB funds (or a DPC stand-alone project, fund 11309) then apportion them to the development projects on monthly or quarterly basis (and in time for the issuance of the CDR). For instance, if a staff whose position is fully funded from core funds (02300), spends 20% of his/her time in providing UPL/LPL based services to development projects, his/her </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> position will be coded as “DPC” position in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with two funding COA lines: a) fund 02300-80% and b)11300 (or DPC stand-alone project) -20%.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCC9DFF" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1D9979" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="63D61B92" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00A06239" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">The results of an annual workload study could be used as a guidance to fund the operations positions from various funding sources. A workload study template can be used as often as needed to validate the distribution of staff time between activities. The operations staff’s time spent for UPL/LPL based services for development projects (Activity 1 - Programme) could be used as an indicative share of XB funding (e.g. 11300) for Quantum positions. As an example, a workload study results of four operations staff </w:t>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The results of an annual workload study could be used as a guidance to fund the operations positions from various funding sources. A workload study template can be used as often as needed to validate the distribution of staff time between activities. The operations staff’s time spent for UPL/LPL based services for development projects (Activity 1 - Programme) could be used as an indicative share of XB funding (e.g. 11300) for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> positions. As an example, a workload study results of four operations staff </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided in the below table. This office plans to recover the direct project costs through UPL/LPL, the portion of staff cost spent in providing these services to programme projects would need to be charged to the extra budgetary fund (11300) or a stand-alone project (fund 11309).  (see </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="00556EAF">
+        <w:r w:rsidRPr="7B68134D">
           <w:rPr>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Function’s (activities) performed</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269589FB" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="27ECAB5F" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12050AAB" w14:textId="0534E91B" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="3D77349A" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2129D0AA" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C36BFA1" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B627455" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:spacing w:after="194" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:right="0" w:firstLine="350"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Attribution of Direct Project Costs for UPL/LPL based services: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66770960" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="4B15A97C" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">At the end of each month or quarter, country offices should calculate the cost of services per UPL/LPL based on the actual service log. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6A7F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The new query report in Quantum will be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available (similar to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Atlas query “AP Activity CRU Bills”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>), which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provides the list of AP </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>invoices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> processed by the country offices during the reporting period with full COA of the projects. Based on this query, the country office can calculate the total number of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>invoices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> processed for the projects and the corresponding service fees. Similarly, the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> new query report in Quantum similar to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> query “PO Activity – CRU” could be used to bill for purchase orders processed for projects.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAF9E1C" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="1913D443" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F518A24" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="28C2DC7E" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t xml:space="preserve">When the country office finalizes the fee for UPL/LPL based services, the project managers should be informed about the volume of support services provided and amounts to be charged.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D4532" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="5691928E" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="34" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="00B36ADC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C458E5" w14:textId="6387E463" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="29B0480D" w14:textId="19704A44" w:rsidR="00F22E5B" w:rsidRPr="008B3D03" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The country office shall process a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>zero-dollar Invoice in Quantum Payables module</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for UPL/LPL service fees using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6A7F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD00E9" w:rsidRPr="009F6A7F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>distribution set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F6A7F">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recommended in the paragraphs 4 and 9. The country offices can add, delete or change the COA lines once a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37980">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>distribution set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is populated on a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>zero-dollar Invoice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line. If no service is provided for a specific project for a billing period, COA lines of that project can be deleted/ removed from </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>zero-dollar Invoice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lines. The expense accounts (64397 –Services to projects -CO staff costs and 74596 – Services to projects GOE) should be used both for debit and credit entries of a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D4553">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>zero-dollar Invoice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.  Further instructions on how to use these accounts can be found</w:t>
+      </w:r>
+      <w:r w:rsidR="00F269E9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00F269E9" w:rsidRPr="00F269E9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>here</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="7B68134D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>here.</w:t>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00556EAF">
+      <w:r w:rsidRPr="7B68134D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749318D6" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="6AC8D4DD" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1973E616" w14:textId="2F413C9B" w:rsidR="007E2152" w:rsidRPr="00556EAF" w:rsidRDefault="00307DFE" w:rsidP="00307DFE">
+    <w:p w14:paraId="359B20B1" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="161"/>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00556EAF">
-[...8 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> All manual or system generated entries</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including the zero-dollar Invoices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7B68134D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> related to UPL/LPL based charges together with the country office calculation of the total number of services provided for the projects and the corresponding service fees, should be kept on file for future audit reviews.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B41EA43" w14:textId="77777777" w:rsidR="00F22E5B" w:rsidRPr="00B36ADC" w:rsidRDefault="00F22E5B" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B36ADC">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA2A7C4" w14:textId="2C767DD2" w:rsidR="000C4D23" w:rsidRPr="00F22E5B" w:rsidRDefault="000C4D23" w:rsidP="00F22E5B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000C4D23" w:rsidRPr="00F22E5B">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="16339"/>
       <w:pgMar w:top="1935" w:right="1099" w:bottom="1076" w:left="912" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A4A5358" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
+    <w:p w14:paraId="63E3B40A" w14:textId="77777777" w:rsidR="00145420" w:rsidRDefault="00145420" w:rsidP="008018CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6026778D" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
+    <w:p w14:paraId="6A95CA52" w14:textId="77777777" w:rsidR="00145420" w:rsidRDefault="00145420" w:rsidP="008018CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0F75E8C7" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRPr="00B36ADC" w:rsidRDefault="00307DFE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="286575A5" w14:textId="5316B4F5" w:rsidR="008018CB" w:rsidRPr="003F70D7" w:rsidRDefault="00B36ADC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A4308E" w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
         <w:noProof/>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A4308E" w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
         <w:noProof/>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
+    <w:r w:rsidRPr="003F70D7">
       <w:rPr>
         <w:b/>
-        <w:color w:val="2B579A"/>
+        <w:color w:val="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
-    <w:r w:rsidRPr="00A6687A">
-      <w:rPr>
+    <w:r w:rsidR="00CF332E" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">23/11/2022 </w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidR="00BC60FC" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00A6687A" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00CF332E" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>0</w:t>
+    </w:r>
+    <w:r w:rsidR="00BC60FC" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00A6687A" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00CF332E" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00A6687A" w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00B36ADC">
-      <w:rPr>
+    <w:r w:rsidRPr="003F70D7">
+      <w:rPr>
+        <w:color w:val="auto"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
-      <w:t>Version #:</w:t>
-[...5 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Version #: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:color w:val="2B579A"/>
+          <w:color w:val="auto"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-889034579"/>
+        <w:placeholder>
+          <w:docPart w:val="6CD08F8E128045618C4B003026817488"/>
+        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{218F8FCC-2B98-4BBA-8E6B-5D8100EDC21A}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r>
+        <w:r w:rsidR="00BC60FC" w:rsidRPr="003F70D7">
           <w:rPr>
-            <w:color w:val="2B579A"/>
+            <w:color w:val="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E9A7576" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
+    <w:p w14:paraId="1EBC83CB" w14:textId="77777777" w:rsidR="00145420" w:rsidRDefault="00145420" w:rsidP="008018CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78EDCCB9" w14:textId="77777777" w:rsidR="00775FC1" w:rsidRDefault="00775FC1">
+    <w:p w14:paraId="6DEAE52B" w14:textId="77777777" w:rsidR="00145420" w:rsidRDefault="00145420" w:rsidP="008018CB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7BA689D3" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRDefault="00307DFE" w:rsidP="00B36ADC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="355FD8A9" w14:textId="77777777" w:rsidR="00B36ADC" w:rsidRDefault="00B36ADC" w:rsidP="00B36ADC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E4A2D55" wp14:editId="0EB9F843">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AEF2436" wp14:editId="010DA5CF">
           <wp:extent cx="294688" cy="580709"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="24" name="Picture 24"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="3300" b="17389"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="299109" cy="589421"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F02588A" w14:textId="77777777" w:rsidR="00307DFE" w:rsidRDefault="00307DFE" w:rsidP="00B36ADC">
+  <w:p w14:paraId="39078D7B" w14:textId="77777777" w:rsidR="00B36ADC" w:rsidRDefault="00B36ADC" w:rsidP="00B36ADC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="284D4F59"/>
+    <w:nsid w:val="0CED04F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0F7E9170"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="2880129E"/>
+    <w:lvl w:ilvl="0" w:tplc="833E423E">
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="705"/>
+        <w:ind w:left="715"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83A4A788">
+    <w:lvl w:ilvl="1" w:tplc="9DD8084A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440"/>
+        <w:ind w:left="1486"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="559C9710">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1846"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BC2672BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2566"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6060C236">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3286"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1F06AF5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4006"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="843C7CD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4726"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B7629884">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5446"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7F02D2CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6166"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="284D4F59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F7E9170"/>
+    <w:lvl w:ilvl="0" w:tplc="311ECE0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="AAE2201A">
+    <w:lvl w:ilvl="1" w:tplc="83A4A788">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:ind w:left="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0A6AC608">
+    <w:lvl w:ilvl="2" w:tplc="AAE2201A">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="CE88F534">
+    <w:lvl w:ilvl="3" w:tplc="0A6AC608">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="6FEAFFF0">
+    <w:lvl w:ilvl="4" w:tplc="CE88F534">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="2BDCEE00">
+    <w:lvl w:ilvl="5" w:tplc="6FEAFFF0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2744B1B6">
+    <w:lvl w:ilvl="6" w:tplc="2BDCEE00">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="259EA688">
+    <w:lvl w:ilvl="7" w:tplc="2744B1B6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="259EA688">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="810827720">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FD909F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F18F82E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00307DFE"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00DA2F70"/>
+    <w:rsidRoot w:val="000C4D23"/>
+    <w:rsid w:val="0001082A"/>
+    <w:rsid w:val="00011110"/>
+    <w:rsid w:val="00011B9B"/>
+    <w:rsid w:val="00031F17"/>
+    <w:rsid w:val="000569E4"/>
+    <w:rsid w:val="00057F48"/>
+    <w:rsid w:val="00061306"/>
+    <w:rsid w:val="00081271"/>
+    <w:rsid w:val="00096EB3"/>
+    <w:rsid w:val="000C4D23"/>
+    <w:rsid w:val="000F43A9"/>
+    <w:rsid w:val="0010125B"/>
+    <w:rsid w:val="00103D8E"/>
+    <w:rsid w:val="00116825"/>
+    <w:rsid w:val="00131DFE"/>
+    <w:rsid w:val="00145420"/>
+    <w:rsid w:val="00197C2E"/>
+    <w:rsid w:val="001B3EB4"/>
+    <w:rsid w:val="002124D9"/>
+    <w:rsid w:val="00214167"/>
+    <w:rsid w:val="00224596"/>
+    <w:rsid w:val="0025312E"/>
+    <w:rsid w:val="00293B09"/>
+    <w:rsid w:val="002B3762"/>
+    <w:rsid w:val="002C0188"/>
+    <w:rsid w:val="002F3146"/>
+    <w:rsid w:val="003033B1"/>
+    <w:rsid w:val="00307DDB"/>
+    <w:rsid w:val="00310149"/>
+    <w:rsid w:val="00313A65"/>
+    <w:rsid w:val="00317AB0"/>
+    <w:rsid w:val="003422BE"/>
+    <w:rsid w:val="00390179"/>
+    <w:rsid w:val="003B2B0D"/>
+    <w:rsid w:val="003C02A9"/>
+    <w:rsid w:val="003C1D17"/>
+    <w:rsid w:val="003D00BD"/>
+    <w:rsid w:val="003E3249"/>
+    <w:rsid w:val="003F02DF"/>
+    <w:rsid w:val="003F045E"/>
+    <w:rsid w:val="003F70D7"/>
+    <w:rsid w:val="00401B08"/>
+    <w:rsid w:val="004171AD"/>
+    <w:rsid w:val="004205A9"/>
+    <w:rsid w:val="004669C0"/>
+    <w:rsid w:val="00472CE6"/>
+    <w:rsid w:val="004902E7"/>
+    <w:rsid w:val="00491B9D"/>
+    <w:rsid w:val="004B0986"/>
+    <w:rsid w:val="004B53C5"/>
+    <w:rsid w:val="004B7117"/>
+    <w:rsid w:val="004D3949"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="005328D7"/>
+    <w:rsid w:val="00532B12"/>
+    <w:rsid w:val="0053360A"/>
+    <w:rsid w:val="00536E99"/>
+    <w:rsid w:val="00537DB4"/>
+    <w:rsid w:val="00543932"/>
+    <w:rsid w:val="00543F6E"/>
+    <w:rsid w:val="005D2117"/>
+    <w:rsid w:val="005F1C9D"/>
+    <w:rsid w:val="006120CD"/>
+    <w:rsid w:val="00624F07"/>
+    <w:rsid w:val="00627C26"/>
+    <w:rsid w:val="00635FA6"/>
+    <w:rsid w:val="00642E1D"/>
+    <w:rsid w:val="0064434A"/>
+    <w:rsid w:val="0065298A"/>
+    <w:rsid w:val="00652A41"/>
+    <w:rsid w:val="00667265"/>
+    <w:rsid w:val="006958FF"/>
+    <w:rsid w:val="006C103C"/>
+    <w:rsid w:val="006D2255"/>
+    <w:rsid w:val="006E1E34"/>
+    <w:rsid w:val="006F668A"/>
+    <w:rsid w:val="0071490E"/>
+    <w:rsid w:val="007442FE"/>
+    <w:rsid w:val="00746DFD"/>
+    <w:rsid w:val="007578B6"/>
+    <w:rsid w:val="00777F77"/>
+    <w:rsid w:val="007D518F"/>
+    <w:rsid w:val="008018CB"/>
+    <w:rsid w:val="00806C77"/>
+    <w:rsid w:val="00836828"/>
+    <w:rsid w:val="008510A5"/>
+    <w:rsid w:val="00860C16"/>
+    <w:rsid w:val="00872A54"/>
+    <w:rsid w:val="00874CCE"/>
+    <w:rsid w:val="008A66A3"/>
+    <w:rsid w:val="008B3D03"/>
+    <w:rsid w:val="008B70B4"/>
+    <w:rsid w:val="008C06DC"/>
+    <w:rsid w:val="008C3EA0"/>
+    <w:rsid w:val="008C51BA"/>
+    <w:rsid w:val="008E7068"/>
+    <w:rsid w:val="0091485D"/>
+    <w:rsid w:val="00914CB4"/>
+    <w:rsid w:val="0091592E"/>
+    <w:rsid w:val="00932BE8"/>
+    <w:rsid w:val="009522C6"/>
+    <w:rsid w:val="00975240"/>
+    <w:rsid w:val="00976368"/>
+    <w:rsid w:val="009B6D04"/>
+    <w:rsid w:val="009D301D"/>
+    <w:rsid w:val="009D32D3"/>
+    <w:rsid w:val="009D35A0"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="009F5B90"/>
+    <w:rsid w:val="009F6A7F"/>
+    <w:rsid w:val="00A04579"/>
+    <w:rsid w:val="00A06239"/>
+    <w:rsid w:val="00A37980"/>
+    <w:rsid w:val="00A42C7C"/>
+    <w:rsid w:val="00A4308E"/>
+    <w:rsid w:val="00A5543C"/>
+    <w:rsid w:val="00A6687A"/>
+    <w:rsid w:val="00AA02F2"/>
+    <w:rsid w:val="00AB2682"/>
+    <w:rsid w:val="00AB4358"/>
+    <w:rsid w:val="00AC6E0C"/>
+    <w:rsid w:val="00AC7BF4"/>
+    <w:rsid w:val="00AD00E9"/>
+    <w:rsid w:val="00AD4BE7"/>
+    <w:rsid w:val="00B01BC6"/>
+    <w:rsid w:val="00B02F2B"/>
+    <w:rsid w:val="00B36ADC"/>
+    <w:rsid w:val="00B65F55"/>
+    <w:rsid w:val="00B701EC"/>
+    <w:rsid w:val="00B81EC7"/>
+    <w:rsid w:val="00B90B1B"/>
+    <w:rsid w:val="00BA2CF3"/>
+    <w:rsid w:val="00BA41CD"/>
+    <w:rsid w:val="00BC1312"/>
+    <w:rsid w:val="00BC60FC"/>
+    <w:rsid w:val="00BF18CC"/>
+    <w:rsid w:val="00C23108"/>
+    <w:rsid w:val="00C32A6A"/>
+    <w:rsid w:val="00C32DDE"/>
+    <w:rsid w:val="00C73356"/>
+    <w:rsid w:val="00CB723B"/>
+    <w:rsid w:val="00CC1519"/>
+    <w:rsid w:val="00CC2BDE"/>
+    <w:rsid w:val="00CF332E"/>
+    <w:rsid w:val="00D01059"/>
+    <w:rsid w:val="00D1291E"/>
+    <w:rsid w:val="00D427AE"/>
+    <w:rsid w:val="00DD677D"/>
+    <w:rsid w:val="00E273AC"/>
+    <w:rsid w:val="00E361F5"/>
+    <w:rsid w:val="00E36522"/>
+    <w:rsid w:val="00E669EB"/>
+    <w:rsid w:val="00E81900"/>
+    <w:rsid w:val="00E90CBC"/>
+    <w:rsid w:val="00EA2B20"/>
+    <w:rsid w:val="00EB4848"/>
+    <w:rsid w:val="00EB6324"/>
+    <w:rsid w:val="00EF11AF"/>
+    <w:rsid w:val="00EF7E3E"/>
+    <w:rsid w:val="00F22E5B"/>
+    <w:rsid w:val="00F269E9"/>
+    <w:rsid w:val="00F3394F"/>
+    <w:rsid w:val="00F8444F"/>
+    <w:rsid w:val="217F068E"/>
+    <w:rsid w:val="27D763D8"/>
+    <w:rsid w:val="288C42B5"/>
+    <w:rsid w:val="63EEEB0C"/>
+    <w:rsid w:val="69327EA6"/>
+    <w:rsid w:val="735D0168"/>
+    <w:rsid w:val="74F8D1C9"/>
+    <w:rsid w:val="7830728B"/>
+    <w:rsid w:val="79CC42EC"/>
+    <w:rsid w:val="7B68134D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="508640A4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{3AEC77FE-FAD6-4D9E-90A3-5ABF7DDA5D1F}"/>
+  <w14:docId w14:val="385E2B23"/>
+  <w15:docId w15:val="{87132175-668B-4608-9DE1-3D81275454A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1547,51 +2584,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1773,1184 +2810,1424 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00307DFE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="258" w:lineRule="auto"/>
       <w:ind w:left="730" w:right="4" w:hanging="370"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
-[...199 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...289 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="008018CB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="008018CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="008018CB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="008018CB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B36ADC"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B36ADC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B36ADC"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="00746DFD"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0065298A"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F668A"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="006F668A"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00307DFE"/>
+    <w:rsid w:val="006F668A"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F668A"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006F668A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002615AC"/>
+    <w:rsid w:val="007578B6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="0"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F269E9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/user-guide-des-dpc-entries-quantum" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/embed.aspx?src=https://popp.undp.org/sites/g/files/zskgke421/files/FRM_User%20guide%20on%20DPC%20account%20codes.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/446" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/511" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/resource-planning-and-cost-recovery-universal-price-list-upl-and-local-price-list-lpl-xb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/fbp/analytics/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/fbp/analytics/Direct%20Project%20Costs%20DPC%20Exception%20Report/Account%20codes%20for%20Direct%20Project%20Costs_2017.docx&amp;action=default" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6CD08F8E128045618C4B003026817488"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7ABAE893-5978-4AAD-9793-0DC09B302695}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D74A22" w:rsidRDefault="00E5503F">
+          <w:r w:rsidRPr="00501F33">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[POPPRefItemVersion]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:view w:val="normal"/>
+  <w:revisionView w:inkAnnotations="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E5503F"/>
+    <w:rsid w:val="00191C76"/>
+    <w:rsid w:val="001C3120"/>
+    <w:rsid w:val="0025312E"/>
+    <w:rsid w:val="002D6A97"/>
+    <w:rsid w:val="003C1D17"/>
+    <w:rsid w:val="003F71FF"/>
+    <w:rsid w:val="0048284E"/>
+    <w:rsid w:val="004C50CA"/>
+    <w:rsid w:val="005117C8"/>
+    <w:rsid w:val="005E30E3"/>
+    <w:rsid w:val="00606525"/>
+    <w:rsid w:val="0063149B"/>
+    <w:rsid w:val="007F2B5D"/>
+    <w:rsid w:val="0088622A"/>
+    <w:rsid w:val="009C580D"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="00C46D04"/>
+    <w:rsid w:val="00C72400"/>
+    <w:rsid w:val="00CA373B"/>
+    <w:rsid w:val="00CA7F59"/>
+    <w:rsid w:val="00D74A22"/>
+    <w:rsid w:val="00DE6ED5"/>
+    <w:rsid w:val="00E5503F"/>
+    <w:rsid w:val="00E72D00"/>
+    <w:rsid w:val="00F4056F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="th-TH"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E5503F"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
-[...2 lines deleted...]
-    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...5 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -3018,107 +4295,128 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5441A11-2E62-4627-96E7-3A51FE733D54}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{220A23A4-085B-44F9-A2ED-78E7E26864EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E08C47E3-FCA8-44C0-A1A0-AE841A4565DC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{218F8FCC-2B98-4BBA-8E6B-5D8100EDC21A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
-    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8A7EC8B-73BF-4D37-9195-FDF885B8F98D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E717AF08-456E-44DD-AFB4-A177C03A86F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
-    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1266</Words>
-  <Characters>7220</Characters>
+  <Words>1322</Words>
+  <Characters>7536</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8470</CharactersWithSpaces>
+  <CharactersWithSpaces>8841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Rahel Haileslassie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>4cd16cdf-babc-489d-ab00-dab4df174849</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>98f98421-6f42-4a32-ba12-62f32d8eb418</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
+    <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
+    <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
+    <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
+    <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>