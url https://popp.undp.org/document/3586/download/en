--- v0 (2025-10-12)
+++ v1 (2026-01-14)
@@ -1,124 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="273BECA6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="636D105A" w14:textId="552AA275" w:rsidR="00AB61B8" w:rsidRDefault="00A93DA5" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CBCD5B6" wp14:editId="035F8C33">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CBCD5B6" wp14:editId="5F5B7432">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>5971663</wp:posOffset>
+              <wp:posOffset>5514340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>15303</wp:posOffset>
+              <wp:posOffset>3175</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="609600" cy="1219200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="bundp43mm"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="bundp43mm"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="609600" cy="1219200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="273BECA6" w14:textId="65E67530" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>United Nations Development Programme</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F2527A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B52F8AD" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="291ABCF8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
@@ -215,3758 +229,1953 @@
         </w:rPr>
         <w:t xml:space="preserve">THE UNITED NATIONS DEVELOPMENT PROGRAMME </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED2F8D9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA1661D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="4EA1661D" w14:textId="7BC65872" w:rsidR="009F4586" w:rsidRDefault="004E0AE9" w:rsidP="004E0AE9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009602F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00313DD6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>full name of UN entity</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009602F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D732BD" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AC24C15" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="7AC24C15" w14:textId="13062BFF" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The United Nations Development Programme (“UNDP”) and [</w:t>
+        <w:t xml:space="preserve">The United Nations Development </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“UNDP”) and</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C3D" w:rsidRPr="00313DD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C3D" w:rsidRPr="00313DD6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>full name of UN entity</w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
+      <w:r w:rsidR="00472C3D" w:rsidRPr="00313DD6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>] ([</w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
+      <w:r w:rsidR="00472C3D" w:rsidRPr="00313DD6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>acronym of UN entity</w:t>
       </w:r>
+      <w:r w:rsidR="00FA07A6" w:rsidRPr="00FA07A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>] or the “Client”) entered into a corporate framework agreement/memorandum of understanding (the “Corporate Agreement”) for the provision of services on a cost recovery basis, dated [</w:t>
+        <w:t xml:space="preserve"> or the “Client”) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a corporate framework agreement/memorandum of understanding (the “Corporate Agreement”) for the provision of </w:t>
+      </w:r>
+      <w:r w:rsidR="00337EEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">support </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>services on a cost recovery basis, dated [</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>insert date</w:t>
       </w:r>
+      <w:r w:rsidR="00337EEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> xx </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00337EEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>xx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00337EEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="000C64E3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, TBD</w:t>
+      </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">]. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AEDB027" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B8B78A5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="5B8B78A5" w14:textId="781B77A1" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>UNDP, through the [</w:t>
+        <w:t xml:space="preserve">UNDP, through the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
+      <w:r w:rsidR="00C826F5" w:rsidRPr="00C57F2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00C826F5" w:rsidRPr="00313DD6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>specify Business Unit (e.g. Country Office or HQ Unit) providing services</w:t>
       </w:r>
+      <w:r w:rsidR="00AA7906" w:rsidRPr="00AA7906">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>], agrees to provide services to the Client in accordance with the Corporate Agreement</w:t>
+        <w:t>, agrees to provide services to the Client in accordance with the Corporate Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and this Service Level Agreement (the “SLA”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A03FCA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="0084315E" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EBBE6CC" w14:textId="70A5CBC0" w:rsidR="009F4586" w:rsidRPr="0084315E" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...336 lines deleted...]
-    <w:p w14:paraId="0C2B9824" w14:textId="0D242864" w:rsidR="009F4586" w:rsidRPr="005D45FF" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="6EBBE6CC" w14:textId="17210E8A" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00085A94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084315E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The purpose of this SLA is to establish the terms and conditions for the provision of services to the Client by UNDP</w:t>
+      </w:r>
+      <w:r w:rsidR="00337EEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, as specified in the Annex(es)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084315E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The services under this SLA may be provided in the following areas: (a) human resources services; (b) general administrative services; (c) financial services; (d) procurement services; and (e) information, communication, and technology services. For the avoidance of doubt, the foregoing shall not include any services of a legal nature. Nor does the foregoing include the conducting of investigations related to the contractors, personnel, or staff under a UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4CFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Letter of Agreement (LOA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084315E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with services limited to the Client, related to or arising from any of the services provided hereunder. Should the Client or the matter require such incidental Legal and/or Investigations Services or should the Client request and UNDP agree to provide these incidental Services hereunder, they will be subject to full cost recovery </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA075F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- under this SLA and without separate agreement - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084315E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as per the prevailing methodology that UNDP has in place at that time plus reimbursement of all actual costs and expenses incurred by UNDP in providing such Incidental Services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7500E386" w14:textId="77777777" w:rsidR="00D56B8F" w:rsidRPr="00524B3F" w:rsidRDefault="00D56B8F" w:rsidP="00524B3F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E25812B" w14:textId="79FA4075" w:rsidR="00D56B8F" w:rsidRDefault="00524B3F" w:rsidP="00D56B8F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="6606F967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>he Client shall request a service or services by means of sending [</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7406">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the UNDP UNall platform</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enclosing the relevant inputs/annexes identified in Annex I (Detailed Breakdown of Services and Service Conditions) hereto; (for a non-Quantum entity), a completed service request, in the form attached hereto as Annex II, and the relevant inputs/annexes identified in Annex I hereto</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specify focal point in the Business Unit providing services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7406">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g. gssc.agencies@undp.org</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F" w:rsidRPr="6606F967">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1D8858" w14:textId="7B260C36" w:rsidR="00D56B8F" w:rsidRPr="00D56B8F" w:rsidRDefault="00D56B8F" w:rsidP="002A3193">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6122B94D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2B9824" w14:textId="4924CFBF" w:rsidR="009F4586" w:rsidRPr="005D45FF" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cost recovery.</w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">   The Client shall reimburse UNDP for all direct and indirect costs incurred in connection with the services rendered under this SLA. </w:t>
+        <w:t xml:space="preserve"> The Client shall reimburse UNDP for all direct and indirect costs incurred in connection with the services rendered under this SLA. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The basis of calculation o</w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">f </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">direct </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">cost recovery </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the relevant BMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7406">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Cost Recovery</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> list </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37483">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00F44F73">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Universal Price List or Local Price List/non-standard services, GSSC Cost Recovery List</w:t>
+        <w:t>Universal Price List or Local Price List/non-standard services</w:t>
       </w:r>
       <w:r w:rsidRPr="00310D30">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00E37483">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>for non PPSA services, and as documented in Appendix I for PPSA services.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E37483">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E739A1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Indirect </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">costs </w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>shall be reimbursed to UNDP at the rate of 8% of the direct costs incurred by UNDP.  Fees and turn-around time</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are subject to revision by UNDP in case the actual occurrence of requests varies by 25% in either direction of the anticipated occurrences during the corresponding period of time as specified in Annex I (Detailed Breakdown of Services and Service Conditions)</w:t>
+        <w:t xml:space="preserve"> are subject to revision by UNDP in case the actual occurrence of requests varies by 25% in either direction of the anticipated occurrences during the corresponding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D45FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D45FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as specified in Annex I (Detailed Breakdown of Services and Service Conditions)</w:t>
       </w:r>
       <w:r w:rsidR="00F47633">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005D45FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F785665" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="005D45FF" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46975F2C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00AA467B" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...73 lines deleted...]
-    <w:p w14:paraId="60C02E30" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00AA467B" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="46975F2C" w14:textId="4413368F" w:rsidR="009F4586" w:rsidRPr="00AA467B" w:rsidRDefault="009F4586" w:rsidP="00085A94">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA467B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
-        </w:rPr>
-        <w:t>Reporting and payment of service fees</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Advance funding. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA467B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">.  UNDP shall report back to the Client on the services provided on a </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All services provided to the Client by UNDP pursuant to this SLA shall be provided on a full pre-financing basis. The Client shall provide UNDP with all required funding in advance in respect of all costs UNDP will incur pursuant to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>paragraph</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA467B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-        <w:t>[</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00141ED3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA467B">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-        <w:t>specify: monthly/quarterly</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Cost recovery)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA467B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00DD4A5E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">. Fees will be charged upon services rendered, following the aforementioned report.  </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B8D369" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-      <w:pPr>
+    <w:p w14:paraId="382AE5D7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="005D45FF" w:rsidRDefault="009F4586" w:rsidP="00085A94">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1893332C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="60C02E30" w14:textId="05B5E384" w:rsidR="009F4586" w:rsidRPr="00AA467B" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Reporting and payment of service fees</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  UNDP shall report back to the Client on the services provided on a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D56B8F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>quarterly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>, including but not limited to reports contained in UNDP dashboards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Fees will be charged upon services rendered, following the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>aforementioned report</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA467B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B8D369" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00720154">
-[...17 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="621ED229" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...12 lines deleted...]
-    <w:p w14:paraId="53714B0E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="1893332C" w14:textId="432CAAAC" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Beneficiary of services/Client’s responsibility. </w:t>
+        <w:t xml:space="preserve">Service delivery principles. </w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">All services provided by UNDP are for the exclusive benefit of the Client, including any </w:t>
+        <w:t xml:space="preserve">UNDP shall provide consistent and reliable services to the Client in accordance with applicable UNDP regulations, rules, policies and procedures. Approaches and solutions shall be developed and offered in consideration of the environment in which the Client operates, as well as the Client’s needs and UNDP </w:t>
       </w:r>
-      <w:r w:rsidRPr="0073649D">
+      <w:r w:rsidR="000E0180">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">resulting title and/or other property rights produced by vendors contracted by UNDP </w:t>
+        <w:t>capacities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F44F73">
+      <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>for the Client</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB3B42">
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="621ED229" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...18 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C5941F6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...10 lines deleted...]
-    <w:p w14:paraId="47444718" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="53714B0E" w14:textId="6EC87AA4" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Agency</w:t>
+        <w:t xml:space="preserve">Beneficiary of services/Client’s responsibility. </w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. In providing services hereunder to the Client, UNDP is acting as a disclosed agent. Without limitation to the paragraph </w:t>
+        <w:t xml:space="preserve">All services provided by UNDP are for the exclusive benefit of the Client, including any </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0073649D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t xml:space="preserve">resulting title and/or other property rights produced by vendors contracted by UNDP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
+      <w:r w:rsidRPr="00F44F73">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> above, and unless specified otherwise, all contracts, including for goods and services and non-staff personnel, shall specify that all rights and obligations ascribed to UNDP under the terms of the Contract are deemed to be those of the Client, including without limitation, management of the contractual relationship. To this end, any claims or demands made by any contractor, including with respect to allegations of misconduct </w:t>
+        <w:t>for the Client</w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
+      <w:r w:rsidRPr="00CB3B42">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073649D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>involving the Client and/or its personnel, or grievances normally handled by the ethics or ombudsman’s offices, shall be handled by the Client. If the claim is made to UNDP, UNDP will refer the matter to the respective office of the Client for handling.</w:t>
+        <w:t>unless agreed otherwise. In addition to cost recovery under paragraph</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="00D15535">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00141ED3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073649D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, above, the Client shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>be fully responsible for any damage, loss and/or liability incurred (including with respect to the management, defense and settlement of or awards or judgments for any claims, including those of UN Tribunals) in connection with the services and any contracts concluded thereunder,</w:t>
+      </w:r>
+      <w:r w:rsidR="000E0180">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">except when arising from UNDP’s gross negligence, recklessness or willful misconduct.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="370E689F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="3C5941F6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47444718" w14:textId="405AF9AA" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D4349">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="001D4349">
+      <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Agency</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D4349">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. In providing services hereunder to the Client, UNDP is acting as a disclosed agent. Without limitation to the paragraph </w:t>
       </w:r>
-      <w:r w:rsidRPr="00720154">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="001A260F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Where staff members on a UNDP Letter of Appointment are concerned, in case of inquiries to the Ethics Office, including requests for outside activities or requests for protection against retaliation, such matters will be first handled by the Client’s Ethics Office. Where such inquiries, requests, or recommendations involve measures UNDP is recommended to take, in consultation with the UNDP Ethics Office, the Client Ethics Office shall forward such recommendations to the Director, BMS/OHR, UNDP. Should any aspects of the matter involve the need for an investigation and/or the UNDP Office of Legal Services, Investigative and/or Legal Services will be provided on the full cost recovery basis as specified herein. All privileges and immunities queries, requests for management evaluation, final investigation reports into allegations of misconduct or issues of litigation before the UN Dispute Tribunal involving a staff member on a UNDP LOA with service limited to the Client, will be forwarded to the UNDP Office of Legal Services for appropriate handling.</w:t>
+        <w:t>9</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Client undertakes to refer all legal questions (including privileges and immunities), formal appeals by staff against administrative decisions, allegations of misconduct, requests for settlement negotiation and UN tribunal matters to the UNDP legal office for appropriate handling.</w:t>
+        <w:t xml:space="preserve"> above, and unless specified otherwise, all contracts, including for goods and services and non-staff personnel, shall specify that all rights and obligations ascribed to UNDP under the terms of the Contract are deemed to be those of the Client, including without limitation, management of the contractual relationship. To this end, any claims or demands made by any contractor, including with respect to allegations of misconduct involving the Client and/or its personnel, or grievances normally handled by the ethics or ombudsman’s offices, shall be handled by the Client. If the claim is made to UNDP, UNDP will refer the matter to the respective office of the Client for handling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ED07527" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="21683D8F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E2B2764" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="370E689F" w14:textId="4ED767E6" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001D4349">
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Particular Considerations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D4349">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when UNDP issues Letter of Appointment for Staff Members with Services Limited to the Client</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4349">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D4349">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where staff members on a UNDP </w:t>
+      </w:r>
+      <w:r w:rsidR="000E0180">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOA </w:t>
+      </w:r>
+      <w:r w:rsidR="00487D25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>with service limited to the Client</w:t>
+      </w:r>
+      <w:r w:rsidR="004565E7" w:rsidRPr="004565E7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004565E7" w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>are concerned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in case of inquiries to the Ethics Office, including requests for outside activities or requests for protection against retaliation, such matters will be first handled by the Client’s Ethics Office. Where such inquiries, requests, or recommendations involve measures UNDP is recommended to take, </w:t>
+      </w:r>
+      <w:r w:rsidR="00487D25">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>the Client Ethics Office will consult with the UNDP Ethics Office to coordinate engagement as appropriate with UNDP management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Should any aspects of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>matter involve the need for an investigation and/or the UNDP Office of Legal Services, Investigative and/or Legal Services will be provided on the full cost recovery basis as specified herein. All privileges and immunities queries, requests for management evaluation, final investigation reports into allegations of misconduct or issues of litigation before the UN Dispute Tribunal involving a staff member on a UNDP LOA with service limited to the Client, will be forwarded to the UNDP Office of Legal Services for appropriate handling.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Client undertakes to refer all legal questions (including privileges and immunities), formal appeals by staff against administrative decisions, allegations of misconduct, requests for settlement negotiation and UN tribunal matters to the UNDP legal office for appropriate handling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED07527" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E2B2764" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Performance monitoring and quality assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>. A survey will be conducted by UNDP annually to collect feedback from the Client and the relevant UNDP personnel in order to (</w:t>
+        <w:t xml:space="preserve">. A survey will be conducted by UNDP annually to collect feedback from the Client and the relevant UNDP personnel in order to (i) measure timeliness, quality and responsiveness of the services provided by UNDP, as well as the timeliness and quality of the Client’s requests; (ii) identify the Client’s evolving needs, and (iii) identify bottlenecks and other obstacles.  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00720154">
+    </w:p>
+    <w:p w14:paraId="10503B37" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70FC5B35" w14:textId="36F1E44D" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>i</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amendment. </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">) measure timeliness, quality and responsiveness of the services provided by UNDP, as well as the timeliness and quality of the Client’s requests; (ii) identify the Client’s evolving needs, and (iii) identify bottlenecks and other obstacles.  </w:t>
+        <w:t xml:space="preserve">This SLA may be modified by mutual written agreement of UNDP and the Client.  </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F44F73">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Annex I</w:t>
+      </w:r>
+      <w:r w:rsidR="0064739F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> working tool subject to periodic review and revision by UNDP and the Client.  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7E43F663" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="1C44033B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783CB563" w14:textId="1F89427B" w:rsidR="009F4586" w:rsidRPr="00720154" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>[</w:t>
+        <w:t>Term of the SLA.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720154">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This SLA shall become effective on [</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Optional</w:t>
-[...33 lines deleted...]
-        <w:t>] for client feedback has been established to collect comments and suggestions on the quality of services provided, and any improvements necessary</w:t>
+        <w:t>insert date</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.]</w:t>
+        <w:t xml:space="preserve">]. It will remain in effect until terminated by UNDP or the Client. A </w:t>
       </w:r>
-    </w:p>
-[...17 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="000E0180">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Amendment. </w:t>
+        <w:t>90</w:t>
       </w:r>
       <w:r w:rsidRPr="00720154">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">This SLA may be modified at any time by mutual written agreement of UNDP and the Client.  </w:t>
+        <w:t>-day written notice is required for the termination to take effect.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F44F73">
+    </w:p>
+    <w:p w14:paraId="4C0797B1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Annex I (for all services except PPSA) and Annex III (for PPSA services only)</w:t>
-[...16 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C44033B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...71 lines deleted...]
-    <w:p w14:paraId="5A533D89" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="5A533D89" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ACCEPTED AND AGREED:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B41DE2C" w14:textId="77777777" w:rsidR="003E7856" w:rsidRPr="003E7856" w:rsidRDefault="003E7856" w:rsidP="003E7856">
-      <w:pPr>
+    <w:p w14:paraId="4B41DE2C" w14:textId="77777777" w:rsidR="003E7856" w:rsidRPr="003E7856" w:rsidRDefault="003E7856" w:rsidP="000C119D">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="8639" w:type="dxa"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2643"/>
-        <w:gridCol w:w="3364"/>
+        <w:gridCol w:w="4166"/>
+        <w:gridCol w:w="4473"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F4586" w14:paraId="05ADFEE6" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="5080CCA4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="009F4586" w14:paraId="05ADFEE6" w14:textId="77777777" w:rsidTr="005078F8">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4166" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5080CCA4" w14:textId="1CC530AD" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>For [</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">For </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3600">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidR="00626589" w:rsidRPr="001B3600">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="783789CA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UN </w:t>
+            </w:r>
+            <w:r w:rsidR="001B3600" w:rsidRPr="001B3600">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="EE0000"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Entity</w:t>
+            </w:r>
+            <w:r w:rsidR="001B3600">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783789CA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>For UNDP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="70BC1F89" w14:textId="77777777" w:rsidTr="003E7856">
+      <w:tr w:rsidR="009F4586" w14:paraId="70BC1F89" w14:textId="77777777" w:rsidTr="005078F8">
         <w:trPr>
-          <w:trHeight w:val="368"/>
+          <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F188269" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+            <w:tcW w:w="4166" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F188269" w14:textId="736D12B8" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A4FF392" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...12 lines deleted...]
-          <w:p w14:paraId="18402AF1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="6A4FF392" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18402AF1" w14:textId="59A3B033" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Name: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="231D70E0" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="7C12CF9D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="009F4586" w14:paraId="231D70E0" w14:textId="77777777" w:rsidTr="005078F8">
+        <w:trPr>
+          <w:trHeight w:val="657"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4166" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B3BC2F" w14:textId="3A741CBF" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78B3BC2F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...19 lines deleted...]
-          <w:p w14:paraId="2247448C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7879C8" w14:textId="7A7722EB" w:rsidR="001E264F" w:rsidRDefault="009F4586" w:rsidP="001E264F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Title: </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="2247448C" w14:textId="77AB6765" w:rsidR="00CD6705" w:rsidRDefault="00CD6705" w:rsidP="000C119D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2985667F" w14:textId="77777777" w:rsidTr="00E37483">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Date: </w:t>
+      <w:tr w:rsidR="009F4586" w14:paraId="2985667F" w14:textId="77777777" w:rsidTr="005078F8">
+        <w:trPr>
+          <w:trHeight w:val="294"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4166" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37067F30" w14:textId="137FA7A0" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4A1E9F" w14:textId="234E6F9B" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="000C119D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F92D39F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...1935 lines deleted...]
-    <w:p w14:paraId="61F7CFB4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="151691E5" w14:textId="77777777" w:rsidR="006C5EF1" w:rsidRDefault="006C5EF1" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009F4586" w:rsidSect="009F4586">
-          <w:footerReference w:type="default" r:id="rId9"/>
+        <w:sectPr w:rsidR="006C5EF1" w:rsidSect="00EA1822">
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AE80B8C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+    <w:p w14:paraId="330FEDED" w14:textId="78022E24" w:rsidR="009F4586" w:rsidRPr="001B3600" w:rsidRDefault="009F4586" w:rsidP="001B3600">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+      <w:r w:rsidRPr="001B3600">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Annex I: </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annex I:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05275E84" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>DETAILED BREAKDOWN OF SERVICES AND SERVICE CONDITIONS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -3999,371 +2208,427 @@
           <w:color w:val="FF0000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>full name of UN entity</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040546F6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="597FEC2F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="511020F7" w14:textId="442BED10" w:rsidR="00C37683" w:rsidRDefault="009F4586" w:rsidP="009F4586">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>*The chart below is indicative and for reference purposes only. UNDP Business Units must review and adapt the Annex depending on the local context.</w:t>
+        <w:t xml:space="preserve">*The chart below is indicative and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF79A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>for reference purposes only. UNDP Business Units must review and adapt th</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF79A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annex </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF79A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to reflect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the local context.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF79A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Services should be reviewed periodically with the Client, and Annex I should be updated as appropriate to reflect the Client’s changing needs. When changes are required, only Annex I shall be modified; the main SLA text shall remain unchanged.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B94B658" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="79119ED3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C37683">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="76923C"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1545"/>
         <w:gridCol w:w="3436"/>
         <w:gridCol w:w="1898"/>
         <w:gridCol w:w="2147"/>
         <w:gridCol w:w="2322"/>
         <w:gridCol w:w="1602"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F4586" w14:paraId="454CC69C" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="0C99B4F5" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33241DB2" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="34070E5F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Service area</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B93F355" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0DBF26F6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Service description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45EACA29" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="794653AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Inputs required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5A6F45" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1A05096A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="Heading7"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Anticipated occurrence </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376B84E1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4E46DAD5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UNDP turnaround time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="595959"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D58B46" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0F46077B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UNDP contact point</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2710DF24" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="2D6C21C5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="7CC67BCE" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBFC21D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specify area</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="285846E7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="7A86CBB1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>provide detailed description of service corresponding to description in Universal Price List /Local Price List, and annex any relevant forms and/or templates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA4D891" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="20413A91" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">specify inputs and annexes required such as the Terms of Reference, </w:t>
@@ -4373,13514 +2638,11235 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>etc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18152BEA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="01708A7F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specify number of anticipated requests for this service per week, month or year</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F425F6F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="557DD7FE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specify the time the Business Unit will take to deliver specific service upon receipt of request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="305424B4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="57D40B68" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specify Business Unit’s focal point for delivery of the service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2B91668D" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="446DB9CE" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4D2212" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="658884AC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Human Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2320FD02" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4156979F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FIXED-TERM (1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="439701DB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="713F7C53" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="32038023" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B577C3B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7645C224" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D35CFB1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="3FF0C51E" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="6402A7D5" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0418065E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="28B90124" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="407DDB18" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="374AF798" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Staff recruitment package (per person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C6D965F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="58C2B042" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="52094DD2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FB55B1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A13506D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6201395E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="732F11A7" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="06E5743E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="12C6F461" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="7599F6F7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="54ED8AAB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37ED985D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Advertising (20%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA457BE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="459EABBB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="30FB043F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28DEC446" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="051C6DAD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA83AD3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="649213A7" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="1851CD95" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6FC52302" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="78DD00EE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2BA91BDB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="119E7648" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Short-listing (40%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51799861" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="668A5956" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="072C53D8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9934F9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72921470" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="692700AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="3D495384" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="169DAE83" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5308DE96" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="164FF012" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="154893B7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C578B01" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Interviewing (40%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13B99245" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="66649F8A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="657C6FB1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D5BA55" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5A3156" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32237DCB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="5029CC78" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="63B01CC9" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4115B563" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="78DC66E9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3A3CA24B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="432AF4C2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Staff HR benefits administration and management (per person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A64F194" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="400D0FF4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="61FC8453" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6D59CB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="111A7AF8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEC34BD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="24235A58" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3924A6D0" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6E9606B6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="0C8C5C45" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="764D3AF6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDBD772" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Recurrent personnel management services: staff payroll, banking administration and management (person/year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBC891F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="7BFC966A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0BE4EF6F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C21F95" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A42820C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64840E47" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="57325B1F" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="262C3403" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7B4DA2EE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="6C7070CE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4E205E6A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD2F514" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Payroll validation, disbursement (35%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30A481DA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="60311CFF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1A10E1AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AE626C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01028209" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58433A9B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="34C40EF7" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="120FD702" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41DE9119" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="127147F2" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="08D42505" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9CE0B2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Performance evaluation (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE1DCEB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="48670F55" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1664E921" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505002" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1A3F54" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FC7B38" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0DE6AA87" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="1742AA53" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="607EE076" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="7E75FAAF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="04B81C08" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26180A24" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Extension, promotion, entitlements (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F1F1A64" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="4BAED9CF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0349D981" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4329D5D9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FDB137" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D844B1F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="11A81EDE" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="221D094E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6528A5BA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="636AC29C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="738CDF42" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5DCE26" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Leave monitoring (5%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11B8C60C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="6B8969AE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="6FBA8CA6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B2BE74" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E41559B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7E29F9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="6CAF5C5E" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3995D53A" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="79B4D86D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="29DFCD21" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4EFAB2A0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A3944C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FIXED-TERM (subsequent year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09CD2476" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="7EE9DC24" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="587CD7DD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4872123A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B321CDA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C89B29C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="32F20BFE" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="2F08F6BB" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1E7775C4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="67ED9E2B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4421E1A5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DA4D08" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Recurrent personnel management services: staff payroll, banking administration and management (person/year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21D9B9C8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="4C6AA969" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="6BCA20CB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4458F35F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="237D6572" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA98967" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0EB97798" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="22DA9CF8" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0AC2E9DE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="72928DE9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="05EE3443" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E579707" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Payroll validation, disbursement (35%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5B208C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="07FCF7C2" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2149B339" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="236D56B8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A48F7C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28215C31" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2F74F9AF" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="1EF7A38E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7C2DA978" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="7ECB5870" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="37C48F6A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABEADA1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Performance evaluation (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0CC23D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="64AF2D98" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="50179DFA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35146B45" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B63FBAC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BAEBDE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="4EE7D0E4" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="75A6F0C0" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="359B83C5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="2A1AE433" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1D4A3476" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42CB5D59" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Extension, promotion, entitlements (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="64B144E1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="4FCEE303" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0EC8E7F1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C76BC67" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02268993" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B786AD3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="27018DA1" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="39427E10" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2E459CC3" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="3F9BA7D3" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="206EED43" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A90F263" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Leave monitoring (5%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51823254" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="4F526535" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="05AFB202" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="404CBBBC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACB004D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D75E1E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7B4DA245" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="1173D19B" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="01A31822" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="46EB0B7F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Human Resources</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68E17E21" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4224DF41" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TEMPORARY APPOINTMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB0B785" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="31509414" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1B958B78" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53143FAD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ADBBBD2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC1374F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="558CFB76" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3ABE648E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6C573D8E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="69E1609A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="233CDD1C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FB3EAE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Recruitment package (per person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0643E311" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="1F994230" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="71A08C4C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37333FD0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4423E04F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F61170F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7C9D084D" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="5D96B39F" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1C97B769" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="0363ECF2" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="352467B7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="50AB9FEF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Advertising (20%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B85C36D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="7126E7F1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="63238676" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EA599F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7D132A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1254E30A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="532269C2" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="4C918EF0" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2F5466A3" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="53F24E02" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="7975D56B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="388950F9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Short-listing (40%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11A797EB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="33154C71" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="06F437E7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62114B6B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C87320B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7997B898" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="5152307B" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="0DB0BA57" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6A402817" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="3A4EFAC9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="07256070" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF15499" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Interviewing (40%))</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02F7B13D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="16E1038F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="284735FE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEF24E5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="476733F1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D407AB8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="02B377E8" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="613AA54B" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="591ACCFA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="74367B0B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4FE958BF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FE799E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Staff HR benefits administration and management (per person)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="691B483C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="7D495E4C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4E8C8142" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F47992A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CBD871" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3B4E61" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="11718122" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="48B43459" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A0BC125" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="6FFD7551" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="21E42815" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E26E71" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Recurrent personnel management services: staff payroll, banking administration and management (person/year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="698AA334" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="348946E5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="31B3C376" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="585E5A9C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C6FD39" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AED326D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="19F2B898" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="7D05B6A7" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4A73A2D5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="513AA908" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="44490F60" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DFB5EF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Payroll validation, disbursement (35%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="52738813" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="2E8E08C2" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3E53666B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="208CF37C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A65A301" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="082B37BB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0F38A995" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="2F6AA4B7" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0FA068F4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="17E701EE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="5F3D2DEF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="49182109" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Performance evaluation (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1441BE29" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="7722DB01" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3DB82FBC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0C147D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="107AED68" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F27B22" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2C677DC3" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="5ECE44CF" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0BCE621E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="0796DA17" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="293DC065" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="410ABA35" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Extension, promotion, entitlements (30%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="413958E1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="77A5BD99" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="53966316" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B64290B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8773F8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5378DD4A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="74A59603" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="15816318" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="195059F7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="3A980E14" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2A32ACBE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7519ABF1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Leave monitoring (5%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7660FBB1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="623A60EF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="74E64238" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40876058" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2487EF81" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFBF20C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="79A03946" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="10E69E1E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0F78E9E1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="2CB108B9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="50D1F2CD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="215C7559" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>SERVICE CONTRACT (1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>OTHER HR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="730E9239" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="110C8C12" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29664FA7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="550A8D96" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="5E4F2685" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4CAA94" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A38ED1E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fellowship package (per participant)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ED93C2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="494A369E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1E2DA1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C9585A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="327B30B5" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D85B481" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> year)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="0DF48BB4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>General administrative services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6A79D4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ACCREDITATION AND IDs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D07FFF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CB4C81" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F42B5CD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D453126" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="02F974C3" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w:rsidRPr="00524B3F" w14:paraId="064655EE" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="12C23E2D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...82 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="3B08688B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F7FB3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="218" w:hanging="218"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Issue/Renew IDs (per UN LP, UN ID, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF2E2C0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F1A8BC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E2E4A1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1969AE09" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2693882C" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="12798464" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="37011902" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="40293619" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="535B49F3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7030DBD9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="218" w:hanging="218"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Stay permit / expatriate ID (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6EF53E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C30418" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0880EBE2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E5E470" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="7A4E8640" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8B2CA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="464FCDA4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Local driver’s license (full process, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E90F9BF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACA072E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53822DAD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="441F2801" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="5B183F8F" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="318147ED" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B1208B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Accreditation with government (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="713A5F57" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67688D8E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="310B71A7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F13F12E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="43F2CF5A" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4B4696" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDFC912" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle registration (full process, excluding license fees, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A31BCE9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11291CC6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7141A182" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDDE04C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="31CA33C8" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="55098064" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="688F6E38" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Visa request (excluding government fee, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="618437C7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="285CBA8A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="086D1388" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B930240" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="106C2A60" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="35315407" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40715840" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Visa extension (excluding government fee, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="57536292" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F95448" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C230E71" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EDFF69" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="4575E613" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="20A26671" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1140AE0F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44F73">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Re-entry visa issuance (excl. govt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fee, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="796220FB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="44982B7A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC8CF8C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ECEFABC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w:rsidRPr="00524B3F" w14:paraId="15134325" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="57083055" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70330704" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Non-immigrant visa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>authorization</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A111FF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3C530D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4B1DD3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC3E41F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="4E2303CA" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0399AA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="682AE393" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Visa upon arrival (excluding government fee, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="50696FEB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F76B53" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69DD5100" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7964F5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="23B8743D" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="30552EBB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EEE8750" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ground Pass (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC9D790" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5F7E6F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="03826156" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDCE135" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="6E2ACEB2" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="765014A9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="793582B0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Diplomatic ID card (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E39E57" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3E2194" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="199B30E4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AF53B2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="7E58E349" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7B486664" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="238D018B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Report staff arrival / extension / departure (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7380E4AB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D176A6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C181F7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A3BB65" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="732E2A05" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3314604E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBF62AF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TRAVEL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C399EF3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2993C624" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25252234" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9DF78A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="15E8D659" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0EE732" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC839DC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Air travel ticket issuance (booking, purchase, per person)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F609ED0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B96EFF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE419E3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C1C680" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="716BCD86" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2073D080" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="161292DF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Issuance of Travel Authorization PT8 (per person)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61993CB7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBB322A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E804E7E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5044CB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="7A34E824" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB88D35" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="760E0A16" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Hotel reservation (per person)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A5D40C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC4931E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4CE009" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="633B6F97" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="4FC2AFC5" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABAA9AF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="460C7B1C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TRANSPORT AND LOGISTICS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DBC786" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75823E29" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2097ACF9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D38C85" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="44089278" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADDF04E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F58D513" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle registration and tax exemption (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF313BD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="714931B1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20045335" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F8CE20" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="5B08668F" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="17E7CE34" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DE54BE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Car maintenance (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1665CB2D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A304221" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0865E274" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AD3649" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="50FDC22B" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6C536632" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56847BBB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Tax rebate for gasoline consumption (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="338BA09B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9D34D3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40004650" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="659645B9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="1B9481E3" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="320EBE0B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9D7E57" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle transfer – buying excluding vehicle registration (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0704C15A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7A42FB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5968743E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="17405F4B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="5832BD53" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2B479970" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D62B76" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle transfer – disposal (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="574E3C89" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F75388C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F073875" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="530DEC65" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="7B3CED87" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9602CD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF650A8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Insurance of personal effects (per case)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A81233B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47318558" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D564FF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02907749" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="1C15DB2A" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6B715538" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DF3BF4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Import customs clearance – vehicles (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="100BEE2A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BC71BD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C642724" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="693E74DB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="7457B7B3" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D85996D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="595BA2CB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Hotel reservation for incoming travellers (per person)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B81286E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F8BFE8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E6E6BF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="262F0175" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="74289FAF" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="642F31D4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01979020" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Event / conference arrangement (per event)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E80C3A3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDE1DE8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="102E1C85" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5408E43B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="07383B3B" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5582E27A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19373D5C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Logistic arrangements for event - transport, equipment rental, translation services (per case)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7739C07E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9AAC50" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D173B9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B514105" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="6926B57F" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1344F4D1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5770BA1C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Disposal of non-expendable property (below US$2,500, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA0A941" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2089D75D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6317DFD4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F2A813" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="3474D860" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0DA5C0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9C7DB5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Disposal of non-expendable property (above US$2,500, per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="118F631F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DA51FC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="06881375" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5F19FD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="6239B6B8" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="019DB013" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19786A2C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Facilitation for import car registration (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8DE657" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCA5A1B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EF8C55" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE78082" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="466EA525" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B239339" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED3DE80" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Import customs clearance - non-vehicles (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="210BCAD0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C706035" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E27B881" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DE123E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="4BCB187E" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC2675E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46043C57" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Export shipment (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8BC27A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB0993D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F3879C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A64C55" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="691A1D4D" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="49777BC8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D4719D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>VAT exemption certificate (per unit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C175239" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BA4BC5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F9902B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1CA606" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="236A6ADF" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="29E30D1C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="067AA180" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>REGISTRY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29925310" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D89630D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA9EC8C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E49664" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="57D985F1" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4492C042" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE6763F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Incoming correspondence and mail (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="405339A9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D7DC03" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B205435" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="424B250F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="2DE82DF0" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF4520E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFCC552" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Incoming fax message (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="352A9349" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D612FB6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54702AF0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2C2083" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="75BAB7BE" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3F371CD7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="405A36FA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Outgoing mail (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFBEA9D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E64620C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C125E78" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BF01F3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="353712BF" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1727E697" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C5FE5A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Incoming pouch (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BBB82E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A95B5B9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C693B2B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0FCCF7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="5C6ABAE7" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD6FC56" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9B25A3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Outgoing pouch (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FFD979" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1246C928" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="409FC0F9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBAE833" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="1F17EFAA" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0591099C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="282A6969" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Messenger / courier services (per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1A9C69" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DEF5BFB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A8A57E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE1AF89" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="41FC8485" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="74521EE0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Procurement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D777A94" w14:textId="17A2DD4E" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(LOW VALUE) PROCUREMENT PROCESS (not involving CAP) (per PO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA63557" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72591F92" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="601D237E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E77190" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="26D19FDE" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0F74A8AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0977BDD5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Advertising (20%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="7C3C0B89" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Identification and selection (50%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BA44B5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71EAB3A9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FB476A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69EF926F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="178CF609" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="1287D57B" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="04DBCE23" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="7F7FD97F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="52EEBE92" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C11C659" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Short-listing (40%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="413B35D5" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Contracting / Issue purchase order (25%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F31FF8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1E4C8D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="076BA6CD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EAB753" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7A797A7F" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="4B976F3B" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="15C77FF4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="21846E76" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0015797F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E2BE40" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Interviewing (40%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="0F3EE23A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Follow-up (25%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA9712B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="026776E3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56488408" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FE0F22" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="40A6490B" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="014A1D20" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="215D5984" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...77 lines deleted...]
-          <w:p w14:paraId="30DD9B94" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0B930925" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D29AB3" w14:textId="5E10B43A" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PROCUREMENT PROCESS (involving CAP and/or ITB, RFP requirements) (per PO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="048578BB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F755E27" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A9A4D5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B254EBB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0AB9DA0B" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3890C031" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="464D0163" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...203 lines deleted...]
-          <w:p w14:paraId="08D12457" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="134C0927" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6707DD4E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Payroll validation, disbursement (35%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="6E7E9D8B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Identification and selection (50%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C1F142" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32515322" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EF173D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="135B81D7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="1CAE2DA0" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="6AA43F00" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="590E1B6D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="0D3F16A4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2429DC4A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F4B71B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Performance evaluation (30%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="2C10D453" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Contracting / Issue purchase order (25%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2177CC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFDCA03" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3BCD81" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D477D71" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="00DA2677" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="00AE56F7" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="611912D0" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="19F39E8A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3A11D305" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D92F7F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Extension, promotion, entitlements (30%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="5228C353" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Follow-up (25%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFFFC52" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7F9FD1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04230074" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD5085B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="469C4B16" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="6F1E8208" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4C025881" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="110A2C54" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3B4AF548" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B0A3CC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>RECRUITMENT OF CONSULTANTS (1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">st </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>contract period)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2488A9D8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E88A0E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5904F29B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDC1501" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="6921E77F" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="006F4F5E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="49447056" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Consultant recruitment (per person)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61966D01" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E0BBE4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="629515AF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6DBE15" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="1335C0C6" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="54BAD1FF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E16FBD4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Leave monitoring (5%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="196B5B5A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Advertising (20%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C7C5D6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD8A11" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA69A99" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B85B321" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="79892A91" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3DA81A54" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="74F95817" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...490 lines deleted...]
-          <w:p w14:paraId="1AAF13DA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="10311FDC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="479FE9AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Payroll validation, disbursement (35%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="6ED4868E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Short-listing and selection (40%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD478DF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2DF9D9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D6D6D2" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FBF9B9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0EB516D2" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="46C632FF" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="73169693" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="449B8109" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="7506E679" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C4A79F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Performance evaluation (30%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="31330E37" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Contract issuance (40%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="275F3563" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8FDA67" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BBA672D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4915074F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7F245E3C" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="4697A47E" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="54392AAA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="30269453" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3C9F3D8C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="440906B1" w14:textId="55DBAF4C" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Create express PO </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66126">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Quantum </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(per PO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29527E2F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBF884C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADCA06E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D03671D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="58C1E1F9" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="428E5143" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D048DC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Payment of consultant’s fee (by Finance, per payment)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="198811BE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="141D5621" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="447DFAFE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3012B54C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="389ADB10" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="21070498" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25480DB7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>RECRUITMENT OF CONSULTANTS (subsequent contract period)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5842FECB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D359F5E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2FA906" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="187416C9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="368F2F47" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="27D2B793" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D9562C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Extension, promotion, entitlements (30%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="5CF6B255" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Contract renewal (per contract)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CBB2AD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E923E68" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B711864" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC1816E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="52026834" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="77FBDBD5" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="31403190" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="06BA2E45" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2E159A39" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCA57F9" w14:textId="18C6439B" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Leave monitoring (5%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="387A9712" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Create express PO</w:t>
+            </w:r>
+            <w:r w:rsidR="00E66126">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (per PO)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="269DA813" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0945B8B9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CC4030" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C74703" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="45360584" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="78691944" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4164647D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...4630 lines deleted...]
-          <w:p w14:paraId="3070ADEA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="142D7EDB" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="30685BF8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Identification and selection (50%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="182B603E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Payment of consultant’s fee (by Finance, per payment)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9D0CB7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FD973B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="709F8899" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="33485171" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="770424A2" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="2D72A3BA" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FB2EE6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Finance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="29432EA8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Payment to vendors and staff (per transaction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1161BBAD" w14:textId="5CAE36DE" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="002B5D06">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D698AC0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04FCDCB8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73AC20C9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="10F64766" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55C93661" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="2337FDC8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="21FFCED8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAEF7C0" w14:textId="41FA3324" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Contracting / Issue purchase order (25%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="525737CA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t xml:space="preserve">Issue check only </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66126">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Quantum agencies only)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C63854C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FD9AE3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2BCE0E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="178CD5E4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2F67E9AB" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="0B496481" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="74FE5C66" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...13 lines deleted...]
-          <w:p w14:paraId="5D2BB781" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="531DD70A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACF834F" w14:textId="60EF9FC1" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="2"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="218" w:hanging="197"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Follow-up (25%)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="0A5664DB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t xml:space="preserve">Vendor profile only </w:t>
+            </w:r>
+            <w:r w:rsidR="00E66126">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Quantum agencies only)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="45ED3E06" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="39713B3B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FA121C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F95A78B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="5D1F577A" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="0AA5B102" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="407C233B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...14 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="19A156A6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D85D11B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>F10 settlement (per transaction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B3D87D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8531E4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD7C2AE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="735478A8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="6BF61E30" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="11844377" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1CE661" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Overtime payments (per transaction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BEC8EA" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2EA341" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B39E42E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F3A462" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="685337E7" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF1086E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DD3A81" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>AR management process: create/apply receivable pending item, record deposit item (per individual transaction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1A38D5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0338A5" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A0CFAF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="554C39D3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="459BFF42" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5B949A78" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF6C99A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Journal Voucher or General Ledger Journal Entry (GLGE) (per transaction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA11B40" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9F14EF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F2CE85" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE998E9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B5D06" w14:paraId="25EA25E2" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C9C4DF0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>PROCUREMENT PROCESS (involving CAP and/or ITB, RFP requirements, above US$30,000) (per PO)</w:t>
-[...49 lines deleted...]
-          <w:p w14:paraId="33870032" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+              <w:t>Information Technology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6366A430" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Servers and network maintenance (per quarter)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B5A186" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A027496" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3F6F56" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9F3611" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="45BCFA07" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="5621CF48" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="166BD0F1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="62572F43" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="22BC24BF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DA7E77" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Website hosting – set up (one time, per item)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="27327539" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C7C4F4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDB95C9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="620E355B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="02AC28A1" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="23837183" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7DD0AC77" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="5F6361CF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="6A19D438" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEF6B17" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Website hosting – maintenance (per year)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEC5023" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CB0F14" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="770E4D3A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB5978A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="062DA1CC" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="0D043E46" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="219F6795" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="7704974F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="04A6631E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E353609" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Internet service changes per workstation (per month)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A66E3B1" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3839D0D9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0DDC9E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37D54D53" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="5DEBD3E3" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="3BCD2B42" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1FA4B866" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...98 lines deleted...]
-          <w:p w14:paraId="096AB699" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="76D5C417" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D09D32" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ICT consultation (per minute)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2B3DF0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F3F191" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D86F5D6" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D91C205" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="3FC24342" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="231D68F7" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3B2C902B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...77 lines deleted...]
-          <w:p w14:paraId="42688BA6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="49015CF7" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="54584F57" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LCD projector rental (per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE88DC0" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2692F417" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAADB10" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA2E44F" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="1945849A" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="4FBFCEC4" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1A9B20A8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="486301B6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="3A50A366" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42994776" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Laser printer rental (per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5757AE" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACB7192" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D0D332" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B42E107" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="04904ED0" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="25B16D3C" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1AFCC77D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="273DAFDC" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0C6C0D8C" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28506D42" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Computer notebook rental (per day)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="307C35B3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2824DAC3" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E9304D" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="14EEBC10" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7C6FB3EE" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="31835638" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2F2C2468" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...83 lines deleted...]
-          <w:p w14:paraId="4E5A6208" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="22B84BD9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13428E64" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Email service charge per workstation (per month)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5D3B89" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C1F33A" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="259CC6AC" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7E7CB8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2C39D4C3" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="7A4C5C21" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6456A84C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...77 lines deleted...]
-          <w:p w14:paraId="67831E99" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="168F5EBD" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="15323B93" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ICT support cost</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="1"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (per month)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="432431BF" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9540D4" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE4FA0E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5159BA49" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="38555C0C" w14:textId="77777777" w:rsidTr="00E37483">
+      <w:tr w:rsidR="002B5D06" w14:paraId="43EB612A" w14:textId="77777777" w:rsidTr="00C13AE5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="41A3F603" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...2174 lines deleted...]
-          <w:p w14:paraId="7CA611B6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="5E77677B" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C9BF83" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Off-site ICT support (per hour)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A025C3F" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
-[...41 lines deleted...]
-          <w:p w14:paraId="4D5D77A4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="47C4D8A9" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B89D97" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="76828DA8" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09816424" w14:textId="77777777" w:rsidR="00C37683" w:rsidRDefault="00C37683" w:rsidP="00C13AE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DA827FA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...18 lines deleted...]
-    <w:p w14:paraId="683EF52C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="288B57F1" w14:textId="77777777" w:rsidR="00D34AB4" w:rsidRDefault="00D34AB4" w:rsidP="009F4586">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009F4586" w:rsidSect="009F4586">
-          <w:type w:val="continuous"/>
+        <w:sectPr w:rsidR="00D34AB4" w:rsidSect="006C5EF1">
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5250858E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...26 lines deleted...]
-    <w:p w14:paraId="762079FD" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="38C3A1C4" w14:textId="2B10428B" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00456F51">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Annex II:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56F4E435" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="44219D3E" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0BE3A47E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="589A2079" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">SERVICE REQUEST </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDCB0B4" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="230" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>FROM [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INSERT FULL NAME OF REQUESTING UN ENTITY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>] TO THE UNITED NATIONS DEVELOPMENT PROGRAMME</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372A2414" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="4C73AEB3" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="230" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4222"/>
         <w:gridCol w:w="5128"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009F4586" w14:paraId="2B9F1CDD" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="66B6F6D8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="578D6A56" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D01E38B" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="216" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>To: [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert UNDP business unit, e.g. a country office or headquarters unit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1428A5AC" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1C830F29" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="76686BDB" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="6AE94C31" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5927"/>
                 <w:tab w:val="left" w:pos="8236"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17888,73 +13874,73 @@
               <w:t>From: [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert name of UN entity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EFEAF7D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="131CEBC4" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7EF60ADB" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="12230495" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="56B8AD97" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67353E8E" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attn:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17976,71 +13962,71 @@
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert UNDP focal point, e.g. Resident Representative</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="647387BE" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="00ADBB36" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F2B6608" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="23F3B021" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorizing Official:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18066,56 +14052,56 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nsert name of UN entity’s duly authorized official issuing service request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="4ABD772F" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="400B7E7A" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="1CF6FCD9" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E869C4" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email: [</w:t>
             </w:r>
@@ -18123,175 +14109,175 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert email address if available</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">]  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13FFDF2C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="402E2F36" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5918"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A214E16" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="46D60E7F" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="221" w:lineRule="exact"/>
               <w:ind w:left="1185" w:firstLine="9"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="2404F1B7" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="61923411" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="3ED106C9" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4EDB16" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="221" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fax: [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert fax number if available</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40E462E4" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4E37B50E" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="221" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14B2A231" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="4A29C0AA" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5918"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of request: </w:t>
             </w:r>
@@ -18307,181 +14293,181 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="0C1C2819" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="6CB9D0FF" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="3A8E784D" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73FE1C5E" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="221" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Copy:   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F93A679" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="769329B2" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E662FB8" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="06B39312" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2265"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="220" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="414195C9" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="321DC154" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5918"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="068CC76C" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="2F3B0606" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="63E8EC4D" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="06A9F213" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2251"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN Entity Reference No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0662DDD7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="40B87D0C" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18521,108 +14507,108 @@
               </w:rPr>
               <w:t xml:space="preserve"> used by </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN entities to identify their request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19E5236D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="00A20D68" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5918"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="77F7355E" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="61CB1DE6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="5CB95E9B" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BE358A" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2251"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN Entity ULO Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4846EC14" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1118E632" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
@@ -18672,104 +14658,104 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">used by </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN entities to identify their request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63DB87D7" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0343D7C5" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="35CA9090" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="61C7576D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="5859F424" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6F496F" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="10" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN Entity Account Number/Project Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3771C93D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1E611219" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
@@ -18806,8635 +14792,681 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> used by </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>UN entities to identify their request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2341FE6E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0D001CB5" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5121"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="7AC389D2" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="3718AC8B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="5A17E479" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF7DF40" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="1" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Due Date            </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48A02E3B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="793C4960" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="1603"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="441A7030" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="18D7F1BF" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="10" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="454ECAB6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="2F61E841" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5121"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>indicate date; for payments only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="5A99BA5A" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="3A8B3819" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="0D51C621" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A4CE25" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="1" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Payee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09F3E5D6" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0A8559A1" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="2" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>insert specific details</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CC4F28B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="38CC3674" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5121"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="226" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="6E4E88A2" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="568EF246" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="573C50D5" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="152A8621" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="1" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Currency/Amount</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44F150A1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="1B6864ED" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>specify US$, US$ equivalent or local currency</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78AF0B39" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="0EF48FC6" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5107"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="2" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F4586" w14:paraId="55C061F1" w14:textId="77777777" w:rsidTr="00E37483">
-[...4 lines deleted...]
-          <w:p w14:paraId="55DCA3AA" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+      <w:tr w:rsidR="00F87BD2" w14:paraId="5389C2DB" w14:textId="77777777" w:rsidTr="00C13AE5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF5D42B" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="1" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Service Instructions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7F917E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="54D958D3" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="1" w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>include any additional information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14FD555C" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="00E37483">
+          <w:p w14:paraId="31318360" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00C13AE5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5112"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="507A4B3E" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...5 lines deleted...]
-        <w:spacing w:line="230" w:lineRule="exact"/>
+    <w:p w14:paraId="67052240" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EA56A8D" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="1F1BFB31" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="6F0B7E13" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRPr="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494D992A" w14:textId="77777777" w:rsidR="00F87BD2" w:rsidRDefault="00F87BD2" w:rsidP="00F87BD2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AF5AC0B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="00946328" w:rsidRDefault="009F4586" w:rsidP="009F4586">
-[...7966 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00F87BD2" w:rsidSect="006C5EF1">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55EB6E98" w14:textId="77777777" w:rsidR="00BD031C" w:rsidRDefault="00BD031C" w:rsidP="009F4586">
+    <w:p w14:paraId="1DFFDC5B" w14:textId="77777777" w:rsidR="000B4CC7" w:rsidRDefault="000B4CC7" w:rsidP="009F4586">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A2C5E28" w14:textId="77777777" w:rsidR="00BD031C" w:rsidRDefault="00BD031C" w:rsidP="009F4586">
+    <w:p w14:paraId="7372F730" w14:textId="77777777" w:rsidR="000B4CC7" w:rsidRDefault="000B4CC7" w:rsidP="009F4586">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="-688918936"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="5A68535B" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586">
+      <w:p w14:paraId="5A68535B" w14:textId="3428C900" w:rsidR="009F4586" w:rsidRDefault="009F4586">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="right" w:pos="10224"/>
           </w:tabs>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>VERSION: September 2024</w:t>
+          <w:t xml:space="preserve">VERSION: </w:t>
+        </w:r>
+        <w:r w:rsidR="00885C35">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>December</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 202</w:t>
+        </w:r>
+        <w:r w:rsidR="00A136F9">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>5</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="6F52B906" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="right" w:pos="10224"/>
           </w:tabs>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -27492,105 +15524,105 @@
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="53911BC1" w14:textId="77777777" w:rsidR="009F4586" w:rsidRDefault="009F4586">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EFB858C" w14:textId="77777777" w:rsidR="00BD031C" w:rsidRDefault="00BD031C" w:rsidP="009F4586">
+    <w:p w14:paraId="43EBF6B4" w14:textId="77777777" w:rsidR="000B4CC7" w:rsidRDefault="000B4CC7" w:rsidP="009F4586">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D7916FB" w14:textId="77777777" w:rsidR="00BD031C" w:rsidRDefault="00BD031C" w:rsidP="009F4586">
+    <w:p w14:paraId="7320A8DB" w14:textId="77777777" w:rsidR="000B4CC7" w:rsidRDefault="000B4CC7" w:rsidP="009F4586">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="68853C54" w14:textId="77777777" w:rsidR="009F4586" w:rsidRPr="005E4E93" w:rsidRDefault="009F4586" w:rsidP="009F4586">
+    <w:p w14:paraId="424FAB8E" w14:textId="77777777" w:rsidR="00C37683" w:rsidRPr="005E4E93" w:rsidRDefault="00C37683" w:rsidP="00C37683">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E4E93">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005E4E93">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E4E93">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Fixed cost per month, reflecting the costs of technical support (on-site &amp; by phone), installation of PC/printer, VDO conference set-up, LCD projector set-up for presentations, swapping PCs, setting-up new e-mail account, and ICT equipment sourcing.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004E5744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EACA0F56"/>
     <w:lvl w:ilvl="0" w:tplc="9C7CAED0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -28188,50 +16220,222 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29276878"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2B384C94"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D904B6A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E4B6DD18"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51057C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0ECE730C"/>
     <w:lvl w:ilvl="0" w:tplc="0024E372">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -28276,51 +16480,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53CA4659"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5566C368"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -28392,51 +16596,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547E3C12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82FA39AE"/>
     <w:lvl w:ilvl="0" w:tplc="12BAC10E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1026F9E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -28515,51 +16719,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59A720C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CBB6B5FE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28601,51 +16805,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1A50DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A50AA00"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28741,51 +16945,137 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BC55362"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A525622"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DE01ED0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E9A7E68"/>
     <w:lvl w:ilvl="0" w:tplc="BCBAD8EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -28830,51 +17120,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60363355"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0A28E9B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63587BFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE201FF2"/>
     <w:lvl w:ilvl="0" w:tplc="90406C38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28970,51 +17346,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67FB4F15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13C48D9C"/>
     <w:lvl w:ilvl="0" w:tplc="F9B05B8A">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="561" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1281" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -29059,51 +17435,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4881" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5601" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6321" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="683575CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E8E827A"/>
     <w:lvl w:ilvl="0" w:tplc="18305DC0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="21"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -29150,51 +17526,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68694F79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3A16BB42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68BB1F51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27D67F72"/>
     <w:lvl w:ilvl="0" w:tplc="12BAC10E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -29244,51 +17706,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E987DA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7D81FEE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29330,51 +17792,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72351997"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB38379E"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29416,51 +17878,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73A265E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04163DF8"/>
     <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29502,51 +17964,142 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="750F231B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1550F11E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76DD414B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1368DCAE"/>
     <w:lvl w:ilvl="0" w:tplc="EED884E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -29591,51 +18144,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78AB0836"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76B46034"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78AE7B33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B169462"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -29677,51 +18316,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BD03F98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E892E0"/>
     <w:lvl w:ilvl="0" w:tplc="90406C38">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29817,51 +18456,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EF83D70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5566C368"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -29934,213 +18573,213 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2056923002">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="951941028">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="732316767">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="789860892">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1408306899">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1814710687">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="514534261">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1602757001">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1110666665">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1273442319">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1746487072">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1449273034">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1232039000">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1217354279">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="411319875">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="338503210">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1415007938">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1228759007">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="4063810">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
@@ -30156,191 +18795,434 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1286811512">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="3"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="511188786">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1763064104">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="845483752">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="837959001">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1383942861">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1217620892">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="549726869">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2105490496">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1795976231">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1043751352">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F4586"/>
+    <w:rsid w:val="00016864"/>
+    <w:rsid w:val="00021770"/>
+    <w:rsid w:val="00024977"/>
+    <w:rsid w:val="00040B1C"/>
+    <w:rsid w:val="00045E7B"/>
+    <w:rsid w:val="00063052"/>
+    <w:rsid w:val="00063174"/>
+    <w:rsid w:val="00083AC2"/>
+    <w:rsid w:val="00084D31"/>
+    <w:rsid w:val="00085A94"/>
+    <w:rsid w:val="00094049"/>
+    <w:rsid w:val="000B2340"/>
+    <w:rsid w:val="000B4CC7"/>
+    <w:rsid w:val="000B4E43"/>
+    <w:rsid w:val="000C119D"/>
+    <w:rsid w:val="000C64E3"/>
+    <w:rsid w:val="000E0180"/>
+    <w:rsid w:val="00102F8E"/>
+    <w:rsid w:val="001175EA"/>
+    <w:rsid w:val="00132152"/>
+    <w:rsid w:val="00141ED3"/>
+    <w:rsid w:val="00181B7C"/>
+    <w:rsid w:val="00196C8F"/>
+    <w:rsid w:val="001A260F"/>
+    <w:rsid w:val="001B0D2D"/>
+    <w:rsid w:val="001B3600"/>
+    <w:rsid w:val="001C07EE"/>
+    <w:rsid w:val="001C1DC8"/>
+    <w:rsid w:val="001C38C0"/>
+    <w:rsid w:val="001D21E8"/>
+    <w:rsid w:val="001E264F"/>
+    <w:rsid w:val="001F4CFA"/>
+    <w:rsid w:val="002025CE"/>
+    <w:rsid w:val="00213545"/>
+    <w:rsid w:val="00215650"/>
+    <w:rsid w:val="00234126"/>
+    <w:rsid w:val="00273BFB"/>
+    <w:rsid w:val="00276FC6"/>
+    <w:rsid w:val="00293E67"/>
+    <w:rsid w:val="002A3193"/>
+    <w:rsid w:val="002B5D06"/>
     <w:rsid w:val="002B656B"/>
+    <w:rsid w:val="002C13D5"/>
+    <w:rsid w:val="002C2223"/>
+    <w:rsid w:val="002C6FCC"/>
+    <w:rsid w:val="002F07BE"/>
+    <w:rsid w:val="00300264"/>
+    <w:rsid w:val="0030577C"/>
+    <w:rsid w:val="00312335"/>
+    <w:rsid w:val="0031598E"/>
+    <w:rsid w:val="00337EEE"/>
+    <w:rsid w:val="00353B04"/>
+    <w:rsid w:val="00357608"/>
+    <w:rsid w:val="00360D35"/>
+    <w:rsid w:val="003751D8"/>
+    <w:rsid w:val="00383EBC"/>
+    <w:rsid w:val="00387BA6"/>
+    <w:rsid w:val="003B1676"/>
+    <w:rsid w:val="003C0BA1"/>
+    <w:rsid w:val="003C6B82"/>
     <w:rsid w:val="003E7856"/>
+    <w:rsid w:val="00417122"/>
+    <w:rsid w:val="004317A7"/>
+    <w:rsid w:val="00434D25"/>
+    <w:rsid w:val="0044129C"/>
+    <w:rsid w:val="00450494"/>
+    <w:rsid w:val="004565E7"/>
+    <w:rsid w:val="00456F51"/>
+    <w:rsid w:val="00467946"/>
+    <w:rsid w:val="00472C3D"/>
+    <w:rsid w:val="00487D25"/>
+    <w:rsid w:val="00497F77"/>
+    <w:rsid w:val="004A2413"/>
+    <w:rsid w:val="004A79E2"/>
+    <w:rsid w:val="004C29A2"/>
+    <w:rsid w:val="004C3266"/>
+    <w:rsid w:val="004E0AE9"/>
+    <w:rsid w:val="004E2744"/>
+    <w:rsid w:val="004E63E7"/>
+    <w:rsid w:val="005078F8"/>
+    <w:rsid w:val="00512588"/>
+    <w:rsid w:val="00522E0C"/>
+    <w:rsid w:val="00524B3F"/>
+    <w:rsid w:val="0053135E"/>
+    <w:rsid w:val="00550BC3"/>
+    <w:rsid w:val="00566439"/>
+    <w:rsid w:val="00585114"/>
+    <w:rsid w:val="005906A8"/>
+    <w:rsid w:val="005A51E2"/>
+    <w:rsid w:val="00601318"/>
+    <w:rsid w:val="00613472"/>
+    <w:rsid w:val="00613B1E"/>
+    <w:rsid w:val="0061714D"/>
+    <w:rsid w:val="006175F6"/>
+    <w:rsid w:val="00626589"/>
+    <w:rsid w:val="00632976"/>
+    <w:rsid w:val="0064739F"/>
+    <w:rsid w:val="0064781C"/>
+    <w:rsid w:val="0065458C"/>
+    <w:rsid w:val="00657772"/>
+    <w:rsid w:val="00662C6D"/>
+    <w:rsid w:val="00667FA4"/>
+    <w:rsid w:val="00683466"/>
+    <w:rsid w:val="006A2337"/>
+    <w:rsid w:val="006A2D41"/>
+    <w:rsid w:val="006C5EF1"/>
+    <w:rsid w:val="00700721"/>
+    <w:rsid w:val="0072115E"/>
+    <w:rsid w:val="007239CA"/>
+    <w:rsid w:val="00733760"/>
+    <w:rsid w:val="007421BC"/>
+    <w:rsid w:val="00763CA5"/>
     <w:rsid w:val="00765BAE"/>
+    <w:rsid w:val="007803BE"/>
+    <w:rsid w:val="00782E69"/>
+    <w:rsid w:val="007850B4"/>
+    <w:rsid w:val="00785F9C"/>
+    <w:rsid w:val="007926E6"/>
+    <w:rsid w:val="007A4A57"/>
+    <w:rsid w:val="007B63D6"/>
+    <w:rsid w:val="007C1918"/>
+    <w:rsid w:val="007D78AF"/>
+    <w:rsid w:val="007E2FE5"/>
+    <w:rsid w:val="007E4371"/>
+    <w:rsid w:val="007F7C8B"/>
+    <w:rsid w:val="00807A38"/>
+    <w:rsid w:val="00816BE8"/>
+    <w:rsid w:val="00847D43"/>
+    <w:rsid w:val="00855B8B"/>
     <w:rsid w:val="00856F2D"/>
     <w:rsid w:val="00871CCF"/>
     <w:rsid w:val="00880ABB"/>
+    <w:rsid w:val="00882F70"/>
+    <w:rsid w:val="00885C35"/>
+    <w:rsid w:val="008A46B3"/>
+    <w:rsid w:val="008B0035"/>
+    <w:rsid w:val="008B0F3C"/>
+    <w:rsid w:val="008C3F9C"/>
+    <w:rsid w:val="008E190F"/>
+    <w:rsid w:val="00902596"/>
+    <w:rsid w:val="00910779"/>
+    <w:rsid w:val="0091502A"/>
+    <w:rsid w:val="009303A1"/>
+    <w:rsid w:val="0094508F"/>
+    <w:rsid w:val="00955344"/>
+    <w:rsid w:val="009576C6"/>
+    <w:rsid w:val="009641A6"/>
+    <w:rsid w:val="00976309"/>
+    <w:rsid w:val="00996298"/>
+    <w:rsid w:val="009C0008"/>
+    <w:rsid w:val="009C190B"/>
+    <w:rsid w:val="009D2855"/>
+    <w:rsid w:val="009D779C"/>
     <w:rsid w:val="009F4586"/>
+    <w:rsid w:val="00A136F9"/>
+    <w:rsid w:val="00A2067D"/>
+    <w:rsid w:val="00A42830"/>
+    <w:rsid w:val="00A5320B"/>
+    <w:rsid w:val="00A6564D"/>
+    <w:rsid w:val="00A67FAF"/>
+    <w:rsid w:val="00A86CCE"/>
+    <w:rsid w:val="00A93DA5"/>
+    <w:rsid w:val="00AA7906"/>
+    <w:rsid w:val="00AB61B8"/>
+    <w:rsid w:val="00AB6EA7"/>
     <w:rsid w:val="00AC1C63"/>
+    <w:rsid w:val="00AC3BDD"/>
+    <w:rsid w:val="00AF0A15"/>
+    <w:rsid w:val="00AF42E6"/>
+    <w:rsid w:val="00AF7015"/>
+    <w:rsid w:val="00B102E8"/>
+    <w:rsid w:val="00B1084D"/>
+    <w:rsid w:val="00B206B1"/>
+    <w:rsid w:val="00B32841"/>
+    <w:rsid w:val="00B52383"/>
+    <w:rsid w:val="00B6721D"/>
+    <w:rsid w:val="00B820BE"/>
     <w:rsid w:val="00B8416D"/>
+    <w:rsid w:val="00B95309"/>
     <w:rsid w:val="00BA7401"/>
     <w:rsid w:val="00BD031C"/>
+    <w:rsid w:val="00BD7406"/>
+    <w:rsid w:val="00BD74DB"/>
+    <w:rsid w:val="00C071C1"/>
+    <w:rsid w:val="00C25210"/>
+    <w:rsid w:val="00C25AF0"/>
+    <w:rsid w:val="00C37683"/>
+    <w:rsid w:val="00C40D52"/>
+    <w:rsid w:val="00C64687"/>
+    <w:rsid w:val="00C7310E"/>
+    <w:rsid w:val="00C76622"/>
+    <w:rsid w:val="00C826F5"/>
+    <w:rsid w:val="00C84559"/>
+    <w:rsid w:val="00C87C21"/>
+    <w:rsid w:val="00C95CE5"/>
+    <w:rsid w:val="00CA69E8"/>
+    <w:rsid w:val="00CB5664"/>
     <w:rsid w:val="00CC3925"/>
+    <w:rsid w:val="00CD6705"/>
+    <w:rsid w:val="00CF2BB1"/>
+    <w:rsid w:val="00CF52A6"/>
+    <w:rsid w:val="00D10B00"/>
+    <w:rsid w:val="00D15535"/>
+    <w:rsid w:val="00D308DB"/>
+    <w:rsid w:val="00D34AB4"/>
     <w:rsid w:val="00D42307"/>
+    <w:rsid w:val="00D56B8F"/>
+    <w:rsid w:val="00D67F87"/>
+    <w:rsid w:val="00D7251B"/>
+    <w:rsid w:val="00D95F58"/>
+    <w:rsid w:val="00DA06A3"/>
+    <w:rsid w:val="00DA61FC"/>
+    <w:rsid w:val="00DD47E3"/>
+    <w:rsid w:val="00DD4A5E"/>
+    <w:rsid w:val="00DE1D15"/>
+    <w:rsid w:val="00DF6CC0"/>
+    <w:rsid w:val="00E07A9D"/>
     <w:rsid w:val="00E26CD7"/>
+    <w:rsid w:val="00E3089D"/>
+    <w:rsid w:val="00E416D6"/>
+    <w:rsid w:val="00E629DB"/>
+    <w:rsid w:val="00E66126"/>
+    <w:rsid w:val="00E76FCF"/>
+    <w:rsid w:val="00E80AEF"/>
+    <w:rsid w:val="00EA1822"/>
     <w:rsid w:val="00EB005D"/>
+    <w:rsid w:val="00EB0A16"/>
+    <w:rsid w:val="00F25126"/>
+    <w:rsid w:val="00F36C18"/>
     <w:rsid w:val="00F43180"/>
     <w:rsid w:val="00F47633"/>
+    <w:rsid w:val="00F72AC4"/>
+    <w:rsid w:val="00F76578"/>
+    <w:rsid w:val="00F87BD2"/>
+    <w:rsid w:val="00F9797C"/>
     <w:rsid w:val="00FA075F"/>
+    <w:rsid w:val="00FA07A6"/>
+    <w:rsid w:val="00FA24B5"/>
     <w:rsid w:val="00FB0F75"/>
     <w:rsid w:val="00FC1CE5"/>
+    <w:rsid w:val="00FF74A4"/>
+    <w:rsid w:val="00FF79A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="062651A5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{388ACF66-0E28-4452-9C01-971A6404316A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -30692,68 +19574,70 @@
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="009F4586"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F4586"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="009F4586"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="009F4586"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
@@ -31320,62 +20204,102 @@
     <w:rsid w:val="009F4586"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F4586"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00763CA5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00763CA5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00763CA5"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/partner-personnel-services-agreement" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -31629,59 +20553,427 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="16e62f017f053e4187bce02c358b6be9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="822fc6e30ad0aba92acdc39408158171" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C3D2DD3-ADEF-4EF1-AE14-FE26EB81DC0F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B22456DB-FAFB-4A8B-8A19-EE656F6F6A65}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D45E6BA5-1EAD-40A0-8EAD-37637773617C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26B7356E-C1DA-4894-9DDE-62434AECC6B8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>28331</Characters>
+  <Pages>9</Pages>
+  <Words>2310</Words>
+  <Characters>13167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>236</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33235</CharactersWithSpaces>
+  <CharactersWithSpaces>15447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mayme Schmitz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="GrammarlyDocumentId">
+    <vt:lpwstr>2958e14c-4b36-416e-8c03-1a311394283f</vt:lpwstr>
+  </property>
+</Properties>
+</file>