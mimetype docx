--- v0 (2025-10-05)
+++ v1 (2026-03-17)
@@ -1,68 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="263C192D" w14:textId="4B86C077" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="002E3BA2">
       <w:pPr>
         <w:spacing w:after="132" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="0016753B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">so de Líneas de Financiación Múltiples para Posiciones  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9EA3E5" w14:textId="35EA9D02" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
@@ -117,60 +115,57 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A partir del 1 de enero de 2014, todas las posiciones son admisibles para la financiación por varias fuentes, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>excepto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> las posiciones en el nivel D1 y niveles superiores. En otras palabras, todas las posiciones en el nivel P5 y niveles inferiores pueden ser financiadas por varias fuentes.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E89220A" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D18DF5C" w14:textId="77777777" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00DC4DC7" w:rsidP="00367592">
+    <w:p w14:paraId="2D18DF5C" w14:textId="32A365FA" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00DC4DC7" w:rsidP="00367592">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>El</w:t>
       </w:r>
       <w:r w:rsidR="000C34D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cargo de</w:t>
       </w:r>
       <w:r w:rsidR="00EC461F">
         <w:t xml:space="preserve"> posiciones a líneas de financiación múltiples deberá vincularse con los planes de trabajo de la oficina y las capacidades necesarias. Debe haber un vínculo directo legítimo y demostrable entre la fuente de financiación y los resultados de desarrollo relacionados y las actividades de trabajo del miembro del personal: consultar </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Planning</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -237,722 +232,336 @@
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Services</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>to</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Projects</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Projects</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
-        <w:t xml:space="preserve">  y a los procedimientos </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+        <w:t xml:space="preserve"> y a los procedimientos </w:t>
       </w:r>
       <w:r w:rsidR="00367592" w:rsidRPr="00367592">
         <w:t xml:space="preserve">POPP </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00367592" w:rsidRPr="00367592">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Formular Proyectos de Desarrollo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00367592" w:rsidRPr="00367592">
         <w:t xml:space="preserve"> - paso 3.2 - Preparar los presupuestos de los proyectos con todos los costes</w:t>
       </w:r>
       <w:r w:rsidR="00367592" w:rsidRPr="00367592" w:rsidDel="00037635">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00367592" w:rsidRPr="00367592">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
-        <w:rPr>
-[...198 lines deleted...]
-      <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+        <w:t>Los requisitos para elaborar el presupuesto de un proyecto se describen en </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Preparación de presupuestos totalmente calculados para proyectos</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002E4025">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
         <w:rPr>
-          <w:lang w:val="en-NL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:ind w:left="0" w:right="-9" w:firstLine="0"/>
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
         <w:rPr>
-          <w:lang w:val="en-NL"/>
-[...18 lines deleted...]
-          <w:lang w:val="en-NL"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002E4025">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3D8E5C" w14:textId="77777777" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00367592" w:rsidP="00367592">
+      <w:pPr>
+        <w:ind w:left="0" w:right="-9" w:firstLine="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="006C2C91">
-        <w:rPr>
-[...194 lines deleted...]
-    <w:p w14:paraId="0A8B3345" w14:textId="77777777" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00000000" w:rsidP="00367592">
+        <w:br/>
+        <w:t>Consulte los procedimientos detallados para el cálculo de costes y presupuestos de los proyectos financiados por los siguientes socios:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8B3345" w14:textId="76977796" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00864484" w:rsidP="00367592">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-NL"/>
           </w:rPr>
-          <w:t xml:space="preserve">Unión </w:t>
-[...15 lines deleted...]
-          <w:t xml:space="preserve"> (UE)</w:t>
+          <w:t>Unión Europea (UE)</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="193A9B5C" w14:textId="77777777" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00000000" w:rsidP="00367592">
+      <w:r w:rsidR="002E4025">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193A9B5C" w14:textId="70002CAC" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00864484" w:rsidP="00367592">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00367592" w:rsidRPr="006C2C91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en-NL"/>
           </w:rPr>
-          <w:t>Financiados</w:t>
-[...39 lines deleted...]
-          <w:t xml:space="preserve"> FMAM</w:t>
+          <w:t>Financiados por el FMAM</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="7866E239" w14:textId="77777777" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00367592" w:rsidP="00367592">
+      <w:r w:rsidR="002E4025">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7866E239" w14:textId="1CE99B00" w:rsidR="00367592" w:rsidRPr="006C2C91" w:rsidRDefault="00367592" w:rsidP="00367592">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:lang w:val="en-NL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2C91">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="006C2C91">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://popp.undp.org/node/1706" \t "_blank" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="006C2C91">
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006C2C91">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:lang w:val="en-NL"/>
         </w:rPr>
         <w:t>Fondo Mundial (FM)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1DEBDEC8" w14:textId="522DE9C1" w:rsidR="005C5404" w:rsidRPr="00EC004A" w:rsidRDefault="00367592" w:rsidP="00367592">
+      <w:r w:rsidR="002E4025">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CCE6FF3" w14:textId="0B60850C" w:rsidR="005C5404" w:rsidRPr="00EC004A" w:rsidRDefault="00367592" w:rsidP="00DC3F9E">
       <w:pPr>
         <w:ind w:left="0" w:right="-9" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C2C91">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00EC004A">
+      <w:r w:rsidR="00EC461F" w:rsidRPr="00EC004A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A9C08E" w14:textId="7A7EBAF7" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">El objetivo es que la asignación de los recursos básicos del presupuesto institucional de la oficina para posiciones se asigne como una partida presupuestaria para costos de personal, con un número fijo de posiciones. La oficina realiza la determinación sobre cuánto usar de la asignación de recursos básicos del personal para financiar posiciones múltiples en combinación con otros recursos. Como guía para tomar esta decisión, las oficinas en el país pueden utilizar las directrices para el estudio sobre el volumen de </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">trabajo de las oficinas </w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r>
         <w:t>país</w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
         <w:t xml:space="preserve"> WLS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0032283C">
         <w:t xml:space="preserve">consultar el paso 2 de los procedimientos de la política sobre </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="0032283C" w:rsidRPr="00777EE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
-          <w:t>Uso de  Múltiples Líneas de Financiación para Posiciones</w:t>
+          <w:t xml:space="preserve">Uso </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidR="0032283C" w:rsidRPr="00777EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0070C0"/>
+          </w:rPr>
+          <w:t>de  Múltiples</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r w:rsidR="0032283C" w:rsidRPr="00777EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0070C0"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Líneas de Financiación para Posiciones</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0032283C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094CC40F" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610A16F7" w14:textId="312A9967" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
       <w:r>
@@ -1000,76 +609,84 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77943FA9" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Si bien se permiten combinaciones de fuentes de financiación múltiples para financiar una posición, esto no cambia la categoría de clasificación de costos principal de dicha posición. En otras palabras, las categorías de clasificación de costos de las posiciones no se deben cambiar, independientemente de la composición de financiación de una posición. El siguiente ejemplo ilustra este punto: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5B3F38" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0094EE89" w14:textId="4509BB47" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
+    <w:p w14:paraId="0094EE89" w14:textId="01899BD3" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="002E4025">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="-9" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Las posiciones de las dependencias de programas pueden ser cofinanciadas con una combinación de Eficacia del Desarrollo (es decir, código de fondo «02550» ), y recursos de programas (códigos de fondo 04000, 30000 y códigos de fondo fiduciario).  </w:t>
+      <w:r w:rsidRPr="002E4025">
+        <w:t>Las posiciones de las dependencias de programas pueden ser cofinanciadas a partir de una combinación de asignaciones del presupuesto institucional básico (código de fondo 02300), ingresos XB (como el fondo 11300) y recursos de programas (códigos de fondo 04000, 30000 y códigos de fondos fiduciarios).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8FB12B" w14:textId="2CB224D1" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Las posiciones de </w:t>
+        <w:t xml:space="preserve">Las posiciones </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
-        <w:t xml:space="preserve"> Gerencia y </w:t>
+        <w:t xml:space="preserve"> Gerencia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0077593C">
+        <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
         <w:t xml:space="preserve"> la Unidad de</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Operaciones que proporcionan servicios de apoyo a la ejecución pueden ser cofinanciadas con asignaciones de presupuesto institucional</w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
         <w:t xml:space="preserve"> de recursos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> básic</w:t>
       </w:r>
       <w:r w:rsidR="0077593C">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s (código de fondo 02300), ingresos RE (extrapresupuestarios) (como el fondo 11300) y recursos de programas (códigos de fondo 04000, 30000 y fondos fiduciarios).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8CAFB0" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
@@ -1205,64 +822,66 @@
     </w:p>
     <w:p w14:paraId="641C2F0B" w14:textId="1B739E19" w:rsidR="00B47E56" w:rsidRPr="00BC3E2B" w:rsidRDefault="00B47E56" w:rsidP="008E3060">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Cuando sea posible, las posiciones de DPC deben cobrarse directamente a los proyectos de desarrollo a través de planes de cuentas múltiples o a un proyecto de DPC independiente en situaciones complejas</w:t>
       </w:r>
       <w:r w:rsidR="00BC3E2B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3E2B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BC3E2B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>consultar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BC3E2B" w:rsidRPr="00BC3E2B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00BC3E2B" w:rsidRPr="00777EE6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>Planning and Paying for Delivery Enabling Services to Projects</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC3E2B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D1D2B4" w14:textId="77777777" w:rsidR="00E44E77" w:rsidRPr="00BC3E2B" w:rsidRDefault="00E44E77" w:rsidP="00E44E77">
       <w:pPr>
         <w:ind w:left="715" w:right="-9" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="778D3BDF" w14:textId="77777777" w:rsidR="00E44E77" w:rsidRPr="008E3060" w:rsidRDefault="00E44E77" w:rsidP="00E44E77">
       <w:pPr>
@@ -1336,197 +955,352 @@
       <w:r>
         <w:t xml:space="preserve">Una posición financiada previamente con presupuesto institucional no debe ser financiada plenamente con programas/proyectos, dado que cada una de estas posiciones en una oficina en el país está involucrada en actividades de gestión y coordinación de la ONU en cierta medida. Por ejemplo, el oficial de programa nacional podría estar involucrado plenamente en servicios de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>DE</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, y además contribuir a la gestión general de la oficina, las comunicaciones de la oficina y las actividades de difusión, enseñanza y coordinación de la ONU. Por lo tanto, las asignaciones de presupuesto institucionales deben utilizarse para financiar una cierta parte del personal que cubra su tiempo en actividades de gestión en base a los estudios de volumen de trabajo (WLS). Esto solo rige para las posiciones de presupuesto institucional según lo aprobado en el plan de trabajo integrado (y no rige para posiciones de proyectos, contratos de servicios ni contratos individuales).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1554FD0B" w14:textId="77777777" w:rsidR="00594A4C" w:rsidRDefault="00594A4C" w:rsidP="00F44404">
       <w:pPr>
         <w:ind w:left="0" w:right="-9" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E2EC56D" w14:textId="5B3C0E5B" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">La líneas de financiación múltiples para posiciones deberán ser ejecutadas en el módulo de Recursos Humanos de </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>La líneas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de financiación múltiples para posiciones deberán ser ejecutadas en el módulo de Recursos Humanos de </w:t>
       </w:r>
       <w:r w:rsidR="00A273A5">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (no por ajustes de asientos en el libro mayor) para minimizar los costos de transacción. La distribución de la línea de financiación de posiciones (plan de cuentas) se realiza solo una vez al inicio de cada año, y luego la nómina mensual cobra automáticamente a las fuentes de financiación relevantes (p. ej., el plan de cuentas) según los porcentajes en la distribución de financiación de posiciones en el módulo de Recursos Humanos de </w:t>
       </w:r>
       <w:r w:rsidR="00A273A5">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. El proceso de establecimiento de las líneas de financiación se realiza una vez y se mantiene en vigencia por el resto del año, salvo que se realicen cambios </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">en el plan de cuentas y/o los porcentajes como resultado de un estudio del volumen de trabajo (WLS) actualizado llevado a cabo por la oficina. Si ocurren cambios significativos en la dotación de personal durante el año, debe considerarse un estudio del volumen de trabajo revisado.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5358A0F7" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2410AE" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Las oficinas deben usar su criterio para revisar la practicidad y la carga transaccional de tener más de 10 planes de cuentas por posición. Mientras que la oficina se encarga de la flexibilidad del número máximo de planes de cuentas según el tamaño y el alcance de sus carteras de programas, el número de líneas de planes de cuentas por posición debe poder manejarse y supervisarse fácilmente. Preferentemente, el número de líneas de plan de cuentas por posición no deberá exceder las 10 líneas. Las oficinas, por lo tanto, necesitarían incluir la estimación de costos directamente imputables para los proyectos durante la etapa de planificación de programas o durante la preparación de las revisiones de presupuestos con cambios significativos. Si los proyectos de programas tienen resultados múltiples que son respaldados por las oficinas del PNUD, puede ser más fácil asignar los costos directos del proyecto a un resultado, en vez de dividirlos entre varios resultados dentro del mismo proyecto.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A09ABC" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="33" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405CE8A0" w14:textId="513C4D81" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
+    <w:p w14:paraId="405CE8A0" w14:textId="39461472" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-9"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Se pueden establecer gráficos de velocidad en el módulo de finanzas de </w:t>
+        <w:t xml:space="preserve">Se pueden establecer gráficos de velocidad </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4025" w:rsidRPr="002E4025">
+        <w:t xml:space="preserve">(ahora conjuntos de distribución en Quantum) </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">en el módulo de finanzas de </w:t>
       </w:r>
       <w:r w:rsidR="00A273A5">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, y se pueden utilizar para cargar los gastos generales de funcionamiento que se atribuyen directamente a la función de personal (facturas de la oficina, como los cargos de electricidad, renta, teléfono e Internet) en la misma proporción en que están financiadas las posiciones de personal. Por ejemplo, si los costos de personal (total) están financiados en un 35 % con 02300, en un 25 % con 02550, en un 30 % con 11300 y en un 20 % con fondos de programas (30000), se puede establecer la misma plantilla como plantilla de contabilidad que puede utilizarse cada vez que se pague una factura de la oficina. (En el Anexo 1 se puede consultar una demostración ilustrativa de la determinación de costos de personal y gastos generales de funcionamiento en los presupuestos de proyectos de desarrollo).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47552328" w14:textId="77777777" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00EC461F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283297FD" w14:textId="4BD71E08" w:rsidR="005C5404" w:rsidRPr="006D5E1A" w:rsidRDefault="00000000">
+    <w:p w14:paraId="283297FD" w14:textId="79088074" w:rsidR="005C5404" w:rsidRDefault="00864484">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00046ADF" w:rsidRPr="00FD4DB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:color="0563C1"/>
           </w:rPr>
           <w:t>Anexo 1 Ilustración de un estudio del Volumen de Trabajo</w:t>
         </w:r>
         <w:r w:rsidR="00046ADF" w:rsidRPr="00FD4DB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00046ADF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:headerReference w:type="even" r:id="rId19"/>
+      <w:r w:rsidR="00076BCA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00076BCA" w:rsidRPr="00076BCA">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00076BCA">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5634D23B" w14:textId="43721772" w:rsidR="00202CF1" w:rsidRDefault="00202CF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01337804" w14:textId="77777777" w:rsidR="00202CF1" w:rsidRDefault="00202CF1" w:rsidP="00202CF1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F7B0BB9" w14:textId="5B37A7F6" w:rsidR="00202CF1" w:rsidRPr="004635BA" w:rsidRDefault="00202CF1" w:rsidP="00202CF1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Descargo de responsabilidad:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esta es una traducción de un documento original en inglés. En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7DA034" w14:textId="77777777" w:rsidR="00202CF1" w:rsidRPr="004635BA" w:rsidRDefault="00202CF1" w:rsidP="00202CF1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6477EF96" w14:textId="77777777" w:rsidR="00202CF1" w:rsidRPr="004635BA" w:rsidRDefault="00202CF1" w:rsidP="00202CF1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Disclaimer:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004635BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document was translated from English into Spanish. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFA4D7B" w14:textId="77777777" w:rsidR="00202CF1" w:rsidRPr="006D5E1A" w:rsidRDefault="00202CF1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00202CF1" w:rsidRPr="006D5E1A">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="even" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
-      <w:headerReference w:type="first" r:id="rId23"/>
-      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1481" w:right="1435" w:bottom="1669" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C340817" w14:textId="77777777" w:rsidR="00980049" w:rsidRDefault="00980049">
+    <w:p w14:paraId="5B3B48E9" w14:textId="77777777" w:rsidR="00864484" w:rsidRDefault="00864484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F8650CE" w14:textId="77777777" w:rsidR="00980049" w:rsidRDefault="00980049">
+    <w:p w14:paraId="30D1FC62" w14:textId="77777777" w:rsidR="00864484" w:rsidRDefault="00864484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -1559,92 +1333,92 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="51774266" w14:textId="77777777" w:rsidR="005C5404" w:rsidRDefault="00EC461F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="2" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="673B27FB" w14:textId="77777777" w:rsidR="005C5404" w:rsidRDefault="00EC461F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5023857E" w14:textId="50D9DF18" w:rsidR="005C5404" w:rsidRDefault="006D5E1A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5023857E" w14:textId="57A0941D" w:rsidR="005C5404" w:rsidRDefault="006D5E1A">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Página </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -1680,245 +1454,234 @@
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D5035A">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
     </w:r>
+    <w:r w:rsidR="002E4025">
+      <w:t>02</w:t>
+    </w:r>
     <w:r w:rsidR="00AB1D70" w:rsidRPr="00AB1D70">
-      <w:t>29/11/2022</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="002E4025">
+      <w:t>02</w:t>
+    </w:r>
+    <w:r w:rsidR="00AB1D70" w:rsidRPr="00AB1D70">
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="002E4025">
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00AB1D70" w:rsidRPr="00AB1D70">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Versión </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:t>n.°</w:t>
+    <w:r w:rsidR="002E4025">
+      <w:t>#</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1703320421"/>
         <w:placeholder>
           <w:docPart w:val="14402B2F62E74B68B4478CF1565D0DB3"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{568CA150-0001-4C2C-8ECF-98DAA4F67769}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00C25082">
-          <w:t>6</w:t>
+        <w:r w:rsidR="002E4025">
+          <w:t>7</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0C538B45" w14:textId="77777777" w:rsidR="005C5404" w:rsidRDefault="00EC461F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="2" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C128F3C" w14:textId="77777777" w:rsidR="005C5404" w:rsidRDefault="00EC461F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="273A1B72" w14:textId="77777777" w:rsidR="00980049" w:rsidRDefault="00980049">
+    <w:p w14:paraId="2D797E72" w14:textId="77777777" w:rsidR="00864484" w:rsidRDefault="00864484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39B1B534" w14:textId="77777777" w:rsidR="00980049" w:rsidRDefault="00980049">
+    <w:p w14:paraId="4A25E679" w14:textId="77777777" w:rsidR="00864484" w:rsidRDefault="00864484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="66AFC347" w14:textId="08E8384F" w:rsidR="00E54643" w:rsidRDefault="002A6AB3" w:rsidP="002A6AB3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="66AFC347" w14:textId="172BA002" w:rsidR="00E54643" w:rsidRDefault="002E4025" w:rsidP="002A6AB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="9730" w:right="43"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53B126B0" wp14:editId="4E261484">
-[...2 lines deleted...]
-          <wp:docPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F5632A1" wp14:editId="18E11007">
+          <wp:extent cx="260198" cy="529050"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="288971844" name="Picture 24" descr="Icon&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
-                    <a:picLocks noChangeAspect="1"/>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="3554" b="17704"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="293370" cy="578485"/>
+                    <a:ext cx="265260" cy="539343"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F1C06B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC90318A"/>
     <w:lvl w:ilvl="0" w:tplc="FA844674">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -2737,226 +2500,233 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8208" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1278636843">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1062676675">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1463032802">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="325595299">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="696545040">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C5404"/>
     <w:rsid w:val="00046ADF"/>
+    <w:rsid w:val="00076BCA"/>
     <w:rsid w:val="000C34D8"/>
     <w:rsid w:val="000E61DE"/>
     <w:rsid w:val="00107ACD"/>
     <w:rsid w:val="0016753B"/>
     <w:rsid w:val="0018340C"/>
+    <w:rsid w:val="00202CF1"/>
     <w:rsid w:val="00222FF3"/>
     <w:rsid w:val="00235714"/>
     <w:rsid w:val="00287B04"/>
     <w:rsid w:val="0029244F"/>
     <w:rsid w:val="002A6AB3"/>
     <w:rsid w:val="002E05AA"/>
     <w:rsid w:val="002E3BA2"/>
+    <w:rsid w:val="002E4025"/>
     <w:rsid w:val="00300206"/>
     <w:rsid w:val="0032283C"/>
     <w:rsid w:val="00365291"/>
     <w:rsid w:val="00367592"/>
     <w:rsid w:val="003C4EE1"/>
     <w:rsid w:val="0041737E"/>
     <w:rsid w:val="004211DC"/>
     <w:rsid w:val="004271DE"/>
     <w:rsid w:val="00431984"/>
     <w:rsid w:val="00464A53"/>
     <w:rsid w:val="00490919"/>
     <w:rsid w:val="0049093F"/>
     <w:rsid w:val="004A3478"/>
     <w:rsid w:val="005205B5"/>
     <w:rsid w:val="0052126F"/>
     <w:rsid w:val="00546B62"/>
     <w:rsid w:val="00554525"/>
     <w:rsid w:val="00594A4C"/>
     <w:rsid w:val="005C5404"/>
     <w:rsid w:val="005F3268"/>
     <w:rsid w:val="00600FBE"/>
     <w:rsid w:val="006322CC"/>
     <w:rsid w:val="00637E6C"/>
     <w:rsid w:val="00650993"/>
+    <w:rsid w:val="00650E8A"/>
     <w:rsid w:val="00683EDD"/>
     <w:rsid w:val="00686C35"/>
     <w:rsid w:val="00696B34"/>
     <w:rsid w:val="006D5E1A"/>
     <w:rsid w:val="006E4D52"/>
     <w:rsid w:val="006E69FB"/>
     <w:rsid w:val="00717AB2"/>
     <w:rsid w:val="00722470"/>
     <w:rsid w:val="00723668"/>
     <w:rsid w:val="00751D08"/>
     <w:rsid w:val="00770049"/>
     <w:rsid w:val="0077593C"/>
     <w:rsid w:val="00777EE6"/>
     <w:rsid w:val="007E1A65"/>
     <w:rsid w:val="007E5D77"/>
     <w:rsid w:val="007F74B0"/>
     <w:rsid w:val="00813A3D"/>
     <w:rsid w:val="00817CAC"/>
     <w:rsid w:val="0083032F"/>
     <w:rsid w:val="0083057D"/>
     <w:rsid w:val="008426B5"/>
     <w:rsid w:val="00862D7B"/>
+    <w:rsid w:val="00864484"/>
+    <w:rsid w:val="008A2527"/>
     <w:rsid w:val="008B2874"/>
     <w:rsid w:val="008D3B14"/>
     <w:rsid w:val="008E3060"/>
     <w:rsid w:val="00980049"/>
     <w:rsid w:val="00A273A5"/>
     <w:rsid w:val="00AB1D70"/>
     <w:rsid w:val="00AB56DF"/>
     <w:rsid w:val="00B14F81"/>
     <w:rsid w:val="00B47E56"/>
     <w:rsid w:val="00B81964"/>
     <w:rsid w:val="00BC3E2B"/>
     <w:rsid w:val="00BF7729"/>
     <w:rsid w:val="00C25082"/>
     <w:rsid w:val="00C471BB"/>
     <w:rsid w:val="00CC0ACF"/>
     <w:rsid w:val="00CC739A"/>
     <w:rsid w:val="00CF13FE"/>
     <w:rsid w:val="00D02169"/>
     <w:rsid w:val="00D5035A"/>
     <w:rsid w:val="00DA1550"/>
+    <w:rsid w:val="00DC3F9E"/>
     <w:rsid w:val="00DC4DC7"/>
     <w:rsid w:val="00DD123D"/>
     <w:rsid w:val="00DF6589"/>
     <w:rsid w:val="00E23BA9"/>
     <w:rsid w:val="00E3682B"/>
     <w:rsid w:val="00E44E77"/>
     <w:rsid w:val="00E54643"/>
     <w:rsid w:val="00EC004A"/>
     <w:rsid w:val="00EC461F"/>
     <w:rsid w:val="00EE0F47"/>
     <w:rsid w:val="00F3544A"/>
     <w:rsid w:val="00F44404"/>
     <w:rsid w:val="00F6372E"/>
     <w:rsid w:val="00F84251"/>
     <w:rsid w:val="00FA299F"/>
     <w:rsid w:val="00FD4DB2"/>
     <w:rsid w:val="00FF6069"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="30C3E9CC"/>
   <w15:docId w15:val="{76B737CF-E86E-4A6D-8905-C49391068241}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3575,107 +3345,127 @@
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00696B34"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EC004A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00202CF1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10826" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/536" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2996" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/10826" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/2996" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11271" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/node/11136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1456" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1701" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/536" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/1706" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="14402B2F62E74B68B4478CF1565D0DB3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A04C8962-9479-459C-BCA4-C9394F8648F8}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F80190" w:rsidRDefault="00F32EFF">
           <w:r w:rsidRPr="00EC38FF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -3704,137 +3494,135 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00383435"/>
+    <w:rsid w:val="00147D25"/>
     <w:rsid w:val="00215326"/>
     <w:rsid w:val="00273BD9"/>
     <w:rsid w:val="003626B6"/>
     <w:rsid w:val="00383435"/>
     <w:rsid w:val="003D05A3"/>
     <w:rsid w:val="004D6518"/>
     <w:rsid w:val="005E38EA"/>
     <w:rsid w:val="00634CF6"/>
     <w:rsid w:val="006E223A"/>
     <w:rsid w:val="009529D1"/>
     <w:rsid w:val="00965BC1"/>
     <w:rsid w:val="009D2F42"/>
     <w:rsid w:val="009F42E1"/>
+    <w:rsid w:val="00CC68C9"/>
     <w:rsid w:val="00DB280A"/>
     <w:rsid w:val="00E43E9C"/>
     <w:rsid w:val="00F32EFF"/>
+    <w:rsid w:val="00F71616"/>
     <w:rsid w:val="00F80190"/>
     <w:rsid w:val="00F84251"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3CC93B44"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4229,51 +4017,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F32EFF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -4550,179 +4338,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...127 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -5035,142 +4694,271 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>350</Value>
+    </TaxCatchAll>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">POPP-11-2590</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://popp.undp.org/_layouts/15/DocIdRedir.aspx?ID=POPP-11-2590</Url>
+      <Description>POPP-11-2590</Description>
+    </_dlc_DocIdUrl>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">7</UNDP_POPP_REFITEM_VERSION>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 11/29/2022                                                Version #: 7.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Spanish</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2022-11-28T23:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Uso de Líneas de Financiación Múltiples para Posiciones</UNDP_POPP_TITLE_EN>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">1536</UNDP_POPP_FILEVERSION>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 11/29/2022                                                Version #: 7.0</DLCPolicyLabelValue>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7D10AF1-0C09-4864-8C55-F01A56A9E4D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B6F5669-13BF-4302-9033-41A51DE46DE2}">
-[...25 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDB6E978-B1F7-4BE5-A7CE-B88B9D46827D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF13F599-F438-4232-99BE-0F7998BDFD4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{568CA150-0001-4C2C-8ECF-98DAA4F67769}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B6F5669-13BF-4302-9033-41A51DE46DE2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="office.server.policy"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1808</Words>
-  <Characters>10309</Characters>
+  <Words>1897</Words>
+  <Characters>10818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12093</CharactersWithSpaces>
+  <CharactersWithSpaces>12690</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rahel Haileslassie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">