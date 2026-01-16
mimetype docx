--- v0 (2025-10-10)
+++ v1 (2026-01-16)
@@ -1,459 +1,459 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="25B7CA29" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="77048456" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vaccinations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inoculations and Malaria Prevention  </w:t>
+        <w:t xml:space="preserve">and Malaria Prevention  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2A" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="0355DBDF" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2B" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="0FE09A9C" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Completing an immunization schedule before departure is the first and most important step staff can take to prevent travel-related disease. The protective effects of vaccination take some time to develop and for this reason travellers are advised to allow four (4) to six (6) weeks before departure to start receiving vaccination shots, particularly if the travel destination is one where exposure to vaccine-preventable diseases may occur and one or more doses are necessary. Failure to allow sufficient time for immunizations may delay a traveller’s departure, or result in causing discomfort from multiple vaccines given simultaneously. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">Completing an immunization schedule before departure is the first and most important step staff can take to prevent travel-related disease. The protective effects of vaccination take some time to develop. For this reason, travellers are advised to allow four (4) to six (6) weeks before departure to start receiving vaccinations, particularly if the travel destination is one where exposure to vaccine-preventable diseases may occur and one or more doses are necessary. Failure to allow sufficient time for immunizations may delay a traveller’s departure or cause discomfort from multiple vaccines administered simultaneously. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2C" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="369806AC" w14:textId="760AD6E1" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
       <w:pPr>
         <w:spacing w:after="17" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:firstLine="48"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="0144D093" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">Malaria is a common and serious disease in many tropical and subtropical areas. Medications called anti-malarial are used both to prevent and treat malaria. Staff travelling to an area where malaria is present should take preventive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">measures, including antimalarials, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">and follow the correct dosing schedule to reduce the risk of developing malaria. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2D" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="480253F2" w14:textId="18E2696E" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="48"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C5B3BC4" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Malaria is a common and serious disease in many tropical and subtropical areas. Medications called anti-malarial are used both to prevent and treat malaria. Staff travelling to an area where malaria is present, are required to take preventive drug therapy and to follow the correct schedule for taking them in order to reduce the risk of developing malaria. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">Any staff member traveling to regions where malaria is present should undertake a travel risk assessment to determine whether malaria is a risk and what specific preparations they require. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2E" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w14:paraId="73108CC4" w14:textId="5496005B" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="96"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="5CF52EBE" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t>Once medically cleared for travel, and depending on the country(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t>ies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">) of destination, the traveller’s vaccination record will be reviewed and updated as necessary. The traveller should present any records of prior documented vaccinations, or a vaccination "yellow book" during the medical clearance process. Refer to guidelines on medical clearance for more information.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA2F" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="450F0C76" w14:textId="19987F73" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="48"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5DD1BF" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Any staff member traveling to regions with malaria, such as central America, central and SouthEast Asia and sub Saharan Africa should undertake a travel risk assessment to determine whether malaria is a risk, and what specific preparations they require. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t>The traveller will also be given malaria prophylaxis when applicable and be briefed about other health risks and how to minimize them in the country(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t>ies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t xml:space="preserve">) of destination. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA30" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w14:paraId="43448625" w14:textId="0A5E10D5" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:spacing w:after="45" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="48"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="36DB19BA" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00E6344D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:t>For more information, please refer to the websites referenced below:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA31" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
-[...61 lines deleted...]
-    <w:p w14:paraId="25B7CA36" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="0E76B7B6" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="720"/>
           <w:tab w:val="center" w:pos="3100"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="-15" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r>
+      <w:hyperlink r:id="rId10" w:anchor="tab=tab_1">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="0072BC"/>
             <w:u w:val="single" w:color="0072BC"/>
           </w:rPr>
           <w:t>WHO International Travel and Health</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId13">
-        <w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="0072BC"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId14">
-        <w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="333333"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25B7CA37" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7B726B00" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1450" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId15">
-        <w:r w:rsidR="00FC61EE">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="0072BC"/>
             <w:u w:val="single" w:color="0072BC"/>
           </w:rPr>
           <w:t>CDC Traveler’s Health</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidR="00FC61EE">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="0072BC"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId17">
-        <w:r w:rsidR="00FC61EE">
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="00EF1CF5">
           <w:rPr>
             <w:color w:val="333333"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25B7CA38" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="6F7FCD71" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA39" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="14F95E5E" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA3A" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE">
+    <w:p w14:paraId="3DA5E86E" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA3B" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="00FC61EE" w:rsidP="002D4C8B">
+    <w:p w14:paraId="20D2AB37" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EF1CF5">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B7CA3C" w14:textId="77777777" w:rsidR="009B70C9" w:rsidRDefault="009B70C9">
+    <w:p w14:paraId="4CFF1BFF" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRPr="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="00EF1CF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r w:rsidRPr="00EF1CF5">
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009B70C9">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId23"/>
+    <w:p w14:paraId="1928C03A" w14:textId="77777777" w:rsidR="007E2152" w:rsidRPr="00EF1CF5" w:rsidRDefault="007E2152"/>
+    <w:sectPr w:rsidR="007E2152" w:rsidRPr="00EF1CF5" w:rsidSect="00EF1CF5">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1436" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68017DCE" w14:textId="77777777" w:rsidR="00776444" w:rsidRDefault="00776444" w:rsidP="002D4C8B">
+    <w:p w14:paraId="45F067E0" w14:textId="77777777" w:rsidR="0089789D" w:rsidRDefault="0089789D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E50CA0F" w14:textId="77777777" w:rsidR="00776444" w:rsidRDefault="00776444" w:rsidP="002D4C8B">
+    <w:p w14:paraId="20548E7D" w14:textId="77777777" w:rsidR="0089789D" w:rsidRDefault="0089789D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="25B7CA43" w14:textId="1AD956F5" w:rsidR="002D4C8B" w:rsidRDefault="002D4C8B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55E7A6AC" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRDefault="00EF1CF5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
@@ -488,202 +488,178 @@
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="002D4C8B">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> 06</w:t>
     </w:r>
-    <w:r w:rsidR="00904DD1" w:rsidRPr="00904DD1">
-      <w:t>26/07/2016</w:t>
+    <w:r w:rsidRPr="00904DD1">
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00904DD1" w:rsidRPr="00904DD1">
+    <w:r>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00904DD1">
+      <w:t>/20</w:t>
+    </w:r>
+    <w:r>
+      <w:t>26</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00904DD1">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="002D4C8B">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1921699677"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{B82722E6-86A2-4968-BD45-A4FEA3F0DC87}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00821A2C">
-          <w:t>2</w:t>
+        <w:r>
+          <w:t>3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D00A1E9" w14:textId="77777777" w:rsidR="00776444" w:rsidRDefault="00776444" w:rsidP="002D4C8B">
+    <w:p w14:paraId="7A0CE03B" w14:textId="77777777" w:rsidR="0089789D" w:rsidRDefault="0089789D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="204B886F" w14:textId="77777777" w:rsidR="00776444" w:rsidRDefault="00776444" w:rsidP="002D4C8B">
+    <w:p w14:paraId="230D55E6" w14:textId="77777777" w:rsidR="0089789D" w:rsidRDefault="0089789D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="25B7CA42" w14:textId="0EE393DA" w:rsidR="002D4C8B" w:rsidRDefault="00821A2C" w:rsidP="002D4C8B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="71E1D642" w14:textId="77777777" w:rsidR="00EF1CF5" w:rsidRDefault="00EF1CF5" w:rsidP="002D4C8B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66641162" wp14:editId="27FBCC2C">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="245B3530" wp14:editId="5A143FFD">
           <wp:extent cx="527056" cy="802800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="527056" cy="802800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C7F0A8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AC49EEA"/>
     <w:lvl w:ilvl="0" w:tplc="FF865CD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -1064,128 +1040,227 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2D34ADD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F1D0133"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41DAB67C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1885143459">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1254976610">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="3" w16cid:durableId="552349931">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009B70C9"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FC61EE"/>
+    <w:rsidRoot w:val="00EF1CF5"/>
+    <w:rsid w:val="0015640A"/>
+    <w:rsid w:val="00384192"/>
+    <w:rsid w:val="005D7FA8"/>
+    <w:rsid w:val="007B44B8"/>
+    <w:rsid w:val="007E2152"/>
+    <w:rsid w:val="0089789D"/>
+    <w:rsid w:val="00DA2F70"/>
+    <w:rsid w:val="00E6344D"/>
+    <w:rsid w:val="00EF1CF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="25B7CA29"/>
-  <w15:docId w15:val="{E7C184C0-EE6C-4CE6-BC17-3D23006C30B3}"/>
+  <w14:docId w14:val="7CC80A47"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{DE01BE48-307D-467A-A9A4-AEA78D1AB9D8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1300,51 +1375,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1526,1470 +1601,1170 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
     <w:pPr>
       <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
       <w:ind w:left="730" w:hanging="370"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="730" w:hanging="370"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF1CF5"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002D4C8B"/>
+    <w:rsid w:val="00EF1CF5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002D4C8B"/>
+    <w:rsid w:val="00EF1CF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002D4C8B"/>
+    <w:rsid w:val="00EF1CF5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="002D4C8B"/>
+    <w:rsid w:val="00EF1CF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-    </w:rPr>
-[...4 lines deleted...]
-    <w:link w:val="BalloonTextChar"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="002D4C8B"/>
+    <w:rsid w:val="0015640A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...12 lines deleted...]
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="16"/>
-[...10 lines deleted...]
-      <w:color w:val="808080"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.who.int/ith/en" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.who.int/ith/en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.who.int/ith/en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.who.int/ith/en" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.who.int/ith/en" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/health-topics/travel-and-health" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wwwnc.cdc.gov/travel/default.aspx" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...561 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...50 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c26dc373-2944-4fff-a656-1635ba5514b5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF4E5EB98AFACA49B955F57620F5DD44" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54d56521cb8b950110d779ecec233d4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" xmlns:ns3="c26dc373-2944-4fff-a656-1635ba5514b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="030e562aea712385259f3e9724b3d80f" ns2:_="" ns3:_="">
+    <xsd:import namespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <xsd:import namespace="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8264c5cc-ec60-4b56-8111-ce635d3d139a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c26dc373-2944-4fff-a656-1635ba5514b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
-[...6 lines deleted...]
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7fb16e66-a0cf-4293-80d1-ecb3df652669}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c26dc373-2944-4fff-a656-1635ba5514b5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -3035,126 +2810,110 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B82722E6-86A2-4968-BD45-A4FEA3F0DC87}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CDBD3B5-16A6-4332-B53A-A1FD3F8212D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D3D4BB-F2BF-4722-AB99-C34701F2965C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B52CD3E9-9328-4AC9-B525-84E0B575FA0D}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28BA58A3-2720-461C-BBE8-92D3C5A8856B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B826830-A7B5-452C-BBAC-3B9F7C84D48A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27CAC862-AF88-4ECD-950F-244FDEB67873}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="1bac64ba-0994-44c4-ac1f-cfbdbbcd60dd"/>
+    <ds:schemaRef ds:uri="c26dc373-2944-4fff-a656-1635ba5514b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>343</Words>
-  <Characters>1957</Characters>
+  <Words>336</Words>
+  <Characters>1919</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2296</CharactersWithSpaces>
+  <CharactersWithSpaces>2251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Tatiana Rieglerova</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Arilda Dragjoshi</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>b990068d-ce62-4f78-8071-a3945efef695</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>15932876-9973-4c91-8ab5-ad655fea449b</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x010100DF4E5EB98AFACA49B955F57620F5DD44</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>