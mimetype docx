--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,126 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54B1454E" w14:textId="1FF1E5C3" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00C17985">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="54B1454E" w14:textId="1FF1E5C3" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00C17985" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212235394"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Acquisition, développement et </w:t>
       </w:r>
       <w:r w:rsidR="00380EF3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">maintenance </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2FBCA07F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="2FBCA07F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7265F5D6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="7265F5D6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les immobilisations incorporelles sont les éléments de valeur sans substance physique que le </w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve">Programme des Nations Unies pour le développement (PNUD) </w:t>
       </w:r>
       <w:r>
         <w:t>possède. Les caractéristiques qui définissent une immobilisation incorporelle sont l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>absence d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>existence physique (ne peut pas</w:t>
       </w:r>
       <w:r w:rsidR="00E40E88">
         <w:t xml:space="preserve"> être touché), et l</w:t>
@@ -143,528 +144,529 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>écart d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>acquisition (qui ne peut pas s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appliquer au PNUD), ou le nom de marque par exemple, si le PNUD utilise une marque de commerce réputée dans la mise en œuvre de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un de ses projets.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C94FA71" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="4C94FA71" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A58A9E1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="0A58A9E1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Il existe deux catégories d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0679D4A3" w14:textId="3D756341" w:rsidR="00884C51" w:rsidRDefault="00906EF5" w:rsidP="0052082B">
+    <w:p w14:paraId="0679D4A3" w14:textId="3D756341" w:rsidR="00884C51" w:rsidRDefault="00906EF5" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="202"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>mmobilisati</w:t>
       </w:r>
       <w:r w:rsidR="00E40E88">
         <w:t>onsincorporelles</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E40E88">
         <w:t xml:space="preserve"> juridique</w:t>
       </w:r>
       <w:r w:rsidR="00A56E52">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00E40E88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es éléments comme la propriété intellectuelle, les brevets, les marques de commerce, les noms de marque et les droits d</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>auteur.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ADF3807" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00906EF5" w:rsidP="00501F9F">
+    <w:p w14:paraId="0ADF3807" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00906EF5" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="202"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>mmobilisations</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> incorporelles concurrentielles</w:t>
       </w:r>
       <w:r>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es éléments comme le savoir-faire et la réputation (par exemple, l</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>écart d</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>acquisition).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30750A9C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="30750A9C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1524C0A4" w14:textId="5B6D92B9" w:rsidR="003D3AF5" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+    <w:p w14:paraId="1524C0A4" w14:textId="5B6D92B9" w:rsidR="003D3AF5" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">En règle générale, le PNUD prend principalement en compte les immobilisations </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">incorporelles </w:t>
       </w:r>
       <w:r w:rsidR="0080572A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>juridique</w:t>
       </w:r>
       <w:r w:rsidR="00A56E52">
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> et non les immobilisations incorporelles concurrentielles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFF0F5F" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRDefault="003D3AF5" w:rsidP="00501F9F">
-[...4 lines deleted...]
-    <w:p w14:paraId="7CFD8766" w14:textId="15A2A272" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="00F84B11" w:rsidP="00501F9F">
+    <w:p w14:paraId="3DFF0F5F" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRDefault="003D3AF5" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CFD8766" w14:textId="15A2A272" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="00F84B11" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>Une immobilisation incorporelle est un actif non monétaire identifiable sans substance physique. Les bureaux du PNUD peuvent dépenser des ressources ou engager des éléments de passif pour l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve">acquisition, le développement, la </w:t>
       </w:r>
       <w:r w:rsidR="00850C1F">
         <w:t>maintenance</w:t>
       </w:r>
       <w:r w:rsidR="00EB3AC4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>amélioration d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>immobilisations incorporelles telles que des connaissances scientifiques ou techniques, la conception et la mise en œuvre de nouveaux processus ou systèmes, des licences, des droits de propriété intellectuelle et des marques (y compris les noms et les titres de publication).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254056BB" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="003D3AF5">
-[...4 lines deleted...]
-    <w:p w14:paraId="304C1562" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="003D3AF5" w:rsidRDefault="00F84B11">
+    <w:p w14:paraId="254056BB" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="003D3AF5" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="304C1562" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="003D3AF5" w:rsidRDefault="00F84B11" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>Pour qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>un actif réponde à la définition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>une immobilisation incorporelle, les conditions suivantes doivent être remplies</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71DD1515" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRDefault="004E2DB0">
-[...4 lines deleted...]
-    <w:p w14:paraId="497EC795" w14:textId="77777777" w:rsidR="00137060" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="00660607">
+    <w:p w14:paraId="71DD1515" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="006212B3">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="497EC795" w14:textId="77777777" w:rsidR="00137060" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidR="00F84B11" w:rsidRPr="004E2DB0">
         <w:t>actif</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F84B11" w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> doit être identifiable</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBB69D6" w14:textId="77777777" w:rsidR="00137060" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="00660607">
+    <w:p w14:paraId="1FBB69D6" w14:textId="77777777" w:rsidR="00137060" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00137060" w:rsidRPr="004E2DB0">
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00137060" w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> PNUD doit avoir le contrôle sur l</w:t>
       </w:r>
       <w:r>
         <w:t>’actif immobilisé ;</w:t>
       </w:r>
       <w:r w:rsidR="00137060" w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D7EDE3" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="00660607">
+    <w:p w14:paraId="73D7EDE3" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="00137060" w:rsidRDefault="00906EF5" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00137060" w:rsidRPr="004E2DB0">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00137060" w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> avantages économiques futurs ou des services potentiels doivent exister.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCE11AE" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="0052082B">
-[...6 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="3DCE11AE" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25890F90" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRDefault="00F84B11" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>Si un actif ne répond pas à la définition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>une immobilisation incorporelle ou aux trois critères ci-dessus, les dépenses pour l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>acquérir ou le générer en interne sont comptabilisées en charges lorsqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>elles sont encourues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1626C881" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="00501F9F">
-[...6 lines deleted...]
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="1626C881" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E6B163" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRDefault="00F84B11" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>Un actif est identifiable s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>il</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75300977" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0">
-[...4 lines deleted...]
-    <w:p w14:paraId="4EE806A7" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="004E2DB0" w:rsidRDefault="00F84B11" w:rsidP="00660607">
+    <w:p w14:paraId="75300977" w14:textId="77777777" w:rsidR="004E2DB0" w:rsidRPr="004E2DB0" w:rsidRDefault="004E2DB0" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE806A7" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRPr="004E2DB0" w:rsidRDefault="00F84B11" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>est</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> séparable, c</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>est-à-dire qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>il peut être séparé ou divisé du PNUD et vendu, transféré, concédé sous licence, loué ou échangé, individuellement ou avec un contrat, un actif ou un passif identifiable, que le PNUD ait l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>intention ou non de le faire</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36540837" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRDefault="00F84B11" w:rsidP="00660607">
+    <w:p w14:paraId="36540837" w14:textId="77777777" w:rsidR="00F84B11" w:rsidRDefault="00F84B11" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E2DB0">
+        <w:lastRenderedPageBreak/>
         <w:t>découle</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004E2DB0">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>accords contraignants (y compris les droits issus de contrats ou d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004E2DB0">
         <w:t>autres droits légaux), que ces droits soient ou non</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CBEDC3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="50CBEDC3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A6D2C21" w14:textId="4C357F6C" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00660607">
+    <w:p w14:paraId="3A6D2C21" w14:textId="4C357F6C" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tous les actifs incorporels générés en </w:t>
       </w:r>
       <w:r w:rsidRPr="00137060">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>interne</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une valeur supérieure ou égale à </w:t>
       </w:r>
       <w:r w:rsidR="00AB7945">
         <w:t>$</w:t>
       </w:r>
       <w:r>
@@ -729,67 +731,68 @@
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> seront</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> immobilisés par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">intermédiaire du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0942C31C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="0942C31C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6143C9D5" w14:textId="538D7D5E" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00660607">
+    <w:p w14:paraId="6143C9D5" w14:textId="538D7D5E" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Lorsqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un actif est immobilisé, le coût total de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">actif est passé en charges sur plusieurs </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003E2E6A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>périodes comptables</w:t>
@@ -804,67 +807,68 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>(sa durée de vie utile) au lieu d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">être entièrement </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E4135C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:u w:color="0070C0"/>
           </w:rPr>
           <w:t>comptabilisé en charges</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> lors de son achat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A2E738" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="00A2E738" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="048D05F8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00660607">
+    <w:p w14:paraId="048D05F8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les taux d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>amortissement respectifs (amortissement appliqué aux immobilisations incorporelles - voir la sous-section Amortissement - Amortissements, rapprochements, rapports et fonctions centralisées des immobilisations incorporelles) des immobilisations incorporelles sont utilisés pour amortir les immobilisations incorporelles sur leurs durées de vies utiles. Une immobilisation incorporelle ayant une durée de vie indéfinie n</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">est pas </w:t>
       </w:r>
       <w:r w:rsidR="00A761D1">
         <w:t>amortie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -881,891 +885,746 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>amortissement sera nul.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Si des limitations juridiques, contractuelles ou technologiques à la vie d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une immobilisation incorporelle existent, la durée de vie utile estimée sera utilisée comme période d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>amortissement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312ABE88" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="312ABE88" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDC38A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="4FDC38A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Types d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles et taux d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>amortissement associés</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E76905C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="4E76905C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9397" w:type="dxa"/>
-        <w:tblInd w:w="-29" w:type="dxa"/>
+        <w:tblW w:w="9159" w:type="dxa"/>
+        <w:tblInd w:w="-39" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="50" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="238"/>
         <w:gridCol w:w="4213"/>
-        <w:gridCol w:w="4946"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="4213"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00884C51" w14:paraId="5AD8FF06" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="5AD8FF06" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CDB71CF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E40E88" w:rsidP="00660607">
+          <w:p w14:paraId="7CDB71CF" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Catégorie</w:t>
             </w:r>
-            <w:r w:rsidR="00C17985">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09AA06F1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="09AA06F1" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="200" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Durée de vie estimée (années)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2678546A" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="2678546A" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B5F45F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="47B5F45F" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Logiciels acquis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A6CAEBD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2A6CAEBD" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2A22EFC6" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="2A22EFC6" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CDC9FED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="6CDC9FED" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Logiciels développés en interne </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66F0420E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="66F0420E" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="5C2B0F5B" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="5C2B0F5B" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="787243CC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="787243CC" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Marques de commerce </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="529FEBEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="529FEBEF" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">2-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="225D6867" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="225D6867" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E7F150B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="3E7F150B" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
-              <w:t>Droits d</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">auteur </w:t>
+              <w:t xml:space="preserve">Droits d’auteur </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C570B68" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2C570B68" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2B5D839F" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="006212B3" w14:paraId="2B5D839F" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
           <w:trHeight w:val="200"/>
         </w:trPr>
-        <w:tc>
-[...16 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EA875CA" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2EA875CA" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Brevets </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FBB9C07" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="0FBB9C07" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
-              <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="220" w:lineRule="exact"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">2-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="7E69EF91" w14:textId="77777777">
+      <w:tr w:rsidR="006212B3" w14:paraId="7E69EF91" w14:textId="77777777" w:rsidTr="006212B3">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4213" w:type="dxa"/>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4450" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...16 lines deleted...]
-            <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C4D595C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="3C4D595C" w14:textId="77777777" w:rsidR="006212B3" w:rsidRDefault="006212B3" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="200" w:lineRule="exact"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41188304" w14:textId="77777777" w:rsidR="00137060" w:rsidRDefault="000E09CF" w:rsidP="00660607">
+    <w:p w14:paraId="41188304" w14:textId="77777777" w:rsidR="00137060" w:rsidRDefault="000E09CF" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les bureaux du PNUD auront en général les types d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles suivants</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6466F54F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="0052082B">
-[...1 lines deleted...]
-        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="6466F54F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CDDD521" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="5CDDD521" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="35"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>ogiciels</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> développés en interne</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45462F60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="45462F60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="30"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>arques</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> de commerce (qui ont été données, achetées ou générées en interne)</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30944E4B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="30944E4B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="34"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>roits</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> de brevets (qui ont été donnés, achetés ou générés en interne)</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448C539C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="448C539C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="35"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>roits</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>auteur (qui ont été donnés, achetés ou générés en interne)</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567062A2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="567062A2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>icences</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> de logiciel (qui ont été données, achetées)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3084CE53" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="3084CE53" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="15" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EC0816" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="71EC0816" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Logiciel développé en interne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FF2E34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="06FF2E34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="069C3E43" w14:textId="21CA84AE" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Un logiciel développé en interne est un logiciel créé par le personnel du PNUD ou des consultants pour un usage interne. Son coût comprend tous les états de paie (salaires, honoraires de consultants, avantages sociaux comme les allocations d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">éducation ou de logement), et tous les coûts directs de personnel liés à toutes les activités de développement de logiciels. Des exemples typiques de logiciels développés en interne </w:t>
+        <w:t xml:space="preserve">éducation ou de logement), et tous les </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>sont la personnalisation de l</w:t>
+        <w:t>coûts directs de personnel liés à toutes les activités de développement de logiciels. Des exemples typiques de logiciels développés en interne sont la personnalisation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ERP (</w:t>
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t>/People Soft), et le développement de sites intranet et extranet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="330D3AC0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="330D3AC0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="946" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1D93AA40" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D93AA40" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Marques de commerce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F70C34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="44F70C34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="549BEE26" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Une marque de commerce est un mot, une expression, un symbole ou un dessin ou une combinaison de mots, d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>expressions, de symboles ou de dessins qui identifient et distinguent la source des produits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une organisation de ceux des autres.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Une marque de service est identique à une marque de commerce, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> identifie et distingue la source d</w:t>
+        <w:t>Une marque de service est identique à une marque de commerce, sauf qu</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>elle identifie et distingue la source d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un service plutôt que d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un produit. Dans l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ensemble des POPP, le terme « marque de commerce » sera utilisé pour désigner à la fois les marques de commerce et les marques de service.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0BF7AD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="7D0BF7AD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F2999D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F2999D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Droits de brevet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FEA50C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="09FEA50C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="090E60BB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Un brevet est une concession accordée par un gouvernement qui confère au créateur d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une invention le droit exclusif de fabriquer, d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>utiliser et de vendre cette invention pour une période déterminée.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
@@ -1781,87 +1640,86 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>utiliser, d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>offrir à la vente, de vendre ou d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>importer cette invention. Les brevets sont généralement délivrés par les offices des brevets et des marques des gouvernements hôtes.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Compte tenu de la nature des activités du PNUD, il y aura peu de cas où le PNUD brevètera une invention.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A18F39" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="07A18F39" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C003467" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C003467" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>d)</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE74430" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="0EE74430" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592FA713" w14:textId="128BB638" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Un droit d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">auteur est </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r>
           <w:t>le</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="009713FD">
           <w:rPr>
             <w:color w:val="0070C0"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>droit</w:t>
@@ -1962,80 +1820,79 @@
       <w:r>
         <w:t>elles soient diffusées ou non. Les droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur sont enregistrés par le Bureau du droit d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur des gouvernements. Il existe peu de bureaux de pays du PNUD qui détiennent des droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur sur des livres, des films, des documentaires et des bulletins.</w:t>
       </w:r>
       <w:r w:rsidR="00761B5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1429623D" w14:textId="77777777" w:rsidR="00E923F2" w:rsidRDefault="00E923F2" w:rsidP="00501F9F">
-[...4 lines deleted...]
-    <w:p w14:paraId="12AA8BF0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="1429623D" w14:textId="77777777" w:rsidR="00E923F2" w:rsidRDefault="00E923F2" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12AA8BF0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>Licences de logiciels / développées en externe (achetées ou données)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C73E7F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...7 lines deleted...]
-        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="33C73E7F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DB54C79" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="003449FA">
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Une licence de logiciel est un instrument juridique régissant l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>utilisation ou la redistribution de logiciels. Tous les logiciels sont protégés par des droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur, à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exception du matériel appartenant au domaine public.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2072,63 +1929,63 @@
       <w:r>
         <w:t>ils sont achetés sur le marché ou une licence du fabricant d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>équipement d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>origine (OEM) lorsqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ils sont fournis avec du matériel. Les licences de logiciels peuvent généralement être classées dans les catégories suivantes</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F43C2F5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="2F43C2F5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="559AF45D" w14:textId="41086FC2" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="559AF45D" w14:textId="41086FC2" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1710"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>icences</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> exclusives</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:rPr>
           <w:u w:val="single"/>
@@ -2159,63 +2016,63 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>autres fins, comme la modification, la distribution ultérieure ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>ingénierie inverse. Un exemple de logiciel propriétaire est la licence People Soft (</w:t>
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349D78F0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="349D78F0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="003449FA">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="2206" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="18357145" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+        <w:ind w:left="0" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18357145" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1710"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>icences</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> libres et open source </w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>(F/OSS, FOSS) ou logiciel libres/open-source (FLOSS)</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
@@ -2236,86 +2093,86 @@
       <w:r w:rsidR="00C17985">
         <w:t>utiliser, d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>étudier, de modifier et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">améliorer sa conception grâce à la disponibilité de son code source. Dans ce contexte, </w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>libre</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> désigne la liberté de copier et de réutiliser le logiciel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554734FD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="554734FD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="58D5370A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C8AE58" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58D5370A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Immobilisations incorporelles développées en interne et achetées en externe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AD6902" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="06AD6902" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="45A21432" w14:textId="77777777" w:rsidR="00182825" w:rsidRDefault="002E5423" w:rsidP="00660607">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45A21432" w14:textId="77777777" w:rsidR="00182825" w:rsidRDefault="002E5423" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les procédures normales d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">approvisionnement du PNUD - appel à la concurrence, </w:t>
       </w:r>
       <w:r w:rsidR="00411A1A">
         <w:t>Comité des marchés, du matériel et des achats</w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t xml:space="preserve"> (CAP)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00411A1A">
         <w:t xml:space="preserve">Comité consultatif pour les achats </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>(</w:t>
@@ -2332,2262 +2189,2247 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>appliquent à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>acquisition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles achetées à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>externe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75ED8AEB" w14:textId="3B663B6F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+    <w:p w14:paraId="75ED8AEB" w14:textId="3B663B6F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="60" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1426" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les immobilisations incorporelles développées en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>interne</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sont celles générées par le PNUD pour un coût supérieur ou égal à </w:t>
       </w:r>
       <w:r w:rsidR="00150F92">
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00E61C93">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="34F74186" w14:textId="5C02EC10" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00287BB9">
+    <w:p w14:paraId="34F74186" w14:textId="5C02EC10" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les biens incorporels achetés en externe sont ceux achetés à un coût supérieur ou égal à </w:t>
       </w:r>
       <w:r w:rsidR="00287BB9">
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> qui sont utilisés et contrôlés par le PNUD pendant plus d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une période de référence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C9977BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...15 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0C9977BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76936121" w14:textId="66A07574" w:rsidR="00182825" w:rsidRDefault="00C17985" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Voir la section sur les immobilisations corporelles d</w:t>
+        </w:r>
+        <w:r w:rsidR="00906EF5" w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>es</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00906EF5" w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>politiques et procédures régissant les programmes et opérations</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00906EF5" w:rsidRPr="009571C2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>(POPP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00906EF5" w:rsidRPr="00906EF5">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>pour l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>explication du concept « utilisation et contrôle ».)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F02162B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="0F02162B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E1927BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E1927BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ces immobilisations incorporelles doivent être </w:t>
       </w:r>
       <w:r w:rsidR="00A761D1">
         <w:t>comptabilisées</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> en tant qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actifs du PNUD par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">intermédiaire du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t>, puisqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>elles seront toujours passées en charges en vertu d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un seuil d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation différent des autres actifs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06167FBD" w14:textId="4BDEB1EF" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="4178C531" w14:textId="61BDED4D" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="00D60167">
+    <w:p w14:paraId="06167FBD" w14:textId="4BDEB1EF" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4178C531" w14:textId="5381D7C8" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="00D730F4">
         <w:t>Actifs incorporels des projets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395D0AEC" w14:textId="43B36DFB" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="00D730F4">
+    <w:p w14:paraId="373FEB06" w14:textId="77777777" w:rsidR="009A1207" w:rsidRPr="009A1207" w:rsidRDefault="009A1207" w:rsidP="009A1207"/>
+    <w:p w14:paraId="395D0AEC" w14:textId="43B36DFB" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r w:rsidRPr="00D730F4">
         <w:t>Les actifs incorporels pour les projets financés par le PNUD qui sont sous le contrôle des partenaires d'exécution (principalement pour les projets NIM) doivent être comptabilisés en charges</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="558EFF2A" w14:textId="77777777" w:rsidR="00D730F4" w:rsidRDefault="00D730F4" w:rsidP="00D730F4">
+    <w:p w14:paraId="558EFF2A" w14:textId="77777777" w:rsidR="00D730F4" w:rsidRDefault="00D730F4" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1095"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="3FCF4F43" w14:textId="726A4EC0" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2A035A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FCF4F43" w14:textId="726A4EC0" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="426"/>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
       <w:r w:rsidRPr="0083208D">
         <w:rPr>
-          <w:lang w:val="en-NL"/>
+          <w:lang/>
         </w:rPr>
-        <w:t>Actifs</w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t>Actifs incorporels acquis pour des tiers</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="0F20A6B1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    </w:p>
+    <w:p w14:paraId="0F20A6B1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="72A7969C" w14:textId="222C62D5" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="00660607">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A7969C" w14:textId="222C62D5" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Les immobilisations incorporelles achetées à des fins de distribution à des tiers et non destinées à des fins administratives ou à la mise en œuvre de projets du PNUD ne doivent pas être capitalisées et sont exclues du module des actifs du PNUD en sélectionnant le catalogue non PNUD. Sont également exclus les éléments qui servent d’intrants avant le début du </w:t>
-[...3 lines deleted...]
-        <w:t>développement, par exemple, les coûts de recherche et de développement qui sont traités ou assemblés en un produit final. Ils seront comptabilisés en charges lors de l’achat</w:t>
+        <w:t>Les immobilisations incorporelles achetées à des fins de distribution à des tiers et non destinées à des fins administratives ou à la mise en œuvre de projets du PNUD ne doivent pas être capitalisées et sont exclues du module des actifs du PNUD en sélectionnant le catalogue non PNUD. Sont également exclus les éléments qui servent d’intrants avant le début du développement, par exemple, les coûts de recherche et de développement qui sont traités ou assemblés en un produit final. Ils seront comptabilisés en charges lors de l’achat</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59848BB6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="4CF09943" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+    <w:p w14:paraId="59848BB6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF09943" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="426"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Logiciels développés en interne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45347881" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="45347881" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="08FFCC8D" w14:textId="4C699E0C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08FFCC8D" w14:textId="4C699E0C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Un logiciel développé en interne est un logiciel créé par le personnel du PNUD ou des consultants pour un usage interne. Son coût comprend tous les états de paie (salaires, honoraires de consultants, avantages sociaux comme les allocations d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>éducation ou de logement), et tous les coûts directs de personnel liés à toutes les activités de développement de logiciels. Des exemples typiques de logiciels développés en interne sont la personnalisation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ERP (</w:t>
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t>/People Soft), et le développement de sites intranet et extranet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5856EEF9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="5856EEF9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A1AB7AD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1AB7AD" w14:textId="5EE28DBA" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Les frais de développement de toutes les immobilisations incorporelles développées en interne doivent être capitalisés et amortis (c</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>est-à-dire passés en charges) sur la durée de vie utile du logiciel (voir la section Amortissement pour plus de détails).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E052CEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+    <w:p w14:paraId="34640298" w14:textId="34D559E5" w:rsidR="009A1207" w:rsidRDefault="009A1207" w:rsidP="009A1207">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E052CEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Les coûts comprennent</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7799926E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="7799926E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="259" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> matériaux et services utilisés ou consommés pour générer l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif incorporel</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59937C59" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="59937C59" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> avantages du personnel et les frais de consultants (salaires, honoraires de consultants, avantages tels que les allocations d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>études ou de logement), et tous les coûts de personnel liés à toutes les activités de développement de logiciels découlant de la création de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">actif </w:t>
       </w:r>
       <w:r w:rsidR="00A761D1">
         <w:t>incorporel</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A163BE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="0A163BE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> frais d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>enregistrement d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>un droit légal</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1203B62D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="1203B62D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>amortissement</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> des brevets et des licences utilisés pour générer l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation incorporelle.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33709FDC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="33709FDC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="02B187A7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02B187A7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Les types de coûts suivants ne peuvent pas être immobilisés en tant que logiciels développés en interne et doivent donc être comptabilisés en charges selon les normes </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t xml:space="preserve">IPSAS </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>de comptabilisation des charges</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FADC524" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="6FADC524" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> coûts engagés lors de la phase de recherche</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7870EE1D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="7870EE1D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> frais de vente, les frais administratifs indirects et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>autres frais généraux comme les frais de maintenance, à moins que la dépense puisse être directement attribuée à la préparation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif en vue de son utilisation</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6BBF01" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="1F6BBF01" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> inefficacités identifiées et les pertes initiales encourues avant que l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif n</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>atteigne le rendement prévu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038B5592" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+    <w:p w14:paraId="038B5592" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> dépenses engagées pour former le personnel à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>exploitation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="135E6B1A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="135E6B1A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="283F8C9A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283F8C9A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Pour déterminer quels coûts peuvent être capitalisés en tant qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles, les processus internes de développement et opérationnels doivent être répartis entre</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2901C6B7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="2901C6B7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> phase de recherche</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44311AFE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="44311AFE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve"> phase de développement</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t> ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE56B2D" w14:textId="77777777" w:rsidR="00737D80" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
-        <w:t xml:space="preserve"> phase de développement</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> phase après la mise en œuvre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4D5C37" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
-[...4 lines deleted...]
-    <w:p w14:paraId="38D76CAB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+    <w:p w14:paraId="3E4D5C37" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D76CAB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Les tableaux ci-après énumèrent les principales activités dans les phases de recherche et de développement pour la création et la mise à jour des logiciels générés en interne par le PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B70A8EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="6C0D468A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="3B70A8EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C0D468A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Développement de logiciels</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5458100C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="5458100C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9419" w:type="dxa"/>
         <w:tblInd w:w="-29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="48" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="59" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="418"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="4049"/>
         <w:gridCol w:w="2324"/>
         <w:gridCol w:w="108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00884C51" w14:paraId="6F0372B3" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="6F0372B3" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="516C7633" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="516C7633" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48FF5433" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="48FF5433" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Étape préliminaire du projet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="064E01EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="064E01EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(Phase de recherche)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79AC6298" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="79AC6298" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Phase de développement de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>application</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="654F5355" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+          <w:p w14:paraId="654F5355" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(Phase de développement pour amener le logiciel à l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>utilisation prévue par le PNUD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F3CD64C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2F3CD64C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Après la mise en œuvre/</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF5E319" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="4BF5E319" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Étape de fonctionnement (pour maintenir l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>usage prévu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3316067B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="3316067B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="33DF5B07" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="33DF5B07" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72542AF2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="72542AF2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="220071BD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="220071BD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>COMPTABILISER EN CHARGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="061821D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="061821D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>IMMOBILISER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66D65E09" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="66D65E09" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>COMPTABILISER EN CHARGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48E27CED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="48E27CED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="7513B5F0" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="7513B5F0" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="1904"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB3E799" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="1AB3E799" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02C89A13" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="02C89A13" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="163"/>
+              <w:spacing w:after="33"/>
+              <w:ind w:left="450" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Formulation conceptuelle d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:t>alternatives</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64CB74EF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="64CB74EF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="163"/>
+              <w:ind w:left="450" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Évaluation des alternatives</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C51F135" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="6C51F135" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="163"/>
+              <w:spacing w:after="33"/>
+              <w:ind w:left="450" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Détermination de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:t>existence de la technologie nécessaire</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9F5CD1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="1E9F5CD1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="163"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Sélection finale des alternatives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62B87A64" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="62B87A64" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="8"/>
               </w:numPr>
-              <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:spacing w:after="32"/>
+              <w:ind w:left="450" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Conception du processus choisi, y compris la configuration du logiciel et les interfaces logicielles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A3C3E92" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="5A3C3E92" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="13" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:ind w:left="450" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Codage</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="543944A0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="543944A0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:ind w:left="450" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Installation dans l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:t>ordinateur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340A82F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="340A82F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="8"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Phase de tests, y compris la phase de traitement parallèle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="124E4912" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="124E4912" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:ind w:left="450" w:hanging="450"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Formation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6055F222" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="6055F222" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:spacing w:after="0" w:line="241" w:lineRule="auto"/>
-              <w:ind w:right="0" w:hanging="252"/>
+              <w:spacing w:line="241" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t>Maintenance de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:t>application</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C36DDD6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="5C36DDD6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00B52864">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE952A1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="3FE952A1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w:rsidRPr="001A113B" w14:paraId="21E0B036" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w:rsidRPr="001A113B" w14:paraId="21E0B036" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1037B505" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="1037B505" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44284BF8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="44284BF8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F74A0D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="58F74A0D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43D4D924" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="43D4D924" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Développement de site </w:t>
       </w:r>
       <w:r w:rsidR="00737D80">
         <w:t>W</w:t>
       </w:r>
       <w:r>
         <w:t>eb</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579B0588" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+    <w:p w14:paraId="579B0588" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8910" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2520"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2340"/>
+        <w:gridCol w:w="2516"/>
+        <w:gridCol w:w="3999"/>
+        <w:gridCol w:w="2395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="001A113B" w14:paraId="0AFA1CBF" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="001A113B" w14:paraId="0AFA1CBF" w14:textId="77777777" w:rsidTr="00827890">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713008DF" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="713008DF" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Planification </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD14460" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="5AD14460" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(Phase de recherche)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29391056" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="29391056" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Développement du </w:t>
             </w:r>
             <w:r w:rsidR="005F1CF4">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>site Web</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D347795" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="0D347795" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(Phase de développement pour amener le logiciel à l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>utilisation prévue par le PNUD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30DC356B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="30DC356B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fonctionnement (pour maintenir l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>usage prévu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="343B72F8" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="343B72F8" w14:textId="77777777" w:rsidTr="00827890">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="382D7AD1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="382D7AD1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>COMPTABILISER</w:t>
             </w:r>
             <w:r w:rsidR="00E923F2">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>EN CHARGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43CD7CF1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="43CD7CF1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>IMMOBILISER (c</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>est-à-dire enregistrer l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>actif)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D3EFB4C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="3D3EFB4C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>COMPTABILISER EN CHARGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="0BF07ACE" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="0BF07ACE" w14:textId="77777777" w:rsidTr="00827890">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
+            <w:tcW w:w="2516" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B65E32" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="67B65E32" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Enquête de faisabilité</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A4896A7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="5A4896A7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Sélection du matériel et du logiciel,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC8737D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="2DC8737D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Évaluation d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>autres produits et fournisseurs.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E034EAF" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="7E034EAF" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00B52864">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4050" w:type="dxa"/>
+            <w:tcW w:w="3999" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FEE8C54" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="5FEE8C54" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Préparation de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>infrastructure du site Web, par exemple obtention du logiciel d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>exploitation et du serveur, développement du code, tests, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D8A5CFD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="5D8A5CFD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Élaboration de la charte graphique du site Web, par exemple mise en page du site, couleur des pages web, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201E3406" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="201E3406" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Développement de contenu pour le site Web, c</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">est-à-dire par achat ou </w:t>
-[...6 lines deleted...]
-              <w:t>développement interne. Et envoi des informations sur le PNUD et ses services.</w:t>
+              <w:t>est-à-dire par achat ou développement interne. Et envoi des informations sur le PNUD et ses services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:tcW w:w="2395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41BE830D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="41BE830D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Mise à jour des graphiques</w:t>
             </w:r>
             <w:r w:rsidR="00737D80">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44B65E64" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="44B65E64" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Ajout de nouveaux contenus / nouvelles fonctionnalités,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="235005E9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="235005E9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Sauvegarde,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FFF7E7B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4FFF7E7B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="10"/>
               </w:numPr>
-              <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Sécurité</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17A40F6D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="17A40F6D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00B52864">
             <w:pPr>
-              <w:ind w:left="252" w:hanging="180"/>
+              <w:ind w:left="450" w:hanging="450"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23A3D8C6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="5FBFF6A6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="23A3D8C6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FBFF6A6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Marques de commerce</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62662C86" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="62662C86" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="04C6F1F1" w14:textId="738629A0" w:rsidR="007A4056" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04C6F1F1" w14:textId="738629A0" w:rsidR="007A4056" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Une condition préalable essentielle à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>enregistrement d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une marque de commerce en tant qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif est qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -4657,94 +4499,98 @@
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège devra soumettre une demande</w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t xml:space="preserve"> par l’</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083208D">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> avec des copies des documents d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>achat originaux.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3C552F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="53BCC6FC" w14:textId="77777777" w:rsidR="00B52864" w:rsidRDefault="00B52864" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F3C552F" w14:textId="3D6B2D7C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Brevets</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289CD37A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="289CD37A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2369BC46" w14:textId="14741D57" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2369BC46" w14:textId="14741D57" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Si un tel cas se présente lorsqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">un brevet peut exister, la décision sera prise par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -4764,861 +4610,844 @@
       <w:r>
         <w:t xml:space="preserve">une demande du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège, accompagnée de toutes les pièces justificatives, y compris les documents justifiant l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>enregistrement officiel du brevet</w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t xml:space="preserve"> par</w:t>
       </w:r>
       <w:r w:rsidR="0083208D">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> UNall</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6891D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="08AE9DE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="2A6891D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AE9DE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEB4E87" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="2DEB4E87" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="373054B4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="373054B4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Afin de déterminer si un droit d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur doit être comptabilisé en tant qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">immobilisation incorporelle, il est important de différencier </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>les coûts pendant</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E61C93">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542E580E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+    <w:p w14:paraId="542E580E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> phase de recherche</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F4E2B0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="10F4E2B0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> phase de développement</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA925FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="1DA925FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> phase post-développement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2379FB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="7D2379FB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="550B83EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="550B83EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Le tableau ci-dessous présente des exemples de différents coûts associés aux droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur et à leurs traitements respectifs</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D0EABF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="2ACA7E73" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="35D0EABF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ACA7E73" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur / contenu de publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3561CC2F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00660607">
-[...2 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="3561CC2F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9257" w:type="dxa"/>
         <w:tblInd w:w="216" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2444"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="2364"/>
+        <w:gridCol w:w="2844"/>
+        <w:gridCol w:w="4049"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="4756778D" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="4756778D" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="1008"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03E2E8B7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="03E2E8B7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:ind w:left="414"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Phase préliminaire </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33066C74" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="33066C74" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:ind w:left="414"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(Phase de recherche)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="187B6BEB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="187B6BEB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:ind w:left="72" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Phase de développement de contenu / coût de création (Phase de développement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2885" w:type="dxa"/>
+            <w:tcW w:w="3671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E7DEAD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="51E7DEAD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
-              <w:ind w:left="72" w:firstLine="0"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Phase post-développement (impression/expédition/distribution)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="52B7D6E4" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="52B7D6E4" w14:textId="77777777" w:rsidTr="00827890">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B353ADB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="5B353ADB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>COMPTABILISER EN CHARGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="241FCD36" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="241FCD36" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>IMMOBILISER (c</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>est-à-dire enregistrer l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>actif)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2885" w:type="dxa"/>
+            <w:tcW w:w="3671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73104870" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="73104870" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00827890">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>COMPTABILISER EN CHARGES/INVENTAIRE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="719E8330" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="719E8330" w14:textId="77777777" w:rsidTr="00827890">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2682" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71BBB960" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="71BBB960" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120"/>
-              <w:ind w:left="231" w:hanging="274"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Concept/idée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49C37BD4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="49C37BD4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>est à ce stade que les unités régionales, les chercheurs extérieurs, les cadres supérieurs du PNUD et les partenaires financiers proposent des domaines d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>étude potentiels.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B7259D7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="6B7259D7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CED878A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="1CED878A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
-              <w:ind w:left="234" w:hanging="270"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Début du </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>processus de proposition de conception</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> sur la façon de traiter l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>idée. À ce stade, différentes options sont envisagées pour poursuivre l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>étude.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F758B7A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="5F758B7A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
+            <w:tcW w:w="3038" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B74B910" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056">
+          <w:p w14:paraId="3B74B910" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="259"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07EC6A51" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="07EC6A51" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="259" w:hanging="259"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Développement du plan de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13B74E31" w14:textId="77777777" w:rsidR="00E61C93" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="13B74E31" w14:textId="77777777" w:rsidR="00E61C93" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Activités qui doivent être entreprises pour procéder à la conception choisie. Impliquer des consultants externes ou d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>autres agences des Nations Unies, des donateurs, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A3F5A15" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="00E61C93" w:rsidRDefault="007A4056">
+          <w:p w14:paraId="7A3F5A15" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="00E61C93" w:rsidRDefault="007A4056" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B6FBEE1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6B6FBEE1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
-              <w:ind w:left="256" w:hanging="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Développement de contenu</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FAA344" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="38FAA344" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02564657" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="02564657" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> - À ce stade, il y a un membre du personnel affecté ainsi que la nomination d</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
@@ -5642,632 +5471,618 @@
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>information en vue de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>élaboration du contenu.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42D53AE4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="42D53AE4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09411B05" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="09411B05" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Analyse - L</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>information recueillie est utilisée pour l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>analyse de l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>étude.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21B63F4C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="21B63F4C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67A70E17" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="67A70E17" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
-              <w:ind w:left="256" w:hanging="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rapport </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ED46D23" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="0ED46D23" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="066B96F5" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="066B96F5" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Projet de rapport </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>- Rédaction initiale intégrant l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>analyse effectuée avant la révision de la consultation technique.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688AF42B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="688AF42B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35C5F42E" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="35C5F42E" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Révision</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Avec les fonctionnaires du PNUD, révisions et consultations supplémentaires (si nécessaire) avant que la publication ne passe en production. Plus généralement, sous-traité.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06356B65" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="06356B65" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A65BDA2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4A65BDA2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Édition</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00A761D1">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Édition,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> conception et mise en page du rapport avant que le document ne soit prêt pour l</w:t>
             </w:r>
             <w:r w:rsidR="00906EF5">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>impression.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2885" w:type="dxa"/>
+            <w:tcW w:w="3671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C28D5AE" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056">
+          <w:p w14:paraId="3C28D5AE" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="059A4849" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="059A4849" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
-              <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impression </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AD3C45B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="0AD3C45B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Imprimer les publications.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7920947F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="7920947F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
+              <w:ind w:left="450" w:hanging="450"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71EDCA3D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="71EDCA3D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="0083165C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="11"/>
               </w:numPr>
-              <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stockage et expédition </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A747AF9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4A747AF9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00E02BFF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="450" w:hanging="450"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Stocker après impression des publications.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="691BB562" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="001A113B" w:rsidP="0052082B">
+    <w:p w14:paraId="691BB562" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="001A113B" w:rsidP="00827890">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="670A4EA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+    <w:p w14:paraId="670A4EA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:textAlignment w:val="top"/>
       </w:pPr>
       <w:r>
         <w:t>Remarque - Si le matériel publicitaire et promotionnel comprend des actifs corporels répondant à la définition de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>inventaire, ils seront enregistrés comme inventaire conformément à la politique de comptabilisation des dépenses du PNUD.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11779B7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="11779B7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3494967A" w14:textId="743B0850" w:rsidR="001A113B" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3494967A" w14:textId="743B0850" w:rsidR="001A113B" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enregistrement dans le module des actifs sera effectué par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> après réception d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une demande du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083208D">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="435D832A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="0052082B">
-[...4 lines deleted...]
-    <w:p w14:paraId="757DA89D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="435D832A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757DA89D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Licences de logiciel achetées en externe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70BA7E60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="3D8F2615" w14:textId="4C48BE15" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+    <w:p w14:paraId="70BA7E60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D8F2615" w14:textId="4C48BE15" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="12"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enregistrement dans </w:t>
       </w:r>
       <w:r w:rsidR="00A067CF">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sera effectué par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> après réception d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une demande du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège pour extourner la dépense par le biais du </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083208D">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Pour chaque logiciel, le bureau devra déterminer et conseiller le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sur la durée de vie utile en se basant sur les documents justificatifs.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Se référer à la section Amortissement afin d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>examiner les plages de durée de vie utile pour les logiciels achetés en externe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B4BB30" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="37B4BB30" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7DE5D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="2B7DE5D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Acquisition et enregistrement des immobilisations incorporelles détenues, contrôlées et utilisées par le PNUD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E68AC6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="17E68AC6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="02668D79" w14:textId="763656DA" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02668D79" w14:textId="763656DA" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="900"/>
       </w:pPr>
       <w:r>
         <w:t>Toutes les immobilisations incorporelles achetées d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une valeur supérieur</w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ou égale à </w:t>
       </w:r>
       <w:r w:rsidR="00AD1396">
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
@@ -6299,953 +6114,1010 @@
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> à la demande du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0026037D">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334E0FA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="334E0FA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="005A5AE6">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="54BA87EE" w14:textId="36C6E9D7" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54BA87EE" w14:textId="558E2DBB" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="900"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pour les logiciels développés en interne, il faudra comptabiliser les coûts de personnel par des mécanismes de répartition comme les feuilles de présence (voir </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
           </w:rPr>
           <w:t>le modèle de feuille de présence proposé pour les consultants</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t>) et répartir les coûts de personnel appropriés pour les logiciels développés en interne.</w:t>
+      <w:r w:rsidR="005A5AE6">
+        <w:t xml:space="preserve"> (en anglais))</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et répartir les coûts de personnel appropriés pour les logiciels développés en interne.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Les frais pour le personnel interne ainsi que les frais de consultants applicables qui sont initialement comptabilisés en charges devront être consolidés et extournés des dépenses et ajoutés manuellement dans le module de gestion des actifs du système </w:t>
       </w:r>
       <w:r w:rsidR="0026037D">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège soumettra une demande du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège</w:t>
       </w:r>
       <w:r w:rsidR="00A067CF">
-        <w:t xml:space="preserve"> par </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> par UNall</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Pour plus de détails sur les coûts qui seront inclus, se référer aux sections suivantes sur « mesure des coûts » et l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>enregistrement des immobilisations incorporelles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12FD8A48" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="12FD8A48" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="005A5AE6">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="23AEB750" w14:textId="63926A77" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23AEB750" w14:textId="63926A77" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="900"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pour le compte de chaque bureau pays, le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> traitera les demandes d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">immobilisation des logiciels générés en interne. Chaque unité administrative devra soumettre une demande par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0026037D">
-        <w:t>UNall</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">UNall </w:t>
       </w:r>
       <w:r>
         <w:t>avec des copies de la documentation d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>achat originale. Tous les documents relatifs à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>acquisition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">immobilisations incorporelles devront être archivés au </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège concerné.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BB32A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="00BB32A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="005A5AE6">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="28933285" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:ind w:left="900" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28933285" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="900"/>
       </w:pPr>
       <w:r>
         <w:t>Pour chaque logiciel généré en interne, l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>unité administrative doit également indiquer la durée de vie utile de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">immobilisation incorporelle en fonction des faits étayés par la </w:t>
-[...3 lines deleted...]
-        <w:t>documentation soumise.</w:t>
+        <w:t>immobilisation incorporelle en fonction des faits étayés par la documentation soumise.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A761D1">
         <w:t xml:space="preserve">Se référer </w:t>
       </w:r>
       <w:r>
         <w:t>à la section sur les amortissements afin d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>examiner les plages de durée de vie utile pour les logiciels générés en interne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3205E9D7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="27E8B410" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="3205E9D7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E8B410" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Reconnaissance et mesure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25508891" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="25508891" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="1D93EE18" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D93EE18" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="31"/>
-        <w:ind w:left="426" w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Une immobilisation incorporelle ne doit être comptabilisée que si elle</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F21CE85" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00737D80" w:rsidP="00A067CF">
+    <w:p w14:paraId="4F21CE85" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00737D80" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="34"/>
-        <w:ind w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>est</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>dentifiable</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFCA48F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00737D80" w:rsidP="00A067CF">
+    <w:p w14:paraId="5EFCA48F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00737D80" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>eut</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> être séparée et vendue, transférée ou brevetée.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D41FB30" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="1D41FB30" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="074E0FDF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074E0FDF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:after="275"/>
-        <w:ind w:right="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:spacing w:after="275" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Les immobilisations incorporelles suivent la même mesure appliquée au matériel, c</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>est-à-dire Le coût historique, ou s</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:t>est-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>à-dire Le coût historique, ou s</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>il a été donné, la juste valeur marchande estimative au moment de l</w:t>
       </w:r>
-      <w:r w:rsidR="00906EF5">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00906EF5" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>acquisition (</w:t>
       </w:r>
-      <w:r w:rsidR="00861E4B">
+      <w:r w:rsidR="00861E4B" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>e reporter à la sous-section sur les acquisitions et les enregistrements dans la section sur le mobilier et le matériel d</w:t>
       </w:r>
-      <w:r w:rsidR="00737D80">
+      <w:r w:rsidR="00737D80" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t xml:space="preserve"> POPP).</w:t>
       </w:r>
-      <w:r w:rsidR="00906EF5">
+      <w:r w:rsidR="00906EF5" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>La juste valeur marchande est ce qu</w:t>
       </w:r>
-      <w:r w:rsidR="00906EF5">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00906EF5" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>un acheteur raisonnable et bien informé pa</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
+      <w:r w:rsidR="00E61C93" w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00827890">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>erait volontiers pour un article vendu par un vendeur de bonne volonté, raisonnable et bien informé dans un marché concurrentiel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58C390A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+    <w:p w14:paraId="58C390A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Pour comptabiliser un actif en tant qu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle, une unité administrative du PNUD doit démontrer que l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif répond aux critères suivants</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61919B81" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="61919B81" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2A078439" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A078439" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1426" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> définition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>une immobilisation incorporelle</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6848CF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00A067CF">
+    <w:p w14:paraId="7D6848CF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1426" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> probabilité que les avantages économiques futurs attendus ou le potentiel de service attribuable à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation incorporelle iront à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>entité</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BE1FB1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00A067CF">
+    <w:p w14:paraId="24BE1FB1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1426" w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> coût ou la juste valeur marchande de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation incorporelle, selon le cas, peut être évalué de façon fiable</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD291C2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00A067CF">
+    <w:p w14:paraId="2CD291C2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> coût de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation incorporelle atteint le seuil d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252E8BC1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="252E8BC1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="05B44182" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B44182" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Pour les logiciels développés en interne, que les droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur, les contenus publiés, etc., les dépenses relatives aux phases préliminaires de planification et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exploitation du projet soient comptabilisés en charges (non inclus dans la valeur capitalisée de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F41DC42" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="4CABCD7B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="6F41DC42" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CABCD7B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Mesure du coût</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F6CB1C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="75F6CB1C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17DAF2CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+    <w:p w14:paraId="17DAF2CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Le coût d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une immobilisation incorporelle acquise comprend</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A15F3D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+    <w:p w14:paraId="45A15F3D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>on</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> prix d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>achat, y compris les droits d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>importation et les taxes d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>achat non remboursables (le cas échéant, le PNUD étant exonéré de taxe), après déduction des remises commerciales et des rabais</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ACF8CE9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+    <w:p w14:paraId="5ACF8CE9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="20"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>out</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> coût directement attribuable à la préparation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif en vue de son utilisation prévue.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675DBA1B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="11B99A7E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="675DBA1B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B99A7E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="1181"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
         <w:t>Exemples de coûts directement attribuables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186890D8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
-      <w:pPr>
+    <w:p w14:paraId="186890D8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>es coûts des avantages sociaux du personnel (salaires, allocations d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>éducation et de logement, heures supplémentaires, etc.) découlant directement de la mise en état de fonctionnement de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>actif</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E89635D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
-      <w:pPr>
+    <w:p w14:paraId="7E89635D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les honoraires professionnels découlant directement de la mise en fonctionnement de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B5F020" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
-      <w:pPr>
+    <w:p w14:paraId="77B5F020" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="11"/>
+          <w:numId w:val="21"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les coûts de vérification du bon fonctionnement de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C9F9E2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="7484091F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="19C9F9E2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7484091F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="1181"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Exemples de dépenses qui ne sont pas des coûts directement attribuables à une immobilisation incorporelle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="085EE90B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
-      <w:pPr>
+    <w:p w14:paraId="085EE90B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les coûts liés à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>introduction d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un nouveau produit ou service (y compris les coûts de diffusion de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>information sur l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle et les activités promotionnelles)</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C1F0B5C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
-      <w:pPr>
+    <w:p w14:paraId="3C1F0B5C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les coûts de conduite d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>opérations dans un nouveau lieu ou avec un nouveau bureau du PNUD (y compris les coûts de formation du personnel)</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E03A363" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
-      <w:pPr>
+    <w:p w14:paraId="0E03A363" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les frais administratifs et autres frais généraux.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9FD413" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="3C9FD413" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A979ED7" w14:textId="13168BE6" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+    <w:p w14:paraId="5A979ED7" w14:textId="13168BE6" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Dans les cas où le coût total d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une immobilisation incorporelle résulte d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un approvisionnement par le biais de plusieurs bons de commande et bordereaux différents, les coûts doivent être ajoutés au coût initial de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif au moyen d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -7257,172 +7129,169 @@
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ajustement de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif qui doit être traitée par le centre mondial de services partagés du PNUD. Il s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>agit des cas où au moins un actif a été généré par le biais du bordereau E-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>req</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">-PO-AP. Autrement, les dépenses devront être extournées et un actif créé dans le module des actifs </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A067CF">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Encore une fois, l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">aide du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> est nécessaire.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège soumettra une demande, </w:t>
       </w:r>
       <w:r w:rsidR="00A067CF">
-        <w:t xml:space="preserve">par </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>par UNall</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">, au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> avec des copies des factures originales relatives au coût à ajuster.</w:t>
+        <w:t xml:space="preserve"> avec des copies des factures originales relatives </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>au coût à ajuster.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tous les documents d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ajustement des immobilisations incorporelles devront être archivés à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège au </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>concerné.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B571F4" w14:textId="77777777" w:rsidR="001A113B" w:rsidRPr="001A113B" w:rsidRDefault="001A113B" w:rsidP="0052082B">
-[...1 lines deleted...]
-        <w:ind w:right="0"/>
+    <w:p w14:paraId="05B571F4" w14:textId="77777777" w:rsidR="001A113B" w:rsidRPr="001A113B" w:rsidRDefault="001A113B" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CE15AEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="1CE15AEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Immobilisations incorporelles acquises par le biais d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>opérations sans contrepartie directe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6A4CA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...2 lines deleted...]
-        <w:ind w:left="50" w:right="0" w:firstLine="0"/>
+    <w:p w14:paraId="0C6A4CA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="650A931A" w14:textId="042E13C9" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+    <w:p w14:paraId="650A931A" w14:textId="042E13C9" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Dans certains cas, le PNUD peut acquérir des immobilisations incorporelles gratuitement ou pour une contrepartie symbolique dans le cadre d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une opération sans contrepartie directe. Dans le cadre d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une opération sans contrepartie directe, soit le PNUD reçoit de la valeur d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>une autre entité (gouvernement, donateurs ou organisations bilatérales) sans donner directement une valeur à peu près égale en échange, soit le PNUD donne de la valeur à une autre entité sans recevoir directement à peu près la même valeur en échange (les licences, par exemple). Dans ces circonstances, le coût de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -7478,252 +7347,293 @@
       <w:r>
         <w:t xml:space="preserve"> par le biais du formulaire d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ajout de base du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>système de gestion de données</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et joindre des copies de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>évaluation indépendante ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">expert. La demande sera approuvée par le </w:t>
-[...3 lines deleted...]
-        <w:t>gestionnaire des actifs.</w:t>
+        <w:t>expert. La demande sera approuvée par le gestionnaire des actifs.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tous les documents originaux d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une telle demande devront être archivés au </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BA4BBF" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="000F37D1" w:rsidP="00660607">
+    <w:p w14:paraId="61BA4BBF" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="000F37D1" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42F8CF87" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="42F8CF87" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Enregistrement des immobilisations incorporelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3E5285" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="5E3E5285" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="17F0A869" w14:textId="5C19A43C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F0A869" w14:textId="5C19A43C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="00906EF5">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00906EF5" w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
         <w:t xml:space="preserve">enregistrement des coûts associés aux immobilisations incorporelles dans le module de gestion des actifs du système </w:t>
       </w:r>
+      <w:r w:rsidR="00D976AB" w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est une tâche qui doit être effectuée par le </w:t>
+      </w:r>
+      <w:r w:rsidR="002111F4" w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>GSSC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Le </w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5" w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>coordonnateur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0030236F">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00501F9F">
+        <w:t xml:space="preserve">bureau pays </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ou de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">entité du siège soumettra une demande, par </w:t>
+      </w:r>
       <w:r w:rsidR="00D976AB">
-        <w:t>Quantum</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> est une tâche qui doit être effectuée par le </w:t>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> à la </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Le </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> du </w:t>
+        <w:t xml:space="preserve"> avec des copies de la documentation d</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>achat originale.</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">La demande du </w:t>
+      </w:r>
+      <w:r w:rsidR="002111F4">
+        <w:t>système de gestion de données</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> sera approuvée par le directeur des opérations du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">entité du siège soumettra une demande, par </w:t>
-[...42 lines deleted...]
-      <w:r>
         <w:t>entité du siège.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067993CC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="067993CC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0127AFD0" w14:textId="22208D1E" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0127AFD0" w14:textId="22208D1E" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Bien que les immobilisations incorporelles soient dépourvues de substance et soient donc principalement liées à la partie des services du catalogue des approvisionnements, leur développement peut inclure des biens qui entrent dans la partie des biens du catalogue des approvisionnements. Lors de la comptabilisation des coûts relatifs aux immobilisations incorporelles soit par acquisition, soit par des biens ou services générés en interne, les bureaux pays, le siège et les autres unités administratives doivent suivre l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ordre chronologique du catalogue des approvisionnements comme indiqué ci-dessous</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A90629A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="402395F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="6A90629A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402395F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Enregistrement de logiciels immobilisés achetés en externe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303C4EB7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="303C4EB7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="14A4883E" w14:textId="6318EF0B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A4883E" w14:textId="6318EF0B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="13"/>
         </w:numPr>
-        <w:ind w:left="1276"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Toutes les immobilisations incorporelles achetées en externe d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">une valeur supérieure ou égale à </w:t>
       </w:r>
       <w:r w:rsidR="00670517">
         <w:t>$</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> </w:t>
@@ -7787,109 +7697,104 @@
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège concerné.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>coordonnateur</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> chargé des actifs soumettra la demande par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D976AB">
-        <w:t>UNall</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">UNall </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">et le gestionnaire des actifs approuvera cette demande, par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>système de gestion de données</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, avant que le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> n</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>active dans la demande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="070B6A20" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="5BF2F88F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="070B6A20" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BF2F88F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Enregistrement de logiciels immobilisés développés en interne</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133662DD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="133662DD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="287B74C1" w14:textId="49730BAF" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287B74C1" w14:textId="49730BAF" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Pour les logiciels développés en interne, quand l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle se situe entre les phases de développement et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exploitation, les coûts associés à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">immobilisation doivent être suivis par le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
@@ -7917,66 +7822,65 @@
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour suivre les transactions de base jusqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>à ce que l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif atteigne un stade utile (lorsqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>il est en service) et doive donc être immobilisé).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="233AD9FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="233AD9FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="23C9C2DC" w14:textId="6680E3E7" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23C9C2DC" w14:textId="6680E3E7" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="0"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">unité administrative du siège doit informer le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dès que ce projet ou cette activité est établi par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">intermédiaire de la fonction </w:t>
@@ -8031,125 +7935,125 @@
       <w:r w:rsidRPr="00660607">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F76892">
         <w:t>’’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> du formulaire d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ajout de base dans le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>système de gestion de données</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E4546BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="0E4546BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="12B7B22E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B7B22E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sur une base trimestrielle, le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> devra extourner ces dépenses et, en utilisant l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ajout de base ou manuel, enregistrer ces coûts comme un « Actif en </w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>onstruction » (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>AuC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) dans le gestionnaire d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actifs et le grand livre, jusqu</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>à ce que tous les coûts associés à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle aient été saisis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3B494E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="797810D2" w14:textId="092E5F62" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+    <w:p w14:paraId="2C3B494E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="797810D2" w14:textId="092E5F62" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">À ce stade, lorsque le logiciel est entièrement développé et mis en service, le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">entité du siège informera le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
@@ -8235,72 +8139,67 @@
         <w:t>AuC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> à la catégorie d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actifs appropriée, c</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>est-à-dire les immobilisations incorporelles, où le cycle d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>amortissement commencera.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2A402D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="0E2A402D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="05ECC9CE" w14:textId="1CB4D708" w:rsidR="00884C51" w:rsidRDefault="00D976AB" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05ECC9CE" w14:textId="1CB4D708" w:rsidR="00884C51" w:rsidRDefault="00D976AB" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:ind w:right="0"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dans UNall</w:t>
+      </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">, le </w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>coordonnateur</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> chargé des actifs soumet, après approbation par le directeur des opérations du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>entité du siège, les demandes d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
@@ -8351,151 +8250,152 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">entité du siège ou dans le </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>concerné. Comme mentionné dans les sections précédentes, les coûts de recherche, de développement et de post-développement (par exemple les publicités) ne doivent pas être inclus dans les coûts capitalisés de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisation incorporelle.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>Seuls les coûts de développement associés doivent être immobilisés.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="680693F0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="5F664F8D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="680693F0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F664F8D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Étiquetage des immobilisations incorporelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7306CD9B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="7306CD9B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="670A9709" w14:textId="77777777" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670A9709" w14:textId="77777777" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>En raison de leur caractère non physique, ces actifs ne sont pas étiquetés, mais sont conservés dans le registre des actifs de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>unité administrative concernée.</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Au lieu du numéro de série, la licence ou le numéro de référence du droit d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur doit être indiqué.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C512B7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="1C512B7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70FDE725" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="70FDE725" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="-5" w:right="0" w:hanging="10"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Enregistrement des transferts, ajustements et dépréciations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="579971FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="34B731B5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="579971FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B731B5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
         <w:t>Transferts et ajustements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FAC012" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="72FAC012" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="18A77225" w14:textId="14DED85B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A77225" w14:textId="14DED85B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">enregistrement des transferts et des ajustements sera toujours effectué par le </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t>par</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> demande adressée par le biais du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>système de gestion de données</w:t>
@@ -8506,79 +8406,79 @@
       <w:r w:rsidR="00906EF5">
         <w:t>coordonnateur</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> chargé des actifs. Des copies des pièces justificatives pertinentes (par exemple les formulaires de transfert ou d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ajustement approuvés) doivent être envoyées avec la demande et correctement classées au niveau du </w:t>
       </w:r>
       <w:r w:rsidR="00501F9F">
         <w:t xml:space="preserve">bureau pays </w:t>
       </w:r>
       <w:r>
         <w:t>ou de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD2B5CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="30957ACD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="6AD2B5CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30957ACD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Dépréciation des immobilisations incorporelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7194D1BA" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="7194D1BA" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="753EC2CE" w14:textId="4973B74F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753EC2CE" w14:textId="4973B74F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les immobilisations incorporelles ont une durée de vie limitée et doivent donc faire l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>objet d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">un examen périodique afin de déterminer la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>recouvrabilité</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de leur valeur comptable. Cela signifie que si une immobilisation incorporelle a une valeur de </w:t>
       </w:r>
@@ -8740,191 +8640,191 @@
       <w:r w:rsidR="00906EF5">
         <w:t> dollars des États-Unis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ou à 20</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> %</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> de la valeur d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>origine de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>actif doivent être traitées.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C44AF5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="1C7C3EB2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="03C44AF5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7C3EB2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Protection et contrôle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657DF426" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="657DF426" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C0C4C91" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C0C4C91" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Étant donné que les immobilisations incorporelles ne sont pas matériellement tangibles, la façon de les protéger et de les contrôler est légèrement différente de celle des immobilisations corporelles (physiquement vérifiables).</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Le PNUD doit protéger ses inventions brevetées et ses documents protégés par le droit d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>auteur, contre toute utilisation non autorisée en gérant la manière dont les inventions et les publications sont distribuées.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE22CB1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
-[...85 lines deleted...]
-    <w:p w14:paraId="30B3E4E8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+    <w:p w14:paraId="6EE22CB1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="23"/>
         </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>En ce qui concerne les licences de logiciels et les logiciels développés en interne, il est nécessaire de restreindre l</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>accès aux programmes informatiques afin de protéger ces immobilisations incorporelles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D97038" w14:textId="77777777" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pour les sites Web, une surveillance constante est nécessaire pour s</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>assurer que le nom de domaine n</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a pas été utilisé par une autre entité ou un autre individu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B3002B" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Les documents juridiques qui accordent les brevets ou les droits d</w:t>
+      </w:r>
+      <w:r w:rsidR="00906EF5">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>auteur doivent être conservés dans un endroit sûr comme un coffre-fort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B1A33C9" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="000F37D1" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77416867" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inventaire physique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234F3513" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30B3E4E8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Étant donné que les immobilisations incorporelles ne peuvent pas être </w:t>
       </w:r>
       <w:r w:rsidR="00A761D1">
         <w:t>vérifiées</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> physiquement, l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exercice semestriel d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>inventaire physique confirmera principalement que la durée de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
@@ -8935,1065 +8835,1056 @@
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>a pas besoin d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>être « dépréciée ».</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Pour les licences logicielles et les logiciels développés en interne, l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exercice confirmera également la validité de la licence et le bénéfice continu pour le PNUD du logiciel développé qui est encore utilisé.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00616B4E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="345E4CB4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="00616B4E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345E4CB4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
-        <w:ind w:left="-5" w:right="0" w:hanging="10"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Rôles et responsabilités</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20B1662B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="50A93A24" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="20B1662B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A93A24" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Autorisation d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>acquérir des immobilisations incorporelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07284B9A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="07284B9A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2FE9023A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FE9023A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>Administrateur assistant, chef de la section des achats (CPO) du bureau des services de gestion (BMS) est responsable de toutes les immobilisations incorporelles acquises, contrôlées et gérées par le PNUD. Le chef de la section des achats délègue ce pouvoir à chaque représentant résident, chef de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>entité du siège détaché et aux chefs des entités du siège, quelle que soit la modalité d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exécution du projet à partir duquel l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisation incorporelle est achetée.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19073627" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="44B529CB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="19073627" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B529CB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Responsabilité des unités administratives (siège, entités du siège décentralisées et bureaux de pays)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7511305A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="7511305A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F78E435" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F78E435" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Les responsabilités du représentant résident et des chefs de bureau comprennent, sans s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>y limiter, ce qui suit</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD7944E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0052082B">
+    <w:p w14:paraId="4BD7944E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>eiller</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> à ce que l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>acquisition d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisations incorporelles soit effectuée conformément aux directives du PNUD en matière d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>approvisionnements</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28614004" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="00501F9F">
+    <w:p w14:paraId="28614004" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>assurer</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> que les immobilisations incorporelles sont correctement enregistrées dans le module AM</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E19E77" w14:textId="6B6E613F" w:rsidR="00884C51" w:rsidRDefault="00B54946">
+    <w:p w14:paraId="35E19E77" w14:textId="6B6E613F" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>eiller</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> à ce que les immobilisations incorporelles potentielles en phases de recherche, de développement et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>exploitation soient communiqué</w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">s au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D60167">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> avec suffisamment de renseignements généraux</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B88F9DF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946">
+    <w:p w14:paraId="2B88F9DF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>assurer</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> que toutes les immobilisations incorporelles sont comptabilisées, suivies et actualisées</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E6B428" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946">
+    <w:p w14:paraId="40E6B428" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>eiller</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> à ce que tout événement susceptible de donner lieu à une dépréciation de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">immobilisation incorporelle soit communiqué au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">intermédiaire du formulaire de dépréciation du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>système de gestion de données</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9A3BB2" w14:textId="4F774203" w:rsidR="00884C51" w:rsidRDefault="00B54946">
+    <w:p w14:paraId="6D9A3BB2" w14:textId="4F774203" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>eiller</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> à ce que tout changement potentiel du cycle de vie de l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve">immobilisation incorporelle soit documenté et communiqué au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> par </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D60167">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00906EF5">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F0FB59" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="50F0FB59" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1008" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>assurer que toutes les pièces justificatives des immobilisations incorporelles sont correctement tenu</w:t>
       </w:r>
       <w:r w:rsidR="00861E4B">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t>s en conformité avec la Politique du PNUD sur la tenue des comptes</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E75D86" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="47E75D86" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1008" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>assurer que les transferts ou liquidations d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>immobilisations incorporelles sont réalisés en conformité avec le chapitre sur les immobilisations corporelles d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>es</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> POPP</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FBAF81" w14:textId="13C53FBD" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="11FBAF81" w14:textId="13C53FBD" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="247" w:lineRule="auto"/>
-        <w:ind w:left="1008" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Veiller à ce que les questions nécessitant des éclaircissements ou des changements aux politiques soient soulevées à la Direction générale des opérations générales, Bureau des services de gestion</w:t>
       </w:r>
       <w:r w:rsidR="00C44DBC">
         <w:t xml:space="preserve"> (BMS)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F88A8D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="38C19300" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="7F88A8D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C19300" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Responsabilité du service des opérations générales, du bureau des opérations de recherche de fournisseurs, du bureau des services de gestion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753133A6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="753133A6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B976089" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D976AB">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B976089" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Outre ses services consultatifs et son appui technique, le service des opérations générales du bureau des services de gestion a la responsabilité générale de veiller à ce que les certifications des immobilisations incorporelles soient respectées en temps opportun. La responsabilité du Service des opérations générales et du bureau des services de gestion comprend également</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795F6413" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0052082B">
+    <w:p w14:paraId="795F6413" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>ise</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> à jour des politiques et des procédures relatives à l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>amortissement, à la dépréciation et à la durée de vie économique utile et aux immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8F13ED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="00501F9F">
+    <w:p w14:paraId="5B8F13ED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00B54946" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>ournir</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> des procédures d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>exploitation normalisées pour la comptabilisation et la gestion des immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFC6203" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00053392">
+    <w:p w14:paraId="1AFC6203" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00053392" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>apporter</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> un soutien</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> technique au </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> et à toutes les autres unités administratives sur toutes les questions relatives à la gestion des actifs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F48CAAE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00053392">
+    <w:p w14:paraId="5F48CAAE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00053392" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>suivre</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> les</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t xml:space="preserve"> transactions comptabilisations en charges d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00C17985">
         <w:t>immobilisations incorporelles pour les éléments importants ou inhabituels ou toute autre exception qui aurait dû être immobilisée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06945AE4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...5 lines deleted...]
-    <w:p w14:paraId="046FA2F7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="06945AE4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="046FA2F7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00827890">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t>Responsabilité du Centre mondial de services partagés du PNUD (</w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CB91CE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="49CB91CE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00827890">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="21A56EE5" w14:textId="774C2CBC" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21A56EE5" w14:textId="774C2CBC" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Examiner les cas soumis par les bureaux pays et les autres unités administratives en ce qui concerne la comptabilisation des immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629BFF9C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+    <w:p w14:paraId="629BFF9C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Traiter toutes les opérations du </w:t>
       </w:r>
       <w:r w:rsidR="002111F4">
         <w:t>GSSC</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> conformément aux procédures établies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A9FB43" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="15A9FB43" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Enregistrer les immobilisations incorporelles développées en interne dans le module AM après réception d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>un avis des bureaux de pays, des entités du siège et d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>autres unités administratives</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3518E8EC" w14:textId="405D1CBC" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="3518E8EC" w14:textId="405D1CBC" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Fournir un soutien consultatif aux bureaux pays et aux autres unités administratives</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AC6653" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="17AC6653" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t>Enregistrer toutes les immobilisations incorporelles par l</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>intermédiaire de la fonction d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>ajout de base</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDE47A8" w14:textId="14FD9966" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="4BDE47A8" w14:textId="14FD9966" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Préparer les ajustements dans </w:t>
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> au moyen d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>écritures au journal pour les dépréciations des immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296FD924" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="296FD924" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:r>
         <w:t>Examiner les rapports d</w:t>
       </w:r>
       <w:r w:rsidR="00906EF5">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>exception du module des actifs et faire le suivi auprès des bureaux de pays pour les mesures correctives</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E9FD24" w14:textId="77D9FF2B" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="42E9FD24" w14:textId="77D9FF2B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083165C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
+        <w:ind w:left="1080"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Former à la politique sur les immobilisations incorporelles et aux questions relatives à </w:t>
       </w:r>
       <w:r w:rsidR="002D1C83">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour les immobilisations incorporelles</w:t>
       </w:r>
       <w:r w:rsidR="00053392">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F60D056" w14:textId="77777777" w:rsidR="00660607" w:rsidRDefault="00660607" w:rsidP="00660607">
-[...4 lines deleted...]
-    <w:p w14:paraId="07ED872F" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00FA2B38" w:rsidRDefault="00660607" w:rsidP="00660607">
+    <w:p w14:paraId="3F60D056" w14:textId="7921A19F" w:rsidR="00660607" w:rsidRDefault="00660607" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A424C65" w14:textId="77777777" w:rsidR="000A3632" w:rsidRDefault="000A3632" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07ED872F" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00FA2B38" w:rsidRDefault="00660607" w:rsidP="00827890">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:left="450" w:hanging="450"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FA2B38">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Avertissement:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FA2B38">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="212121"/>
         </w:rPr>
         <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="002541B2" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00DA7A2E" w:rsidRDefault="00660607" w:rsidP="00660607">
-[...1 lines deleted...]
-        <w:ind w:right="0"/>
+    <w:p w14:paraId="002541B2" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00DA7A2E" w:rsidRDefault="00660607" w:rsidP="00827890">
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00660607" w:rsidRPr="00DA7A2E" w:rsidSect="006B1533">
-      <w:headerReference w:type="even" r:id="rId22"/>
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:footerReference w:type="even" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
-      <w:headerReference w:type="first" r:id="rId26"/>
-      <w:footerReference w:type="first" r:id="rId27"/>
+      <w:footerReference w:type="first" r:id="rId26"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1435" w:bottom="1464" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="021A0F79" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="11DEC4DB" w14:textId="77777777" w:rsidR="0083165C" w:rsidRDefault="0083165C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D779C00" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="75451335" w14:textId="77777777" w:rsidR="0083165C" w:rsidRDefault="0083165C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="420992FF" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00FA1A74">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E15C7F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00E15C7F">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="04591CA7" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2956677E" w14:textId="54B25054" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2956677E" w14:textId="247A9B1F" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="0003418B">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="0003418B">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="003E2E6A">
       <w:rPr>
@@ -10040,8002 +9931,4187 @@
       <w:t>18</w:t>
     </w:r>
     <w:r w:rsidR="000E4A52">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Date d’entrée en vigueur</w:t>
     </w:r>
     <w:r w:rsidR="00DA7A2E">
       <w:t xml:space="preserve"> : </w:t>
     </w:r>
     <w:r w:rsidR="00DA7A2E" w:rsidRPr="00DA7A2E">
       <w:t xml:space="preserve">26/07/2016 </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
-      <w:t>Version n</w:t>
+      <w:t xml:space="preserve">Version </w:t>
     </w:r>
-    <w:r w:rsidR="00861E4B" w:rsidRPr="00861E4B">
-[...3 lines deleted...]
-      <w:t>o</w:t>
+    <w:r w:rsidR="000A3632">
+      <w:t>#</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> : </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-748341579"/>
         <w:placeholder>
           <w:docPart w:val="7AB93C736DD34360A3E7262DE8F24964"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{917AE866-5EA0-4E5C-83B9-A71304317855}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00DA7A2E">
           <w:t>3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="43326800" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00FA1A74">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00E15C7F">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00E15C7F">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7FCCA43C" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
     <w:pPr>
-      <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3904ED8B" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="00789CF4" w14:textId="77777777" w:rsidR="0083165C" w:rsidRDefault="0083165C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30F5806F" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="17F67735" w14:textId="77777777" w:rsidR="0083165C" w:rsidRDefault="0083165C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="466825A2" w14:textId="09C158E6" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F" w:rsidP="007A4056">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="466825A2" w14:textId="3CDF05D4" w:rsidR="00E15C7F" w:rsidRDefault="000A3632" w:rsidP="007A4056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15612308" wp14:editId="0081AC73">
-          <wp:extent cx="304800" cy="593427"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47115343" wp14:editId="7EB3FA9E">
+          <wp:extent cx="589915" cy="898546"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="24" name="Picture 24"/>
+          <wp:docPr id="17" name="Picture 17"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="15579"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309373" cy="602330"/>
+                    <a:ext cx="589915" cy="898546"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="05F067D3"/>
+    <w:nsid w:val="06423714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8D92C40C"/>
-    <w:lvl w:ilvl="0" w:tplc="88A49CE4">
+    <w:tmpl w:val="838E57EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1425"/>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2535"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="863C45A6">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="5E3A5006">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="4CDE798C">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4695"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56F8F08C">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5415"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="E4A64538">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="FD5C72AC">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AF04C8E0">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7575"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="EADED13E">
-[...5 lines deleted...]
-        <w:ind w:left="7200"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15F05A66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BCC5A4E"/>
+    <w:lvl w:ilvl="0" w:tplc="CF160E22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="59326C4E">
+    <w:lvl w:ilvl="1" w:tplc="B2E6A88C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
-[...91 lines deleted...]
-        <w:ind w:left="720"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B4F498D8">
-[...5 lines deleted...]
-        <w:ind w:left="1425"/>
+    <w:lvl w:ilvl="2" w:tplc="B1B867B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="140C674A">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="3" w:tplc="FF4A70D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F0FEDBDE">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="4" w:tplc="587C0E86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7C320D9C">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="5" w:tplc="7578F566">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64521108">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="6" w:tplc="13F629A4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BBF64530">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="7" w:tplc="D0EEF94E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A6B28332">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="8" w:tplc="ED0EDA92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81365E52">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17780658"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F87083B2"/>
+    <w:lvl w:ilvl="0" w:tplc="D5A6BE18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="331"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="156631C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6D00FD6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6F92A894">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2628"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="D17878A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3348"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2C9EFF38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C90EC1FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4788"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4ED01494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5508"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F2124070">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6228"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D5035B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7354FDA8"/>
+    <w:lvl w:ilvl="0" w:tplc="E9EEFDDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EDC1FAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6061EA4"/>
+    <w:lvl w:ilvl="0" w:tplc="289C63C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2325"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...153 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="CF160E22">
+    <w:lvl w:ilvl="1" w:tplc="4C34F65E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1425"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B2E6A88C">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="2" w:tplc="3B88599C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B1B867B4">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="3" w:tplc="094CF4B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4500"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="FF4A70D0">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="4" w:tplc="8376DACE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="587C0E86">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="5" w:tplc="C96EF5FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="7578F566">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="6" w:tplc="22C8D8D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6660"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13F629A4">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="7" w:tplc="996AFC42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7380"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="D0EEF94E">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+    <w:lvl w:ilvl="8" w:tplc="23E69966">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ED0EDA92">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F9C3175"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="077215D0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
-[...2 lines deleted...]
-        <w:ind w:left="7200"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33B7410D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3205BFC"/>
+    <w:lvl w:ilvl="0" w:tplc="E9EEFDDA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37382868"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B94C2536"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17780658"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A48252F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F87083B2"/>
-    <w:lvl w:ilvl="0" w:tplc="D5A6BE18">
+    <w:tmpl w:val="69461774"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FAD1186"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F407D0C"/>
+    <w:lvl w:ilvl="0" w:tplc="DC10ED56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1875"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B3AA09EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2610"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2CC6ECCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="88F6E4EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4050"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="24A2AE2C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="84D461BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5490"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="377E552A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6210"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A13E7A82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6930"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6E206510">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7650"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="403E519E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4A235DE"/>
+    <w:lvl w:ilvl="0" w:tplc="12BC0468">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="331"/>
+        <w:ind w:left="242"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="156631C2">
+    <w:lvl w:ilvl="1" w:tplc="89FACEEE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1188"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="6D00FD6A">
+    <w:lvl w:ilvl="2" w:tplc="0792E7A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1908"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6F92A894">
+    <w:lvl w:ilvl="3" w:tplc="70EECDD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2628"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D17878A8">
+    <w:lvl w:ilvl="4" w:tplc="F2D43260">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3348"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2C9EFF38">
+    <w:lvl w:ilvl="5" w:tplc="15F83168">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4068"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C90EC1FA">
+    <w:lvl w:ilvl="6" w:tplc="E7E6EC84">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4788"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="4ED01494">
+    <w:lvl w:ilvl="7" w:tplc="2DE0376E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5508"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="F2124070">
+    <w:lvl w:ilvl="8" w:tplc="0A5CF14A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6228"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="19AC2209"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44BC27FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DA9E6E78"/>
-    <w:lvl w:ilvl="0" w:tplc="7786B08A">
+    <w:tmpl w:val="8E9EC248"/>
+    <w:lvl w:ilvl="0" w:tplc="F45CFD80">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="464D41FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BDA01B14"/>
+    <w:lvl w:ilvl="0" w:tplc="1D68A25C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="331"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="50D08D30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1188"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EEE08D92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B07E6166">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2628"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DABE23D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3348"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B91259BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4068"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0DB67D58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4788"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="177EBD46">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5508"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CCBAA962">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6228"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46864ABD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="447006E4"/>
+    <w:lvl w:ilvl="0" w:tplc="CD280EEC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1095" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1815" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2535" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3255" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3975" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4695" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5415" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6135" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6855" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53070D1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70C4B0DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720"/>
+        <w:ind w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2175"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1BA4D2EA">
-[...5 lines deleted...]
-        <w:ind w:left="1440"/>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2895"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DA6AAC02">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3615"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="6AD26FB6">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4335"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2F82E174">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5055"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="BA24B02A">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5775"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="DF987AB8">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6495"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="7646C2A0">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7215"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="139221B2">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53801372"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51080838"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1815"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...22 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...183 lines deleted...]
-        <w:ind w:left="720"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2535"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="B4F498D8">
-[...5 lines deleted...]
-        <w:ind w:left="1425"/>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="140C674A">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3975"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F0FEDBDE">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4695"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="7C320D9C">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5415"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64521108">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6135"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="BBF64530">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="A6B28332">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60B3063B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79A2D42E"/>
+    <w:lvl w:ilvl="0" w:tplc="6C3A6118">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81365E52">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+    <w:lvl w:ilvl="1" w:tplc="7206BBF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...34 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83B2B49A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...70 lines deleted...]
-        <w:ind w:left="1425"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="4C34F65E">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="3" w:tplc="027EEE10">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3B88599C">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="4" w:tplc="5A70D47A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="094CF4B0">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="5" w:tplc="F0F445BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8376DACE">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="6" w:tplc="D95A106C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C96EF5FA">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="7" w:tplc="72BE716A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22C8D8D2">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="8" w:tplc="899A834C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="996AFC42">
-[...5 lines deleted...]
-        <w:ind w:left="6480"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60EC7C45"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="68285272"/>
+    <w:lvl w:ilvl="0" w:tplc="519E715A">
+      <w:start w:val="15"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="23E69966">
-[...5 lines deleted...]
-        <w:ind w:left="7200"/>
+    <w:lvl w:ilvl="1" w:tplc="0622A086">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...222 lines deleted...]
-        <w:ind w:left="1425"/>
+    <w:lvl w:ilvl="2" w:tplc="E0F6C2C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="368AA2AC">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="3" w:tplc="151C1C24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="4282ECB8">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="4" w:tplc="091AAB6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="1436BC9C">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="5" w:tplc="2F68149E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66CAAA60">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="6" w:tplc="3D565D42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B1966EB0">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="7" w:tplc="11240D0E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="B6F8D590">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+    <w:lvl w:ilvl="8" w:tplc="0F7C4D6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="729E96CC">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="61F66873"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AF4F138"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
-[...2 lines deleted...]
-        <w:ind w:left="6480"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62F36136"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5ED22964"/>
+    <w:lvl w:ilvl="0" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67822C07"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F15E2674"/>
+    <w:lvl w:ilvl="0" w:tplc="9C2E161E">
+      <w:start w:val="35"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75FC1F28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F8FC854E"/>
+    <w:lvl w:ilvl="0" w:tplc="790E7456">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1875"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="7598B888">
-[...5 lines deleted...]
-        <w:ind w:left="7200"/>
+    <w:lvl w:ilvl="1" w:tplc="8200DA4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2610"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...123 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:lvl w:ilvl="2" w:tplc="C61CD592">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3330"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50D2E494">
-[...5 lines deleted...]
-        <w:ind w:left="1425"/>
+    <w:lvl w:ilvl="3" w:tplc="0152E91A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4050"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87A696A0">
-[...5 lines deleted...]
-        <w:ind w:left="2160"/>
+    <w:lvl w:ilvl="4" w:tplc="1D86EA12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4770"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DD2C9B44">
-[...5 lines deleted...]
-        <w:ind w:left="2880"/>
+    <w:lvl w:ilvl="5" w:tplc="478EA932">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5490"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EFFE6170">
-[...5 lines deleted...]
-        <w:ind w:left="3600"/>
+    <w:lvl w:ilvl="6" w:tplc="57082A9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6210"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8AB25B9A">
-[...5 lines deleted...]
-        <w:ind w:left="4320"/>
+    <w:lvl w:ilvl="7" w:tplc="31086E5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6930"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="ADF2974A">
-[...5 lines deleted...]
-        <w:ind w:left="5040"/>
+    <w:lvl w:ilvl="8" w:tplc="2778A096">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7650"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96221C00">
-[...5 lines deleted...]
-        <w:ind w:left="5760"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77A37411"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED964000"/>
+    <w:lvl w:ilvl="0" w:tplc="6C3A6118">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89A4C94A">
-[...251 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2175" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2895" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3615" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4335" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5055" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5775" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6495" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7215" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...4387 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="256061878">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="601499262">
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1007710695">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1573855746">
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1428578224">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="854001244">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="44763223">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1184511594">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="110902381">
-[...26 lines deleted...]
-  <w:num w:numId="18" w16cid:durableId="1725371963">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1603607807">
-[...70 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00884C51"/>
+    <w:rsid w:val="00017F97"/>
     <w:rsid w:val="0003418B"/>
     <w:rsid w:val="000509E2"/>
     <w:rsid w:val="000516DA"/>
     <w:rsid w:val="00053392"/>
+    <w:rsid w:val="000A3632"/>
     <w:rsid w:val="000B1C05"/>
     <w:rsid w:val="000B2C27"/>
     <w:rsid w:val="000E09CF"/>
     <w:rsid w:val="000E4A52"/>
     <w:rsid w:val="000F37D1"/>
     <w:rsid w:val="001170D4"/>
     <w:rsid w:val="00125D34"/>
     <w:rsid w:val="00137060"/>
     <w:rsid w:val="00150F92"/>
     <w:rsid w:val="00182825"/>
     <w:rsid w:val="001A113B"/>
     <w:rsid w:val="001B4695"/>
     <w:rsid w:val="001B5AAE"/>
+    <w:rsid w:val="001F7C1C"/>
     <w:rsid w:val="002111F4"/>
     <w:rsid w:val="0026037D"/>
     <w:rsid w:val="00275C86"/>
     <w:rsid w:val="00283979"/>
     <w:rsid w:val="00287BB9"/>
     <w:rsid w:val="002A7969"/>
     <w:rsid w:val="002C626C"/>
+    <w:rsid w:val="002D1B6A"/>
     <w:rsid w:val="002D1C83"/>
     <w:rsid w:val="002D5FED"/>
     <w:rsid w:val="002E5423"/>
     <w:rsid w:val="00302287"/>
+    <w:rsid w:val="0030236F"/>
+    <w:rsid w:val="003449FA"/>
     <w:rsid w:val="00380EF3"/>
     <w:rsid w:val="003D3AF5"/>
     <w:rsid w:val="003E2E6A"/>
     <w:rsid w:val="00411A1A"/>
     <w:rsid w:val="004252E3"/>
     <w:rsid w:val="00436461"/>
     <w:rsid w:val="00442842"/>
     <w:rsid w:val="004A1EEC"/>
     <w:rsid w:val="004E2DB0"/>
     <w:rsid w:val="004F7BD8"/>
     <w:rsid w:val="00501F9F"/>
     <w:rsid w:val="00504A58"/>
     <w:rsid w:val="0052082B"/>
+    <w:rsid w:val="00551E28"/>
     <w:rsid w:val="00564FA9"/>
+    <w:rsid w:val="005A5AE6"/>
     <w:rsid w:val="005F1CF4"/>
+    <w:rsid w:val="005F3E23"/>
+    <w:rsid w:val="006212B3"/>
     <w:rsid w:val="006259ED"/>
     <w:rsid w:val="00660607"/>
     <w:rsid w:val="00660AB3"/>
     <w:rsid w:val="00670517"/>
     <w:rsid w:val="00692C33"/>
     <w:rsid w:val="006B0685"/>
     <w:rsid w:val="006B1533"/>
     <w:rsid w:val="00726C2D"/>
     <w:rsid w:val="00737D80"/>
     <w:rsid w:val="00761B5C"/>
     <w:rsid w:val="00787BFA"/>
     <w:rsid w:val="007A4056"/>
     <w:rsid w:val="007D2311"/>
     <w:rsid w:val="00800FD3"/>
     <w:rsid w:val="0080572A"/>
+    <w:rsid w:val="00827890"/>
+    <w:rsid w:val="0083165C"/>
     <w:rsid w:val="0083208D"/>
     <w:rsid w:val="00850C1F"/>
     <w:rsid w:val="00861E4B"/>
     <w:rsid w:val="00884C51"/>
     <w:rsid w:val="008C4209"/>
     <w:rsid w:val="008D2BF4"/>
     <w:rsid w:val="008F1284"/>
     <w:rsid w:val="00906EF5"/>
+    <w:rsid w:val="009571C2"/>
     <w:rsid w:val="00962F2E"/>
     <w:rsid w:val="009713FD"/>
     <w:rsid w:val="0099213F"/>
+    <w:rsid w:val="009A1207"/>
+    <w:rsid w:val="009D0461"/>
     <w:rsid w:val="00A067CF"/>
     <w:rsid w:val="00A10A4F"/>
     <w:rsid w:val="00A56E52"/>
     <w:rsid w:val="00A64745"/>
     <w:rsid w:val="00A761D1"/>
     <w:rsid w:val="00AB7945"/>
     <w:rsid w:val="00AD1396"/>
     <w:rsid w:val="00B06FF2"/>
+    <w:rsid w:val="00B52864"/>
     <w:rsid w:val="00B54946"/>
     <w:rsid w:val="00B77483"/>
     <w:rsid w:val="00BC3E84"/>
     <w:rsid w:val="00C17985"/>
     <w:rsid w:val="00C41EF0"/>
     <w:rsid w:val="00C44DBC"/>
     <w:rsid w:val="00D14D78"/>
+    <w:rsid w:val="00D30FB4"/>
     <w:rsid w:val="00D34A13"/>
     <w:rsid w:val="00D50003"/>
     <w:rsid w:val="00D60167"/>
     <w:rsid w:val="00D730F4"/>
     <w:rsid w:val="00D80E42"/>
     <w:rsid w:val="00D92261"/>
     <w:rsid w:val="00D976AB"/>
     <w:rsid w:val="00DA7A2E"/>
+    <w:rsid w:val="00E02BFF"/>
     <w:rsid w:val="00E15C7F"/>
     <w:rsid w:val="00E40E88"/>
     <w:rsid w:val="00E4135C"/>
     <w:rsid w:val="00E61C93"/>
+    <w:rsid w:val="00E85293"/>
     <w:rsid w:val="00E923F2"/>
     <w:rsid w:val="00EB3AC4"/>
     <w:rsid w:val="00EE4C30"/>
     <w:rsid w:val="00F76892"/>
     <w:rsid w:val="00F84B11"/>
     <w:rsid w:val="00F87315"/>
     <w:rsid w:val="00FA1A74"/>
     <w:rsid w:val="00FA2B38"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1F670DB5"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1094" w:hanging="360"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18377,55 +14453,50 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006B1533"/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006B1533"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
       <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
     </w:rPr>
@@ -18449,198 +14520,202 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="006B1533"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:rsid w:val="006B1533"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008F1284"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+      <w:ind w:left="720" w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A113B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A113B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A4056"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007A4056"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A4056"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A4056"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A4056"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F84B11"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
     <w:name w:val="highlight"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00660607"/>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009571C2"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="62534713">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="169834643">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18670,248 +14745,244 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1629507569">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4996" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/copie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/d%C3%A9pense" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/copie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/page-de-politique-generale/immobilisations-corporelles-ppe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/d%C3%A9pense" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4996" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7AB93C736DD34360A3E7262DE8F24964"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{51B6A3D0-9716-4289-A3EF-FE2279E0A950}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C44872" w:rsidRDefault="008A4559">
           <w:r w:rsidRPr="005A59E2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...7 lines deleted...]
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A4559"/>
     <w:rsid w:val="000A3099"/>
     <w:rsid w:val="000A5F74"/>
     <w:rsid w:val="00224354"/>
     <w:rsid w:val="004152B9"/>
     <w:rsid w:val="00436274"/>
     <w:rsid w:val="005552BC"/>
     <w:rsid w:val="00601D45"/>
     <w:rsid w:val="00692C33"/>
     <w:rsid w:val="00694594"/>
     <w:rsid w:val="008A4559"/>
     <w:rsid w:val="00AC3675"/>
     <w:rsid w:val="00B21BEE"/>
     <w:rsid w:val="00C44872"/>
     <w:rsid w:val="00C47F54"/>
     <w:rsid w:val="00DA026B"/>
+    <w:rsid w:val="00FD4CB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19307,51 +15378,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A4559"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -19619,59 +15690,50 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -19984,100 +16046,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...47 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -20087,161 +16133,186 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...22 lines deleted...]
-</p:Policy>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">UNITBMS-1904581467-55</_dlc_DocId>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>353</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">French</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Administrative Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a78f4201-2936-4934-95ba-30c4111d72d7</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-01-08T23:00:00+00:00</UNDP_POPP_PLANNED_REVIEWDATE>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2016-07-25T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">512</UNDP_POPP_FILEVERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">3</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Immobilisations incorporelles : Acquisition, développement et maintenance</UNDP_POPP_TITLE_EN>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-55</Url>
+      <Description>UNITBMS-1904581467-55</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 7/26/2016                                                Version #: 3.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 7/26/2016                                                Version #: 3.0</DLCPolicyLabelValue>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4C1557-54B6-4BF4-956C-C6F56CFBDDBA}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46147A76-2D77-4784-AFCE-6437B32A844D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4C1557-54B6-4BF4-956C-C6F56CFBDDBA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917AE866-5EA0-4E5C-83B9-A71304317855}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA8F2037-AADA-43DB-9DCE-D925DA05689C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B942D5-96CA-4DCF-B245-7B8EF87A9339}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA8F2037-AADA-43DB-9DCE-D925DA05689C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917AE866-5EA0-4E5C-83B9-A71304317855}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>6105</Words>
-  <Characters>34803</Characters>
+  <Words>6123</Words>
+  <Characters>34905</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>290</Lines>
   <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40827</CharactersWithSpaces>
+  <CharactersWithSpaces>40947</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tatiana Rieglerova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">