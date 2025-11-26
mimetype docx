--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,10280 +1,7467 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54B1454E" w14:textId="1FF1E5C3" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00C17985">
+    <w:p w14:paraId="172248EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activos Intangibles: Adquisición, Desarrollo y Mantenimiento  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D6B04F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Immobilisations incorporelles</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="2FBCA07F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F9AE05" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7265F5D6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746BC9E7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">Los Activos Intangibles son los artículos no físicos de valor que posee el PNUD (Programa de las Naciones Unidas para el Desarrollo). Las características que definen a un Activo Intangible son que no tienen una existencia física (no pueden tocarse) y ni un valor monetario fijo. No pueden verse ni tocarse, pero son importantes para el éxito del PNUD. Los Activos Intangibles pueden generarse en forma interna, como un software desarrollado en forma interna, o adquirirse de fuentes externas, p. ej., un fondo de comercio (que puede no regir para el PNUD) o una marca, p. ej., si el PNUD utiliza una marca comercial respetable en la ejecución de uno de sus proyectos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6959E7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985" w:rsidP="6B2FF517">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764BA535" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">Existen dos clasificaciones de Activos Intangibles:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C26BADD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="202" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">Activos Intangibles Legales: artículos como propiedad intelectual, patentes, marcas comerciales, nombres comerciales y derechos de autor. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A67239" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="202" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">Activos Intangibles Competitivos: artículos como conocimientos especializados y reputación (p. ej., fondo de comercio). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2894B68E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985" w:rsidP="6B2FF517">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21491A6F" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">Como política general, el PNUD tiene en cuenta principalmente los Intangibles Legales y los Intangibles no Competitivos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRDefault="003D3AF5" w:rsidP="6B2FF517">
+      <w:pPr>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19890E46" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="00F84B11" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un Activo Intangible es un activo no monetario identificable sin sustancia física. Las oficinas del PNUD pueden utilizar recursos, o contraer obligaciones, en la adquisición, el desarrollo, el mantenimiento o la mejora de recursos intangibles como conocimiento científico o técnico, diseño y ejecución de nuevos procesos, o sistemas, licencias, propiedad intelectual y marcas comerciales (incluidos los nombres comerciales y las denominaciones editoriales).   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="003D3AF5" w:rsidRPr="003D3AF5" w:rsidRDefault="003D3AF5" w:rsidP="6B2FF517">
+      <w:pPr>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76CF8017" w14:textId="4AEB6875" w:rsidR="00F84B11" w:rsidRPr="0088550B" w:rsidRDefault="00F84B11" w:rsidP="00E10192">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Para que un artículo se ajuste a la definición de Activo Intangible, deben cumplirse las siguientes condiciones:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B89D414" w14:textId="10385B44" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debe ser identificable,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CD0062" w14:textId="5D11F6C6" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El PNUD debe tener el control sobre el intangible, y  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398D7278" w14:textId="1534F72E" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Deben existir beneficios económicos o potencial de servicio futuros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D87A6D" w14:textId="2C07C9BB" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="0088550B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Si un artículo no cumple con la definición de activo intangible o con los tres criterios anteriores, los gastos para adquirirlo o generarlo en forma interna se reconocen como un gasto al incurrir en ellos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2024CB" w14:textId="09025037" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="0088550B">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Un activo es identificable si:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37814E6E" w14:textId="02B274A7" w:rsidR="00F84B11" w:rsidRPr="0033752B" w:rsidRDefault="00F84B11" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Es separable, es decir, es susceptible de ser separado o dividido del PNUD y vendido, transferido, otorgado en licencia, alquilado o intercambiado, ya sea en forma individual o junto con un contrato relacionado, activo u obligación identificable, independientemente de si el PNUD desea o no hacerlo; o  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC66EFC" w14:textId="0CAE15F3" w:rsidR="00F84B11" w:rsidRPr="0088550B" w:rsidRDefault="00F84B11" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...66 lines deleted...]
-        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Surge a partir de acuerdos vinculantes (incluidos los derechos de contratos u otros derechos legales), independientemente de si dichos derechos son transferibles o separables de la entidad o de otros derechos y obligaciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100C5B58" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985" w:rsidP="6B2FF517">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4F3315" w14:textId="77777777" w:rsidR="0088550B" w:rsidRPr="0088550B" w:rsidRDefault="00BC3E84" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Todos los Activos Intangibles generados en forma interna que tengan un valor de USD 50 000 o</w:t>
+      </w:r>
+      <w:r w:rsidR="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDE4F9B" w14:textId="4DA5BCF7" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00021533">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">más serán capitalizados por el PNUD a través del Centro </w:t>
+      </w:r>
+      <w:r w:rsidR="4622DCB9" w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Glob</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>al de Servicios Compartidos (</w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80" w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). Los detalles de cómo serán capitalizados se encuentran en la subsección Adquisición. Todos los Activos Intangibles adquiridos en forma externa que tengan un costo de USD 5000 o más serán capitalizados a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80" w:rsidRPr="0088550B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:t xml:space="preserve">.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F40E89" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...53 lines deleted...]
-      <w:r w:rsidR="00E40E88">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...35 lines deleted...]
-      <w:r w:rsidR="00C17985">
+    </w:p>
+    <w:p w14:paraId="4F6F7653" w14:textId="49BD5A81" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00BC3E84">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="0088550B">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Cuando un activo se capitaliza, el costo total del activo se contabiliza como gasto a través de varios </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00FF216B" w:rsidRPr="00FF216B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>periodos contables</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (su vida útil) en lugar de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="009F7241">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>contabilizarse como gasto</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>d</w:t>
-[...20 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:t xml:space="preserve">completamente al momento de la compra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608DEACE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        </w:numPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8EC513" w14:textId="5533735B" w:rsidR="00884C51" w:rsidRDefault="00BC3E84" w:rsidP="00BC3E84">
+      <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">En règle générale, le PNUD prend principalement en compte les immobilisations </w:t>
-[...320 lines deleted...]
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:t xml:space="preserve">8.   El porcentaje de amortización correspondiente (el equivalente a la depreciación al aplicarse a los Activos Intangibles, véase la subsección sobre Amortización: Amortizaciones, Conciliaciones, Informes y Funciones Centralizadas de Activos Intangibles) para los Activos Intangibles se utiliza para amortizar el Activo Intangible a lo largo de su vida útil. Un Activo Intangible que tiene una vida útil indefinida no se amortiza si no hay factores legales, contractuales, normativos, tecnológicos o de otro tipo que limiten su vida útil. Por lo tanto, para los Activos Intangibles como las marcas comerciales con vidas indefinidas, habrá </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t>cero amortizaciones</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Si existe alguna limitación legal, contractual o tecnológica para la vida de un Activo Intangible, la vida útil estimada se utilizará como el período de amortización.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFAE634" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00137060">
+      <w:r>
         <w:rPr>
-          <w:i/>
-          <w:u w:val="single"/>
+          <w:b/>
+          <w:sz w:val="14"/>
         </w:rPr>
-        <w:t>interne</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Les détails sur la façon dont ces actifs seront immobilisés sont disponibles dans la sous-section Acquisition. Tous les actifs incorporels achetés </w:t>
-[...56 lines deleted...]
-        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
         </w:rPr>
-      </w:pPr>
-[...124 lines deleted...]
-      <w:r w:rsidR="00906EF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="312ABE88" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    </w:p>
+    <w:p w14:paraId="58785A73" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tipos de Activos Intangibles y Porcentajes de Amortización Asociados  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4671ABCD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="008F1284" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-        <w:rPr>
-[...30 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-29" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="9159" w:type="dxa"/>
+        <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="50" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="238"/>
         <w:gridCol w:w="4213"/>
         <w:gridCol w:w="4946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00884C51" w14:paraId="5AD8FF06" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="5895A08B" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CDB71CF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E40E88" w:rsidP="00660607">
+          <w:p w14:paraId="66319559" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Catégorie</w:t>
+              <w:t>Clase</w:t>
             </w:r>
-            <w:r w:rsidR="00C17985">
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09AA06F1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="237C30CE" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Durée de vie estimée (années)</w:t>
+              <w:t>Vida útil estimada (años)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2678546A" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="73014575" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B5F45F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="27826861" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Logiciels acquis </w:t>
+              <w:t xml:space="preserve">Software adquirido </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A6CAEBD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="35138724" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2A22EFC6" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="1DA651DF" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CDC9FED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="4855433C" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Logiciels développés en interne </w:t>
+              <w:t xml:space="preserve">Software desarrollado en forma interna </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66F0420E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="7FC5B706" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="5C2B0F5B" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="2E7D81A4" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="787243CC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="5D34DCD2" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Marques de commerce </w:t>
+              <w:t xml:space="preserve">Marcas comerciales </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="529FEBEF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2681C636" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">2-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="225D6867" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="6047FE94" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E7F150B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="1DA0EF83" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Droits d</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">auteur </w:t>
+              <w:t xml:space="preserve">Derechos de autor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C570B68" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="50FA5AA6" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">3-10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="2B5D839F" w14:textId="77777777" w:rsidTr="007A4056">
+      <w:tr w:rsidR="001D493F" w14:paraId="638E85AF" w14:textId="77777777" w:rsidTr="001D493F">
         <w:trPr>
           <w:trHeight w:val="200"/>
         </w:trPr>
-        <w:tc>
-[...16 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4213" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EA875CA" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="5D516B3B" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Brevets </w:t>
+              <w:t xml:space="preserve">Patentes </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4947" w:type="dxa"/>
+            <w:tcW w:w="4946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FBB9C07" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="50698068" w14:textId="77777777" w:rsidR="001D493F" w:rsidRDefault="001D493F" w:rsidP="007A4056">
             <w:pPr>
               <w:spacing w:after="0" w:line="220" w:lineRule="exact"/>
               <w:ind w:left="72" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">2-6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="7E69EF91" w14:textId="77777777">
-[...41 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41188304" w14:textId="77777777" w:rsidR="00137060" w:rsidRDefault="000E09CF" w:rsidP="00660607">
+    <w:p w14:paraId="14547451" w14:textId="77777777" w:rsidR="00FF216B" w:rsidRDefault="00FF216B" w:rsidP="00FF216B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E971F07" w14:textId="0C863964" w:rsidR="00884C51" w:rsidRDefault="000E09CF" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="360" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las oficinas del PNUD tendrán, en general, los siguientes tipos de Activos Intangibles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EEFD60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="007A4056" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="5CDDD521" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D00C20B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="45462F60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+      <w:r>
+        <w:t xml:space="preserve">Software desarrollado en forma interna </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="664FEC72" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="30"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="30944E4B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+      <w:r>
+        <w:t xml:space="preserve">Marcas comerciales (que han sido donadas, compradas o generadas internamente) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2461815E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="34"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="448C539C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+      <w:r>
+        <w:t xml:space="preserve">Derechos de patentes (que han sido donados, comprados o generados internamente) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216060DD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="35"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="567062A2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93">
+      <w:r>
+        <w:t xml:space="preserve">Derechos de autor (que han sido donados, comprados o generados internamente) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E34188" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="3084CE53" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+      <w:r>
+        <w:t xml:space="preserve">Licencias de software (que han sido donadas o compradas) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAC6FC9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="15" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71EC0816" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="67523EA6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
-[...6 lines deleted...]
-    <w:p w14:paraId="06FF2E34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Software desarrollado en forma interna  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="156A6281" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="069C3E43" w14:textId="21CA84AE" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44077BE6" w14:textId="12ECC55F" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Un logiciel développé en interne est un logiciel créé par le personnel du PNUD ou des consultants pour un usage interne. Son coût comprend tous les états de paie (salaires, honoraires de consultants, avantages sociaux comme les allocations d</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>sont la personnalisation de l</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="002D1C83">
+        <w:t>El software desarrollado en forma interna es software creado por personal o consultores del PNUD para uso interno. Su costo incluye toda la nómina (salarios, honorarios de consultores, beneficios como educación o prestaciones para vivienda); y todos los costos directos de personal relacionados con las actividades de desarrollo de software. Algunos ejemplos característicos de software desarrollado en forma interna son la personalización del sistema de planificación de los recursos institucionales (PRI) (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t>/People Soft), et le développement de sites intranet et extranet.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="330D3AC0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">); y el desarrollo de sitios de Intranet y Extranet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20876B09" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="946" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="1D93AA40" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B14C6A5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>b)</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
-[...6 lines deleted...]
-    <w:p w14:paraId="44F70C34" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Marcas comerciales  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10146664" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="549BEE26" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF70371" w14:textId="139C19A0" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Une marque de commerce est un mot, une expression, un symbole ou un dessin ou une combinaison de mots, d</w:t>
-[...52 lines deleted...]
-    <w:p w14:paraId="7D0BF7AD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Una marca comercial es una palabra, una frase, un símbolo o un diseño o una combinación de palabras, frases, símbolos o diseños que identifican y distinguen al origen de los bienes de una organización de los de otras. Una marca de servicio es lo mismo que una marca comercial, excepto que esta identifica y distingue el origen de un servicio en lugar de un producto. A lo largo de las POPP (Políticas y Procedimientos de Operaciones y Programas), el término «marca comercial» se utilizará para referirse tanto a marcas comerciales como a marcas de servicios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B68B9CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4F2999D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D797BD0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>c)</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
-[...6 lines deleted...]
-    <w:p w14:paraId="09FEA50C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Derechos de patentes  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7172F4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="090E60BB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B5F833" w14:textId="37625A80" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Un brevet est une concession accordée par un gouvernement qui confère au créateur d</w:t>
-[...56 lines deleted...]
-    <w:p w14:paraId="07A18F39" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Una Patente es una concesión realizada por un Gobierno que otorga al creador de un invento el derecho exclusivo a realizar, usar y vender dicho invento durante un plazo determinado. Es el derecho de excluir a los demás de la realización, el uso, la oferta para la venta, la venta o la importación de ese invento. Las patentes generalmente son emitidas por las Oficinas de Patentes y Marcas de los Gobiernos del país anfitrión. Dada la naturaleza de las operaciones del PNUD, habrá pocas instancias en las que el PNUD patente un invento.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325CE300" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5C003467" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25277F37" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>d)</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
-[...12 lines deleted...]
-    <w:p w14:paraId="0EE74430" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Derechos de autor  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25DD3341" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="592FA713" w14:textId="128BB638" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF96D27" w14:textId="7D53A2BB" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Un droit d</w:t>
-[...9 lines deleted...]
-          <w:t>le</w:t>
+        <w:t xml:space="preserve">Un derecho de autor es el </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>derec</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>h</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>o</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="009713FD">
+      <w:r w:rsidRPr="6B2FF517">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">exclusif de faire </w:t>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="009713FD">
+        <w:t xml:space="preserve">exclusivo a realizar </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00DD6DB3">
           <w:rPr>
-            <w:color w:val="0070C0"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>copies</w:t>
+          <w:t>co</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>p</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ias</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009713FD">
-[...21 lines deleted...]
-        <w:r w:rsidRPr="00761B5C">
+      <w:r>
+        <w:t xml:space="preserve">, otorgar en licencia, y de otro modo explotar un trabajo literario, musical o artístico, ya sea una impresión, un audio, un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00DD6DB3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="0070C0"/>
-            <w:u w:color="0070C0"/>
           </w:rPr>
-          <w:t>vidéo</w:t>
+          <w:t>vide</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00DD6DB3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>o</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId19">
-[...53 lines deleted...]
-      <w:r w:rsidR="00761B5C">
+      <w:r>
+        <w:t>, una película, etc. Es una forma de protección proporcionada a los autores de las «obras originales», tanto publicadas como no publicadas. Los derechos de autor son registrados por la Oficina de Derechos de Autor de los Gobiernos. Hay una serie de Oficinas en el País del PNUD con derechos de autor informados para libros, películas, documentales y boletines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11004E46" w14:textId="386E53C9" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1429623D" w14:textId="77777777" w:rsidR="00E923F2" w:rsidRDefault="00E923F2" w:rsidP="00501F9F">
-[...4 lines deleted...]
-    <w:p w14:paraId="12AA8BF0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="5FEA9D11" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>e)</w:t>
       </w:r>
-      <w:r w:rsidR="00E61C93">
-[...6 lines deleted...]
-    <w:p w14:paraId="33C73E7F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Licencias de software/software desarrollado en forma externa (comprado o donado)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DD831B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7DB54C79" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757BEBB5" w14:textId="5336C068" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Une licence de logiciel est un instrument juridique régissant l</w:t>
-[...77 lines deleted...]
-    <w:p w14:paraId="2F43C2F5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Una licencia de software es un instrumento legal que rige el uso o la redistribución de software. Todo el software está protegido por derecho de autor, con excepción de los </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">materiales de dominio público. Una licencia de software característica otorga al PNUD autorización para usar una o más copias del software de maneras en las que dicho uso constituiría de otro modo una violación de derechos de autor de los derechos exclusivos del propietario del software según la ley de derechos de autor. En algunos casos, el software viene con la licencia cuando se adquiere comercialmente o con una licencia del fabricante del equipo original (OEM) cuando viene junto con el hardware. Las licencias de software por lo general pueden clasificarse en las siguientes categorías:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19276D9A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45256E01" w14:textId="62EC9E53" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0082417D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...54 lines deleted...]
-      <w:r w:rsidR="002D1C83">
+        <w:t>Licencias patentadas:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> programas informáticos otorgados bajo licencia según el derecho legal exclusivo del titular de los derechos de autor. Se concede al PNUD el derecho de usar el software bajo ciertas condiciones, pero se restringen otros usos, como la modificación, la posterior distribución o la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>retroingeniería</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Un ejemplo de software patentado es la licencia de People </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Soft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
         <w:t>Quantum</w:t>
       </w:r>
-      <w:r w:rsidR="00C17985">
-[...9 lines deleted...]
-    <w:p w14:paraId="349D78F0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:t xml:space="preserve">); y  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CE8CB7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2206" w:right="0" w:firstLine="0"/>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1895D3B7" w14:textId="0C28A021" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0082417D">
         <w:rPr>
-          <w:u w:val="single"/>
+          <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>l</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidR="00C17985">
+        <w:t>Licencias libres y de código abierto (F/OSS, FOSS)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> o software libre y de código abierto (FLOSS): software que se otorga bajo licencia libre para otorgar a los usuarios el derecho a usar, estudiar, cambiar y mejorar su diseño a través de la disponibilidad de su código fuente. En este contexto, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0082417D">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>libre</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="27C8AE58" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">libre </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">se refiere a la libertad para copiar y reutilizar el software. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E27B00A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="58D5370A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67CD8416" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="06AD6902" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t>Activos Intangibles desarrollados en forma interna y adquiridos en forma externa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207CCF61" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="45A21432" w14:textId="77777777" w:rsidR="00182825" w:rsidRDefault="002E5423" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07491FBD" w14:textId="1C8BCC6C" w:rsidR="00773B5E" w:rsidRDefault="002E5423" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...59 lines deleted...]
-    <w:p w14:paraId="75ED8AEB" w14:textId="3B663B6F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los procedimientos normales de adquisición del PNUD: licitación, CAP (contractos, activos y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41998108" w14:textId="4F4438F0" w:rsidR="00182825" w:rsidRDefault="002E5423" w:rsidP="00773B5E">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>adquisiciones), ACP (Comité Consultivo sobre Adquisiciones), contratación, etc., se aplican para la adquisición de Activos Intangibles adquiridos en forma externa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461881E6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="60" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="1426" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Les immobilisations incorporelles développées en </w:t>
+        <w:t xml:space="preserve">Los Activos Intangibles desarrollados </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
-          <w:u w:val="single"/>
+          <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>interne</w:t>
-[...25 lines deleted...]
-    <w:p w14:paraId="34F74186" w14:textId="5C02EC10" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00287BB9">
+        <w:t>en forma interna</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> son aquellos generados por el PNUD a un costo de USD 50 000 o más.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B45C67" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Les biens incorporels achetés en externe sont ceux achetés à un coût supérieur ou égal à </w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="0C9977BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Los intangibles adquiridos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en forma externa </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">son aquellos adquiridos a un costo de USD 5000 o más, y que son utilizados y controlados por el PNUD durante más de un período sobre el que se informa.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FDE0BDC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="76936121" w14:textId="77777777" w:rsidR="00182825" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E595FF4" w14:textId="2A09A025" w:rsidR="00182825" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>(Voir la section sur les immobilisations corporelles d</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="0F02162B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">(Véase la sección de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00045A9A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>PPE [Propiedades, Planta y Equipo]</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> de las POPP para obtener la explicación del concepto de «uso y control»). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="0098446C">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5E1927BE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5BB577" w14:textId="77777777" w:rsidR="0098446C" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ces immobilisations incorporelles doivent être </w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="06167FBD" w14:textId="4BDEB1EF" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Dichos Activos Intangibles deben registrarse como activos del PNUD a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, dado que </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301285FF" w14:textId="081A2074" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">siempre serán contabilizados inicialmente como gastos por tener un umbral de capitalización diferente del de otros activos.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B716DFF" w14:textId="2895DAD4" w:rsidR="00884C51" w:rsidRDefault="00884C51">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="4178C531" w14:textId="61BDED4D" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="00D60167">
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A34DE1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="395D0AEC" w14:textId="43B36DFB" w:rsidR="00D60167" w:rsidRDefault="00D730F4" w:rsidP="00D730F4">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Activos Intangibles del Proyecto  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1031F9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447BC977" w14:textId="77777777" w:rsidR="00B80277" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="558EFF2A" w14:textId="77777777" w:rsidR="00D730F4" w:rsidRDefault="00D730F4" w:rsidP="00D730F4">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los Activos Intangibles para los proyectos financiados por el PNUD que están bajo el control de </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D31E43D" w14:textId="5252906F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:line="259" w:lineRule="auto"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2D2A035A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">los asociados en la ejecución (principalmente para proyectos de NIM [modalidad de implementación nacional]) deben contabilizarse como gastos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3600C3BC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3FCF4F43" w14:textId="726A4EC0" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A716F1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:ind w:left="426"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0083208D">
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Activos Intangibles adquiridos para Terceros  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:lang w:val="en-NL"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>Actifs</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0083208D">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE745D7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B000E2" w14:textId="31F2AB2B" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4AFA">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:lang w:val="en-NL"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0083208D">
+      <w:r>
+        <w:t xml:space="preserve">Los Activos Intangibles adquiridos con el fin de distribuirlos a terceros y no destinados a ser utilizados para fines administrativos o para la ejecución de proyectos del PNUD no deben capitalizarse, y se excluyen del Módulo Activos del PNUD </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4F45">
+        <w:t>deduciéndolos en el momento de la compra</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Se excluyen también los artículos que se utilizan como insumos antes de que comience el desarrollo, p. ej., costos de investigación y desarrollo que se procesan o incorporan en un producto final. Se contabilizarán como gastos en el momento de la compra.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF9846F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8F5A15" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Software desarrollado en forma interna</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:lang w:val="en-NL"/>
+          <w:b w:val="0"/>
         </w:rPr>
-        <w:t>incorporels</w:t>
-[...8 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F20A6B1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
-[...1 lines deleted...]
-        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="6941D20A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="002C4EA7">
+      <w:pPr>
+        <w:spacing w:after="19" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="72A7969C" w14:textId="222C62D5" w:rsidR="00884C51" w:rsidRDefault="0083208D" w:rsidP="00660607">
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065758EA" w14:textId="77777777" w:rsidR="000F4AFA" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El software desarrollado en forma interna es software creado por personal o consultores del </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5CF2EC" w14:textId="770A6260" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="002C4EA7">
+      <w:pPr>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PNUD para uso interno. Su costo incluye toda la nómina (salarios, honorarios de consultores, beneficios como educación o prestaciones para vivienda); y todos los costos directos de personal relacionados con las actividades de desarrollo de software. Algunos ejemplos característicos de software desarrollado en forma interna son la personalización del sistema de planificación de los recursos institucionales (PRI) (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">); y el desarrollo de sitios de Intranet y Extranet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D149327" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F50808" w14:textId="77777777" w:rsidR="00264C6C" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Les immobilisations incorporelles achetées à des fins de distribution à des tiers et non destinées à des fins administratives ou à la mise en œuvre de projets du PNUD ne doivent pas être capitalisées et sont exclues du module des actifs du PNUD en sélectionnant le catalogue non PNUD. Sont également exclus les éléments qui servent d’intrants avant le début du </w:t>
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Los costos de desarrollo de todos los intangibles desarrollados en forma interna deben </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="355442E1" w14:textId="14C490D5" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">capitalizarse y amortizarse (es decir, contabilizarse como gastos) a lo largo de las vidas útiles del software (véase la sección Amortización para conocer más detalles). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E97404" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="720" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los costos están compuestos por lo siguiente:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F40BB07" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="259" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Materiales y servicios utilizados o consumidos en la generación del Activo Intangible; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F509F1C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Beneficios para empleados y cargos de consultores (salarios, honorarios de consultores, beneficios como educación o prestaciones para vivienda), y todos los costos de personal relacionados con las actividades de desarrollo de software que surgen a partir de la generación del Activo Intangible; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346297F8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Costo de registro de un derecho legal; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1825B1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Amortización de patentes y licencias que se utilizan para generar el Activo Intangible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253B9705" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F854185" w14:textId="77777777" w:rsidR="00184178" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:ind w:right="0"/>
-[...59 lines deleted...]
-    <w:p w14:paraId="7799926E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los siguientes tipos de costos no reúnen las condiciones para ser capitalizados como software </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4573C1B2" w14:textId="0DC3D949" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="002C4EA7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">desarrollado en forma interna y, por lo tanto, deben capitalizarse como gastos de acuerdo con el reconocimiento de gastos de las </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00C47C6A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>IPSAS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (Normas Internacionales de Contabilidad del Sector Público):  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABB5485" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...142 lines deleted...]
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Les types de coûts suivants ne peuvent pas être immobilisés en tant que logiciels développés en interne et doivent donc être comptabilisés en charges selon les normes </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="6FADC524" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+        <w:t xml:space="preserve">Costos incurridos en la etapa de investigación del activo;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5319BF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
-[...136 lines deleted...]
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Pour déterminer quels coûts peuvent être capitalisés en tant qu</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="2901C6B7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Gastos de venta, gastos administrativos indirectos y otros gastos generales como costos de mantenimiento, a menos que el gasto pueda atribuirse directamente a la preparación del activo para el uso;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2CEBC0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="44311AFE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ineficiencias identificadas y pérdidas iniciales incurridas antes de que el activo alcance el desempeño planificado; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6D102D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gastos incurridos en la capacitación del personal para operar el activo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBFAC55" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1093AFCB" w14:textId="77777777" w:rsidR="009525A1" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
-        <w:ind w:right="0" w:hanging="360"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="2AE56B2D" w14:textId="77777777" w:rsidR="00737D80" w:rsidRDefault="00E61C93">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para determinar cuáles costos pueden capitalizarse como un Activo Intangible, los procesos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC689DA" w14:textId="65A7C107" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009525A1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="360" w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">operativos y de desarrollo interno deben dividirse entre las siguientes:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E76C9A9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:ind w:right="0" w:hanging="360"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="38D76CAB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La fase de investigación; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47BFF7D2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La fase de desarrollo; y  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64955E71" w14:textId="55E8AC0E" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>La etapa posterior a la ejecución.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C522D4" w14:textId="367A3197" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="000B2A2F">
+      <w:pPr>
+        <w:ind w:left="705" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC82602" w14:textId="77777777" w:rsidR="008550D0" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Les tableaux ci-après énumèrent les principales activités dans les phases de recherche et de développement pour la création et la mise à jour des logiciels générés en interne par le PNUD.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B70A8EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Las tablas siguientes enumeran las actividades clave en las fases de investigación y desarrollo para </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFFFAF8" w14:textId="7184BC62" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="008550D0">
+      <w:pPr>
+        <w:ind w:left="360" w:right="0" w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">crear y mantener el software generado en forma interna del PNUD.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B9A9D8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C0D468A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418D9B97" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5458100C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Desarrollo de software  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA53E2A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="9419" w:type="dxa"/>
         <w:tblInd w:w="-29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="48" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="59" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="418"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="4049"/>
         <w:gridCol w:w="2324"/>
         <w:gridCol w:w="108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00884C51" w14:paraId="6F0372B3" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="019B178A" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="516C7633" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="4B94D5A5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48FF5433" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="2082A3C3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etapa Preliminar del Proyecto </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A60EACE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Fase de Investigación)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4049" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70832456" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Etapa de Desarrollo de la Aplicación</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E383D1B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Étape préliminaire du projet</w:t>
-[...47 lines deleted...]
-              <w:t>application</w:t>
+              <w:t>(Fase de Desarrollo para adaptar el software al uso previsto del PNUD)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...22 lines deleted...]
-              <w:t>utilisation prévue par le PNUD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F3CD64C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="0FE1AAC5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Après la mise en œuvre/</w:t>
+              <w:t>Etapa operativa/</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF5E319" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="1404E498" w14:textId="4C6EDAB6" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="6B2FF517">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>Étape de fonctionnement (pour maintenir l</w:t>
+              <w:t xml:space="preserve">posterior a la </w:t>
             </w:r>
-            <w:r w:rsidR="00906EF5">
+            <w:r w:rsidR="3DE82412" w:rsidRPr="6B2FF517">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>’</w:t>
+              <w:t>implementación</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B2FF517">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (para mantener el uso previsto)</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>usage prévu)</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3316067B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="3DEEC669" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="33DF5B07" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="744BE900" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72542AF2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="3656B9AB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="220071BD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="6669DDF7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>COMPTABILISER EN CHARGES</w:t>
+              <w:t>GASTO</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="061821D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="6707EC6B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>IMMOBILISER</w:t>
+              <w:t>CAPITALIZACIÓN</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66D65E09" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="3FAD1FE7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>COMPTABILISER EN CHARGES</w:t>
+              <w:t>GASTO</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48E27CED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="45FB0818" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w14:paraId="7513B5F0" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w14:paraId="079D4EC7" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="1904"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1AB3E799" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="049F31CB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02C89A13" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="07175D52" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Formulation conceptuelle d</w:t>
-[...5 lines deleted...]
-              <w:t>alternatives</w:t>
+              <w:t xml:space="preserve">Formulación conceptual de alternativas </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64CB74EF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="09907CD6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Évaluation des alternatives</w:t>
+              <w:t xml:space="preserve">Evaluación de alternativas </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C51F135" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="44E17974" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Détermination de l</w:t>
-[...5 lines deleted...]
-              <w:t>existence de la technologie nécessaire</w:t>
+              <w:t xml:space="preserve">Determinación de la existencia de la tecnología necesaria </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E9F5CD1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="007F21DF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Sélection finale des alternatives</w:t>
+              <w:t xml:space="preserve">Selección final de alternativas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62B87A64" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="4E3BBB3B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Conception du processus choisi, y compris la configuration du logiciel et les interfaces logicielles</w:t>
+              <w:t xml:space="preserve">Diseño de la ruta elegida, incluidas la configuración del software y las interfaces de software </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A3C3E92" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="7C4DE88B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="13" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Codage</w:t>
+              <w:t xml:space="preserve">Codificación </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="543944A0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="265B2B6C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Installation dans l</w:t>
-[...5 lines deleted...]
-              <w:t>ordinateur</w:t>
+              <w:t xml:space="preserve">Instalación en el hardware </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="340A82F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="513FCA1B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Phase de tests, y compris la phase de traitement parallèle</w:t>
+              <w:t xml:space="preserve">Prueba, incluida la fase de procesamiento paralelo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="124E4912" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="7CF206E3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Formation</w:t>
+              <w:t xml:space="preserve">Capacitación </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6055F222" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+          <w:p w14:paraId="7279A223" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="21"/>
+                <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="241" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t>Maintenance de l</w:t>
-[...5 lines deleted...]
-              <w:t>application</w:t>
+              <w:t xml:space="preserve">Mantenimiento de la aplicación </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C36DDD6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="752553BD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE952A1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="53128261" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00884C51" w:rsidRPr="001A113B" w14:paraId="21E0B036" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="00884C51" w:rsidRPr="001A113B" w14:paraId="62486C05" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2938" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1037B505" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="4101652C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44284BF8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="4B99056E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2432" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F74A0D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51" w:rsidP="00660607">
+          <w:p w14:paraId="1299C43A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00884C51">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43D4D924" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+    <w:p w14:paraId="62098EEB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="579B0588" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Desarrollo de sitio web </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E83564" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="00C17985" w:rsidP="008F1284">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8910" w:type="dxa"/>
         <w:tblInd w:w="468" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="4050"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="001A113B" w14:paraId="0AFA1CBF" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="001A113B" w14:paraId="00931B1E" w14:textId="77777777" w:rsidTr="009150EE">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="713008DF" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="19841398" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Planification </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Planificación </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD14460" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="5C120417" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>(Phase de recherche)</w:t>
+              <w:t>(Fase de Investigación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29391056" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="44CB5E8E" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement du </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Desarrollo del sitio web </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D347795" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="30423D75" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>(Phase de développement pour amener le logiciel à l</w:t>
-[...11 lines deleted...]
-              <w:t>utilisation prévue par le PNUD)</w:t>
+              <w:t>(Fase de Desarrollo para adaptar el software al uso previsto del PNUD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30DC356B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="7E8B1C13" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Fonctionnement (pour maintenir l</w:t>
-[...11 lines deleted...]
-              <w:t>usage prévu)</w:t>
+              <w:t>Operación (para mantener el uso previsto)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="343B72F8" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="25DE934F" w14:textId="77777777" w:rsidTr="001A113B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="382D7AD1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="3A42C4FD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="001A227D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>COMPTABILISER</w:t>
-[...15 lines deleted...]
-              <w:t>EN CHARGES</w:t>
+              <w:t>GASTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43CD7CF1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="1E4B363F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="001A227D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>IMMOBILISER (c</w:t>
-[...31 lines deleted...]
-              <w:t>actif)</w:t>
+              <w:t>CAPITALIZACIÓN (es decir, registro del activo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D3EFB4C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="05DBEC85" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="001A227D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>COMPTABILISER EN CHARGES</w:t>
+              <w:t>GASTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="0BF07ACE" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="4C6761F6" w14:textId="77777777" w:rsidTr="001A113B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67B65E32" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="058DFF60" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Enquête de faisabilité</w:t>
+              <w:t>Realización del estudio de viabilidad,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A4896A7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="523F25FC" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Sélection du matériel et du logiciel,</w:t>
+              <w:t>Selección del hardware y el software,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC8737D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="6103CA9E" w14:textId="50F54480" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Évaluation d</w:t>
+              <w:t>Evaluación</w:t>
             </w:r>
-            <w:r w:rsidR="00906EF5">
+            <w:r w:rsidR="00AE7947">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>’</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>autres produits et fournisseurs.</w:t>
+              <w:t xml:space="preserve">de productos y proveedores alternativos. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E034EAF" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4DDBEF00" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FEE8C54" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="093B07A9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Préparation de l</w:t>
-[...23 lines deleted...]
-              <w:t>exploitation et du serveur, développement du code, tests, etc.</w:t>
+              <w:t>Preparación de la infraestructura para el sitio web, p. ej., obtener el software operativo y de servidor, desarrollar el código, realizar pruebas, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D8A5CFD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4E8428D4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Élaboration de la charte graphique du site Web, par exemple mise en page du site, couleur des pages web, etc.</w:t>
+              <w:t>Desarrollo del diseño gráfico para el sitio web, p. ej., diagramación del sitio web, color de las páginas web, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201E3406" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="40675CC5" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Développement de contenu pour le site Web, c</w:t>
-[...18 lines deleted...]
-              <w:t>développement interne. Et envoi des informations sur le PNUD et ses services.</w:t>
+              <w:t>Desarrollo del contenido para el sitio web, es decir, mediante la compra o el desarrollo interno, y carga de información acerca del PNUD y sus servicios.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41BE830D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="3D085495" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>Actualización de gráficos</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44B65E64" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6C0CB2E2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Ajout de nouveaux contenus / nouvelles fonctionnalités,</w:t>
+              <w:t>Adición de nuevo contenido o funciones</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="235005E9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6422D530" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Sauvegarde,</w:t>
+              <w:t xml:space="preserve">Respaldo </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FFF7E7B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4516047C" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00DC701C" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="29"/>
+                <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Sécurité</w:t>
+              <w:t xml:space="preserve">Seguridad </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17A40F6D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="3461D779" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:ind w:left="252" w:hanging="180"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="23A3D8C6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+    <w:p w14:paraId="3CF2D8B6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="5FBFF6A6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02499532" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="62662C86" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t>Marcas comerciales</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000DD8D7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="04C6F1F1" w14:textId="738629A0" w:rsidR="007A4056" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A47ABFD" w14:textId="77777777" w:rsidR="009150EE" w:rsidRDefault="794DB015" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Une condition préalable essentielle à l</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00906EF5">
+        <w:t xml:space="preserve">Un requisito previo clave para registrar una marca comercial como activo es que la marca </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8462C5" w14:textId="0BC59CA9" w:rsidR="794DB015" w:rsidRDefault="794DB015" w:rsidP="006778BD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>comercial esté oficialmente registrada y legalmente restringida para el uso del propietario. Una marca comercial que ha sido registrada oficialmente y por lo tanto está protegida a nivel legal se conoce como una «marca comercial registrada».</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009150EE">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Les marques de commerce sont souvent utilisées dans un environnement concurrentiel pour protéger le produit et la marque d</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00906EF5">
+        <w:t xml:space="preserve">Las marcas comerciales generalmente se utilizan en un entorno competitivo para proteger el producto y la marca de una organización.  Habrá pocos casos en el trabajo administrativo o en la ejecución de programas del PNUD que darán lugar al registro de una marca comercial. Si ocurriera uno de estos casos, el Centro </w:t>
+      </w:r>
+      <w:r w:rsidR="0C9A0566">
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de Servicios Compartidos (</w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">) será quien tome la determinación sobre si la marca comercial reúne o no las condiciones para la capitalización. La CO o la dependencia de la Sede deberán presentar una solicitud, a través </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4F45">
+        <w:t>de UNall</w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F" w:rsidRPr="6B2FF517">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:r w:rsidR="00906EF5">
+      <w:r w:rsidR="0023636F">
+        <w:t>al</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:p w14:paraId="5F3C552F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, junto con copias de los documentos originales de la compra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB78278" w14:textId="77777777" w:rsidR="007A4056" w:rsidRDefault="007A4056">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="289CD37A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FD4D69" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patentes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56051E44" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2369BC46" w14:textId="14741D57" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42202B9A" w14:textId="77777777" w:rsidR="002C4EA7" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Si un tel cas se présente lorsqu</w:t>
-[...62 lines deleted...]
-      <w:r w:rsidR="0083208D">
+        <w:t xml:space="preserve">Si surgiera un caso en el que pudiera existir una patente, la determinación será tomada por el </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206CA946" w14:textId="78ACFF45" w:rsidR="00884C51" w:rsidRDefault="3CD3CF80" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve"> realizará el registro luego de recibir una solicitud de la CO o la dependencia de la Sede junto con toda la documentación de respaldo, incluidos los documentos que respaldan el registro oficial de la patente, a través del Formulario de Adición Básica </w:t>
+      </w:r>
+      <w:r w:rsidR="00254834">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2A6891D0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC29194" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="08AE9DE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008350AF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2DEB4E87" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Derechos de autor </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D3EEF1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="373054B4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32981AB9" w14:textId="77777777" w:rsidR="007A4595" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:jc w:val="both"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="542E580E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para determinar si un derecho de autor debe reconocerse o no como un Activo Intangible, es </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6E86AE" w14:textId="489260CB" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="007A4595">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="360" w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">importante diferenciar el costo en las siguientes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="008CA8F3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
         <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="10F4E2B0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">la etapa de investigación, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38940AED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
         <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="1DA925FF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+      <w:r>
+        <w:t xml:space="preserve">la etapa de desarrollo, y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E73F497" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="1440" w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="7D2379FB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:t xml:space="preserve">la etapa posterior al desarrollo.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436C942C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="550B83EC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8D5AB6" w14:textId="77777777" w:rsidR="004E3BBD" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="35D0EABF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La tabla siguiente muestra ejemplos de diferentes costos asociados con derechos de autor y sus </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C71509A" w14:textId="4893D634" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="004E3BBD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="360" w:firstLine="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">respectivos tratamientos: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722C5F71" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="2ACA7E73" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E121CCC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="730"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="3561CC2F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contenido de derechos de autor y publicación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6812AFD3" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="00C17985" w:rsidP="008F1284">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9257" w:type="dxa"/>
         <w:tblInd w:w="216" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2444"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="2601"/>
+        <w:gridCol w:w="3525"/>
+        <w:gridCol w:w="3131"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="4756778D" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="5FC44C7E" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="1008"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03E2E8B7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="3730487F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="007A4056">
             <w:pPr>
               <w:ind w:left="414"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phase préliminaire </w:t>
+              <w:t xml:space="preserve">Etapa Preliminar </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33066C74" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="1971003D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="007A4056">
             <w:pPr>
               <w:ind w:left="414"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>(Phase de recherche)</w:t>
+              <w:t>(Fase de Investigación)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="187B6BEB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="0E98BFCD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="007A4056">
             <w:pPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Phase de développement de contenu / coût de création (Phase de développement)</w:t>
+              <w:t>Etapa de Desarrollo de Contenido/Costo de Autoría (Fase de Desarrollo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51E7DEAD" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="7C6240B9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="007A4056">
             <w:pPr>
               <w:ind w:left="72" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Phase post-développement (impression/expédition/distribution)</w:t>
+              <w:t>Etapa posterior al Desarrollo (Impresión/envío/distribución)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="52B7D6E4" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="0FA0213E" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B353ADB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="2655EDEA" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="001A227D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>COMPTABILISER EN CHARGES</w:t>
+              <w:t>GASTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="241FCD36" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="7A25A893" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="008F1284">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>IMMOBILISER (c</w:t>
-[...31 lines deleted...]
-              <w:t>actif)</w:t>
+              <w:t>CAPITALIZACIÓN (es decir, registro del activo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73104870" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="6B09F7F2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="008F1284">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>COMPTABILISER EN CHARGES/INVENTAIRE</w:t>
+              <w:t>GASTO/INVENTARIO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="719E8330" w14:textId="77777777" w:rsidTr="001A113B">
+      <w:tr w:rsidR="008F1284" w:rsidRPr="003B07E2" w14:paraId="176ED1F5" w14:textId="77777777" w:rsidTr="6B2FF517">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71BBB960" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="63DA3EDB" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00BB3E42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="231" w:hanging="274"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Concept/idée</w:t>
+              <w:t>Concepto/Idea</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49C37BD4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="561D99A1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00BB3E42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-              <w:t>étude potentiels.</w:t>
+              <w:t>Esta es la etapa en la que las regiones, los investigadores externos, el personal directivo superior del PNUD y los asociados en la financiación presentan áreas posibles de estudio.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B7259D7" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="1FC39945" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00BB3E42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1CED878A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4D0CDA9A" w14:textId="56E86B97" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00BB3E42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="234" w:hanging="270"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="6B2FF517">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Proceso de Propuesta de Diseño</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B2FF517">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Début du </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="2AB18831" w14:textId="508F3A7C" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="007F699B">
+            <w:pPr>
+              <w:ind w:left="210" w:firstLine="0"/>
+              <w:jc w:val="left"/>
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>processus de proposition de conception</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="6B2FF517">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sur la façon de traiter l</w:t>
-[...23 lines deleted...]
-              <w:t>étude.</w:t>
+              <w:t>Iniciación sobre cómo proceder con la idea. En esta etapa, se consideran diferentes opciones para proceder con el estudio.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F758B7A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="0562CB0E" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B74B910" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056">
+          <w:p w14:paraId="34CE0A41" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="259"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07EC6A51" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="4E2E513B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="259" w:hanging="259"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Développement du plan de travail</w:t>
+              <w:t>Desarrollo del Plan de Trabajo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13B74E31" w14:textId="77777777" w:rsidR="00E61C93" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6D98A12B" w14:textId="56FBFAC3" w:rsidR="007A4056" w:rsidRPr="00FB712A" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="6B2FF517">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Activités qui doivent être entreprises pour procéder à la conception choisie. Impliquer des consultants externes ou d</w:t>
+              <w:t>Actividades que deben realizarse para ejecutar el diseño seleccionado. Implica la participación de consultores externos u otros organismos de la ONU, donantes, etc.</w:t>
             </w:r>
-            <w:r w:rsidR="00906EF5">
+          </w:p>
+          <w:p w14:paraId="2946DB82" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="00040DDA" w:rsidRDefault="007A4056" w:rsidP="00AE7947">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="256"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>’</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B6FBEE1" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6282C464" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="256" w:hanging="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Développement de contenu</w:t>
+              <w:t>Desarrollo de Contenido</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38FAA344" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00660607">
+          <w:p w14:paraId="5997CC1D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02564657" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="56505C91" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Consultation</w:t>
+              <w:t>Consulta:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - À ce stade, il y a un membre du personnel affecté ainsi que la nomination d</w:t>
-[...47 lines deleted...]
-              <w:t>élaboration du contenu.</w:t>
+              <w:t xml:space="preserve"> en esta etapa, personal especializado además de expertos externos designados, otros organismos gubernamentales, etc. reúnen información para el desarrollo de contenido.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42D53AE4" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="0052082B">
+          <w:p w14:paraId="110FFD37" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="09411B05" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00501F9F">
+          <w:p w14:paraId="275BFD19" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
-[...99 lines deleted...]
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Projet de rapport </w:t>
+              <w:t>Análisis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>- Rédaction initiale intégrant l</w:t>
-[...11 lines deleted...]
-              <w:t>analyse effectuée avant la révision de la consultation technique.</w:t>
+              <w:t>: la información recopilada se utiliza para analizar el estudio.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="688AF42B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6B699379" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35C5F42E" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="140D8DC2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="17"/>
+              </w:numPr>
+              <w:ind w:left="256" w:hanging="256"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informe </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FE9F23F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="007A4056" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39165262" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="256"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Révision</w:t>
+              <w:t xml:space="preserve">Proyecto de informe: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - Avec les fonctionnaires du PNUD, révisions et consultations supplémentaires (si nécessaire) avant que la publication ne passe en production. Plus généralement, sous-traité.</w:t>
+              <w:t xml:space="preserve">redacción inicial que incorpora el análisis realizado antes de la revisión de la consulta técnica. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06356B65" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="1F72F646" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A65BDA2" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="397B8B36" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Édition</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Revisión: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
+              <w:t>con agentes del PNUD, revisiones y consultas adicionales (si es necesario) antes de que la publicación pueda avanzar con la producción. Por lo general, se subcontrata.</w:t>
             </w:r>
-            <w:r w:rsidR="00A761D1">
+          </w:p>
+          <w:p w14:paraId="08CE6F91" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="256"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Édition,</w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27849D5A" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="003B07E2" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="256"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Edición:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> conception et mise en page du rapport avant que le document ne soit prêt pour l</w:t>
-[...11 lines deleted...]
-              <w:t>impression.</w:t>
+              <w:t xml:space="preserve"> edición, diseño y diagramación del informe antes de que el documento esté listo para la impresión.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C28D5AE" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056">
+          <w:p w14:paraId="61CDCEAD" w14:textId="77777777" w:rsidR="007A4056" w:rsidRPr="007A4056" w:rsidRDefault="007A4056" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="059A4849" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="7E6343CC" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Impression </w:t>
+              <w:t xml:space="preserve">Impresión </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AD3C45B" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="637CC718" w14:textId="77777777" w:rsidR="008F1284" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Imprimer les publications.</w:t>
+              <w:t>Impresión de las publicaciones.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7920947F" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6BB9E253" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71EDCA3D" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="6532D6DE" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00EF76AD" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="30"/>
+                <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stockage et expédition </w:t>
+              <w:t xml:space="preserve">Almacenamiento y Envío </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A747AF9" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284">
+          <w:p w14:paraId="22035008" w14:textId="77777777" w:rsidR="008F1284" w:rsidRPr="00040DDA" w:rsidRDefault="008F1284" w:rsidP="00AE7947">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Stocker après impression des publications.</w:t>
+              <w:t>Almacenamiento posterior a la impresión de las publicaciones.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="691BB562" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="001A113B" w:rsidP="0052082B">
+    <w:p w14:paraId="6E7BEAA2" w14:textId="77777777" w:rsidR="001A113B" w:rsidRDefault="008F1284" w:rsidP="001A113B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="670A4EA2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A16DDD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="001A113B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="top"/>
       </w:pPr>
       <w:r>
-        <w:t>Remarque - Si le matériel publicitaire et promotionnel comprend des actifs corporels répondant à la définition de l</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="11779B7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Nota: Si el material publicitario y promocional incluye artículos tangibles que cumplen con la definición de inventario, estos se registrarán como inventario conforme a la Política de Reconocimiento de Gastos del PNUD. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69477EB5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="3494967A" w14:textId="743B0850" w:rsidR="001A113B" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424C9A5E" w14:textId="77777777" w:rsidR="00044780" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>L</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidR="0083208D">
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> realizará el registro en el </w:t>
+      </w:r>
+      <w:r w:rsidR="18F1B6DF">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ódulo Activos luego de recibir una solicitud de la CO o la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A860333" w14:textId="01EB1E98" w:rsidR="001A113B" w:rsidRDefault="00C17985" w:rsidP="009627FE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">dependencia de la Sede a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
         <w:t>UNall</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="435D832A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="0052082B">
+      <w:r>
+        <w:t xml:space="preserve"> utilizando el Formulario de Adición Básica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554EF5F4" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="757DA89D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D5CED1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Licences de logiciel achetées en externe</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="70BA7E60" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t>Licencias de software adquiridas en forma externa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E235B9D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="50" w:right="0" w:firstLine="0"/>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3D8F2615" w14:textId="4C48BE15" w:rsidR="00737D80" w:rsidRDefault="00C17985" w:rsidP="0083208D">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13859257" w14:textId="75F8F2F4" w:rsidR="000D1A2E" w:rsidRDefault="00C17985" w:rsidP="009627FE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>L</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00A067CF">
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> realizará el registro en </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> sera effectué par le </w:t>
-[...39 lines deleted...]
-      <w:r w:rsidR="00906EF5">
+        <w:t xml:space="preserve"> luego de recibir una solicitud de la CO o la dependencia de</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7947">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="2B7DE5D3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+      <w:r w:rsidR="00AE7947" w:rsidRPr="00AE7947">
+        <w:t>la Sede para revertir el gasto, a través de UNall. Para cada software, la oficina deberá determinar y asesorar al CGSC sobre la vida útil basándose en la documentación de respaldo. Consulte la sección Amortización para revisar los rangos de vida útil para el software adquirido en forma externa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="524326A5" w14:textId="0C78F575" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="001A113B">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F65C7C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="17E68AC6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      </w:pPr>
+      <w:r>
+        <w:t>Adquisición y Registro de Intangibles poseídos, controlados y utilizados por el PNUD</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C3BB63" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="02668D79" w14:textId="763656DA" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0606ED09" w14:textId="626B9B92" w:rsidR="00884C51" w:rsidRPr="000E28C3" w:rsidRDefault="00C17985" w:rsidP="008E062F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Todos los Activos Intangibles adquiridos con un valor de USD 5000 o más, con excepción del software desarrollado en forma interna, se seleccionarán como partidas del activo del PNUD a través del catálogo de adquisición del PNUD e inicialmente se contabilizarán como gastos, pero luego el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> los registrará en el módulo Activos de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> al recibir una solicitud de la CO o la dependencia de la Sede a través </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="5D1EA0B9" w:rsidRPr="000E28C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> utilizando </w:t>
+      </w:r>
+      <w:r w:rsidR="00254834">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AC4DF1" w14:textId="5ABFBE24" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="008E062F">
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1426" w:right="0" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D2A753" w14:textId="6F7FD6D3" w:rsidR="00884C51" w:rsidRPr="000E28C3" w:rsidRDefault="00C17985" w:rsidP="008E062F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para el software desarrollado en forma interna, será necesario capturar los costos del personal a través de mecanismos de asignación como hojas de presencia (véase </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00FB712A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>plant</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FB712A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FB712A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>lla propuesta de hoja de presencia para consultores</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C47C6A">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47C6A" w:rsidRPr="00C47C6A">
+        <w:t>en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47C6A">
+        <w:t>))</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y prorratear los costos del personal correspondientes que deben incluirse en el costo para el software desarrollado en forma interna.  Los costos del personal interno junto con los costos correspondientes de </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">consultoría que se contabilizan inicialmente como gastos deberán consolidarse y revertirse de los gastos y agregarse manualmente en el módulo Activos (AM) a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mediante el proceso de «adición básica». La CO o la dependencia de la Sede presentarán una solicitud a través </w:t>
+      </w:r>
+      <w:r w:rsidR="00254834">
+        <w:t>de UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Para conocer más detalles sobre cuáles costos se incluirán, consulte las siguientes secciones sobre «medición de costos» y registro de Activos Intangibles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131F8F3A" w14:textId="08EE606B" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="0023636F">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1486" w:right="0" w:firstLine="50"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FCEBB62" w14:textId="5F78B334" w:rsidR="00884C51" w:rsidRPr="000E28C3" w:rsidRDefault="00C17985" w:rsidP="008E062F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En nombre de cada CO, el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> procesará las solicitudes para capitalizar el software generado en forma interna. Cada dependencia comercial deberá presentar una solicitud a través </w:t>
+      </w:r>
+      <w:r w:rsidR="00254834">
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00254834">
+        <w:t>UNal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00254834">
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, junto con copias de los documentos originales de la compra. Todos los documentos relacionados con la adquisición de Activos Intangibles deberán archivarse en la CO o en la dependencia de la Sede respectivas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455E230F" w14:textId="3BF5AD95" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="008E062F">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="1486" w:right="0" w:firstLine="50"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="748A7D63" w14:textId="5D53D58C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="008E062F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para cada software generado en forma interna, la dependencia comercial deberá indicar además la vida útil del intangible basándose en datos respaldados por la documentación presentada. Consulte la sección Amortizaciones para revisar los rangos de vida útil para el software generado en forma interna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8DB014" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48AFC619" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Reconocimiento y medición</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1486DD62" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5889D6" w14:textId="0F07FFA1" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="31"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Un Activo Intangible solo debe reconocerse si es  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BF5CDFE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:spacing w:after="34"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">identificable; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5CFE67" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">puede ser separado y vendido, transferido u otorgado en licencia.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D8BA8D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A097104" w14:textId="77777777" w:rsidR="007A4595" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Los Activos Intangibles siguen la misma medición aplicada para el Equipo, es decir, el costo</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4595">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D793DD" w14:textId="77777777" w:rsidR="007A4595" w:rsidRDefault="00C17985" w:rsidP="008E7A9D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:firstLine="350"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">histórico o, si es donado, el valor normal de mercado estimado al momento de la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F63464" w14:textId="39F5E45C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="008E7A9D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Adquisición. (Consulte la subsección de las POPP sobre Adquisición y Registro de Mobiliario y Equipo). El valor normal de mercado es lo que un comprador racional e informado estaría dispuesto a pagar por un artículo vendido por un vendedor racional, dispuesto e informado en un mercado competitivo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29466953" w14:textId="77777777" w:rsidR="00F82E0A" w:rsidRDefault="00F82E0A" w:rsidP="00F82E0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="668501C7" w14:textId="71AC3A74" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El reconocimiento de un artículo como un Activo Intangible requiere que una dependencia comercial </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t>del PNUD</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> demuestre que el artículo cumple con los siguientes criterios: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A0658A" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29664C75" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1426" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La definición de un Activo Intangible; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E390783" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1426" w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">La probabilidad de que los beneficios económicos futuros esperados o el potencial de servicio atribuibles al Activo Intangible alcancen a la entidad;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD89FB9" w14:textId="7027BE23" w:rsidR="00DA7E70" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El costo o el valor normal de mercado del Activo Intangible, según corresponda, puedan medirse de manera fiable; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3778DD" w14:textId="61A396AF" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El costo del Activo Intangible cumpla con el umbral de capitalización. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2610BC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F9C434" w14:textId="43739D76" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Para el software desarrollado en forma interna, los derechos de autor, el contenido publicado, etc., los gastos relacionados con las fases de planificación preliminar del proyecto y de operación se contabilizan como gastos (no se incluyen en el valor capitalizado del Activo Intangible).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AAB1D7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77464805" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Medición del costo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CFAB19" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666BFD79" w14:textId="39D79E7C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El costo de un Activo Intangible adquirido comprende lo siguiente: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69A966F1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Su precio de compra, incluidos los derechos de importación y los impuestos no reembolsables sobre las compras (si corresponde dado que el PNUD está exento de impuestos), después de deducir los descuentos y las rebajas comerciales; y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1079E80D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cualquier costo directamente atribuible de preparación del activo para su uso previsto. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E231446" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="128372FC" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="007A4056">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1181"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ejemplos de costos directamente atribuibles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DEB148" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los costos de beneficios de los empleados (salarios, educación y prestaciones para vivienda, horas extraordinarias, etc.) que surjan directamente por poner en buen estado el activo; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E8B956" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Honorarios profesionales que surjan directamente por poner en buen estado el activo;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F98D9D2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Costos de probar si el activo funciona correctamente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21301396" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D15A1C3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="000F37D1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:left="1181"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ejemplos de gastos que no son costos directamente atribuibles de un Activo Intangible </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E487203" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Costos de introducir un nuevo producto o servicio (incluidos los costos de distribución de la información sobre el Activo Intangible y de las actividades promocionales); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A7EED0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Costos de realización de las operaciones en un lugar nuevo o con una oficina nueva del PNUD (incluidos los costos de capacitación del personal); y </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7023E9C3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Toutes les immobilisations incorporelles achetées d</w:t>
-[...318 lines deleted...]
-    <w:p w14:paraId="25508891" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Costos administrativos y otros gastos generales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B0BA37" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...350 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="17DAF2CD" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00A067CF">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C54A561" w14:textId="05A15F53" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En casos en los que los costos totales de un Activo Intangible sean el resultado de la adquisición a través de varias órdenes de compra y varios comprobantes diferentes, los costos deben agregarse al costo inicial del activo a través de un asiento de ajuste de activo que debe ser procesado por el Centro </w:t>
+      </w:r>
+      <w:r w:rsidR="11DCE1E7">
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de Servicios Compartidos. Esto se refiere a los casos en los que se generó al menos un activo a través de pedido electrónico/orden de compra/comprobante de cuentas por pagar. De manera alternativa, deben revertirse los gastos y crearse un activo en el </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1698">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Nuevamente se requiere la asistencia del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. La CO o la dependencia de la Sede presentarán una solicitud, a través del Formulario de Ajuste </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, junto con copias de las Facturas originales relacionadas con el costo ajustado. El Coordinador de Activos de la CO o de la Sede presentará la</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1698">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE1698">
+        <w:t>via</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE1698">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE1698">
+        <w:t>UNAll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EE1698">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="33E52F65" w:rsidRPr="6B2FF517">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>de solicitud de servicio del PNUD</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y el Gerente de Activos la aprobará. Todos los documentos de ajuste de los Activos Intangibles deben archivarse en la oficina correspondiente de la CO o de la Sede. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="001A113B" w:rsidRPr="001A113B" w:rsidRDefault="001A113B">
+      <w:pPr>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8AF67C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Activos Intangibles adquiridos a través de Transacciones Sin Contraprestación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA285AA" w14:textId="77777777" w:rsidR="00884C51" w:rsidRPr="001A113B" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="50" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAAFCE5" w14:textId="1BD6DC9D" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En algunos casos, el PNUD puede adquirir Activos Intangibles sin cargo, o por una consideración nominal a través de una transacción sin contraprestación. En una transacción sin contraprestación, el PNUD recibe valor de otra entidad (Gobierno, donantes u organizaciones bilaterales) sin otorgar en forma directa un valor aproximadamente equivalente a cambio; u otorga valor a otra entidad sin recibir en forma directa un valor aproximadamente equivalente a cambio. (Las licencias son un ejemplo). En estas circunstancias, el costo del artículo es el valor normal de mercado en la fecha en que es adquirido. Una vez que se determina el valor normal de mercado del activo a través de una comparación de artículos similares en organizaciones similares o al recabar la opinión de expertos (p. ej., un abogado experto en patentes), el Coordinador de Activos debe enviar una solicitud al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y deben adjuntarse copias de dicha valoración independiente o de expertos a la solicitud</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1698">
+        <w:t xml:space="preserve"> UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. El gerente de activos aprobará la solicitud. Todos los documentos originales de dicha solicitud deben archivarse en la oficina en el país o en la dependencia de la Sede.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="000F37D1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB51778" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Registro de Activos Intangibles </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D5B340" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16343E47" w14:textId="15EABE1F" w:rsidR="00884C51" w:rsidRPr="009B2B27" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El registro del costo asociado con los Activos Intangibles en el </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t>Módulo de</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Activos (AM) de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t xml:space="preserve">Quantum </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">es un ejercicio que debe ser realizado por el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. El Coordinador de Activos de la CO o de la dependencia de la Sede presentará una solicitud, a través </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EE1698">
+        <w:t>UNAll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0023636F" w:rsidRPr="009B2B27">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, junto con copias de los documentos originales de la compra. El Gerente de Operaciones de la CO o de la dependencia de la Sede aprobará la solicitud </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BC89FB" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="18" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BE27C5" w14:textId="0E24D02F" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Si bien los Activos Intangibles no tienen sustancia por naturaleza y por lo tanto están relacionados principalmente con el componente de servicio del catálogo de adquisiciones, su desarrollo puede incluir bienes, que están comprendidos dentro del componente de bienes del catálogo de adquisiciones. Al registrar los costos relacionados con los Activos Intangibles ya sea mediante adquisición o generados en forma interna, sean bienes o servicios, las CO, la Sede y otras </w:t>
+      </w:r>
+      <w:r w:rsidR="1225CEAB">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ependencias </w:t>
+      </w:r>
+      <w:r w:rsidR="37C1BAF8">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">omerciales deben seguir la secuencia del catálogo de adquisición que se detalla a continuación: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD020F1" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DA7B82" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Registro de software intangible adquirido en forma externa </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70945AB8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB43F46" w14:textId="0A516812" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Todos los Activos Intangibles adquiridos en forma externa que tengan un costo de USD 5000 o más serán capitalizados a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  Cada dependencia comercial deberá presentar una solicitud a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y adjuntar copias de los documentos originales de la compra. Todos los documentos relacionados con la adquisición de Activos Intangibles deberán archivarse en la CO o en la dependencia de la Sede respectivas. El Coordinador de Activos presentará la solicitud a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y el Gerente de Activos aprobará la misma solicitud, a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, antes de que el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> tramite la solicitud. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571CFF38" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16DC9A51" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Registro de software intangible desarrollado en forma interna </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45FB2F13" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0253F84E" w14:textId="64D417E8" w:rsidR="00BE7A6C" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Para el software desarrollado en forma interna, cuando el Activo Intangible esté entre </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB734AD" w14:textId="498E4529" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00BE7A6C">
+      <w:pPr>
+        <w:ind w:left="1090" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">las etapas de desarrollo y operativa, la CO o la dependencia de la Sede que desarrollan el software deben hacer un seguimiento de los costos asociados con el activo; y dichos costos deben contabilizarse como gastos de forma acumulativa como un proyecto o una actividad de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> en un departamento presupuestario específico. Se recomienda establecer un proyecto o una actividad especializados en Atlas para supervisar los componentes básicos de las transacciones hasta que el activo alcance una etapa útil (cuando está en servicio) y por lo tanto deba capitalizarse.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595DF15E" w14:textId="3950465E" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="18DB37C2">
+      <w:pPr>
+        <w:ind w:left="360" w:right="0" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16CD5BFD" w14:textId="577D4757" w:rsidR="00884C51" w:rsidRDefault="00C35658" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">a CO o la dependencia comercial de la Sede deben informar al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve"> inmediatamente después de que se establezca un proyecto o una actividad a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1698">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A420E6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00266AAA" w14:textId="7EFA9E98" w:rsidR="00884C51" w:rsidRDefault="009677C0" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009677C0">
+        <w:t xml:space="preserve">Todos los gastos cargados se transferirán al inmovilizado y los que reúnan las condiciones necesarias serán añadidos/fusionados al tipo de activo CIP por la GSSC </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">en el Libro Mayor </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">de Gestión de Activos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t>hasta que se hayan capturado todos los costos asociados con el Activo Intangible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7A71B3" w14:textId="0EE06D8C" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="004B5526">
+      <w:pPr>
+        <w:ind w:left="360" w:right="0" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="153C7A9A" w14:textId="50CD5B98" w:rsidR="00884C51" w:rsidRDefault="009677C0" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009677C0">
+        <w:t>En el momento en que el software esté completamente desarrollado y puesto en servicio, la OC o la Unidad del Cuartel General informará a la GSSC a través del Punto Focal de Activos, vía U</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009677C0">
+        <w:t xml:space="preserve">ll, de que el software desarrollado internamente está completado y en servicio, y la GSSC capitulará el activo CIP con la fecha facilitada por la OC, momento en el que comenzará el ciclo de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009677C0">
+        <w:t>amortización.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="373118C3" w14:textId="7B170A36" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="18DB37C2">
+      <w:pPr>
+        <w:ind w:left="360" w:right="0" w:hanging="360"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029E23C5" w14:textId="3C2C881B" w:rsidR="00884C51" w:rsidRDefault="004B5526" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">, el Coordinador de Activos, después de la aprobación del Gerente de Operaciones de la CO o de la dependencia de la Sede, realiza las presentaciones de Solicitud de Adición Básica al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">. La oficina del PNUD proporciona todos los detalles relevantes del Activo Intangible, los costos asociados y los números de referencia del Comprobante de Cuentas por Pagar con el plan de cuentas de gastos asociado. La oficina debe asignar todos los gastos en Microsoft Excel y realizar la referencia cruzada con la documentación de respaldo cargada para facilitar la revisión por parte del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve">. El </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C17985">
+        <w:t xml:space="preserve"> revisa los detalles, determina si el Activo Intangible reúne las condiciones para la capitalización y realiza las reversiones necesarias de la cuenta de gastos al módulo de activos en estrecha consulta con la oficina del PNUD donde se requieren las aclaraciones. Toda la documentación original y los documentos de respaldo en relación con el costo del software desarrollado en forma interna deben mantenerse en la CO o en la dependencia de la Sede respectivas. Como se mencionó en las secciones anteriores, los costos de investigación, desarrollo y de la etapa posterior al desarrollo (p. ej., anuncios) no deben incluirse en los costos capitalizados del intangible. Solamente deben capitalizarse los costos de desarrollo asociados. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01396CB3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5897B2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Etiquetado de Activos Intangibles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0640EE41" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581E1747" w14:textId="2EFFF874" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Debido a su naturaleza no física, estos activos no se etiquetan, pero se mantienen en el Registro de Activos de la dependencia comercial correspondiente. En lugar del número de serie, debe indicarse el número de licencia o de referencia de derechos de autor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275081FF" w14:textId="437B766C" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:ind w:right="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5070C5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:right="0" w:hanging="10"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mantenimiento de Registros de Transferencias, Ajustes y Deterioros</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637F08B6" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68324902" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Transferencias y ajustes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F93075F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1BE87B" w14:textId="0ACADDCA" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El registro de transferencias y ajustes siempre será realizado por el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a través de una solicitud del Coordinador de Activos mediante </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">el </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r w:rsidR="4821EC65" w:rsidRPr="18DB37C2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Deben cargarse junto con la solicitud copias de la documentación de respaldo relevante (p. ej., los formularios aprobados de transferencia o ajuste), las cuales deberán archivarse al nivel de la CO o de la dependencia de la Sede. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D42D2D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1430B2F2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Deterioro de intangibles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61AED90D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5708166B" w14:textId="421909DC" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los Activos Intangibles tienen vidas limitadas y, por lo tanto, la recuperabilidad del valor contable debe revisarse regularmente. Esto significa </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> si un intangible tiene un valor de USD 100 000, será necesario revisar con regularidad si los USD 100 000 reflejan realmente el valor del activo o si el valor se redujo en forma significativa. Las vidas útiles deben revaluarse y modificarse cuando las circunstancias lo justifican, como en el caso de la obsolescencia tecnológica que hace que la vida útil sea más breve que la patente legal. Dichas modificaciones descendentes en el valor de un intangible se conocen como deterioro. Normalmente, puede requerirse la confirmación independiente de un experto en el campo para validar el deterioro.  Esta evaluación de experto será la documentación de respaldo que se cargará con la solicitud en el </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. El PNUD evaluará el deterioro de todos los intangibles con la misma frecuencia con que se realiza la verificación física. Cuando existe la probabilidad de deterioro durante la verificación física y el ejercicio de evaluación semestral, se deberá informar al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y deberán procesarse los asientos financieros necesarios una vez que se compruebe que los datos cumplen con la política contable. Solamente deben procesarse los deterioros con un valor que sea el superior entre USD 500 y el 20 % del valor original del activo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF9F362" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B387812" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Protección y Control</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2F197B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08618FC6" w14:textId="007EDD1B" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dado que los Activos Intangibles no son físicamente tangibles, la manera de protegerlos y controlarlos es levemente diferente de la de los Activos Tangibles (verificables físicamente). El PNUD debe proteger sus inventos patentados y sus materiales con derecho de autor contra el uso no autorizado al gestionar la manera en que se distribuyen los inventos y las publicaciones.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79743B80" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">En relación con las licencias de software y el software desarrollado en forma interna, es necesario restringir el acceso a los programas informáticos para proteger dichos Activos Intangibles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC34DD5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En el caso de los sitios web, es necesario supervisarlos de manera constante para asegurar que el nombre de dominio no haya sido usado por otra entidad u otra persona. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF699BF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Los documentos legales que conceden las patentes o los derechos de autor deben mantenerse en un lugar seguro como una caja fuerte. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07547A01" w14:textId="76AF6B97" w:rsidR="000F37D1" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5043CB0F" w14:textId="77777777" w:rsidR="000F37D1" w:rsidRDefault="000F37D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EDB1DC5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Verificación física</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006C8F76" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDB4DA7" w14:textId="7DB5147D" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dado que los Activos Intangibles no pueden verificarse físicamente, el ejercicio de verificación física semestral confirmará principalmente que el término Activo Intangible aún es válido conforme al documento legal y no es necesario «deteriorarlo». En el caso de las licencias de software y el software desarrollado en forma interna, el ejercicio confirmará además la validez de la licencia y la continuación del beneficio para el PNUD del software desarrollado que aún está en uso. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E72ADE8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5440AFFF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
+        <w:ind w:left="-5" w:right="0" w:hanging="10"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funciones y Responsabilidades </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7B8B64" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73710F56" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Autoridad para adquirir Activos Intangibles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11596254" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192627F8" w14:textId="0D60F0CD" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El Administrador Auxiliar/el Oficial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de Adquisiciones (OJA) de la Dirección de Servicios de Gestión (BMS) es responsable de todos los Activos Intangibles adquiridos, controlados y gestionados por el PNUD. El OJA delega su autoridad a cada Representante Residente, al </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Jefe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de la Dependencia fuera de la Sede y a los jefes de la dependencia de la Sede, independientemente de la modalidad de ejecución del proyecto desde el cual se adquiere el intangible. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1B2CE5" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5BB526" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Responsabilidades de las Dependencias Comerciales (Dependencias de la Sede, Dependencias fuera de la Sede y CO)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06ED1C03" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D568FF5" w14:textId="4CE45F4E" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144"/>
-        <w:jc w:val="both"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="45A15F3D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Las responsabilidades del Representante Residente/los </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Jefes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> de Oficina incluyen, entre otras, las siguientes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2692A736" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="5ACF8CE9" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="00501F9F">
+      <w:r>
+        <w:t xml:space="preserve">Garantizar que la adquisición de Activos Intangibles se realice de conformidad con las directrices de adquisición establecidas del PNUD; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBAB9C1" w14:textId="21785B66" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:afterLines="60" w:after="144"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="675DBA1B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+      <w:r>
+        <w:t>Asegurar que los Activos Intangibles se registren de manera adecuada en el módulo de AM;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7931B70A" w14:textId="7C386485" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Asegurar que los posibles Activos Intangibles en investigación y aquellos en las etapas de desarrollo y operativa se comuniquen al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a través </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> con suficiente información contextual; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B73C8B8" w14:textId="29C783FE" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Asegurar el registro en los libros, la supervisión y el mantenimiento de todos los Activos Intangibles;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BF17FF" w14:textId="21126838" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Garantizar que cualquier evento que pudiera dar lugar a un posible deterioro del Activo Intangible se comunique al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a través del formulario de deterioro </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F89405F" w14:textId="3B781612" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asegurar que los posibles cambios en el ciclo de vida útil de los Activos Intangibles se documenten y comuniquen al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a través del formulario de Deterioro </w:t>
+      </w:r>
+      <w:r w:rsidR="0023636F">
+        <w:t xml:space="preserve">del </w:t>
+      </w:r>
+      <w:r w:rsidR="009677C0">
+        <w:t>UNall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F50300" w14:textId="1883417E" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asegurar que toda la documentación de respaldo de los Activos Intangibles se mantenga de manera apropiada según la política de contabilidad del PNUD; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D40675" w14:textId="5FC4DEA7" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asegurar que las transferencias y las enajenaciones de Activos Intangibles se realicen de conformidad con el capítulo de PPE en las POPP; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7F1146" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Asegurar que los asuntos que requieren aclaraciones o cambios de políticas se deriven a la dependencia de Operaciones Generales de la Dirección de Servicios de Gestión.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199640A3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="11B99A7E" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00660607">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17EECE73" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:afterLines="60" w:after="144"/>
-        <w:ind w:left="1181"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Responsabilidades de la Dependencia de Operaciones Generales/Oficina de Abastecimiento y Operaciones/Dirección de Servicios de Gestión </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707D7BCF" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EDFC15" w14:textId="46133405" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="186890D8" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00E61C93" w:rsidP="0052082B">
+        <w:t xml:space="preserve">Además de sus servicios de asesoramiento y apoyo técnico, la dependencia de Operaciones Generales de la BMS tiene la responsabilidad general de asegurar el cumplimiento de las certificaciones oportunas de los Activos Intangibles. Las responsabilidades de la dependencia de Operaciones Generales de la BMS incluyen también lo siguiente:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03119F63" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>L</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="7E89635D" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+        <w:t xml:space="preserve">Actualizar las políticas y los procedimientos relacionados con la amortización, el deterioro y la vida útil económica de los Activos Intangibles; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583B4787" w14:textId="659512BF" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Les honoraires professionnels découlant directement de la mise en fonctionnement de l</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="77B5F020" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+        <w:t>Proporcionar procedimientos operativos estándar para el reconocimiento y la gestión de</w:t>
+      </w:r>
+      <w:r w:rsidR="00937CA5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Activos Intangibles; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673B8CBA" w14:textId="726BE5C5" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Brindar apoyo técnico al </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> y a todas las demás dependencias comerciales en todos los asuntos de gestión de activos; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435E0285" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Les coûts de vérification du bon fonctionnement de l</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="19C9F9E2" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00884C51" w:rsidP="00660607">
+        <w:t xml:space="preserve">Supervisar las transacciones contabilizadas como gastos de Activos Intangibles para artículos grandes y/o inusuales o cualquier otra excepción que debería haberse capitalizado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A47D515" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="46" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E76AA8" w14:textId="222580B2" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="-5"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Responsabilidad del Centro </w:t>
+      </w:r>
+      <w:r w:rsidR="3520E323">
+        <w:t>Global</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de Servicios Compartidos (</w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E48944" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
+      <w:pPr>
+        <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="085EE90B" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="0052082B">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D54733" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Les coûts liés à l</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="3C1F0B5C" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+        <w:t xml:space="preserve">Revisar los casos presentados por las CO y otras dependencias comerciales en relación con el reconocimiento de Activos Intangibles;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B477A30" w14:textId="13C6F80C" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:afterLines="60" w:after="144"/>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Les coûts de conduite d</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="0E03A363" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00501F9F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Procesar todas las transacciones del </w:t>
+      </w:r>
+      <w:r w:rsidR="3CD3CF80">
+        <w:t>CGSC</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de conformidad con los procedimientos establecidos;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261A98C7" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Registrar los Activos Intangibles desarrollados en forma interna en el módulo de AM luego de recibir la notificación de las CO, la Sede y otras dependencias comerciales;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525DDA93" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Brindar apoyo de asesoramiento a las CO y a otras dependencias comerciales;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75236629" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Registrar todos los Intangibles a través de la Funcionalidad de Adición Básica; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3EE48B" w14:textId="16F0DEE2" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Preparar ajustes en </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t xml:space="preserve">Quantum </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a través de asientos del libro para el deterioro de Activos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE42771" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="000F37D1">
+      <w:pPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Intangibles; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D18FE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
+        <w:ind w:right="0" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Revisar los informes de excepción del Módulo Activos; y realizar el seguimiento de las CO para la aplicación de medidas correctivas; </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3621AE76" w14:textId="607AB933" w:rsidR="00884C51" w:rsidRDefault="00C17985" w:rsidP="00D01826">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Les frais administratifs et autres frais généraux.</w:t>
-[...154 lines deleted...]
-    <w:p w14:paraId="05B571F4" w14:textId="77777777" w:rsidR="001A113B" w:rsidRPr="001A113B" w:rsidRDefault="001A113B" w:rsidP="0052082B">
+        <w:t xml:space="preserve">Brindar capacitación sobre la política de Activos Intangibles y los asuntos de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD452F">
+        <w:t>Quantum</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> relacionados con Activos Intangibles. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3623ABDC" w14:textId="77777777" w:rsidR="002E741A" w:rsidRDefault="002E741A" w:rsidP="002E741A">
+      <w:pPr>
+        <w:ind w:left="1425" w:right="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CBDD458" w14:textId="3987F708" w:rsidR="000B2A2F" w:rsidRDefault="000B2A2F" w:rsidP="000B2A2F">
       <w:pPr>
         <w:ind w:right="0"/>
-        <w:rPr>
-[...2400 lines deleted...]
-    <w:p w14:paraId="07ED872F" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00FA2B38" w:rsidRDefault="00660607" w:rsidP="00660607">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62410E93" w14:textId="77777777" w:rsidR="000B2A2F" w:rsidRPr="000B2A2F" w:rsidRDefault="000B2A2F" w:rsidP="000B2A2F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="201F1E"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00FA2B38">
+      <w:r w:rsidRPr="008776A1">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="212121"/>
-          <w:u w:val="single"/>
+          <w:iCs/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Avertissement:</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FA2B38">
+        <w:t>Descargo de responsabilidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2A2F">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
-          <w:color w:val="212121"/>
+          <w:iCs/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="002541B2" w14:textId="77777777" w:rsidR="00660607" w:rsidRPr="00DA7A2E" w:rsidRDefault="00660607" w:rsidP="00660607">
+        <w:t>: esta es una traducción de un documento original en inglés. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2A2F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="es-UY" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>En caso de discrepancias entre esta traducción y el documento original en inglés, prevalecerá el documento original en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301CB730" w14:textId="77777777" w:rsidR="000B2A2F" w:rsidRDefault="000B2A2F" w:rsidP="000B2A2F">
       <w:pPr>
         <w:ind w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00660607" w:rsidRPr="00DA7A2E" w:rsidSect="006B1533">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+    <w:sectPr w:rsidR="000B2A2F">
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="even" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1435" w:bottom="1464" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="021A0F79" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
+    <w:p w14:paraId="6AA6EE82" w14:textId="77777777" w:rsidR="00286604" w:rsidRDefault="00286604">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D779C00" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
+    <w:p w14:paraId="5163A3A1" w14:textId="77777777" w:rsidR="00286604" w:rsidRDefault="00286604">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="420992FF" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00FA1A74">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1C8C9AAE" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E15C7F">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00E15C7F">
+    <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="04591CA7" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
+  <w:p w14:paraId="0A4E68ED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2956677E" w14:textId="54B25054" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="49EB793A" w14:textId="700EDBF1" w:rsidR="00884C51" w:rsidRPr="00BE7190" w:rsidRDefault="007A4056">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-      <w:t xml:space="preserve">Page </w:t>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Página </w:t>
     </w:r>
-    <w:r w:rsidR="0003418B">
+    <w:r w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="0003418B">
+    <w:r w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003E2E6A">
+    <w:r w:rsidR="00D26263" w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-      </w:rPr>
-      <w:t>18</w:t>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="0003418B">
+    <w:r w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:r w:rsidR="000E4A52">
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00D26263" w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-      </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>15</w:t>
     </w:r>
-    <w:r w:rsidR="000E4A52">
+    <w:r w:rsidRPr="00BE7190">
       <w:rPr>
         <w:b/>
-        <w:noProof/>
-[...20 lines deleted...]
-        <w:noProof/>
+        <w:color w:val="auto"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r>
-[...21 lines deleted...]
-      <w:t xml:space="preserve"> : </w:t>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Fecha de entrada en vigor: </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
-        <w:alias w:val="POPPRefItemVersion"/>
-[...1 lines deleted...]
-        <w:id w:val="-748341579"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:alias w:val="Fecha de entrada en vigor"/>
+        <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
+        <w:id w:val="1333490207"/>
         <w:placeholder>
-          <w:docPart w:val="7AB93C736DD34360A3E7262DE8F24964"/>
+          <w:docPart w:val="ABB984AC66CA43F5A373711B6DF80FFF"/>
         </w:placeholder>
-        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{917AE866-5EA0-4E5C-83B9-A71304317855}"/>
-        <w:text/>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{917AE866-5EA0-4E5C-83B9-A71304317855}"/>
+        <w:date w:fullDate="2016-07-26T00:00:00Z">
+          <w:dateFormat w:val="dd/MM/yyyy"/>
+          <w:lid w:val="en-US"/>
+          <w:storeMappedDataAs w:val="dateTime"/>
+          <w:calendar w:val="gregorian"/>
+        </w:date>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00DA7A2E">
-          <w:t>3</w:t>
+        <w:r w:rsidR="00BE7190" w:rsidRPr="00BE7190">
+          <w:rPr>
+            <w:color w:val="auto"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>26/07/2016</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Versión </w:t>
+    </w:r>
+    <w:r w:rsidR="00BE7190" w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>#</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t>:</w:t>
+    </w:r>
+    <w:r w:rsidR="00BE7190" w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00BE7190">
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="43326800" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00FA1A74">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7E23F7ED" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E15C7F">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="2B579A"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00E15C7F">
+    <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7FCCA43C" w14:textId="77777777" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F">
+  <w:p w14:paraId="30E85FE0" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3904ED8B" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
+    <w:p w14:paraId="78649AF1" w14:textId="77777777" w:rsidR="00286604" w:rsidRDefault="00286604">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30F5806F" w14:textId="77777777" w:rsidR="001170D4" w:rsidRDefault="001170D4">
+    <w:p w14:paraId="7A00E538" w14:textId="77777777" w:rsidR="00286604" w:rsidRDefault="00286604">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="466825A2" w14:textId="09C158E6" w:rsidR="00E15C7F" w:rsidRDefault="00E15C7F" w:rsidP="007A4056">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="07459315" w14:textId="6A915021" w:rsidR="007A4056" w:rsidRDefault="00BE7190" w:rsidP="007A4056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15612308" wp14:editId="0081AC73">
-          <wp:extent cx="304800" cy="593427"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22663863" wp14:editId="4EB0CE96">
+          <wp:extent cx="589915" cy="898546"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="24" name="Picture 24"/>
+          <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-18" b="15579"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309373" cy="602330"/>
+                    <a:ext cx="589915" cy="898546"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w14:paraId="67A5D9E2" w14:textId="77777777" w:rsidR="00DA7A2E" w:rsidRDefault="00DA7A2E">
+  <w:p w14:paraId="6537F28F" w14:textId="77777777" w:rsidR="007A4056" w:rsidRDefault="007A4056" w:rsidP="007A4056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00D063C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2EFA93B6"/>
+    <w:lvl w:ilvl="0" w:tplc="BF56EB0E">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1090" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="745" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1465" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2905" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3625" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4345" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5065" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5785" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05F067D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8D92C40C"/>
     <w:lvl w:ilvl="0" w:tplc="88A49CE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -10442,713 +7629,235 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="EADED13E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F2070BC"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09455C94"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5CA477B8"/>
-    <w:lvl w:ilvl="0" w:tplc="59326C4E">
+    <w:tmpl w:val="740C5D90"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="720"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="5040" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="13B95259"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B916524"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FD1CC030"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="004E1EEE"/>
+    <w:lvl w:ilvl="0" w:tplc="34AC29CE">
+      <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720"/>
-[...16 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="B4F498D8">
+        <w:ind w:left="360" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="140C674A">
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="F0FEDBDE">
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="7C320D9C">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="64521108">
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="BBF64530">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="A6B28332">
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
-[...19 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="81365E52">
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
-[...166 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15F05A66"/>
-[...210 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17780658"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F87083B2"/>
     <w:lvl w:ilvl="0" w:tplc="D5A6BE18">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="331"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -11316,51 +8025,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F2124070">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6228"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19AC2209"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA9E6E78"/>
     <w:lvl w:ilvl="0" w:tplc="7786B08A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -11528,137 +8237,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="139221B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D5035B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7354FDA8"/>
     <w:lvl w:ilvl="0" w:tplc="E9EEFDDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11727,61 +8350,61 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DDB7F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD1CC030"/>
     <w:lvl w:ilvl="0" w:tplc="A9C67EE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720"/>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B4F498D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
@@ -11939,573 +8562,459 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="81365E52">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E8B022A"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EDC1FAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="83C48532"/>
-    <w:lvl w:ilvl="0" w:tplc="F45CFD80">
+    <w:tmpl w:val="D96215F8"/>
+    <w:lvl w:ilvl="0" w:tplc="289C63C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4C34F65E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3B88599C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="094CF4B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8376DACE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C96EF5FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="22C8D8D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="996AFC42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="23E69966">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="22C76F08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A468A5AC"/>
+    <w:lvl w:ilvl="0" w:tplc="2F16B4D0">
       <w:start w:val="25"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2145" w:firstLine="0"/>
+        <w:ind w:left="735" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20000019">
+    <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+        <w:ind w:left="1470" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+        <w:ind w:left="2190" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="2910" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+        <w:ind w:left="3630" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+        <w:ind w:left="4350" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+        <w:ind w:left="5070" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="5790" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2425578F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AEA852A"/>
+    <w:lvl w:ilvl="0" w:tplc="361E7412">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1EDC1FAA"/>
-[...422 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31EA2625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0BEA50C8"/>
     <w:lvl w:ilvl="0" w:tplc="7DDE2F34">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -12673,51 +9182,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7598B888">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33B7410D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B3205BFC"/>
     <w:lvl w:ilvl="0" w:tplc="E9EEFDDA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12786,263 +9295,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...211 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="368D0C89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="316C5DC6"/>
     <w:lvl w:ilvl="0" w:tplc="ED48A64C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -13210,140 +9507,149 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="D638C93E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="36AC17E0"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D2C12A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E6E6B6EC"/>
-[...1 lines deleted...]
-      <w:start w:val="13"/>
+    <w:tmpl w:val="4216D09A"/>
+    <w:lvl w:ilvl="0" w:tplc="699AA898">
+      <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1455" w:hanging="360"/>
+        <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2175" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2895" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3615" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4335" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5055" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5775" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6495" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7215" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FAD1186"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F407D0C"/>
     <w:lvl w:ilvl="0" w:tplc="DC10ED56">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -13511,51 +9817,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6E206510">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403E519E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4A235DE"/>
     <w:lvl w:ilvl="0" w:tplc="12BC0468">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="242"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -13723,238 +10029,149 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0A5CF14A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6228"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40CD3714"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44397D91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="985A549C"/>
-[...6 lines deleted...]
-        <w:ind w:left="1440" w:hanging="720"/>
+    <w:tmpl w:val="04DE3AE4"/>
+    <w:lvl w:ilvl="0" w:tplc="FE92B732">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
-[...97 lines deleted...]
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464D41FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BDA01B14"/>
     <w:lvl w:ilvl="0" w:tplc="1D68A25C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="331"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -14122,140 +10339,137 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CCBAA962">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6228"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46864ABD"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="471E0CEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="447006E4"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="BCF69D6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1815" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2535" w:hanging="180"/>
+        <w:ind w:left="3240" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3255" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3975" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4695" w:hanging="180"/>
+        <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5415" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6135" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6855" w:hanging="180"/>
+        <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48064266"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="12DCE430"/>
     <w:lvl w:ilvl="0" w:tplc="C046B2D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -14423,899 +10637,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0D56EF18">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...847 lines deleted...]
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A2B5F99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="903258E0"/>
     <w:lvl w:ilvl="0" w:tplc="FB28B93E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -15483,51 +10849,137 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="85BAA01C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D3F10EA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0F04628A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60B3063B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79A2D42E"/>
     <w:lvl w:ilvl="0" w:tplc="6C3A6118">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -15695,573 +11147,262 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="899A834C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="60EC7C45"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="613C158F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="68285272"/>
-[...6 lines deleted...]
-        <w:ind w:left="720"/>
+    <w:tmpl w:val="78F4CBE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B2E6A88C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0622A086">
-[...22 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="E0F6C2C8">
+    <w:lvl w:ilvl="2" w:tplc="B1B867B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160"/>
+        <w:ind w:left="2880"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="151C1C24">
+    <w:lvl w:ilvl="3" w:tplc="FF4A70D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880"/>
+        <w:ind w:left="3600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="091AAB6E">
+    <w:lvl w:ilvl="4" w:tplc="587C0E86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600"/>
+        <w:ind w:left="4320"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="2F68149E">
+    <w:lvl w:ilvl="5" w:tplc="7578F566">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320"/>
+        <w:ind w:left="5040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="3D565D42">
+    <w:lvl w:ilvl="6" w:tplc="13F629A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040"/>
+        <w:ind w:left="5760"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11240D0E">
+    <w:lvl w:ilvl="7" w:tplc="D0EEF94E">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760"/>
+        <w:ind w:left="6480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0F7C4D6A">
+    <w:lvl w:ilvl="8" w:tplc="ED0EDA92">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480"/>
+        <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
-[...309 lines deleted...]
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68571DFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FC22A6E"/>
     <w:lvl w:ilvl="0" w:tplc="23968DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -16429,588 +11570,459 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="C49E5F96">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="68736314"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69342C41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8264B8A4"/>
-    <w:lvl w:ilvl="0" w:tplc="B4F498D8">
+    <w:tmpl w:val="7FE05AFC"/>
+    <w:lvl w:ilvl="0" w:tplc="0B38C710">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B4F498D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="140C674A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F0FEDBDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7C320D9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64521108">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BBF64530">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A6B28332">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="81365E52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D5A5768"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7180996"/>
+    <w:lvl w:ilvl="0" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="180"/>
+        <w:ind w:left="3240" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="180"/>
+        <w:ind w:left="5400" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="180"/>
+        <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6E494696"/>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="704B2DAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="43D23DE0"/>
-[...205 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="23ACD99C"/>
+    <w:lvl w:ilvl="0" w:tplc="2F16B4D0">
+      <w:start w:val="25"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="735" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1470" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2190" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2910" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3630" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4350" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5070" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5790" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...211 lines deleted...]
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75FC1F28"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FC854E"/>
-    <w:lvl w:ilvl="0" w:tplc="790E7456">
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8200DA4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
@@ -17165,872 +12177,443 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2778A096">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
-[...521 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="256061878">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="26">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="601499262">
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1007710695">
-[...47 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="1603607807">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2023238141">
-[...2 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="1892227979">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1243104614">
-[...61 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="28"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00884C51"/>
-    <w:rsid w:val="0003418B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00053392"/>
+    <w:rsid w:val="00021533"/>
+    <w:rsid w:val="000359A2"/>
+    <w:rsid w:val="00044780"/>
+    <w:rsid w:val="00045A9A"/>
+    <w:rsid w:val="00046E07"/>
+    <w:rsid w:val="000A2066"/>
     <w:rsid w:val="000B1C05"/>
-    <w:rsid w:val="000B2C27"/>
+    <w:rsid w:val="000B2A2F"/>
+    <w:rsid w:val="000D1A2E"/>
     <w:rsid w:val="000E09CF"/>
-    <w:rsid w:val="000E4A52"/>
+    <w:rsid w:val="000E28C3"/>
     <w:rsid w:val="000F37D1"/>
-    <w:rsid w:val="001170D4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00150F92"/>
+    <w:rsid w:val="000F4AFA"/>
     <w:rsid w:val="00182825"/>
+    <w:rsid w:val="00184178"/>
     <w:rsid w:val="001A113B"/>
-    <w:rsid w:val="001B4695"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002D1C83"/>
+    <w:rsid w:val="001D493F"/>
+    <w:rsid w:val="0023636F"/>
+    <w:rsid w:val="00240711"/>
+    <w:rsid w:val="00254834"/>
+    <w:rsid w:val="00264C6C"/>
+    <w:rsid w:val="00286604"/>
+    <w:rsid w:val="002C4EA7"/>
     <w:rsid w:val="002D5FED"/>
     <w:rsid w:val="002E5423"/>
-    <w:rsid w:val="00302287"/>
-    <w:rsid w:val="00380EF3"/>
+    <w:rsid w:val="002E741A"/>
+    <w:rsid w:val="0038487E"/>
+    <w:rsid w:val="003A50CB"/>
     <w:rsid w:val="003D3AF5"/>
-    <w:rsid w:val="003E2E6A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00436461"/>
+    <w:rsid w:val="003E66C4"/>
     <w:rsid w:val="00442842"/>
-    <w:rsid w:val="004A1EEC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00501F9F"/>
+    <w:rsid w:val="004B5526"/>
+    <w:rsid w:val="004D6782"/>
+    <w:rsid w:val="004D7C2D"/>
+    <w:rsid w:val="004E3BBD"/>
     <w:rsid w:val="00504A58"/>
-    <w:rsid w:val="0052082B"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00787BFA"/>
+    <w:rsid w:val="005A4F45"/>
+    <w:rsid w:val="005F34E4"/>
+    <w:rsid w:val="00664C24"/>
+    <w:rsid w:val="0067079D"/>
+    <w:rsid w:val="006778BD"/>
+    <w:rsid w:val="0073023F"/>
+    <w:rsid w:val="00747D7F"/>
+    <w:rsid w:val="00773B5E"/>
+    <w:rsid w:val="007919A8"/>
+    <w:rsid w:val="00797335"/>
     <w:rsid w:val="007A4056"/>
-    <w:rsid w:val="007D2311"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00861E4B"/>
+    <w:rsid w:val="007A4595"/>
+    <w:rsid w:val="007F699B"/>
+    <w:rsid w:val="0082417D"/>
+    <w:rsid w:val="008550D0"/>
+    <w:rsid w:val="008776A1"/>
     <w:rsid w:val="00884C51"/>
+    <w:rsid w:val="0088550B"/>
+    <w:rsid w:val="00892AA2"/>
+    <w:rsid w:val="008A4559"/>
     <w:rsid w:val="008C4209"/>
-    <w:rsid w:val="008D2BF4"/>
+    <w:rsid w:val="008E062F"/>
+    <w:rsid w:val="008E7A9D"/>
     <w:rsid w:val="008F1284"/>
-    <w:rsid w:val="00906EF5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009713FD"/>
+    <w:rsid w:val="009150EE"/>
+    <w:rsid w:val="00937CA5"/>
+    <w:rsid w:val="00943F79"/>
+    <w:rsid w:val="009525A1"/>
+    <w:rsid w:val="00952B03"/>
+    <w:rsid w:val="009627FE"/>
+    <w:rsid w:val="009677C0"/>
+    <w:rsid w:val="0098446C"/>
     <w:rsid w:val="0099213F"/>
-    <w:rsid w:val="00A067CF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A56E52"/>
+    <w:rsid w:val="009B2B27"/>
+    <w:rsid w:val="009F54C1"/>
+    <w:rsid w:val="009F67BB"/>
+    <w:rsid w:val="009F7241"/>
     <w:rsid w:val="00A64745"/>
-    <w:rsid w:val="00A761D1"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B77483"/>
+    <w:rsid w:val="00AB58A8"/>
+    <w:rsid w:val="00AE7947"/>
+    <w:rsid w:val="00B13287"/>
+    <w:rsid w:val="00B80277"/>
+    <w:rsid w:val="00BB3E42"/>
     <w:rsid w:val="00BC3E84"/>
+    <w:rsid w:val="00BE7190"/>
+    <w:rsid w:val="00BE7A6C"/>
     <w:rsid w:val="00C17985"/>
-    <w:rsid w:val="00C41EF0"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F76892"/>
+    <w:rsid w:val="00C35658"/>
+    <w:rsid w:val="00C47C6A"/>
+    <w:rsid w:val="00CD452F"/>
+    <w:rsid w:val="00D01826"/>
+    <w:rsid w:val="00D26263"/>
+    <w:rsid w:val="00D82BFB"/>
+    <w:rsid w:val="00DA7E70"/>
+    <w:rsid w:val="00DD6DB3"/>
+    <w:rsid w:val="00E10192"/>
+    <w:rsid w:val="00EE1698"/>
+    <w:rsid w:val="00F82E0A"/>
     <w:rsid w:val="00F84B11"/>
-    <w:rsid w:val="00F87315"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA2B38"/>
+    <w:rsid w:val="00F905D4"/>
+    <w:rsid w:val="00FB712A"/>
+    <w:rsid w:val="00FE4B05"/>
+    <w:rsid w:val="00FF216B"/>
+    <w:rsid w:val="00FF5CCB"/>
+    <w:rsid w:val="02B38456"/>
+    <w:rsid w:val="02D17695"/>
+    <w:rsid w:val="0318B3EA"/>
+    <w:rsid w:val="04123F03"/>
+    <w:rsid w:val="04395ED0"/>
+    <w:rsid w:val="05039E67"/>
+    <w:rsid w:val="067BCA2A"/>
+    <w:rsid w:val="07D9BDA1"/>
+    <w:rsid w:val="08048EB4"/>
+    <w:rsid w:val="09560695"/>
+    <w:rsid w:val="0973F810"/>
+    <w:rsid w:val="0B2365FD"/>
+    <w:rsid w:val="0C9A0566"/>
+    <w:rsid w:val="0CAB89BE"/>
+    <w:rsid w:val="0CD50A7F"/>
+    <w:rsid w:val="0DA9304E"/>
+    <w:rsid w:val="11DCE1E7"/>
+    <w:rsid w:val="121D329A"/>
+    <w:rsid w:val="1225CEAB"/>
+    <w:rsid w:val="124EB810"/>
+    <w:rsid w:val="13820150"/>
+    <w:rsid w:val="13EA8871"/>
+    <w:rsid w:val="14EB95BF"/>
+    <w:rsid w:val="16840C21"/>
+    <w:rsid w:val="16D77B60"/>
+    <w:rsid w:val="17E2A7FB"/>
+    <w:rsid w:val="18BDF994"/>
+    <w:rsid w:val="18DB37C2"/>
+    <w:rsid w:val="18F1B6DF"/>
+    <w:rsid w:val="19762728"/>
+    <w:rsid w:val="19A408E2"/>
+    <w:rsid w:val="1A0F1C22"/>
+    <w:rsid w:val="1BA0071F"/>
+    <w:rsid w:val="1C191AB0"/>
+    <w:rsid w:val="1CAF41B3"/>
+    <w:rsid w:val="1D8F4705"/>
+    <w:rsid w:val="1E00E690"/>
+    <w:rsid w:val="20718206"/>
+    <w:rsid w:val="2346E6E8"/>
+    <w:rsid w:val="24BF5D84"/>
+    <w:rsid w:val="26CA87AC"/>
+    <w:rsid w:val="27C7A343"/>
+    <w:rsid w:val="286F1939"/>
+    <w:rsid w:val="29BBA8DC"/>
+    <w:rsid w:val="2BBA44B9"/>
+    <w:rsid w:val="2C7CC120"/>
+    <w:rsid w:val="2D4F4724"/>
+    <w:rsid w:val="2DCAB1D2"/>
+    <w:rsid w:val="2F4A5D5E"/>
+    <w:rsid w:val="2F687FC9"/>
+    <w:rsid w:val="30337A39"/>
+    <w:rsid w:val="30E55DA7"/>
+    <w:rsid w:val="31915F4B"/>
+    <w:rsid w:val="31A1C455"/>
+    <w:rsid w:val="32154796"/>
+    <w:rsid w:val="332A0F17"/>
+    <w:rsid w:val="338AA8FF"/>
+    <w:rsid w:val="33D94C66"/>
+    <w:rsid w:val="33E52F65"/>
+    <w:rsid w:val="3520E323"/>
+    <w:rsid w:val="36A45A48"/>
+    <w:rsid w:val="375C1FC9"/>
+    <w:rsid w:val="37C1BAF8"/>
+    <w:rsid w:val="38469578"/>
+    <w:rsid w:val="3879C11D"/>
+    <w:rsid w:val="38D18A00"/>
+    <w:rsid w:val="38E0C81D"/>
+    <w:rsid w:val="39E5F1A1"/>
+    <w:rsid w:val="3A93C08B"/>
+    <w:rsid w:val="3AB12260"/>
+    <w:rsid w:val="3B9A639B"/>
+    <w:rsid w:val="3CD3CF80"/>
+    <w:rsid w:val="3D85DE79"/>
+    <w:rsid w:val="3DE82412"/>
+    <w:rsid w:val="3DF0E84B"/>
+    <w:rsid w:val="3F9F3F41"/>
+    <w:rsid w:val="404BD367"/>
+    <w:rsid w:val="40FE0D26"/>
+    <w:rsid w:val="412A3E15"/>
+    <w:rsid w:val="417E233D"/>
+    <w:rsid w:val="421C46DB"/>
+    <w:rsid w:val="450BBD45"/>
+    <w:rsid w:val="4596E4AB"/>
+    <w:rsid w:val="4622DCB9"/>
+    <w:rsid w:val="479CE673"/>
+    <w:rsid w:val="47CC2749"/>
+    <w:rsid w:val="4821EC65"/>
+    <w:rsid w:val="49206115"/>
+    <w:rsid w:val="49B4519D"/>
+    <w:rsid w:val="4A4D7D58"/>
+    <w:rsid w:val="4C47351C"/>
+    <w:rsid w:val="4D78D397"/>
+    <w:rsid w:val="4DEE03AA"/>
+    <w:rsid w:val="4FD899F4"/>
+    <w:rsid w:val="50086D92"/>
+    <w:rsid w:val="502A3703"/>
+    <w:rsid w:val="550ED538"/>
+    <w:rsid w:val="55BDD42B"/>
+    <w:rsid w:val="55DAD65C"/>
+    <w:rsid w:val="5AE5EDF7"/>
+    <w:rsid w:val="5B24BDC8"/>
+    <w:rsid w:val="5CD7F01E"/>
+    <w:rsid w:val="5D1EA0B9"/>
+    <w:rsid w:val="60A4D6B0"/>
+    <w:rsid w:val="61BD0C52"/>
+    <w:rsid w:val="61E709E4"/>
+    <w:rsid w:val="62E77721"/>
+    <w:rsid w:val="634011C9"/>
+    <w:rsid w:val="6427C60B"/>
+    <w:rsid w:val="65C2C798"/>
+    <w:rsid w:val="66E542E2"/>
+    <w:rsid w:val="674C76CF"/>
+    <w:rsid w:val="676827AF"/>
+    <w:rsid w:val="691B8876"/>
+    <w:rsid w:val="698E4218"/>
+    <w:rsid w:val="69B34BF8"/>
+    <w:rsid w:val="6B2FF517"/>
+    <w:rsid w:val="6D0F0192"/>
+    <w:rsid w:val="6E2B524E"/>
+    <w:rsid w:val="6EDC5769"/>
+    <w:rsid w:val="6FCD9109"/>
+    <w:rsid w:val="704C96A1"/>
+    <w:rsid w:val="70569B38"/>
+    <w:rsid w:val="7095B6F9"/>
+    <w:rsid w:val="7160FE42"/>
+    <w:rsid w:val="78CD28CC"/>
+    <w:rsid w:val="794DB015"/>
+    <w:rsid w:val="7BBC9B3B"/>
+    <w:rsid w:val="7BEC6B7A"/>
+    <w:rsid w:val="7F3CC15D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1F670DB5"/>
-  <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
+  <w14:docId w14:val="7D902489"/>
+  <w15:docId w15:val="{9519F824-3FC1-4DE6-B821-3C3B7FE65524}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18376,151 +12959,145 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006B1533"/>
     <w:pPr>
       <w:spacing w:after="3" w:line="248" w:lineRule="auto"/>
       <w:ind w:left="730" w:right="2" w:hanging="370"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006B1533"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
       <w:ind w:left="10" w:hanging="10"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="006B1533"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-[...1 lines deleted...]
-    <w:rsid w:val="006B1533"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008F1284"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
-      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A113B"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001A113B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
@@ -18587,331 +13164,354 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A4056"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F84B11"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="highlight">
-    <w:name w:val="highlight"/>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00660607"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0023636F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0023636F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00045A9A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="62534713">
-[...51 lines deleted...]
-    <w:div w:id="1629507569">
+    <w:div w:id="5636792">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4996" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://droit-finances.commentcamarche.net/faq/23791-exercice-comptable-definition" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/copie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/droit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/vid%C3%A9o" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnrtl.fr/definition/d%C3%A9pense" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/contabilizar?m=form" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ipsasb.org/publications/2012-handbook-international-public-sector-accounting-pronouncements-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gerencie.com/periodo-contable.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/es/pagina-de-politica/propiedades-planta-y-equipo-ppe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/video?m=form" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/copia?m=form" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/intangible-assets-timesheet-template-consultants-and-staff" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dle.rae.es/derecho?m=form" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7AB93C736DD34360A3E7262DE8F24964"/>
+        <w:name w:val="ABB984AC66CA43F5A373711B6DF80FFF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{51B6A3D0-9716-4289-A3EF-FE2279E0A950}"/>
+        <w:guid w:val="{7E9D570C-88A1-4AB0-AC6D-706BB469B3F6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C44872" w:rsidRDefault="008A4559">
           <w:r w:rsidRPr="005A59E2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>[POPPRefItemVersion]</w:t>
+            <w:t>[Effective Date]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A4559"/>
-    <w:rsid w:val="000A3099"/>
     <w:rsid w:val="000A5F74"/>
-    <w:rsid w:val="00224354"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00694594"/>
+    <w:rsid w:val="005B297A"/>
+    <w:rsid w:val="00880872"/>
     <w:rsid w:val="008A4559"/>
-    <w:rsid w:val="00AC3675"/>
-    <w:rsid w:val="00B21BEE"/>
+    <w:rsid w:val="00943F79"/>
     <w:rsid w:val="00C44872"/>
-    <w:rsid w:val="00C47F54"/>
-    <w:rsid w:val="00DA026B"/>
+    <w:rsid w:val="00D714A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19264,94 +13864,93 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000A3099"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008A4559"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -19619,61 +14218,154 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">UNITBMS-1904581467-113</_dlc_DocId>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>353</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Spanish</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Administrative Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a78f4201-2936-4934-95ba-30c4111d72d7</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-01-08T23:00:00+00:00</UNDP_POPP_PLANNED_REVIEWDATE>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2016-07-25T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Activos Intangibles: Adquisición, Desarrollo y Mantenimiento</UNDP_POPP_TITLE_EN>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-113</Url>
+      <Description>UNITBMS-1904581467-113</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 26/07/2016                                                Version #: 2.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 26/07/2016                                                Version #: 2</DLCPolicyLabelValue>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10001</Type>
+    <SequenceNumber>1000</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10002</Type>
+    <SequenceNumber>1001</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10004</Type>
+    <SequenceNumber>1002</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+  <Receiver>
+    <Name>Document ID Generator</Name>
+    <Synchronization>Synchronous</Synchronization>
+    <Type>10006</Type>
+    <SequenceNumber>1003</SequenceNumber>
+    <Url/>
+    <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
+    <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
+    <Data/>
+    <Filter/>
+  </Receiver>
+</spe:Receivers>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fdd275df63d45dd4ab3810418e4e53bb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="997e97aa1492ac80252a18d0a7c2ea4b" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSUNITID_HIDDEN" minOccurs="0"/>
                 <xsd:element ref="ns2:l0e6ef0c43e74560bd7f3acd1f5e8571" minOccurs="0"/>
@@ -19984,328 +14676,220 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...50 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...48 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <p:Policy xmlns:p="office.server.policy" id="" local="true">
   <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
   <p:Description/>
   <p:Statement/>
   <p:PolicyItems>
     <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
       <p:Name>Labels</p:Name>
       <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
       <p:CustomData>
         <label>
           <properties>
             <height>0.5</height>
             <font>Calibri</font>
           </properties>
           <segment type="literal">Effective Date: </segment>
           <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
           <segment type="literal">                                                Version #: </segment>
           <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
         </label>
       </p:CustomData>
     </p:PolicyItem>
   </p:PolicyItems>
 </p:Policy>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4C1557-54B6-4BF4-956C-C6F56CFBDDBA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917AE866-5EA0-4E5C-83B9-A71304317855}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
+    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46147A76-2D77-4784-AFCE-6437B32A844D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B942D5-96CA-4DCF-B245-7B8EF87A9339}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8244118D-6337-4001-87FC-59BC399780DA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B942D5-96CA-4DCF-B245-7B8EF87A9339}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA8F2037-AADA-43DB-9DCE-D925DA05689C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06FDE54B-480A-4C2D-9F43-9B7744E5E574}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4C1557-54B6-4BF4-956C-C6F56CFBDDBA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>6105</Words>
-  <Characters>34803</Characters>
+  <Words>5924</Words>
+  <Characters>33768</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>290</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>281</Lines>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40827</CharactersWithSpaces>
+  <CharactersWithSpaces>39613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tatiana Rieglerova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>9ee876cf-1921-468b-adea-274462edd0e8</vt:lpwstr>
+    <vt:lpwstr>efa1cde2-6eee-4997-b1fe-b19fc0ab5990</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>353;#Administrative Services|a78f4201-2936-4934-95ba-30c4111d72d7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDPCountry">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="UndpDocTypeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="UNDPDocumentCategory">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="UNDPFocusAreas">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="UN Languages">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="UndpUnitMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="eRegFilingCodeMM">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Administrative Services|a78f4201-2936-4934-95ba-30c4111d72d7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Location">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UNDP_POPP_DOCUMENT_TYPE">
-[...14 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="UndpDocStatus">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="UndpDocStatus">
     <vt:lpwstr>Draft</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="UndpClassificationLevel">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="UndpClassificationLevel">
     <vt:lpwstr>Internal Use Only</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="UndpIsTemplate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="UndpIsTemplate">
     <vt:lpwstr>No</vt:lpwstr>
   </property>
 </Properties>
 </file>