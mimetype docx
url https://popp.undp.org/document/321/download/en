--- v0 (2025-10-21)
+++ v1 (2025-11-20)
@@ -19,51 +19,51 @@
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1C8FB696" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="505C6691" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Intangible Assets: Acquisition, Development and Maintenance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D7ACDC" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="008F1284" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
@@ -88,51 +88,59 @@
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A4056">
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538FAF6D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intangible Assets are the non-physical items of value that UNDP owns. The defining characteristics of an Intangible Asset are the lack of physical existence (cannot be touched), and having no set monetary value. They cannot be seen or touched, but are nonetheless important to UNDP’s success. Intangible Assets may be internally generated, such as internally developed software, or acquired from external sources e.g. goodwill (which may not apply to UNDP), or brand name e.g. If UNDP uses a reputable trademark in implementing one of its projects. </w:t>
+        <w:t xml:space="preserve">Intangible Assets are the non-physical items of value that UNDP owns. The defining characteristics of an Intangible Asset are the lack of physical existence (cannot be touched), and having no set monetary value. They cannot be seen or touched, but are nonetheless important to UNDP’s success. Intangible Assets may be internally generated, such as internally developed software, or acquired from external sources </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> goodwill (which may not apply to UNDP), or brand name e.g. If UNDP uses a reputable trademark in implementing one of its projects. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A49C429" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="46" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A4056">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF73163" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -144,51 +152,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="482E6A4C" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="202" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Legal Intangible Assets:  Items such as intellectual property, patents, trademarks, brand names and copyrights. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B0BC74" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="202" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Competitive Intangible Assets: Items such as know-how and reputation (e.g. goodwill). </w:t>
+        <w:t>Competitive Intangible Assets: Items such as know-how and reputation (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> goodwill). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="123A75A0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A4056">
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BF398A" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
@@ -196,51 +212,65 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As a general policy, UNDP mainly takes account of the Legal Intangibles and not Competitive Intangibles. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0F48BD" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B6639D4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="009A33E5" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A33E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">An intangible asset is an identifiable non-monetary asset without physical substance. UNDP offices may expend resources, or incur liabilities, in the acquisition, development, maintenance, or enhancement of intangible resources such as scientific or technical knowledge, design and implementation of new processes, or systems, licenses, intellectual property, and trademarks  (including brand names and publishing titles).   </w:t>
+        <w:t xml:space="preserve">An intangible asset is an identifiable non-monetary asset without physical substance. UNDP offices may expend resources, or incur liabilities, in the acquisition, development, maintenance, or enhancement of intangible resources such as scientific or technical knowledge, design and implementation of new processes, or systems, licenses, intellectual property, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A33E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>trademarks  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A33E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including brand names and publishing titles).   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC53236" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="009A33E5" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1724244D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="009A33E5" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A33E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -1027,51 +1057,59 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Internally developed software  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45926DB5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D879BE3" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:left="1440" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Internally developed software is software created by UNDP staff or consultants for internal use. Its cost includes all payroll (salaries, consultant’s fees, benefits like education or housing allowances); and all direct staff costs related to all software development activities. Typical examples of internally developed software are customization of the ERP ( Quantum); and the development of intranet and extranet sites. </w:t>
+        <w:t xml:space="preserve">Internally developed software is software created by UNDP staff or consultants for internal use. Its cost includes all payroll (salaries, consultant’s fees, benefits like education or housing allowances); and all direct staff costs related to all software development activities. Typical examples of internally developed software are customization of the ERP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>( Quantum</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">); and the development of intranet and extranet sites. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767412DA" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="946" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0428A9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="14" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="946" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6098B1C9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="1090"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
@@ -1326,51 +1364,65 @@
         <w:t xml:space="preserve">: Computer software licensed under exclusive legal right of the copyright holder. UNDP is given the right to use the software under certain conditions, but restricted from other uses, such as modification, further distribution, or reverse engineering.   An example of proprietary software is the People Soft (Quantum) License; and  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A83FC0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="2206" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A2AB59" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Free and open source licenses (F/OSS, FOSS)</w:t>
+        <w:t xml:space="preserve">Free and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t>open source</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> licenses (F/OSS, FOSS)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or free/libre/open-source software (FLOSS): Software that is liberally licensed to grant the right of users to use, study, change, and improve its design through the availability of its source code. In this context, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>free</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> refers to the freedom to copy and re-use the software. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45946640" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:left="2160" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="692374D2" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1441,51 +1493,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Externally </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">purchased Intangibles are those procured at a cost of US$5,000 or more; and that are used and controlled by UNDP for more than one reporting period.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E75B31E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44654C55" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
+    <w:p w14:paraId="44654C55" w14:textId="54B3693F" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(See the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="007244B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>POPP PP&amp;E Section</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for the explanation of the “use and control” concept.) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2E28D3" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EE11F96" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
@@ -1534,79 +1586,95 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Intangible Assets for UNDP-funded projects that are under the control of Implementing Partners (mainly for NIM projects) are to be expensed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FE66C5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B951D6" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intangible Assets Procured For Third Parties  </w:t>
+        <w:t xml:space="preserve">Intangible Assets Procured </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Third Parties  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B85300C" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F911AC4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intangible Assets procured for the purpose of distribution to third parties and not intended to be used for administrative purposes or for implementing UNDP projects are not to be capitalized, and are excluded from UNDP’s Asset Module by expensing them on purchase. Also excluded are those items that serve as inputs before the development commences e.g. Research and Development costs that are processed or assembled into a final output. They will be expensed upon purchase.  </w:t>
+        <w:t xml:space="preserve">Intangible Assets procured for the purpose of distribution to third parties and not intended to be used for administrative purposes or for implementing UNDP projects are not to be capitalized, and are excluded from UNDP’s Asset Module by expensing them on purchase. Also excluded are those items that serve as inputs before the development commences </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Research and Development costs that are processed or assembled into a final output. They will be expensed upon purchase.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBCCC4F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F6DD52" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Internally Developed Software</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1631,51 +1699,59 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Internally developed software is software created by UNDP staff or consultants for internal use. Its cost includes all payroll (salaries, consultant’s fees, benefits like education or housing allowances); and all direct staff costs related to all software development activities. Typical examples of internally developed software are customization of the ERP (Quantum); and the development of intranet and extranet sites. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E98817A" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BABFE1B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The development costs of all internally developed intangibles must be capitalized and amortized (i.e. expensed) over the useful lives of the software (see Amortization section for more details). </w:t>
+        <w:t>The development costs of all internally developed intangibles must be capitalized and amortized (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> expensed) over the useful lives of the software (see Amortization section for more details). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10405B61" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:afterLines="60" w:after="144"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The costs comprise of:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FFE5E99" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Materials and services used or consumed in generating the Intangible Asset; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7FDC90" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
@@ -1721,51 +1797,65 @@
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6E4DD9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The following types of costs do not qualify to be capitalized as internally developed software and should therefore be expensed in line with </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
-          <w:t>IPSAS</w:t>
+          <w:t>IPS</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>A</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single" w:color="0000FF"/>
+          </w:rPr>
+          <w:t>S</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId25">
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">Expense Recognition:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAD440B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cost incurred at research stage of the asset;  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3118236D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
@@ -1996,55 +2086,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD813FD" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="001A113B" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9419" w:type="dxa"/>
         <w:tblInd w:w="-29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="48" w:type="dxa"/>
           <w:left w:w="29" w:type="dxa"/>
           <w:right w:w="59" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="415"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="149"/>
+        <w:gridCol w:w="418"/>
+        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="4049"/>
+        <w:gridCol w:w="2324"/>
+        <w:gridCol w:w="108"/>
       </w:tblGrid>
       <w:tr w:rsidR="00101CAB" w14:paraId="38EE8D69" w14:textId="77777777" w:rsidTr="002C010B">
         <w:trPr>
           <w:trHeight w:val="895"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F8392D9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2352,206 +2442,217 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4A8A58DC" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="387FC112" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="387FC112" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Conceptual formulation of a alternatives </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="181E9E84" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="181E9E84" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Evaluation of alternatives </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69B3F2A9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="69B3F2A9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="33" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Determination of existence of needed technology </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37712CE4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="37712CE4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="163"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Final selection of Alternatives </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BD3E519" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="0BD3E519" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="32" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Design of chosen path, including software configuration and software interfaces </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B08A162" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="5B08A162" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="13" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Coding </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75241A5E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="75241A5E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Installation to hardware </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05148C53" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="05148C53" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Testing, including parallel processing phase </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00580F84" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="00580F84" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="12" w:line="259" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Training </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D57F9BE" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="4D57F9BE" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="241" w:lineRule="auto"/>
               <w:ind w:right="0" w:hanging="252"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Application Maintenance </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4314D01B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="4314D01B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="79" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="108" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10807B1F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2920,322 +3021,360 @@
               </w:rPr>
               <w:t>EXPENSE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00101CAB" w:rsidRPr="003B07E2" w14:paraId="2989A5C0" w14:textId="77777777" w:rsidTr="002C010B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E06568F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="2E06568F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Undertaking feasibility study</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4433754E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="4433754E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Selecting the hardware and software,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05280483" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="05280483" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluating alternative products and suppliers. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B41BA87" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="6B41BA87" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="539DBBF0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="539DBBF0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Preparing the infrastructure for the website, e.g. obtaining the operating and server software, developing the code, testing, etc.</w:t>
+              <w:t xml:space="preserve">Preparing the infrastructure for the website, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> obtaining the operating and server software, developing the code, testing, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="653FB96E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="653FB96E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Developing the graphic designs for the website, e.g. layout of the website, color of the web pages, etc.</w:t>
+              <w:t xml:space="preserve">Developing the graphic designs for the website, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>e.g.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> layout of the website, color of the web pages, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58B9A998" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="58B9A998" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Developing content for the website, i.e. by purchase or in-house development. And uploading information about UNDP and its services.</w:t>
+              <w:t xml:space="preserve">Developing content for the website, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>i.e.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DC701C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by purchase or in-house development. And uploading information about UNDP and its services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65AC16FD" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="65AC16FD" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Updating graphics</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15FAE1E5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="15FAE1E5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Adding new content/ features,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54B8DCF1" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="54B8DCF1" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Back up, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5300DFB8" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="5300DFB8" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00DC701C" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="180"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC701C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Security </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63936B56" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="63936B56" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:ind w:left="252" w:hanging="180"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20A8729F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7941F641" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Trademarks</w:t>
       </w:r>
       <w:r>
@@ -3725,51 +3864,71 @@
             <w:r w:rsidRPr="003B07E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>CAPITALIZE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B07E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>(i.e. record asset)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003B07E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>i.e.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003B07E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> record asset)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="640F9685" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
             <w:pPr>
               <w:rPr>
@@ -3804,653 +3963,625 @@
               </w:rPr>
               <w:t>NVENTORY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00101CAB" w:rsidRPr="003B07E2" w14:paraId="4B10BBD3" w14:textId="77777777" w:rsidTr="002C010B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="507AF4A2" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="507AF4A2" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="231" w:hanging="274"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Concept/ Idea</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1807C631" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="1807C631" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">This is the stage when regions, outside researchers, UNDP senior management, and </w:t>
+              <w:t xml:space="preserve">This is the stage when regions, outside researchers, UNDP senior management, </w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>funding partners come up with potential study areas.</w:t>
+              <w:t>and funding partners come up with potential study areas.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D4B0962" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="7D4B0962" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42B3EEA9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="42B3EEA9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="234" w:hanging="270"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Design Proposal Process</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Initiation on how to proceed with the idea. At this stage, different options are considered to proceed with the study.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BD79F31" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="0BD79F31" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="234"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A02CD73" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="6A02CD73" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="259"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0890ACE4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="0890ACE4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="259" w:hanging="259"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Work Plan development</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="314560D3" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="314560D3" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activities that need to be undertaken to proceed with the selected design. Involve external </w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>consultants or other UN agencies, donors, etc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DA048C2" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="4DA048C2" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1914069B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="1914069B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="304E30C4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="304E30C4" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42B19B7B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="42B19B7B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="256" w:hanging="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Content Development</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32A69414" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="32A69414" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B8B874D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="3B8B874D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Consultation</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>- At this stage, there is a dedicated staff as well as the appointment of outside experts, other government agencies, etc. together information for content development.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72D26C1D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="72D26C1D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D8A77E5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="0D8A77E5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Analysis</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Information gathered is used for analysis of the study.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14263A46" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="14263A46" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19965E1B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="19965E1B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="256" w:hanging="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Report </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A50102" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="38A50102" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2D248358" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="2D248358" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Draft report</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Initial drafting that incorporates analysis performed prior to revision of technical consultation. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CCF83BC" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="6CCF83BC" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FFDA90C" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="6FFDA90C" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Review</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> –With UNDP agents, revisions and additional consultation (if needed) before the publication can go forward with production. More typically, subcontracted.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="714B24F9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="714B24F9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6AD648C9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="6AD648C9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="003B07E2" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="256"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Editing</w:t>
             </w:r>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>– Edit, design and layout of the Report before the document is ready for printing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2885" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39B32940" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="39B32940" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007A4056" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29425B30" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="29425B30" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Printing </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B0F93B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="71B0F93B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Print the publications.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D564080" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="2D564080" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="60F52FE9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="60F52FE9" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00EF76AD" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:ind w:left="250" w:hanging="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Storage and Shipping </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="393BED70" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="002C010B">
+          <w:p w14:paraId="393BED70" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00040DDA" w:rsidRDefault="00101CAB" w:rsidP="00D442D0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="250"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00040DDA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Store after printing the publications.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C027B32" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -4605,58 +4736,80 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603FFD97" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For internally developed software there will be a need to capture the staff costs through allocation mechanisms like timesheets </w:t>
       </w:r>
       <w:r w:rsidRPr="001A113B">
         <w:t xml:space="preserve">(see </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00C77BCC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0000FF"/>
           </w:rPr>
-          <w:t>proposed timesheet template for consultants</w:t>
+          <w:t>proposed timesheet t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C77BCC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>e</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C77BCC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0000FF"/>
+          </w:rPr>
+          <w:t>mplate for consultants</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001A113B">
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">apportion the appropriate staff costs that needs to be included in the cost for internally developed software.  Internal staff costs together with any applicable consultant costs that are originally expensed will have to be consolidated and reversed from expenses and added manually in AM by GSSC .  The CO or HQ unit will submit a request from CO or HQ unit via UNall.  For more details on which costs will be included please refer to the following sections on “cost measurement” and recording of Intangible Assets. </w:t>
+        <w:t xml:space="preserve">apportion the appropriate staff costs that needs to be included in the cost for internally developed software.  Internal staff costs together with any applicable consultant costs that are originally expensed will have to be consolidated and reversed from expenses and added manually in AM by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>GSSC .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">  The CO or HQ unit will submit a request from CO or HQ unit via UNall.  For more details on which costs will be included please refer to the following sections on “cost measurement” and recording of Intangible Assets. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F062E0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1486" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E0DE239" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On behalf of each CO, GSSC will process requests to capitalize internally generated software. Each business unit will need to submit a request via UNall to GSSC together with copies of the original purchase documentation. All documents relating to the acquisition of Intangible Assets must be filed at the respective CO or HQ unit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AC7D0D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
@@ -4751,51 +4904,59 @@
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Capable of being separated and sold, transferred or licensed.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B68684" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16534588" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="275"/>
         <w:ind w:right="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Intangible Assets follow the same measurement applied for Equipment i.e. the historical </w:t>
+        <w:t xml:space="preserve">Intangible Assets follow the same measurement applied for Equipment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the historical </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">cost, or if donated, the estimated fair market value at the time of Acquisition. (Refer to the </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t xml:space="preserve">Furniture and Equipment POPP subsection on Acquisition and Recording).  Fair Market value is </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">what a rational and knowledgeable buyer would willingly pay for an item sold by a rational and </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">knowledgeable willing seller in a competitive market. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="139F2223" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
@@ -5116,51 +5277,59 @@
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A113B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3640479B" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">In instances where the total costs of an Intangible Assets result from procurement through multiple different purchase orders and vouchers, the costs should be added to the initial asset cost through an asset adjustment entry that must be processed by GSSC. This refers to the cases when at least one asset was generated through E-req-PO-AP voucher. Alternatively the expenses need to be reversed and an asset created in the Asset Module. Again, </w:t>
+        <w:t xml:space="preserve">In instances where the total costs of an Intangible Assets result from procurement through multiple different purchase orders and vouchers, the costs should be added to the initial asset cost through an asset adjustment entry that must be processed by GSSC. This refers to the cases when at least one asset was generated through E-req-PO-AP voucher. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Alternatively</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the expenses need to be reversed and an asset created in the Asset Module. Again, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>GSSCassistance</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> is required.  The CO or HQ unit will submit a request, via UNall, to GSSC together with copies of the original Invoices related to the cost being adjusted.  All Intangible Asset adjustment documents must be filed at respective CO or HQ office. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B07CE23" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="001A113B" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="557C03D5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5179,51 +5348,59 @@
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="50" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A113B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B512951" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In some cases, UNDP may acquire Intangible Assets free of charge, or for a nominal consideration through a non-exchange transaction. In a non-exchange transaction, UNDP either receives value from another entity (government, donors or bilateral organizations) without directly giving approximately equal value in exchange; or gives value to another entity without directly receiving approximately equal value in exchange. (Licenses are an example.). Under these circumstances, the cost of the item is the fair market value at the date it is acquired.  Once the fair market value of the asset is determined through a comparison of similar items in other similar organizations or by seeking the opinion of experts (e.g. a patent lawyer), a request should be sent to GSSC by the Asset Focal Point via UNall and copies of such independent or expert valuation attached to UNall. All original documents of such a request must be filed at the country office or HQ unit.   </w:t>
+        <w:t>In some cases, UNDP may acquire Intangible Assets free of charge, or for a nominal consideration through a non-exchange transaction. In a non-exchange transaction, UNDP either receives value from another entity (government, donors or bilateral organizations) without directly giving approximately equal value in exchange; or gives value to another entity without directly receiving approximately equal value in exchange. (Licenses are an example.). Under these circumstances, the cost of the item is the fair market value at the date it is acquired.  Once the fair market value of the asset is determined through a comparison of similar items in other similar organizations or by seeking the opinion of experts (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a patent lawyer), a request should be sent to GSSC by the Asset Focal Point via UNall and copies of such independent or expert valuation attached to UNall. All original documents of such a request must be filed at the country office or HQ unit.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AACDF6" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AAC1F6D" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Recording Intangible Assets </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -5346,51 +5523,59 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Recording internally developed intangible software </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE942F1" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B9FE47" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="900" w:right="0" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">For internally developed software, where the Intangible Asset is between the development and operational stages, the costs associated with the asset are to be tracked by the CO or HQ unit developing the software; and expensed on a cumulative basis as an Quantum project or activity under a specific budgetary department. It is recommended that a dedicated project or activity be established in Quantum to track the building block transactions until the asset reaches a useful stage (when it is in-service) and thus should be capitalized).   </w:t>
+        <w:t xml:space="preserve">For internally developed software, where the Intangible Asset is between the development and operational stages, the costs associated with the asset are to be tracked by the CO or HQ unit developing the software; and expensed on a cumulative basis as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Quantum project or activity under a specific budgetary department. It is recommended that a dedicated project or activity be established in Quantum to track the building block transactions until the asset reaches a useful stage (when it is in-service) and thus should be capitalized).   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145CC4D5" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="46" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F7ED74" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="810" w:right="0" w:hanging="450"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The CO or HQ business unit should inform GSSC as soon as such a project or activity is established through UNall. </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -5457,51 +5642,59 @@
         <w:t>capitlise</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the CIP asset with the date provided by the CO at which point the amortization cycle will commence.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744BC5AF" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="46" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19EBC649" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In UNall, the Asset Focal Point submits, after approval by the CO/HQ unit Operations Manager, the Request submissions to GSSC; The UNDP office provides all the relevant details of the Intangible Asset, associated costs and Accounts Payable Voucher reference numbers with the associated expense chart of account.  the office must map all expenses in Microsoft excel and cross reference to supporting documentation uploaded for ease of review by GSSC. GSSC reviews the details; determines whether the Intangible Asset qualifies for capitalization; and makes the necessary reversals from the expense account to the asset module in close consultation with the UNDP office where clarifications are required. All original documentation and supporting documents to the cost of internally developed software must be maintained at the respective CO or HQ unit. As mentioned in preceding sections, any research, development and post development costs (e.g. advertisements) should not be included </w:t>
+        <w:t>In UNall, the Asset Focal Point submits, after approval by the CO/HQ unit Operations Manager, the Request submissions to GSSC; The UNDP office provides all the relevant details of the Intangible Asset, associated costs and Accounts Payable Voucher reference numbers with the associated expense chart of account.  the office must map all expenses in Microsoft excel and cross reference to supporting documentation uploaded for ease of review by GSSC. GSSC reviews the details; determines whether the Intangible Asset qualifies for capitalization; and makes the necessary reversals from the expense account to the asset module in close consultation with the UNDP office where clarifications are required. All original documentation and supporting documents to the cost of internally developed software must be maintained at the respective CO or HQ unit. As mentioned in preceding sections, any research, development and post development costs (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> advertisements) should not be included </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">in the capitalized costs of the intangible. Only the associated development costs should be capitalized. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05228DCE" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A6BC8E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Tagging Of Intangible Assets</w:t>
       </w:r>
       <w:r>
@@ -5578,51 +5771,59 @@
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F03DF71" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629FCA04" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The recording of transfers and adjustments will always be done by GSSC via a request through UNall by the Asset Focal Point. Copies of the relevant supporting documentation (e.g. the approved transfer or adjustment forms) must be uploaded with the request and properly filed at the CO or HQ unit level. </w:t>
+        <w:t>The recording of transfers and adjustments will always be done by GSSC via a request through UNall by the Asset Focal Point. Copies of the relevant supporting documentation (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the approved transfer or adjustment forms) must be uploaded with the request and properly filed at the CO or HQ unit level. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2715DEBC" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                       </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D0E9FA0" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="730"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Impairment of intangibles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6166,51 +6367,59 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Monitoring Intangible Asset expensed transactions for large and/or unusual items or any other exceptions that should have been capitalized </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2C2B5E" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="46" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588877AF" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="-5"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Responsibility of the Global Shared Service Centre(GSSC)  </w:t>
+        <w:t xml:space="preserve">Responsibility of the Global Shared Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Centre(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">GSSC)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066459CE" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D5F685" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:afterLines="60" w:after="144" w:line="247" w:lineRule="auto"/>
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Reviewing cases submitted by COs and other Business Units with regards to the recognition of Intangible Assets  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755F3F7A" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRDefault="00101CAB" w:rsidP="00101CAB">
@@ -6313,193 +6522,193 @@
         <w:ind w:right="0" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Providing training on Intangible policy and Quantum related issues for Intangible Assets </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA2EB3F" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="00F45647" w:rsidRDefault="00101CAB" w:rsidP="00101CAB"/>
     <w:p w14:paraId="7E27AEF8" w14:textId="77777777" w:rsidR="00101CAB" w:rsidRPr="007C1700" w:rsidRDefault="00101CAB" w:rsidP="00101CAB"/>
     <w:p w14:paraId="192CDA57" w14:textId="7EB3BD82" w:rsidR="00884C51" w:rsidRPr="00101CAB" w:rsidRDefault="00884C51" w:rsidP="00101CAB"/>
     <w:sectPr w:rsidR="00884C51" w:rsidRPr="00101CAB">
       <w:headerReference w:type="even" r:id="rId27"/>
       <w:headerReference w:type="default" r:id="rId28"/>
       <w:footerReference w:type="even" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:headerReference w:type="first" r:id="rId31"/>
       <w:footerReference w:type="first" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1435" w:bottom="1464" w:left="1440" w:header="720" w:footer="721" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6158F144" w14:textId="77777777" w:rsidR="00531536" w:rsidRDefault="00531536">
+    <w:p w14:paraId="7E1058F6" w14:textId="77777777" w:rsidR="00C00B5B" w:rsidRDefault="00C00B5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46F7D312" w14:textId="77777777" w:rsidR="00531536" w:rsidRDefault="00531536">
+    <w:p w14:paraId="174B2ED2" w14:textId="77777777" w:rsidR="00C00B5B" w:rsidRDefault="00C00B5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="599CBA12" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6C9B2CC3" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="653B6F30" w14:textId="65435277" w:rsidR="00884C51" w:rsidRDefault="007A4056">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -6565,137 +6774,138 @@
       <w:t>26/07/2016</w:t>
     </w:r>
     <w:r w:rsidR="00EE4FD0" w:rsidRPr="00EE4FD0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="007A4056">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-748341579"/>
         <w:placeholder>
           <w:docPart w:val="7AB93C736DD34360A3E7262DE8F24964"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{917AE866-5EA0-4E5C-83B9-A71304317855}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A677E9">
           <w:t>3</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1DFF7D85" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6D7F1F3F" w14:textId="77777777" w:rsidR="00884C51" w:rsidRDefault="00C17985">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67493807" w14:textId="77777777" w:rsidR="00531536" w:rsidRDefault="00531536">
+    <w:p w14:paraId="479EACC4" w14:textId="77777777" w:rsidR="00C00B5B" w:rsidRDefault="00C00B5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FC79443" w14:textId="77777777" w:rsidR="00531536" w:rsidRDefault="00531536">
+    <w:p w14:paraId="74DBFC9A" w14:textId="77777777" w:rsidR="00C00B5B" w:rsidRDefault="00C00B5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4770142F" w14:textId="77777777" w:rsidR="00480F4F" w:rsidRDefault="00480F4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="470CF628" w14:textId="029D1F84" w:rsidR="007A4056" w:rsidRDefault="00480F4F" w:rsidP="007A4056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60CECE89" wp14:editId="78D657D4">
           <wp:extent cx="527056" cy="802800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="Picture 1" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -6714,61 +6924,61 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="527056" cy="802800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="574C33E6" w14:textId="77777777" w:rsidR="007A4056" w:rsidRDefault="007A4056" w:rsidP="007A4056">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="253C5F3F" w14:textId="77777777" w:rsidR="00480F4F" w:rsidRDefault="00480F4F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="007702F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D7A2544"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11871,205 +12081,206 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="687564668">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1195197166">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1792020068">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1389767290">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="642348983">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2048411530">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="425923302">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1238247393">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1693989862">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1807776047">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="845631398">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1110125297">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="747967439">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1899706673">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="676614572">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2074114162">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="435758485">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="2079089966">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="968516820">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="2003658549">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1388604214">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1571112516">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="893856145">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="728459547">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="232205293">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="46150757">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="874851138">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1354382867">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="94786116">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1831630962">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="2042977020">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1361082991">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="831946315">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="191725273">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="844980127">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="35"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00884C51"/>
     <w:rsid w:val="0002165B"/>
     <w:rsid w:val="00036829"/>
     <w:rsid w:val="00084AD0"/>
     <w:rsid w:val="000B1C05"/>
     <w:rsid w:val="000D20AC"/>
     <w:rsid w:val="000E09CF"/>
     <w:rsid w:val="000F37D1"/>
     <w:rsid w:val="00101CAB"/>
     <w:rsid w:val="0015671B"/>
     <w:rsid w:val="00166690"/>
     <w:rsid w:val="00172287"/>
     <w:rsid w:val="00182825"/>
     <w:rsid w:val="001A113B"/>
     <w:rsid w:val="001D1547"/>
     <w:rsid w:val="001D27D1"/>
     <w:rsid w:val="001D369B"/>
+    <w:rsid w:val="001F27E9"/>
     <w:rsid w:val="002354DC"/>
     <w:rsid w:val="0029584B"/>
     <w:rsid w:val="00297562"/>
     <w:rsid w:val="002A436F"/>
     <w:rsid w:val="002A7608"/>
     <w:rsid w:val="002D5FED"/>
     <w:rsid w:val="002E5423"/>
     <w:rsid w:val="002E5A5E"/>
     <w:rsid w:val="0030582C"/>
     <w:rsid w:val="00342A21"/>
     <w:rsid w:val="00370A39"/>
     <w:rsid w:val="00372171"/>
     <w:rsid w:val="00396428"/>
     <w:rsid w:val="003A09C9"/>
     <w:rsid w:val="003A3EFA"/>
     <w:rsid w:val="003B58CD"/>
     <w:rsid w:val="003D3AF5"/>
     <w:rsid w:val="003E50EB"/>
     <w:rsid w:val="004059C5"/>
     <w:rsid w:val="00407001"/>
     <w:rsid w:val="00442842"/>
     <w:rsid w:val="004615E4"/>
     <w:rsid w:val="00467D15"/>
     <w:rsid w:val="00480F4F"/>
     <w:rsid w:val="004B46E4"/>
@@ -12097,115 +12308,119 @@
     <w:rsid w:val="007A4056"/>
     <w:rsid w:val="007C1700"/>
     <w:rsid w:val="007C3A5A"/>
     <w:rsid w:val="007D7180"/>
     <w:rsid w:val="00806094"/>
     <w:rsid w:val="00807A1B"/>
     <w:rsid w:val="00815B3C"/>
     <w:rsid w:val="00823D9B"/>
     <w:rsid w:val="00856170"/>
     <w:rsid w:val="00881972"/>
     <w:rsid w:val="00884C51"/>
     <w:rsid w:val="00884E43"/>
     <w:rsid w:val="0088694D"/>
     <w:rsid w:val="0088798F"/>
     <w:rsid w:val="00890523"/>
     <w:rsid w:val="008C28EE"/>
     <w:rsid w:val="008C4209"/>
     <w:rsid w:val="008E40E1"/>
     <w:rsid w:val="008F1284"/>
     <w:rsid w:val="00913F79"/>
     <w:rsid w:val="009537EE"/>
     <w:rsid w:val="0099213F"/>
     <w:rsid w:val="00A64745"/>
     <w:rsid w:val="00A677E9"/>
     <w:rsid w:val="00A715CF"/>
+    <w:rsid w:val="00A97A7D"/>
     <w:rsid w:val="00AD5C88"/>
     <w:rsid w:val="00AF084E"/>
     <w:rsid w:val="00AF7813"/>
     <w:rsid w:val="00B26154"/>
     <w:rsid w:val="00B50B6A"/>
     <w:rsid w:val="00B702D6"/>
     <w:rsid w:val="00B73E3D"/>
     <w:rsid w:val="00B81463"/>
     <w:rsid w:val="00BC11FB"/>
     <w:rsid w:val="00BC3E84"/>
     <w:rsid w:val="00BC432E"/>
     <w:rsid w:val="00BD22DD"/>
     <w:rsid w:val="00BD4F49"/>
     <w:rsid w:val="00BE5843"/>
     <w:rsid w:val="00BF024B"/>
+    <w:rsid w:val="00C00B5B"/>
     <w:rsid w:val="00C12914"/>
     <w:rsid w:val="00C14398"/>
     <w:rsid w:val="00C14E9E"/>
     <w:rsid w:val="00C17985"/>
     <w:rsid w:val="00C71B66"/>
+    <w:rsid w:val="00C75D7B"/>
     <w:rsid w:val="00C77BCC"/>
     <w:rsid w:val="00CD100C"/>
     <w:rsid w:val="00CD28A3"/>
+    <w:rsid w:val="00D442D0"/>
     <w:rsid w:val="00D73E9D"/>
     <w:rsid w:val="00D90F55"/>
     <w:rsid w:val="00D974C2"/>
     <w:rsid w:val="00DB2BEC"/>
     <w:rsid w:val="00DB5EB4"/>
     <w:rsid w:val="00DC19D0"/>
     <w:rsid w:val="00DC52DE"/>
     <w:rsid w:val="00E257B5"/>
     <w:rsid w:val="00E45067"/>
     <w:rsid w:val="00E81D3E"/>
     <w:rsid w:val="00EA2085"/>
     <w:rsid w:val="00EE4FD0"/>
     <w:rsid w:val="00F32969"/>
     <w:rsid w:val="00F4052F"/>
     <w:rsid w:val="00F45647"/>
     <w:rsid w:val="00F749B8"/>
     <w:rsid w:val="00F8081A"/>
     <w:rsid w:val="00F84307"/>
     <w:rsid w:val="00F84B11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3D38C79B"/>
   <w15:docId w15:val="{9519F824-3FC1-4DE6-B821-3C3B7FE65524}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -12869,235 +13084,236 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007244B9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dictionary.com/browse/accounting-period?s=t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4996" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/video" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/taxonomy/term/271" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dictionary.com/browse/expensed?s=t" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/video" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dictionary.com/browse/accounting-period?s=t" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/4996" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/video" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ifac.org/publications-resources/2012-handbook-international-public-sector-accounting-pronouncements" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/right" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/property-plant-and-equipment" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/copy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dictionary.com/browse/expensed?s=t" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dictionary.reference.com/browse/video" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7AB93C736DD34360A3E7262DE8F24964"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{51B6A3D0-9716-4289-A3EF-FE2279E0A950}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C44872" w:rsidRDefault="008A4559">
           <w:r w:rsidRPr="005A59E2">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A4559"/>
     <w:rsid w:val="00030DB9"/>
     <w:rsid w:val="000A5F74"/>
     <w:rsid w:val="000F4CC5"/>
     <w:rsid w:val="00477841"/>
+    <w:rsid w:val="004F2683"/>
     <w:rsid w:val="00685C7F"/>
     <w:rsid w:val="00800E69"/>
     <w:rsid w:val="008A4559"/>
     <w:rsid w:val="008D61A6"/>
     <w:rsid w:val="00B2616E"/>
     <w:rsid w:val="00C44872"/>
     <w:rsid w:val="00C725C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13814,50 +14030,54 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="8264c5cc-ec60-4b56-8111-ce635d3d139a" xmlns:ns3="e560140e-7b2f-4392-90df-e7567e3021a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4ff6b9a3198065004b36a8a1743102d6" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FOCALPOINT" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TYPE"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_LANGUAGE"/>
                 <xsd:element ref="ns2:UNDP_POPP_EFFECTIVEDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_PLANNED_REVIEWDATE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_VERSION_COMMENTS" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_FILEVERSION" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_ISACTIVE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_NOTE" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_DOCUMENT_TEMPLATE" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:UNDP_POPP_BUSINESSPROCESS_HIDDEN" minOccurs="0"/>
@@ -14170,285 +14390,281 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<p:Policy xmlns:p="office.server.policy" id="" local="true">
-[...21 lines deleted...]
-</p:Policy>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...50 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=15.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
+    <UNDP_POPP_NOTE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <POPPIsArchived xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">false</POPPIsArchived>
+    <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Public</Location>
+    <UNDP_POPP_DOCUMENT_TYPE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Policy</UNDP_POPP_DOCUMENT_TYPE>
+    <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">512</UNDP_POPP_FILEVERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">3</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Intangible Assets : Acquisition, Development and Maintenance</UNDP_POPP_TITLE_EN>
+    <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
+    <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Value>353</Value>
+    </TaxCatchAll>
+    <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">English</UNDP_POPP_DOCUMENT_LANGUAGE>
+    <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </UNDP_POPP_FOCALPOINT>
+    <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Administrative Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">a78f4201-2936-4934-95ba-30c4111d72d7</TermId>
+        </TermInfo>
+      </Terms>
+    </l0e6ef0c43e74560bd7f3acd1f5e8571>
+    <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2026-01-08T23:00:00+00:00</UNDP_POPP_PLANNED_REVIEWDATE>
+    <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2016-07-25T22:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
+    <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 7/26/2016                                                Version #: 3.0</DLCPolicyLabelClientValue>
+    <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
+    <_dlc_DocId xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">POPP-11-3141</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+      <Url>https://popp.undp.org/_layouts/15/DocIdRedir.aspx?ID=POPP-11-3141</Url>
+      <Description>POPP-11-3141</Description>
+    </_dlc_DocIdUrl>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 7/26/2016                                                Version #: 3.0</DLCPolicyLabelValue>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<p:Policy xmlns:p="office.server.policy" id="" local="true">
+  <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
+  <p:Description/>
+  <p:Statement/>
+  <p:PolicyItems>
+    <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
+      <p:Name>Labels</p:Name>
+      <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
+      <p:CustomData>
+        <label>
+          <properties>
+            <height>0.5</height>
+            <font>Calibri</font>
+          </properties>
+          <segment type="literal">Effective Date: </segment>
+          <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
+          <segment type="literal">                                                Version #: </segment>
+          <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
+        </label>
+      </p:CustomData>
+    </p:PolicyItem>
+  </p:PolicyItems>
+</p:Policy>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82A61A28-CA6E-4592-B506-421804683791}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{291CDCF9-E901-4B07-AFE5-48D0BA065B94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82A61A28-CA6E-4592-B506-421804683791}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C4C1557-54B6-4BF4-956C-C6F56CFBDDBA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="office.server.policy"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830113F9-26B1-4F03-B02B-BCB5D8B48680}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{917AE866-5EA0-4E5C-83B9-A71304317855}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
     <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{830113F9-26B1-4F03-B02B-BCB5D8B48680}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08E7EE8F-9937-4634-A753-A52558BFA23F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="office.server.policy"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>28261</Characters>
+  <Pages>1</Pages>
+  <Words>4963</Words>
+  <Characters>28291</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>235</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33152</CharactersWithSpaces>
+  <CharactersWithSpaces>33188</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Tatiana Rieglerova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>76704588-9497-4534-a424-dab47a14060f</vt:lpwstr>