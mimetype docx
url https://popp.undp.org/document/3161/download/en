--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,58 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="7ED21C6D" w14:textId="28BDE2FF" w:rsidR="006B48EA" w:rsidRPr="00087778" w:rsidRDefault="00B22536" w:rsidP="000F4815">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
@@ -662,193 +660,89 @@
       </w:r>
       <w:r w:rsidR="000773E1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">currency of the agreement accordingly. </w:t>
       </w:r>
       <w:r w:rsidR="003417A1">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6E7CD8" w14:textId="42B85937" w:rsidR="00F56DC6" w:rsidRDefault="00F56DC6" w:rsidP="00E21EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E77E5B3" w14:textId="40C71C43" w:rsidR="00AB06D0" w:rsidRDefault="00F56DC6" w:rsidP="00E21EC9">
+    <w:p w14:paraId="7E77E5B3" w14:textId="40C71C43" w:rsidR="00AB06D0" w:rsidRDefault="00F56DC6" w:rsidP="0F8E948C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630" w:firstLine="0"/>
         <w:mirrorIndents/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0F8E948C">
         <w:t xml:space="preserve">iv) </w:t>
       </w:r>
-      <w:r w:rsidR="0028258E" w:rsidRPr="000F3511">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
         <w:t xml:space="preserve">Since 2019, the </w:t>
       </w:r>
-      <w:r w:rsidR="0024362F">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0024362F" w:rsidRPr="0F8E948C">
         <w:t xml:space="preserve">EU </w:t>
       </w:r>
-      <w:r w:rsidR="0028258E" w:rsidRPr="000F3511">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
         <w:t xml:space="preserve">Contribution Agreement (CA) template </w:t>
       </w:r>
-      <w:r w:rsidR="0024362F">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0024362F" w:rsidRPr="0F8E948C">
         <w:t>was introduced</w:t>
       </w:r>
-      <w:r w:rsidR="0028258E">
-[...11 lines deleted...]
-      <w:r w:rsidR="0028258E">
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
         <w:rPr>
           <w:color w:val="333333"/>
-          <w:lang w:val="en-GB"/>
-[...37 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
+        <w:t>allows to define the currency of the agreement either in EUR or in US</w:t>
+      </w:r>
+      <w:r w:rsidR="00145E3B" w:rsidRPr="0F8E948C">
         <w:t>$</w:t>
       </w:r>
-      <w:r w:rsidR="0028258E">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="0028258E" w:rsidRPr="0F8E948C">
+        <w:t xml:space="preserve">, with the financial reporting to be presented in the currency of the agreement accordingly.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE51F41" w14:textId="77777777" w:rsidR="00AB06D0" w:rsidRDefault="00AB06D0" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="773013CA" w14:textId="00323E48" w:rsidR="00AB06D0" w:rsidRDefault="00E428EA" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="630" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1089,116 +983,102 @@
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="043C0E73" w14:textId="12AFA364" w:rsidR="008A0F04" w:rsidRDefault="009F4955" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8647"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="0054729F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A0F04" w:rsidRPr="00045121">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For this, it is important to negotiate each contribution-specific agreement in </w:t>
       </w:r>
       <w:r w:rsidR="008A0F04" w:rsidRPr="00045121">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>US$</w:t>
       </w:r>
       <w:r w:rsidR="008A0F04" w:rsidRPr="00045121">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which is UNDP’s accounting currency </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> facilitate the financial reporting which in such case will be done in US$.</w:t>
+        <w:t xml:space="preserve"> which is UNDP’s accounting currency in order to facilitate the financial reporting which in such case will be done in US$.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5766085E" w14:textId="77777777" w:rsidR="00221559" w:rsidRPr="00045121" w:rsidRDefault="00221559" w:rsidP="00221559">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67F861E3" w14:textId="34578394" w:rsidR="00AB4AD0" w:rsidRDefault="009F4955" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-29" w:firstLine="0"/>
         <w:mirrorIndents/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>It is to be noted that w</w:t>
       </w:r>
       <w:r w:rsidR="00AB4AD0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">hen the currency of the agreement is US$, </w:t>
       </w:r>
       <w:r w:rsidR="00AB4AD0">
         <w:t xml:space="preserve">the EU’s contribution is limited to the maximum amount defined in EUR and the US$ amount is estimated using the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00AB4AD0" w:rsidRPr="00AC7065">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Info</w:t>
         </w:r>
         <w:r w:rsidR="00403D82">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
@@ -1389,51 +1269,51 @@
       </w:r>
       <w:r w:rsidR="000D6EB6">
         <w:t xml:space="preserve">when </w:t>
       </w:r>
       <w:r w:rsidR="008A0F04">
         <w:t xml:space="preserve">the EU’s contribution is recorded on UNDP’s </w:t>
       </w:r>
       <w:r w:rsidR="00AC7065">
         <w:t xml:space="preserve">bank </w:t>
       </w:r>
       <w:r w:rsidR="008A0F04">
         <w:t>account</w:t>
       </w:r>
       <w:r w:rsidR="00AC7065">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75724F5B" w14:textId="77777777" w:rsidR="00AB4AD0" w:rsidRDefault="00AB4AD0" w:rsidP="00E21EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-29" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3603EEDC" w14:textId="7666844F" w:rsidR="006434CF" w:rsidRDefault="00221559" w:rsidP="00E21EC9">
+    <w:p w14:paraId="3603EEDC" w14:textId="5B6ADC91" w:rsidR="006434CF" w:rsidRDefault="00221559" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-29" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="005A0CD5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>those cases</w:t>
       </w:r>
       <w:r w:rsidR="00E218CE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1479,58 +1359,56 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="006434CF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the FAFA “</w:t>
       </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="005134A7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">where necessary, actual expenditure will be converted into Euro using the rate of exchange </w:t>
       </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D66B9B" w:rsidRPr="00546B7E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i.e.,</w:t>
+      </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B196F" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UNORE</w:t>
       </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="006434CF" w:rsidRPr="005134A7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>at which the EU’s contribution was recorded in the UN organisation’s accounts</w:t>
@@ -1809,64 +1687,62 @@
       <w:r w:rsidRPr="00AA17CA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>When UNDP does pre-financing</w:t>
       </w:r>
       <w:r w:rsidR="005A0CD5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidR="005A0CD5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA17CA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">at the start of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002B77C4" w:rsidRPr="00AA17CA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:r w:rsidR="005A0CD5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="035AF351" w14:textId="77777777" w:rsidR="00546B7E" w:rsidRDefault="00AA17CA" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When the EU pays on time, </w:t>
       </w:r>
       <w:r w:rsidR="002B77C4" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>but</w:t>
       </w:r>
@@ -1890,64 +1766,62 @@
       </w:r>
       <w:r w:rsidR="00751F67" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>monitoring the budget</w:t>
       </w:r>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> on a regular basis and making the appropriate adjustments to the </w:t>
       </w:r>
       <w:r w:rsidR="005A0CD5" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>US$</w:t>
       </w:r>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> budget so that the spending limit shown reflects what is available to </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002B77C4" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>spend</w:t>
       </w:r>
       <w:r w:rsidR="005A0CD5" w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB002DB" w14:textId="17ED3D72" w:rsidR="00AA17CA" w:rsidRPr="00546B7E" w:rsidRDefault="00AA17CA" w:rsidP="00E21EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="630"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When UNDP does the pre-financing before the payment of the last instalment - this can be addressed by negotiating from the outset a smaller percentage to be disbursed as the last instalment. By </w:t>
       </w:r>
@@ -1970,87 +1844,78 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00546B7E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6829FE9A" w14:textId="77777777" w:rsidR="00676CFB" w:rsidRDefault="00676CFB" w:rsidP="0029273B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1075" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19783DBB" w14:textId="06905BAD" w:rsidR="00676CFB" w:rsidRDefault="00676CFB" w:rsidP="0054729F">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00676CFB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>In order to</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> minimize some of these challenges, COs/BUs should negotiate with the EU a 100% pre-financing scheme as default option in accordance with the FAFA. However, it is to be noted that in some exceptional cases the EU will not provide 100% pre-financing, for example for contracts funded through DG ECHO (EU Humanitarian Assistance) where the EU would pre-finance only 80% and retain 20% as final payment.</w:t>
+        <w:t>In order to minimize some of these challenges, COs/BUs should negotiate with the EU a 100% pre-financing scheme as default option in accordance with the FAFA. However, it is to be noted that in some exceptional cases the EU will not provide 100% pre-financing, for example for contracts funded through DG ECHO (EU Humanitarian Assistance) where the EU would pre-finance only 80% and retain 20% as final payment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B19B34B" w14:textId="54002DF8" w:rsidR="009861CD" w:rsidRDefault="009861CD" w:rsidP="0029273B">
       <w:pPr>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A94539" w14:textId="5CF5C42E" w:rsidR="00C06C95" w:rsidRDefault="00C06C95" w:rsidP="0054729F">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="CIDFont+F1" w:eastAsiaTheme="minorEastAsia" w:hAnsi="CIDFont+F1" w:cs="CIDFont+F1"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Furthermore, a reserve for contingencies - </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not exceeding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C06C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>5% of the direct eligible costs - may be included in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the budget</w:t>
@@ -2268,69 +2133,51 @@
       </w:r>
       <w:r w:rsidR="0049234C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Article 2.1)</w:t>
       </w:r>
       <w:r w:rsidR="00CB04F6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F36FEB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00CB04F6" w:rsidRPr="0029273B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reporting, narrative as well as financial, shall cover the whole of the Action described in the relevant contribution-specific agreements and their attached budgets, regardless of whether this Action is wholly financed or co-financed by the Commission. The narrative reports </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> commensurate with the “Description of the action” and focus on results attained during the reporting period, the financial reports shall present the expenses with the same level of details as the “Budget of the action” had</w:t>
+        <w:t>Reporting, narrative as well as financial, shall cover the whole of the Action described in the relevant contribution-specific agreements and their attached budgets, regardless of whether this Action is wholly financed or co-financed by the Commission. The narrative reports shall commensurate with the “Description of the action” and focus on results attained during the reporting period, the financial reports shall present the expenses with the same level of details as the “Budget of the action” had</w:t>
       </w:r>
       <w:r w:rsidR="00CB04F6" w:rsidRPr="00756EFB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CB10D5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CB10D5" w:rsidRPr="00756EFB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The contribution-specific agreement sets out the information to be provided in reports by the United Nations to the Commission</w:t>
       </w:r>
       <w:r w:rsidR="00F36FEB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -2827,50 +2674,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA021F9" w14:textId="77777777" w:rsidR="00F033E7" w:rsidRDefault="00F033E7" w:rsidP="00E21EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ADD5767" w14:textId="2BB09064" w:rsidR="005B45FE" w:rsidRDefault="0054729F" w:rsidP="00E21EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidR="005B45FE" w:rsidRPr="00756EFB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">It should be noted that in some exceptional cases the EU may retain up to 20 % of the EU’s share of the final year’s budget, in which case UNDP would need to “advance” and </w:t>
       </w:r>
       <w:r w:rsidR="009B06F5" w:rsidRPr="00756EFB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>spend</w:t>
       </w:r>
       <w:r w:rsidR="005B45FE" w:rsidRPr="00756EFB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the corresponding amounts within the implementation period in line with EU’s eligibility criteria and subject to approval of the final report by the EU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E941BC" w14:textId="77777777" w:rsidR="00AC63F3" w:rsidRPr="00756EFB" w:rsidRDefault="00AC63F3" w:rsidP="00E21EC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:firstLine="0"/>
@@ -2924,51 +2772,50 @@
     <w:p w14:paraId="1F4D8007" w14:textId="63668BBD" w:rsidR="005B45FE" w:rsidRDefault="005B45FE" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0A81C1" w14:textId="7F4FB9CC" w:rsidR="00361A6B" w:rsidRPr="00D249C2" w:rsidRDefault="0054729F" w:rsidP="00F033E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
       <w:r w:rsidR="009717C0" w:rsidRPr="00361A6B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UNDP may request the next pre-financing instalment only upon fulfilling the reporting</w:t>
       </w:r>
       <w:r w:rsidR="009B06F5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009717C0" w:rsidRPr="00361A6B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements set out in the relevant specific contribution agreement. The payment schedules are detailed in each individual contribution-specific agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577B1EF7" w14:textId="77777777" w:rsidR="00361A6B" w:rsidRPr="00087778" w:rsidRDefault="00361A6B" w:rsidP="00361A6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
@@ -2987,90 +2834,71 @@
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UNDP offices implementing EU-funded acti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ons</w:t>
       </w:r>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are required to thoroughly review the contribution-specific agreements </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> comply with the prescribed reporting requirements. </w:t>
+        <w:t xml:space="preserve"> are required to thoroughly review the contribution-specific agreements in order to comply with the prescribed reporting requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74346176" w14:textId="77777777" w:rsidR="00221559" w:rsidRDefault="00221559" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="295FD5B4" w14:textId="1205665B" w:rsidR="00361A6B" w:rsidRDefault="00361A6B" w:rsidP="00F033E7">
+    <w:p w14:paraId="295FD5B4" w14:textId="3B9E8FA3" w:rsidR="00361A6B" w:rsidRPr="001077F1" w:rsidRDefault="00361A6B" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Questions relating to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">EU </w:t>
       </w:r>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">contractual aspects can be brought to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
@@ -3083,243 +2911,242 @@
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Brussels</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Representation Office</w:t>
       </w:r>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">-based </w:t>
       </w:r>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:b/>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Helpdesk at: </w:t>
+        <w:t>Helpdesk at:</w:t>
       </w:r>
       <w:r w:rsidRPr="00087778">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AB06D0">
-[...18 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00F94C0B" w:rsidRPr="001077F1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>ecsupport.be@undp.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0059519C">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94C0B" w:rsidRPr="001077F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C728FDA" w14:textId="77777777" w:rsidR="00221559" w:rsidRDefault="00221559" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D68B5F" w14:textId="541D4740" w:rsidR="009B06F5" w:rsidRDefault="009B06F5" w:rsidP="00F033E7">
+    <w:p w14:paraId="00D68B5F" w14:textId="6D990C1A" w:rsidR="009B06F5" w:rsidRDefault="009B06F5" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Questions relating to UNDP’s </w:t>
       </w:r>
       <w:r w:rsidR="00C3487F">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>finance matters</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> can </w:t>
       </w:r>
       <w:r w:rsidR="008557E0">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>be addressed</w:t>
       </w:r>
       <w:r w:rsidR="00AC35A7">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00C3487F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00C3487F" w:rsidRPr="007F2A49">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>fba.all@undp.org</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="0059519C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00C3487F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B02E00C" w14:textId="77777777" w:rsidR="00522437" w:rsidRPr="00AB06D0" w:rsidRDefault="00522437" w:rsidP="00F033E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5ED61F49" w14:textId="77777777" w:rsidR="00361A6B" w:rsidRPr="00087778" w:rsidRDefault="00361A6B" w:rsidP="000F4815">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:mirrorIndents/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00361A6B" w:rsidRPr="00087778" w:rsidSect="00A76E47">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId23"/>
+    <w:sectPr w:rsidR="00361A6B" w:rsidRPr="00087778" w:rsidSect="001077F1">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="first" r:id="rId24"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1217" w:right="707" w:bottom="1298" w:left="1688" w:header="720" w:footer="731" w:gutter="0"/>
+      <w:pgMar w:top="1217" w:right="926" w:bottom="1298" w:left="1688" w:header="720" w:footer="731" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="185FC3FD" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="15CFDCAE" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="520AF61C" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="72D96043" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0836791D" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="25B3F1D1" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -3339,98 +3166,98 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CIDFont+F1">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7ED21CCE" w14:textId="77777777" w:rsidR="006B48EA" w:rsidRDefault="00B22536">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="8" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7ED21CCF" w14:textId="77777777" w:rsidR="006B48EA" w:rsidRDefault="00B22536">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="14" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7ED21CD1" w14:textId="550BF503" w:rsidR="006B48EA" w:rsidRDefault="00087778">
+  <w:p w14:paraId="7ED21CD1" w14:textId="75783759" w:rsidR="006B48EA" w:rsidRDefault="00087778">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="14" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -3478,239 +3305,238 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00087778">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="Effective Date"/>
         <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
         <w:id w:val="657659537"/>
         <w:placeholder>
           <w:docPart w:val="5606983374AD4C459693684759707617"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{1905DCFC-B0B1-42FC-BF1B-AF295136391C}"/>
-        <w:date w:fullDate="2022-12-01T00:00:00Z">
+        <w:date w:fullDate="2026-02-02T00:00:00Z">
           <w:dateFormat w:val="dd/MM/yyyy"/>
           <w:lid w:val="en-US"/>
           <w:storeMappedDataAs w:val="dateTime"/>
           <w:calendar w:val="gregorian"/>
         </w:date>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00E21EC9">
-          <w:t>01/12/2022</w:t>
+        <w:r w:rsidR="008C15A2">
+          <w:t>02/02/2026</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00087778">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="1440328897"/>
         <w:placeholder>
           <w:docPart w:val="C3506E07C78345E2B66427025087FFF7"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='e560140e-7b2f-4392-90df-e7567e3021a3' xmlns:ns4='8264c5cc-ec60-4b56-8111-ce635d3d139a' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns4:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{1905DCFC-B0B1-42FC-BF1B-AF295136391C}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r>
-          <w:t>1</w:t>
+        <w:r w:rsidR="008C15A2">
+          <w:t>2</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7ED21CD2" w14:textId="77777777" w:rsidR="006B48EA" w:rsidRDefault="00B22536">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="8" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7ED21CD3" w14:textId="77777777" w:rsidR="006B48EA" w:rsidRDefault="00B22536">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="14" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B828598" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="5A8828A6" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="263" w:lineRule="auto"/>
         <w:ind w:left="14" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="575D3876" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="064ABAAA" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="263" w:lineRule="auto"/>
         <w:ind w:left="14" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3439C06A" w14:textId="77777777" w:rsidR="002346E8" w:rsidRDefault="002346E8">
+    <w:p w14:paraId="06AB5AEF" w14:textId="77777777" w:rsidR="006E45E0" w:rsidRDefault="006E45E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4681B41E" w14:textId="0FACCA57" w:rsidR="00403D82" w:rsidRPr="00403D82" w:rsidRDefault="00403D82" w:rsidP="00A76E47">
+    <w:p w14:paraId="4681B41E" w14:textId="0562AB48" w:rsidR="00403D82" w:rsidRPr="00403D82" w:rsidRDefault="00403D82" w:rsidP="001077F1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="56"/>
+          <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
-        <w:ind w:left="1276" w:right="-687" w:hanging="1220"/>
+        <w:ind w:left="180" w:right="-687" w:hanging="90"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00F033E7" w:rsidRPr="003711D0">
+        <w:r w:rsidR="00484BE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and beneficiaries/exchange-rate-</w:t>
+          <w:t>https://commission.europa.eu/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00A76E47">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="757033AD" w14:textId="2273FB8B" w:rsidR="008E7B5F" w:rsidRPr="008E7B5F" w:rsidRDefault="008E7B5F" w:rsidP="00A76E47">
+    <w:p w14:paraId="757033AD" w14:textId="2273FB8B" w:rsidR="008E7B5F" w:rsidRPr="008E7B5F" w:rsidRDefault="008E7B5F" w:rsidP="001077F1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="426"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:left="180" w:hanging="90"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidR="00A76E47" w:rsidRPr="003711D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://treasury.un.org/operationalrates/default.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A76E47">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="47D218EC" w14:textId="00D5BCBF" w:rsidR="005A0CD5" w:rsidRPr="00957731" w:rsidRDefault="005A0CD5" w:rsidP="00A76E47">
+    <w:p w14:paraId="47D218EC" w14:textId="15BC527E" w:rsidR="005A0CD5" w:rsidRPr="00957731" w:rsidRDefault="005A0CD5" w:rsidP="001077F1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="426" w:right="-403"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:left="180" w:right="-403" w:hanging="90"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00957731" w:rsidRPr="00957731">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pre-financing requires approval according to </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidR="00957731" w:rsidRPr="00957731">
@@ -3752,100 +3578,120 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00957731" w:rsidRPr="00957731">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>It is to be noted that UNDP doesn’t share these reports with the EU. UNDP will report to the EU using only the agreed Annex III “Budget for the Action” as annexed to the agreement signed with the EU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFE1F7B" w14:textId="2D6B52F4" w:rsidR="005A0CD5" w:rsidRPr="005A0CD5" w:rsidRDefault="005A0CD5">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="606A5DFD" w14:textId="08A76528" w:rsidR="00526404" w:rsidRDefault="00526404" w:rsidP="00526404">
+  <w:p w14:paraId="606A5DFD" w14:textId="07AB1416" w:rsidR="00526404" w:rsidRDefault="00D66B9B" w:rsidP="00526404">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13A56685" wp14:editId="4B5AAC7F">
-[...2 lines deleted...]
-          <wp:docPr id="6" name="Picture 6"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123FC527" wp14:editId="764F2DC4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5690870</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>209550</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="285750" cy="528320"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:wrapTopAndBottom/>
+          <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
+                <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:stretch>
-[...1 lines deleted...]
-                  </a:stretch>
+                  <a:srcRect r="-5232" b="15539"/>
+                  <a:stretch/>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="309317" cy="713491"/>
+                    <a:ext cx="285750" cy="528320"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="00ADBD86" w14:textId="77777777" w:rsidR="00526404" w:rsidRDefault="00526404">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03BD2830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CB6FEF0"/>
     <w:lvl w:ilvl="0" w:tplc="E16A46F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1147"/>
       </w:pPr>
@@ -8821,128 +8667,132 @@
   <w:num w:numId="32">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0NDEyNjcxNTM0sjCzNDZW0lEKTi0uzszPAykwrAUAbhQOXCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006B48EA"/>
     <w:rsid w:val="0000502D"/>
     <w:rsid w:val="0001055D"/>
     <w:rsid w:val="00010600"/>
     <w:rsid w:val="00021890"/>
     <w:rsid w:val="000223A3"/>
     <w:rsid w:val="000243DB"/>
     <w:rsid w:val="00025F87"/>
     <w:rsid w:val="00026C7D"/>
     <w:rsid w:val="00027995"/>
     <w:rsid w:val="00031313"/>
     <w:rsid w:val="000356D0"/>
     <w:rsid w:val="00036D08"/>
     <w:rsid w:val="00037024"/>
     <w:rsid w:val="000433BD"/>
     <w:rsid w:val="00044435"/>
     <w:rsid w:val="00045121"/>
     <w:rsid w:val="00051169"/>
     <w:rsid w:val="00051A63"/>
     <w:rsid w:val="000525DC"/>
     <w:rsid w:val="00061E35"/>
     <w:rsid w:val="00062DA2"/>
+    <w:rsid w:val="00070B61"/>
     <w:rsid w:val="00074F21"/>
     <w:rsid w:val="000763F6"/>
     <w:rsid w:val="00076584"/>
     <w:rsid w:val="00076CA9"/>
     <w:rsid w:val="000773E1"/>
     <w:rsid w:val="0008168F"/>
     <w:rsid w:val="00082B9D"/>
     <w:rsid w:val="00087039"/>
     <w:rsid w:val="00087778"/>
     <w:rsid w:val="00094822"/>
     <w:rsid w:val="00094D87"/>
     <w:rsid w:val="000B51A0"/>
     <w:rsid w:val="000B6047"/>
+    <w:rsid w:val="000C0320"/>
     <w:rsid w:val="000C140F"/>
     <w:rsid w:val="000C322E"/>
     <w:rsid w:val="000D2DF9"/>
     <w:rsid w:val="000D3F37"/>
     <w:rsid w:val="000D4DB1"/>
     <w:rsid w:val="000D5930"/>
     <w:rsid w:val="000D693F"/>
     <w:rsid w:val="000D6EB6"/>
     <w:rsid w:val="000D79C3"/>
     <w:rsid w:val="000E0A5F"/>
     <w:rsid w:val="000E2274"/>
     <w:rsid w:val="000F0461"/>
     <w:rsid w:val="000F09A4"/>
+    <w:rsid w:val="000F2189"/>
     <w:rsid w:val="000F3BC6"/>
     <w:rsid w:val="000F4815"/>
     <w:rsid w:val="000F514B"/>
     <w:rsid w:val="00107531"/>
+    <w:rsid w:val="001077F1"/>
     <w:rsid w:val="00110BAE"/>
     <w:rsid w:val="00116A9F"/>
     <w:rsid w:val="00116E3C"/>
     <w:rsid w:val="00122DFB"/>
     <w:rsid w:val="0013012B"/>
     <w:rsid w:val="00132F36"/>
     <w:rsid w:val="001335A0"/>
     <w:rsid w:val="00134B34"/>
     <w:rsid w:val="0014345C"/>
     <w:rsid w:val="00143645"/>
     <w:rsid w:val="00144E3E"/>
     <w:rsid w:val="00145E3B"/>
     <w:rsid w:val="00146F01"/>
     <w:rsid w:val="001506C9"/>
     <w:rsid w:val="0015504A"/>
     <w:rsid w:val="00164000"/>
     <w:rsid w:val="00165A1E"/>
     <w:rsid w:val="00166ABA"/>
     <w:rsid w:val="00167703"/>
     <w:rsid w:val="001705F4"/>
     <w:rsid w:val="001773C1"/>
     <w:rsid w:val="0018205A"/>
     <w:rsid w:val="00182D57"/>
     <w:rsid w:val="00184B5E"/>
     <w:rsid w:val="00184FA9"/>
@@ -8963,77 +8813,80 @@
     <w:rsid w:val="001E27ED"/>
     <w:rsid w:val="001E2EF6"/>
     <w:rsid w:val="001E395E"/>
     <w:rsid w:val="001E4BC2"/>
     <w:rsid w:val="001F2498"/>
     <w:rsid w:val="001F5D34"/>
     <w:rsid w:val="0020169A"/>
     <w:rsid w:val="002148FA"/>
     <w:rsid w:val="0021754D"/>
     <w:rsid w:val="002176CF"/>
     <w:rsid w:val="00220A6B"/>
     <w:rsid w:val="00221559"/>
     <w:rsid w:val="0022405E"/>
     <w:rsid w:val="002244B5"/>
     <w:rsid w:val="0022550B"/>
     <w:rsid w:val="002326DE"/>
     <w:rsid w:val="002346E8"/>
     <w:rsid w:val="00235F3F"/>
     <w:rsid w:val="0023636C"/>
     <w:rsid w:val="00240390"/>
     <w:rsid w:val="002424E5"/>
     <w:rsid w:val="0024362F"/>
     <w:rsid w:val="00243AF6"/>
     <w:rsid w:val="0024446F"/>
     <w:rsid w:val="002463B3"/>
+    <w:rsid w:val="0025312E"/>
     <w:rsid w:val="00256BD8"/>
     <w:rsid w:val="00262BC2"/>
     <w:rsid w:val="00270248"/>
     <w:rsid w:val="00271072"/>
     <w:rsid w:val="00271694"/>
     <w:rsid w:val="0027251C"/>
     <w:rsid w:val="00275900"/>
     <w:rsid w:val="0028258E"/>
     <w:rsid w:val="00285222"/>
     <w:rsid w:val="00285BEC"/>
     <w:rsid w:val="002873A4"/>
     <w:rsid w:val="00291405"/>
     <w:rsid w:val="0029273B"/>
     <w:rsid w:val="0029287F"/>
     <w:rsid w:val="002A0F78"/>
     <w:rsid w:val="002B3B0A"/>
     <w:rsid w:val="002B461E"/>
     <w:rsid w:val="002B50E9"/>
     <w:rsid w:val="002B77C4"/>
     <w:rsid w:val="002C2D61"/>
     <w:rsid w:val="002C5E8F"/>
+    <w:rsid w:val="002D38BC"/>
     <w:rsid w:val="002D3D3E"/>
     <w:rsid w:val="002D57AA"/>
     <w:rsid w:val="002D6878"/>
     <w:rsid w:val="002E5F1F"/>
     <w:rsid w:val="002F661C"/>
     <w:rsid w:val="00305F14"/>
+    <w:rsid w:val="00315FFE"/>
     <w:rsid w:val="00322210"/>
     <w:rsid w:val="003364F6"/>
     <w:rsid w:val="0033743A"/>
     <w:rsid w:val="003379FF"/>
     <w:rsid w:val="00340835"/>
     <w:rsid w:val="00340E85"/>
     <w:rsid w:val="003417A1"/>
     <w:rsid w:val="00341891"/>
     <w:rsid w:val="003424BA"/>
     <w:rsid w:val="00345872"/>
     <w:rsid w:val="003467DA"/>
     <w:rsid w:val="00350835"/>
     <w:rsid w:val="00350A42"/>
     <w:rsid w:val="003514EC"/>
     <w:rsid w:val="003537E6"/>
     <w:rsid w:val="0035518D"/>
     <w:rsid w:val="0035622C"/>
     <w:rsid w:val="00361A6B"/>
     <w:rsid w:val="00363F4F"/>
     <w:rsid w:val="0036695E"/>
     <w:rsid w:val="00370931"/>
     <w:rsid w:val="00375915"/>
     <w:rsid w:val="00375FB4"/>
     <w:rsid w:val="003776CF"/>
     <w:rsid w:val="00380065"/>
@@ -9063,322 +8916,335 @@
     <w:rsid w:val="0041671D"/>
     <w:rsid w:val="004201A3"/>
     <w:rsid w:val="004203B5"/>
     <w:rsid w:val="004220C5"/>
     <w:rsid w:val="00433E4B"/>
     <w:rsid w:val="0043415F"/>
     <w:rsid w:val="004365AB"/>
     <w:rsid w:val="00441DAB"/>
     <w:rsid w:val="004428B7"/>
     <w:rsid w:val="00447B59"/>
     <w:rsid w:val="0045136F"/>
     <w:rsid w:val="00451F57"/>
     <w:rsid w:val="004538F2"/>
     <w:rsid w:val="00453ADF"/>
     <w:rsid w:val="00454A38"/>
     <w:rsid w:val="0045616F"/>
     <w:rsid w:val="00457D32"/>
     <w:rsid w:val="0046215B"/>
     <w:rsid w:val="00465629"/>
     <w:rsid w:val="004712C5"/>
     <w:rsid w:val="00472FDB"/>
     <w:rsid w:val="00474E5B"/>
     <w:rsid w:val="004759EA"/>
     <w:rsid w:val="00477CC9"/>
     <w:rsid w:val="00481ACF"/>
+    <w:rsid w:val="00484BE9"/>
     <w:rsid w:val="00484E7C"/>
     <w:rsid w:val="00485B67"/>
     <w:rsid w:val="004861F9"/>
     <w:rsid w:val="0049234C"/>
     <w:rsid w:val="0049295B"/>
     <w:rsid w:val="004934A8"/>
     <w:rsid w:val="004956C7"/>
     <w:rsid w:val="004A1953"/>
     <w:rsid w:val="004A27F4"/>
     <w:rsid w:val="004A5518"/>
     <w:rsid w:val="004A76F1"/>
     <w:rsid w:val="004B303C"/>
     <w:rsid w:val="004C523F"/>
     <w:rsid w:val="004D12C7"/>
     <w:rsid w:val="004D4802"/>
     <w:rsid w:val="004E0159"/>
     <w:rsid w:val="004E1BC9"/>
     <w:rsid w:val="004E4629"/>
     <w:rsid w:val="004E6A58"/>
     <w:rsid w:val="004F7BD7"/>
     <w:rsid w:val="00500CB8"/>
     <w:rsid w:val="00501DB1"/>
     <w:rsid w:val="00503277"/>
     <w:rsid w:val="005115EC"/>
     <w:rsid w:val="005134A7"/>
     <w:rsid w:val="0051355F"/>
     <w:rsid w:val="00516427"/>
     <w:rsid w:val="00520322"/>
     <w:rsid w:val="005205B2"/>
     <w:rsid w:val="00521C8D"/>
     <w:rsid w:val="00521E02"/>
     <w:rsid w:val="00522437"/>
     <w:rsid w:val="00526404"/>
     <w:rsid w:val="00527466"/>
     <w:rsid w:val="00531FA1"/>
     <w:rsid w:val="00536928"/>
     <w:rsid w:val="00546B7E"/>
     <w:rsid w:val="0054729F"/>
     <w:rsid w:val="005477A1"/>
     <w:rsid w:val="00552F60"/>
     <w:rsid w:val="005531D2"/>
     <w:rsid w:val="00556610"/>
     <w:rsid w:val="00561590"/>
     <w:rsid w:val="00561BD4"/>
     <w:rsid w:val="00563A23"/>
     <w:rsid w:val="00577397"/>
     <w:rsid w:val="0057768A"/>
     <w:rsid w:val="00577D94"/>
     <w:rsid w:val="005819D4"/>
     <w:rsid w:val="00592B33"/>
+    <w:rsid w:val="0059519C"/>
     <w:rsid w:val="00597D68"/>
     <w:rsid w:val="005A0CD5"/>
     <w:rsid w:val="005A1FFE"/>
     <w:rsid w:val="005A2868"/>
     <w:rsid w:val="005A54B6"/>
     <w:rsid w:val="005A5D98"/>
+    <w:rsid w:val="005A7187"/>
     <w:rsid w:val="005B196F"/>
     <w:rsid w:val="005B45FE"/>
     <w:rsid w:val="005C49E0"/>
     <w:rsid w:val="005D13E5"/>
     <w:rsid w:val="005D213B"/>
     <w:rsid w:val="005D2232"/>
     <w:rsid w:val="005D2796"/>
     <w:rsid w:val="005D6355"/>
     <w:rsid w:val="005E1A68"/>
     <w:rsid w:val="005E6970"/>
     <w:rsid w:val="005E7903"/>
     <w:rsid w:val="005F5FFA"/>
     <w:rsid w:val="0060244D"/>
     <w:rsid w:val="00603E0C"/>
     <w:rsid w:val="00605F73"/>
     <w:rsid w:val="006117C6"/>
     <w:rsid w:val="00612BE0"/>
     <w:rsid w:val="00616481"/>
     <w:rsid w:val="00630829"/>
     <w:rsid w:val="00631D4A"/>
     <w:rsid w:val="0063341A"/>
     <w:rsid w:val="0063687A"/>
     <w:rsid w:val="006434CF"/>
     <w:rsid w:val="006453D6"/>
     <w:rsid w:val="00650990"/>
     <w:rsid w:val="00654B01"/>
     <w:rsid w:val="006555EC"/>
     <w:rsid w:val="00655C8A"/>
+    <w:rsid w:val="00661021"/>
     <w:rsid w:val="00661314"/>
     <w:rsid w:val="00662B8E"/>
     <w:rsid w:val="00670151"/>
     <w:rsid w:val="00673099"/>
     <w:rsid w:val="00676CFB"/>
     <w:rsid w:val="00681344"/>
     <w:rsid w:val="00681742"/>
     <w:rsid w:val="00681FDF"/>
     <w:rsid w:val="00683AA6"/>
     <w:rsid w:val="0068522B"/>
     <w:rsid w:val="0069010B"/>
     <w:rsid w:val="006907B4"/>
     <w:rsid w:val="00693BA3"/>
     <w:rsid w:val="00694966"/>
     <w:rsid w:val="006A4BAC"/>
     <w:rsid w:val="006A615A"/>
     <w:rsid w:val="006B1748"/>
     <w:rsid w:val="006B183C"/>
     <w:rsid w:val="006B48EA"/>
     <w:rsid w:val="006B61A8"/>
     <w:rsid w:val="006C2236"/>
     <w:rsid w:val="006C3076"/>
     <w:rsid w:val="006C77C2"/>
     <w:rsid w:val="006D2BD9"/>
     <w:rsid w:val="006E1389"/>
+    <w:rsid w:val="006E45E0"/>
     <w:rsid w:val="006E49BF"/>
     <w:rsid w:val="006E7B5D"/>
     <w:rsid w:val="006E7FE6"/>
+    <w:rsid w:val="006F0AA9"/>
     <w:rsid w:val="006F0B3B"/>
     <w:rsid w:val="00701983"/>
     <w:rsid w:val="00702A75"/>
     <w:rsid w:val="00703E0B"/>
     <w:rsid w:val="0070505C"/>
     <w:rsid w:val="0070535C"/>
     <w:rsid w:val="007055F3"/>
     <w:rsid w:val="00715FBA"/>
     <w:rsid w:val="00717B38"/>
     <w:rsid w:val="0072074B"/>
     <w:rsid w:val="0072582F"/>
     <w:rsid w:val="007265AC"/>
     <w:rsid w:val="00730B6A"/>
     <w:rsid w:val="00731105"/>
     <w:rsid w:val="0073278F"/>
     <w:rsid w:val="00732CE8"/>
     <w:rsid w:val="00737D3E"/>
     <w:rsid w:val="007447FC"/>
     <w:rsid w:val="00744B38"/>
     <w:rsid w:val="00751F67"/>
     <w:rsid w:val="00753DF3"/>
     <w:rsid w:val="00756EFB"/>
     <w:rsid w:val="00761B46"/>
     <w:rsid w:val="00763DD7"/>
+    <w:rsid w:val="00772318"/>
     <w:rsid w:val="00773782"/>
     <w:rsid w:val="007809FB"/>
     <w:rsid w:val="00782190"/>
     <w:rsid w:val="00782D12"/>
     <w:rsid w:val="00784B3A"/>
     <w:rsid w:val="00786192"/>
     <w:rsid w:val="007A00F3"/>
     <w:rsid w:val="007A4039"/>
     <w:rsid w:val="007B6463"/>
     <w:rsid w:val="007C2927"/>
     <w:rsid w:val="007C32AA"/>
     <w:rsid w:val="007C4A0F"/>
     <w:rsid w:val="007C6955"/>
     <w:rsid w:val="007D0C66"/>
     <w:rsid w:val="007D0F79"/>
+    <w:rsid w:val="007D2359"/>
     <w:rsid w:val="007D23A8"/>
     <w:rsid w:val="007D47DB"/>
     <w:rsid w:val="007D5C54"/>
     <w:rsid w:val="007E376C"/>
     <w:rsid w:val="007E4A88"/>
     <w:rsid w:val="007E79F2"/>
     <w:rsid w:val="007F34AB"/>
     <w:rsid w:val="007F3E25"/>
     <w:rsid w:val="008100E0"/>
     <w:rsid w:val="0081048E"/>
     <w:rsid w:val="008160DE"/>
     <w:rsid w:val="00816C00"/>
     <w:rsid w:val="008177B9"/>
     <w:rsid w:val="00820C0D"/>
     <w:rsid w:val="00822FDF"/>
     <w:rsid w:val="00827394"/>
     <w:rsid w:val="00835766"/>
     <w:rsid w:val="00843946"/>
     <w:rsid w:val="00843B46"/>
     <w:rsid w:val="00844BC9"/>
     <w:rsid w:val="008470D9"/>
     <w:rsid w:val="00853875"/>
     <w:rsid w:val="008556A6"/>
     <w:rsid w:val="008557E0"/>
     <w:rsid w:val="00860AC6"/>
     <w:rsid w:val="00861800"/>
     <w:rsid w:val="00872A22"/>
     <w:rsid w:val="00873199"/>
     <w:rsid w:val="008755DF"/>
     <w:rsid w:val="00881302"/>
     <w:rsid w:val="008815DD"/>
     <w:rsid w:val="00882A73"/>
+    <w:rsid w:val="00892680"/>
     <w:rsid w:val="00892915"/>
     <w:rsid w:val="008A08BB"/>
     <w:rsid w:val="008A0F04"/>
     <w:rsid w:val="008A1169"/>
     <w:rsid w:val="008C10BC"/>
+    <w:rsid w:val="008C15A2"/>
     <w:rsid w:val="008C5B7E"/>
     <w:rsid w:val="008C7206"/>
     <w:rsid w:val="008C7ABD"/>
+    <w:rsid w:val="008D25E2"/>
     <w:rsid w:val="008D279E"/>
     <w:rsid w:val="008D6C0B"/>
     <w:rsid w:val="008D709C"/>
     <w:rsid w:val="008E0E20"/>
     <w:rsid w:val="008E61F8"/>
     <w:rsid w:val="008E7B5F"/>
     <w:rsid w:val="008F28D5"/>
     <w:rsid w:val="008F3F37"/>
     <w:rsid w:val="009104A3"/>
     <w:rsid w:val="00910540"/>
     <w:rsid w:val="009142CE"/>
     <w:rsid w:val="00921F76"/>
     <w:rsid w:val="00926AB5"/>
     <w:rsid w:val="009325B3"/>
     <w:rsid w:val="009339CF"/>
     <w:rsid w:val="00935C28"/>
     <w:rsid w:val="00937BC1"/>
     <w:rsid w:val="009430AF"/>
     <w:rsid w:val="00946113"/>
     <w:rsid w:val="0094755D"/>
     <w:rsid w:val="00951592"/>
     <w:rsid w:val="00951872"/>
     <w:rsid w:val="00952590"/>
     <w:rsid w:val="0095586F"/>
     <w:rsid w:val="00957731"/>
     <w:rsid w:val="009717C0"/>
     <w:rsid w:val="00972AB2"/>
     <w:rsid w:val="00974ADA"/>
     <w:rsid w:val="0097509E"/>
     <w:rsid w:val="00984CCF"/>
     <w:rsid w:val="009861CD"/>
     <w:rsid w:val="00986B1B"/>
     <w:rsid w:val="00993FF8"/>
     <w:rsid w:val="00995311"/>
     <w:rsid w:val="00997BBA"/>
     <w:rsid w:val="009A099D"/>
     <w:rsid w:val="009A3CA6"/>
     <w:rsid w:val="009A4046"/>
     <w:rsid w:val="009A4565"/>
     <w:rsid w:val="009A4784"/>
     <w:rsid w:val="009B06F5"/>
+    <w:rsid w:val="009B0EF9"/>
     <w:rsid w:val="009B5A7A"/>
     <w:rsid w:val="009C62ED"/>
     <w:rsid w:val="009D2117"/>
     <w:rsid w:val="009D76D3"/>
     <w:rsid w:val="009D7BA5"/>
     <w:rsid w:val="009E170A"/>
     <w:rsid w:val="009E3E0D"/>
     <w:rsid w:val="009E741A"/>
     <w:rsid w:val="009E7946"/>
     <w:rsid w:val="009F2385"/>
     <w:rsid w:val="009F3411"/>
     <w:rsid w:val="009F4955"/>
     <w:rsid w:val="009F51F6"/>
     <w:rsid w:val="009F5CF8"/>
     <w:rsid w:val="009F62C4"/>
     <w:rsid w:val="009F7A49"/>
     <w:rsid w:val="00A025B7"/>
     <w:rsid w:val="00A02F4C"/>
     <w:rsid w:val="00A07600"/>
     <w:rsid w:val="00A12ABE"/>
     <w:rsid w:val="00A13C49"/>
     <w:rsid w:val="00A15795"/>
     <w:rsid w:val="00A1738C"/>
     <w:rsid w:val="00A227A0"/>
     <w:rsid w:val="00A32D92"/>
     <w:rsid w:val="00A35064"/>
     <w:rsid w:val="00A35455"/>
     <w:rsid w:val="00A36573"/>
     <w:rsid w:val="00A367A1"/>
     <w:rsid w:val="00A37013"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A418C0"/>
     <w:rsid w:val="00A4769E"/>
     <w:rsid w:val="00A52C05"/>
     <w:rsid w:val="00A57842"/>
     <w:rsid w:val="00A61CB1"/>
     <w:rsid w:val="00A624A6"/>
     <w:rsid w:val="00A63E11"/>
     <w:rsid w:val="00A67EB7"/>
     <w:rsid w:val="00A70BA7"/>
+    <w:rsid w:val="00A718F5"/>
     <w:rsid w:val="00A75837"/>
     <w:rsid w:val="00A762F5"/>
     <w:rsid w:val="00A763E3"/>
     <w:rsid w:val="00A76E47"/>
     <w:rsid w:val="00A77957"/>
     <w:rsid w:val="00A80EBF"/>
     <w:rsid w:val="00A81656"/>
     <w:rsid w:val="00A820E7"/>
     <w:rsid w:val="00A87306"/>
     <w:rsid w:val="00A9245E"/>
     <w:rsid w:val="00A93311"/>
     <w:rsid w:val="00A96AFB"/>
     <w:rsid w:val="00AA17CA"/>
     <w:rsid w:val="00AA3D2D"/>
     <w:rsid w:val="00AA7FE0"/>
     <w:rsid w:val="00AB06D0"/>
     <w:rsid w:val="00AB0C7B"/>
     <w:rsid w:val="00AB4806"/>
     <w:rsid w:val="00AB4AD0"/>
     <w:rsid w:val="00AC1A3C"/>
     <w:rsid w:val="00AC35A7"/>
     <w:rsid w:val="00AC54E9"/>
     <w:rsid w:val="00AC5D73"/>
     <w:rsid w:val="00AC6087"/>
     <w:rsid w:val="00AC63F3"/>
@@ -9439,50 +9305,51 @@
     <w:rsid w:val="00BD5526"/>
     <w:rsid w:val="00BE1C75"/>
     <w:rsid w:val="00BE2EBA"/>
     <w:rsid w:val="00BE34D8"/>
     <w:rsid w:val="00BE642F"/>
     <w:rsid w:val="00BF2136"/>
     <w:rsid w:val="00BF49CD"/>
     <w:rsid w:val="00BF4D54"/>
     <w:rsid w:val="00C016B8"/>
     <w:rsid w:val="00C06C95"/>
     <w:rsid w:val="00C10068"/>
     <w:rsid w:val="00C17951"/>
     <w:rsid w:val="00C20C6F"/>
     <w:rsid w:val="00C22014"/>
     <w:rsid w:val="00C279C9"/>
     <w:rsid w:val="00C301E0"/>
     <w:rsid w:val="00C3072B"/>
     <w:rsid w:val="00C342E2"/>
     <w:rsid w:val="00C3487F"/>
     <w:rsid w:val="00C3553B"/>
     <w:rsid w:val="00C40883"/>
     <w:rsid w:val="00C43C8D"/>
     <w:rsid w:val="00C44442"/>
     <w:rsid w:val="00C44B8C"/>
     <w:rsid w:val="00C45E64"/>
+    <w:rsid w:val="00C50578"/>
     <w:rsid w:val="00C51CA9"/>
     <w:rsid w:val="00C5234A"/>
     <w:rsid w:val="00C5287A"/>
     <w:rsid w:val="00C52A7B"/>
     <w:rsid w:val="00C53BBE"/>
     <w:rsid w:val="00C540A4"/>
     <w:rsid w:val="00C57916"/>
     <w:rsid w:val="00C62DAD"/>
     <w:rsid w:val="00C6374C"/>
     <w:rsid w:val="00C67644"/>
     <w:rsid w:val="00C712BE"/>
     <w:rsid w:val="00C76436"/>
     <w:rsid w:val="00C874A4"/>
     <w:rsid w:val="00C87FC8"/>
     <w:rsid w:val="00C95606"/>
     <w:rsid w:val="00C96A84"/>
     <w:rsid w:val="00CA00D4"/>
     <w:rsid w:val="00CA180D"/>
     <w:rsid w:val="00CA5448"/>
     <w:rsid w:val="00CA6CE1"/>
     <w:rsid w:val="00CB01EA"/>
     <w:rsid w:val="00CB04F6"/>
     <w:rsid w:val="00CB10D5"/>
     <w:rsid w:val="00CB4B8B"/>
     <w:rsid w:val="00CB666E"/>
@@ -9491,195 +9358,203 @@
     <w:rsid w:val="00CC36E2"/>
     <w:rsid w:val="00CC4994"/>
     <w:rsid w:val="00CC64A6"/>
     <w:rsid w:val="00CD6D70"/>
     <w:rsid w:val="00CE3F01"/>
     <w:rsid w:val="00CF2A3E"/>
     <w:rsid w:val="00CF6E3B"/>
     <w:rsid w:val="00D1133B"/>
     <w:rsid w:val="00D16BD9"/>
     <w:rsid w:val="00D21560"/>
     <w:rsid w:val="00D240ED"/>
     <w:rsid w:val="00D249C2"/>
     <w:rsid w:val="00D255C7"/>
     <w:rsid w:val="00D26C5B"/>
     <w:rsid w:val="00D30A66"/>
     <w:rsid w:val="00D31CBF"/>
     <w:rsid w:val="00D37E88"/>
     <w:rsid w:val="00D44E87"/>
     <w:rsid w:val="00D47FE9"/>
     <w:rsid w:val="00D50692"/>
     <w:rsid w:val="00D50A67"/>
     <w:rsid w:val="00D53660"/>
     <w:rsid w:val="00D62239"/>
     <w:rsid w:val="00D6641A"/>
     <w:rsid w:val="00D664B7"/>
+    <w:rsid w:val="00D66B9B"/>
     <w:rsid w:val="00D66F18"/>
     <w:rsid w:val="00D6790A"/>
     <w:rsid w:val="00D70078"/>
     <w:rsid w:val="00D70893"/>
     <w:rsid w:val="00D714CE"/>
     <w:rsid w:val="00D72356"/>
+    <w:rsid w:val="00D72F26"/>
     <w:rsid w:val="00D80FD9"/>
     <w:rsid w:val="00D823E0"/>
     <w:rsid w:val="00D836E8"/>
     <w:rsid w:val="00D85A41"/>
     <w:rsid w:val="00D861D2"/>
     <w:rsid w:val="00D94D42"/>
     <w:rsid w:val="00D97243"/>
     <w:rsid w:val="00DA05B7"/>
     <w:rsid w:val="00DA2FEE"/>
     <w:rsid w:val="00DA69D5"/>
     <w:rsid w:val="00DA7C09"/>
     <w:rsid w:val="00DB2E11"/>
     <w:rsid w:val="00DC41EC"/>
     <w:rsid w:val="00DC718D"/>
     <w:rsid w:val="00DC7CAF"/>
     <w:rsid w:val="00DD378B"/>
     <w:rsid w:val="00DD5C3D"/>
     <w:rsid w:val="00DD5E12"/>
     <w:rsid w:val="00DD685F"/>
     <w:rsid w:val="00DE7979"/>
     <w:rsid w:val="00DF000B"/>
     <w:rsid w:val="00DF0496"/>
     <w:rsid w:val="00DF1C08"/>
     <w:rsid w:val="00DF6AB5"/>
     <w:rsid w:val="00E0075E"/>
     <w:rsid w:val="00E01D9C"/>
     <w:rsid w:val="00E03659"/>
     <w:rsid w:val="00E04D96"/>
     <w:rsid w:val="00E05BAA"/>
     <w:rsid w:val="00E12027"/>
     <w:rsid w:val="00E20A28"/>
     <w:rsid w:val="00E2163E"/>
     <w:rsid w:val="00E218CE"/>
     <w:rsid w:val="00E21EC9"/>
     <w:rsid w:val="00E22766"/>
     <w:rsid w:val="00E24B15"/>
     <w:rsid w:val="00E2519A"/>
     <w:rsid w:val="00E25E65"/>
     <w:rsid w:val="00E34540"/>
     <w:rsid w:val="00E34E15"/>
     <w:rsid w:val="00E35BD8"/>
     <w:rsid w:val="00E428EA"/>
     <w:rsid w:val="00E438EF"/>
     <w:rsid w:val="00E52996"/>
+    <w:rsid w:val="00E5499D"/>
     <w:rsid w:val="00E61205"/>
     <w:rsid w:val="00E620AE"/>
     <w:rsid w:val="00E62F73"/>
+    <w:rsid w:val="00E74AA0"/>
     <w:rsid w:val="00E7518E"/>
     <w:rsid w:val="00E7675A"/>
     <w:rsid w:val="00E772F0"/>
     <w:rsid w:val="00E81F74"/>
     <w:rsid w:val="00E901C0"/>
     <w:rsid w:val="00E9216E"/>
     <w:rsid w:val="00E941CC"/>
     <w:rsid w:val="00EA7935"/>
     <w:rsid w:val="00EB6BA4"/>
     <w:rsid w:val="00EC09C2"/>
     <w:rsid w:val="00EC4600"/>
     <w:rsid w:val="00EC5A7D"/>
     <w:rsid w:val="00ED2107"/>
     <w:rsid w:val="00ED7601"/>
     <w:rsid w:val="00EE2DC3"/>
     <w:rsid w:val="00EE2F54"/>
     <w:rsid w:val="00EE4F6E"/>
     <w:rsid w:val="00EE7C1F"/>
     <w:rsid w:val="00EF13D4"/>
     <w:rsid w:val="00EF7631"/>
     <w:rsid w:val="00F033E7"/>
     <w:rsid w:val="00F05125"/>
     <w:rsid w:val="00F0759B"/>
     <w:rsid w:val="00F13A45"/>
     <w:rsid w:val="00F16890"/>
     <w:rsid w:val="00F17BCB"/>
+    <w:rsid w:val="00F22405"/>
     <w:rsid w:val="00F300F0"/>
     <w:rsid w:val="00F328E5"/>
     <w:rsid w:val="00F36FEB"/>
     <w:rsid w:val="00F37176"/>
     <w:rsid w:val="00F44309"/>
+    <w:rsid w:val="00F445E9"/>
     <w:rsid w:val="00F4465B"/>
     <w:rsid w:val="00F46255"/>
     <w:rsid w:val="00F46488"/>
     <w:rsid w:val="00F517F7"/>
     <w:rsid w:val="00F558D2"/>
     <w:rsid w:val="00F56DC6"/>
     <w:rsid w:val="00F664B6"/>
     <w:rsid w:val="00F77363"/>
     <w:rsid w:val="00F80E61"/>
     <w:rsid w:val="00F822EA"/>
     <w:rsid w:val="00F8594F"/>
     <w:rsid w:val="00F87309"/>
     <w:rsid w:val="00F87C58"/>
     <w:rsid w:val="00F91A2A"/>
     <w:rsid w:val="00F928E0"/>
     <w:rsid w:val="00F9371D"/>
     <w:rsid w:val="00F93EFB"/>
+    <w:rsid w:val="00F94C0B"/>
     <w:rsid w:val="00F9689B"/>
     <w:rsid w:val="00FA244C"/>
     <w:rsid w:val="00FA667E"/>
     <w:rsid w:val="00FA7EA1"/>
     <w:rsid w:val="00FB67DD"/>
     <w:rsid w:val="00FB6837"/>
     <w:rsid w:val="00FC1DEA"/>
     <w:rsid w:val="00FC2210"/>
     <w:rsid w:val="00FD549E"/>
     <w:rsid w:val="00FD77A8"/>
     <w:rsid w:val="00FE11EF"/>
     <w:rsid w:val="00FE179C"/>
     <w:rsid w:val="00FE3667"/>
     <w:rsid w:val="00FE3E3E"/>
     <w:rsid w:val="00FF0D2F"/>
     <w:rsid w:val="00FF11A2"/>
     <w:rsid w:val="00FF1862"/>
     <w:rsid w:val="00FF6A63"/>
+    <w:rsid w:val="0F8E948C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7ED21C6D"/>
-  <w15:docId w15:val="{3313C8E3-E510-4465-A62A-EAE30C0319D8}"/>
+  <w15:docId w15:val="{FE107D2B-72A7-404A-9EEA-189A15F629E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10481,55 +10356,55 @@
     <w:rsid w:val="004C523F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/european-union/framework-cooperation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasury.un.org/operationalrates/OperationalRates.php" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/_layouts/15/POPPOpenDoc.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.partneragencies.org/psc/UNDPP1FS_newwin/EMPLOYEE/ERP/q/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fba.all@undp.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.undp.org/european-union/framework-cooperation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasury.un.org/operationalrates/OperationalRates.php" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/_layouts/15/POPPOpenDoc.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fba.all@undp.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finance.partneragencies.org/psc/UNDPP1FS_newwin/EMPLOYEE/ERP/q/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ecsupport.be@undp.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/_layouts/15/WopiFrame.aspx?sourcedoc=/UNDP_POPP_DOCUMENT_LIBRARY/Public/AC_Accountability_Internal%20Control%20Framework_Operational%20Guide.docx&amp;action=default" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasury.un.org/operationalrates/default.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and%20beneficiaries/exchange-rate-inforeuro_en" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/document/internal-control-framework-operational-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasury.un.org/operationalrates/default.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commission.europa.eu/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5606983374AD4C459693684759707617"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -10569,51 +10444,51 @@
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -10633,93 +10508,97 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CIDFont+F1">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D320B8"/>
     <w:rsid w:val="001150EE"/>
+    <w:rsid w:val="0025312E"/>
     <w:rsid w:val="00265C1A"/>
     <w:rsid w:val="002A0F53"/>
     <w:rsid w:val="00315FFE"/>
     <w:rsid w:val="0032513F"/>
     <w:rsid w:val="003B2BE0"/>
     <w:rsid w:val="004A540C"/>
     <w:rsid w:val="00620FBA"/>
     <w:rsid w:val="007D1678"/>
     <w:rsid w:val="0084378A"/>
     <w:rsid w:val="008C7C32"/>
     <w:rsid w:val="00A75C62"/>
     <w:rsid w:val="00BB169B"/>
+    <w:rsid w:val="00BC70CC"/>
     <w:rsid w:val="00BE38F9"/>
     <w:rsid w:val="00C7717B"/>
     <w:rsid w:val="00C91E83"/>
+    <w:rsid w:val="00CC3423"/>
     <w:rsid w:val="00D242C7"/>
     <w:rsid w:val="00D320B8"/>
     <w:rsid w:val="00D32801"/>
     <w:rsid w:val="00D6000E"/>
     <w:rsid w:val="00D9024A"/>
     <w:rsid w:val="00DD6200"/>
+    <w:rsid w:val="00E6578E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0C79B874"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
@@ -11455,327 +11334,226 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -11820,708 +11598,206 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...131 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F05528A0-0DF2-4D0F-B7A1-E51B087AAFEE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1905DCFC-B0B1-42FC-BF1B-AF295136391C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92B5F25A-64D1-45DD-9735-CAC26FE44E55}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25EA8298-25CA-4A82-92F1-7A76EA15B96A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4F5DBB5-EB82-4A56-9071-4D91CCF1B430}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1571</Words>
-  <Characters>8957</Characters>
+  <Words>1578</Words>
+  <Characters>8996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>74</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10507</CharactersWithSpaces>
+  <CharactersWithSpaces>10553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="216" baseType="variant">
+    <vt:vector size="78" baseType="variant">
       <vt:variant>
-        <vt:i4>5308418</vt:i4>
-[...377 lines deleted...]
-        <vt:i4>7536668</vt:i4>
+        <vt:i4>2424923</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://finance.partneragencies.org/psc/UNDPP1FS_newwin/EMPLOYEE/ERP/q/</vt:lpwstr>
+        <vt:lpwstr>mailto:fba.all@undp.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7143460</vt:i4>
+        <vt:i4>2818136</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://finance.partneragencies.org/psp/UNDPP1FS_1/EMPLOYEE/ERP/c/UN_REPORTS.UN_RUN_EURORPT.GBL</vt:lpwstr>
+        <vt:lpwstr>mailto:ecsupport.be@undp.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2818144</vt:i4>
+        <vt:i4>4653134</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://content.undp.org/go/prescriptive/Financial-Resources-Management---Prescriptive-Content/download/;jsessionid=aZ6o1E9PkfAa</vt:lpwstr>
+        <vt:lpwstr>https://treasury.un.org/operationalrates/OperationalRates.php</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7143460</vt:i4>
+        <vt:i4>6619229</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://finance.partneragencies.org/psp/UNDPP1FS_1/EMPLOYEE/ERP/c/UN_REPORTS.UN_RUN_EURORPT.GBL</vt:lpwstr>
+        <vt:lpwstr>https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929879</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7536668</vt:i4>
       </vt:variant>
@@ -12537,217 +11813,187 @@
       <vt:variant>
         <vt:lpwstr>https://finance.partneragencies.org/psc/UNDPP1FS_newwin/EMPLOYEE/ERP/q/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929879</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7143460</vt:i4>
+        <vt:i4>1704006</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://finance.partneragencies.org/psp/UNDPP1FS_1/EMPLOYEE/ERP/c/UN_REPORTS.UN_RUN_EURORPT.GBL</vt:lpwstr>
+        <vt:lpwstr>https://www.undp.org/european-union/framework-cooperation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2752603</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://popp.undp.org/_layouts/15/POPPOpenDoc.aspx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929879</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ec.europa.eu/europeaid/funding/procedures-beneficiary-countries-and-partners/fafa-united-nations_en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6619229</vt:i4>
+        <vt:i4>4063233</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://popp.undp.org/_layouts/15/WopiFrame.aspx?sourcedoc=/UNDP_POPP_DOCUMENT_LIBRARY/Public/AC_Accountability_Internal%20Control%20Framework_Operational%20Guide.docx&amp;action=default</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393245</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://treasury.un.org/operationalrates/default.php</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6815837</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and-beneficiaries/exchange-rate-inforeuro_en</vt:lpwstr>
-[...71 lines deleted...]
-        <vt:lpwstr>https://undp.sharepoint.com/:b:/r/sites/EUContracts/Shared Documents/1. Clearance of EU contracts/UN_FAFA_consolidated_2018.pdf?csf=1&amp;web=1&amp;e=1c8tqT</vt:lpwstr>
+        <vt:lpwstr>https://ec.europa.eu/info/funding-tenders/procedures-guidelines-tenders/information-contractors-and beneficiaries/exchange-rate-inforeuro_en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>a77051ba-c0a5-4769-b8f7-9c49707ef76f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="TaxCatchAll">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="DLCPolicyLabelValue">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>