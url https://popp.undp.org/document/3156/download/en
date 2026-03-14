--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,68 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="63B157A7" w14:textId="629894E8" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336">
       <w:pPr>
         <w:spacing w:after="145" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Certified </w:t>
       </w:r>
       <w:r w:rsidR="00EC391B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Financial </w:t>
@@ -188,161 +182,215 @@
     </w:p>
     <w:p w14:paraId="2726E73A" w14:textId="0270A98A" w:rsidR="004236F0" w:rsidRPr="005560D9" w:rsidRDefault="004236F0" w:rsidP="005560D9">
       <w:pPr>
         <w:ind w:left="360" w:right="0" w:hanging="10"/>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Information source</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDDCD39" w14:textId="77777777" w:rsidR="002E68E1" w:rsidRDefault="002E68E1" w:rsidP="005560D9">
       <w:pPr>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68708B6C" w14:textId="4EC55810" w:rsidR="002E68E1" w:rsidRDefault="00427FE3">
+    <w:p w14:paraId="68708B6C" w14:textId="18464381" w:rsidR="002E68E1" w:rsidRDefault="00427FE3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00427FE3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">he data contained in these reports is extracted from the UNDP financial statements and in all material respects </w:t>
+        <w:t xml:space="preserve">he data contained in these reports is extracted from the UNDP financial statements and in all </w:t>
+      </w:r>
+      <w:r w:rsidR="00706091" w:rsidRPr="00427FE3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>material,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427FE3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> respects </w:t>
       </w:r>
       <w:r w:rsidR="00C53F29">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00427FE3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in accordance with UNDP’s financial records and IPSAS compliance.</w:t>
+        <w:t xml:space="preserve"> in accordance with UNDP’s financial records and </w:t>
+      </w:r>
+      <w:r w:rsidR="00246897">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427FE3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IPSAS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>complian</w:t>
+      </w:r>
+      <w:r w:rsidR="7AAB366F" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427FE3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="376AAE0A" w14:textId="77777777" w:rsidR="00C72DCC" w:rsidRPr="00662C65" w:rsidRDefault="00C72DCC" w:rsidP="005560D9">
       <w:pPr>
         <w:ind w:left="900" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="348E3B11" w14:textId="77777777" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336" w:rsidP="005560D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Contents</w:t>
       </w:r>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7790886D" w14:textId="77777777" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336" w:rsidP="005560D9">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3089A7E7" w14:textId="7E77DDDF" w:rsidR="002344AD" w:rsidRDefault="002344AD" w:rsidP="002344AD">
+    <w:p w14:paraId="3089A7E7" w14:textId="5A987A50" w:rsidR="002344AD" w:rsidRDefault="002344AD" w:rsidP="002344AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002344AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Each report contains the summary and detailed </w:t>
       </w:r>
       <w:r w:rsidR="0004625B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>revenue, expense</w:t>
       </w:r>
       <w:r w:rsidRPr="002344AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and balance by category of financing, i.e. cost-sharing (project level co-financing), trust funds, funding windows and thematic trust funds (fund level co-financing) for donor. The detail section has three Parts and three Annexes</w:t>
+        <w:t xml:space="preserve"> and balance by category of financing, </w:t>
+      </w:r>
+      <w:r w:rsidR="00706091" w:rsidRPr="002344AD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>i.e.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344AD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cost-sharing (project level co-financing), trust funds, funding windows and thematic trust funds (fund level co-financing) for donor. The detail section has three Parts and three Annexes</w:t>
       </w:r>
       <w:r w:rsidR="00114C9E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> when there is information to presen</w:t>
       </w:r>
       <w:r w:rsidR="0078748E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="002344AD">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635A240D" w14:textId="77777777" w:rsidR="003147F0" w:rsidRDefault="003147F0" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:rPr>
@@ -409,86 +457,98 @@
     <w:p w14:paraId="0E6F7E98" w14:textId="1001632E" w:rsidR="00583026" w:rsidRDefault="00D63E59" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D63E59">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Trust fund activities: A trust fund is a modality normally established to receive donor contributions in support of broad themes - such as UNDP's practice areas, and regional programmes</w:t>
       </w:r>
       <w:r w:rsidR="00495A04">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4237DD39" w14:textId="77777777" w:rsidR="00136499" w:rsidRPr="00136499" w:rsidRDefault="00136499" w:rsidP="00EF69F0">
+    <w:p w14:paraId="4237DD39" w14:textId="26992FB9" w:rsidR="00136499" w:rsidRPr="00136499" w:rsidRDefault="00136499" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136499">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Funding window activities: Funding Windows are UNDP’s new pooled and flexible funding mechanisms which are organized around themes to help UNDP and partners align around common goals to achieve the Sustainable Development Goals. A financial overview of each Funding Window is presented in this report at sub-window level.</w:t>
+        <w:t>Funding window activities: Funding Windows are UNDP’s pooled and flexible funding mechanisms which are organized around themes to help UNDP and partners align around common goals to achieve the Sustainable Development Goals. A financial overview of each Funding Window is presented in this report at sub-window level.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C94878" w14:textId="77777777" w:rsidR="00764056" w:rsidRPr="00764056" w:rsidRDefault="00764056" w:rsidP="00EF69F0">
+    <w:p w14:paraId="18C94878" w14:textId="71A8D94B" w:rsidR="00764056" w:rsidRPr="00764056" w:rsidRDefault="00764056" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00764056">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Thematic trust funds activities: An overview of each Thematic Trust Fund and its service lines is provided for more useful and better information for readers. Further details on outputs for country and regional window initiatives, funded by a donor i.e., country, output status, output/project descriptions are also provided.</w:t>
+        <w:t xml:space="preserve">Thematic trust funds activities: An overview of each Thematic Trust Fund and its service lines is provided for more useful and better information for readers. Further details on outputs for country and regional window initiatives, funded by a donor i.e., country, </w:t>
+      </w:r>
+      <w:r w:rsidR="78A546D9" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00764056">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> status, project descriptions are also provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F2D7C3" w14:textId="1E51B670" w:rsidR="00D0233F" w:rsidRPr="001C64F1" w:rsidRDefault="00E26742" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26742">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>United Nations Volunteers Programme (UNV): Financial data on UNV programme activities and the funding types are incorporated in the report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC237A6" w14:textId="77777777" w:rsidR="00C130B5" w:rsidRPr="00C130B5" w:rsidRDefault="00C130B5" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="375"/>
@@ -526,74 +586,86 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41037506" w14:textId="711D1782" w:rsidR="00F87F4C" w:rsidRDefault="00F87F4C" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F87F4C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The information displayed on the columns of the above-mentioned summary and detailed sections are explained below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="041BD1F0" w14:textId="77777777" w:rsidR="00323E5E" w:rsidRPr="00323E5E" w:rsidRDefault="00323E5E" w:rsidP="005560D9">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F5DFBF7" w14:textId="36A634F1" w:rsidR="00B7137B" w:rsidRDefault="00323E5E" w:rsidP="005560D9">
+    <w:p w14:paraId="3F5DFBF7" w14:textId="75A50290" w:rsidR="00B7137B" w:rsidRDefault="00323E5E" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Opening Balance</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E5E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">: The IPSAS opening balance represents the unspent balance for the Output from the previous years. The opening balance consists of the </w:t>
+        <w:t xml:space="preserve">: The IPSAS opening balance represents the unspent balance for the </w:t>
+      </w:r>
+      <w:r w:rsidR="1C431734" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00323E5E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from the previous years. The opening balance consists of the </w:t>
       </w:r>
       <w:r w:rsidR="006C2E70">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>previous year’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00323E5E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> closing balance adjusted to reflect any prior period adjustments shown in annex II.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2149C331" w14:textId="0745DF5A" w:rsidR="006C6833" w:rsidRDefault="00091A7C" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -664,184 +736,220 @@
     <w:p w14:paraId="3142EED1" w14:textId="77777777" w:rsidR="00865A9E" w:rsidRPr="00865A9E" w:rsidRDefault="00865A9E" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Closing Balance</w:t>
       </w:r>
       <w:r w:rsidRPr="00865A9E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: Represents a balance in the reporting year, including balances from prior years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0045A139" w14:textId="77777777" w:rsidR="000C6FCA" w:rsidRPr="000C6FCA" w:rsidRDefault="000C6FCA" w:rsidP="005560D9">
+    <w:p w14:paraId="0045A139" w14:textId="566032F1" w:rsidR="000C6FCA" w:rsidRPr="000C6FCA" w:rsidRDefault="000C6FCA" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Commitments</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6FCA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>: Although expenses do not include commitments, this new column represents purchase orders and/or legally binding vendor contracts entered into, but where goods or services have not been delivered or rendered by the end of the reporting period.</w:t>
+        <w:t>: Although expenses do not include commitments, this column represents purchase orders and/or legally binding vendor contracts entered into, but where goods or services have not been delivered or rendered by the end of the reporting period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125AECC2" w14:textId="58B49446" w:rsidR="006F55D0" w:rsidRPr="006F55D0" w:rsidRDefault="006F55D0" w:rsidP="005560D9">
+    <w:p w14:paraId="125AECC2" w14:textId="438F1F4B" w:rsidR="006F55D0" w:rsidRPr="006F55D0" w:rsidRDefault="006F55D0" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Un-depreciated Assets &amp; Inventory</w:t>
       </w:r>
       <w:r w:rsidRPr="006F55D0">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>: This column has been added to show the value of assets purchased but not yet expensed:</w:t>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="215E3A52" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Represents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F55D0">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the value of assets purchased but not yet expensed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45398BEB" w14:textId="77777777" w:rsidR="006F55D0" w:rsidRPr="006F55D0" w:rsidRDefault="006F55D0" w:rsidP="005560D9">
+    <w:p w14:paraId="45398BEB" w14:textId="77777777" w:rsidR="006F55D0" w:rsidRPr="00706091" w:rsidRDefault="006F55D0" w:rsidP="00105836">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F55D0">
+      <w:r w:rsidRPr="00706091">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Un-depreciated value of assets purchased that are under UNDP’s use and control.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB98E1D" w14:textId="77777777" w:rsidR="006F55D0" w:rsidRPr="006F55D0" w:rsidRDefault="006F55D0" w:rsidP="005560D9">
+    <w:p w14:paraId="4BB98E1D" w14:textId="5AC50373" w:rsidR="006F55D0" w:rsidRPr="00706091" w:rsidRDefault="006F55D0" w:rsidP="00105836">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F55D0">
-[...3 lines deleted...]
-        <w:t>Inventory, such as goods and materials produced for distribution or consumption in an output that have not yet been consumed or distributed.</w:t>
+      <w:r w:rsidRPr="00706091">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inventory, such as goods and materials produced for distribution or consumption in a </w:t>
+      </w:r>
+      <w:r w:rsidR="671D70D0" w:rsidRPr="00706091">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706091">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that have not yet been consumed or distributed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056476AE" w14:textId="2407E164" w:rsidR="00A46273" w:rsidRPr="00311382" w:rsidRDefault="00A46273" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Receivables Past Due, less any contributions received in advance</w:t>
       </w:r>
       <w:r w:rsidRPr="00A46273">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: Represents amounts due from donors, but which have not yet been paid (i.e., past due), according to dates in the schedule of payments from signed agreements. Advance receipts (e.g., any contributions received prior to the schedule of payments) are subtracted from the receivable past due. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A29A5A8" w14:textId="77777777" w:rsidR="00A46273" w:rsidRPr="00A46273" w:rsidRDefault="00A46273" w:rsidP="005560D9">
+    <w:p w14:paraId="7A29A5A8" w14:textId="53223CE0" w:rsidR="00A46273" w:rsidRPr="00A46273" w:rsidRDefault="00A46273" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005560D9">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Available Resources</w:t>
       </w:r>
       <w:r w:rsidRPr="00A46273">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>: Shows the fund/output closing balances after adjusted with future expenses and contributions receivables past-due.</w:t>
+        <w:t>: Shows the fund/</w:t>
+      </w:r>
+      <w:r w:rsidR="184E4C00" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46273">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> closing balances after adjusted with future expenses and contributions receivables past-due.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E9840E" w14:textId="77777777" w:rsidR="00277547" w:rsidRPr="00B940A8" w:rsidRDefault="00277547" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1070" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10AC4C31" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515D9">
         <w:rPr>
@@ -881,51 +989,65 @@
     <w:p w14:paraId="4DDF88BA" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="138D16EC" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515D9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>This annex also presents the details of total contributions revenue recognized to date, which includes Annual Contributions Revenue, Prior Years Contributions Revenue, and the Future Revenue.  The future revenue are all future due contribution revenue as per due dates in signed agreements after the financial year or reporting period</w:t>
+        <w:t xml:space="preserve">This annex also presents the details of total contributions revenue recognized to date, which includes Annual Contributions Revenue, Prior Years Contributions Revenue, and the Future Revenue.  The future revenue </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009515D9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009515D9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all future due contribution revenue as per due dates in signed agreements after the financial year or reporting period</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B51CED" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D2364A0" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515D9">
         <w:rPr>
@@ -937,80 +1059,104 @@
     <w:p w14:paraId="21D80E44" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78A80CC2" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515D9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>This annex presents prior period adjustments made to prior reporting year closing balances, and how the closing balances relate to the reporting year opening balances. They are attributable to prior periods, resulting from changes in accounting policies and estimates or corrections of errors made in previous years.</w:t>
+        <w:t xml:space="preserve">This annex presents prior period adjustments made to prior reporting year closing balances, and how the closing balances relate to the reporting year opening balances. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009515D9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>They are attributable to prior periods, resulting from changes in accounting policies and estimates or corrections of errors made in previous years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FE684F" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77F48606" w14:textId="77777777" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
+    <w:p w14:paraId="77F48606" w14:textId="63863F01" w:rsidR="009515D9" w:rsidRPr="009515D9" w:rsidRDefault="009515D9" w:rsidP="00EF69F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009515D9">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Annex III: Financially completed outputs for the reporting year of 1 January YYYY to 31 December YYYY</w:t>
+        <w:t xml:space="preserve">Annex III: Financially completed </w:t>
+      </w:r>
+      <w:r w:rsidR="6938FC12" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009515D9">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the reporting year of 1 January YYYY to 31 December YYYY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4B0400" w14:textId="77777777" w:rsidR="003147F0" w:rsidRPr="004E0FD8" w:rsidRDefault="003147F0" w:rsidP="005560D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="705" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F877772" w14:textId="6C41B9AD" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336" w:rsidP="005560D9">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1023,247 +1169,243 @@
         <w:t>Frequency of reporting</w:t>
       </w:r>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E99A457" w14:textId="3CC4D998" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336" w:rsidP="005560D9">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0E7D9E" w14:textId="42166B16" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="003C75AE" w:rsidP="005560D9">
+    <w:p w14:paraId="4B0E7D9E" w14:textId="302BFD34" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="003C75AE" w:rsidP="005560D9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C400B8">
-[...29 lines deleted...]
-      <w:r w:rsidR="00D06FF6">
+      <w:r w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UNDP Bureau of Management Services, Office of Financial </w:t>
+      </w:r>
+      <w:r w:rsidR="2CDD6745" w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Resource </w:t>
+      </w:r>
+      <w:r w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Management (</w:t>
+      </w:r>
+      <w:r w:rsidR="6462007C" w:rsidRPr="4A0FC18F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BMS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="34875510" w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06FF6" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is responsible for providing t</w:t>
       </w:r>
-      <w:r w:rsidR="00363336" w:rsidRPr="00662C65">
+      <w:r w:rsidR="00363336" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="00C36366">
+      <w:r w:rsidR="00C36366" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">annual </w:t>
       </w:r>
-      <w:r w:rsidR="00363336" w:rsidRPr="00662C65">
+      <w:r w:rsidR="00363336" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">certified </w:t>
       </w:r>
-      <w:r w:rsidR="000D5475">
-[...11 lines deleted...]
-      <w:r w:rsidR="00363336" w:rsidRPr="00662C65">
+      <w:r w:rsidR="000D5475" w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">financial </w:t>
+      </w:r>
+      <w:r w:rsidR="00363336" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>reports</w:t>
       </w:r>
-      <w:r w:rsidR="00D87A5A" w:rsidRPr="00D87A5A">
+      <w:r w:rsidR="00D87A5A" w:rsidRPr="147F602F">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D87A5A" w:rsidRPr="005560D9">
+      <w:r w:rsidR="00D87A5A" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>as of 31 December by the 30 June of the following year</w:t>
       </w:r>
-      <w:r w:rsidR="00363336" w:rsidRPr="00662C65">
+      <w:r w:rsidR="00363336" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> to non-programme country donor</w:t>
       </w:r>
-      <w:r w:rsidR="00907A31">
-[...11 lines deleted...]
-      <w:r w:rsidR="00C36366">
+      <w:r w:rsidR="00907A31" w:rsidRPr="147F602F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the relevant UNDP country offices</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36366" w:rsidRPr="147F602F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA96DC6" w14:textId="7DDE57BC" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="00363336" w:rsidP="005560D9">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="900" w:right="0" w:hanging="555"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662C65">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE6DE35" w14:textId="702F9B11" w:rsidR="009908D8" w:rsidRPr="00662C65" w:rsidRDefault="009908D8" w:rsidP="00363336">
       <w:pPr>
         <w:spacing w:after="7462" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009908D8" w:rsidRPr="00662C65">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="846" w:bottom="1440" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AB5CAF0" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007" w:rsidP="00363336">
+    <w:p w14:paraId="11D12DE4" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E" w:rsidP="00363336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D5D3FDC" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007" w:rsidP="00363336">
+    <w:p w14:paraId="6D0D0E14" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E" w:rsidP="00363336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="297B28F8" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007">
+    <w:p w14:paraId="7F95E56E" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1295,232 +1437,258 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7E49EFE8" w14:textId="77777777" w:rsidR="00832C82" w:rsidRDefault="00832C82">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="76F55A95" w14:textId="753F418D" w:rsidR="00363336" w:rsidRPr="00105836" w:rsidRDefault="00706091" w:rsidP="00706091">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
     </w:pPr>
-  </w:p>
-[...9 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
-        <w:noProof/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
-        <w:noProof/>
-[...1 lines deleted...]
-      <w:t>1</w:t>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
       <w:rPr>
         <w:b/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00662C65">
-      <w:t>Effective Date:</w:t>
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Effective Date: </w:t>
     </w:r>
-    <w:r>
-[...8 lines deleted...]
-    <w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:alias w:val="Effective Date"/>
+        <w:tag w:val="UNDP_POPP_EFFECTIVEDATE"/>
+        <w:id w:val="-2055068090"/>
+        <w:placeholder>
+          <w:docPart w:val="C550533C681B453E9BCF44E3E7C9FC40"/>
+        </w:placeholder>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_EFFECTIVEDATE[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
+        <w:date w:fullDate="2026-02-15T00:00:00Z">
+          <w:dateFormat w:val="dd/MM/yyyy"/>
+          <w:lid w:val="en-US"/>
+          <w:storeMappedDataAs w:val="dateTime"/>
+          <w:calendar w:val="gregorian"/>
+        </w:date>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>15/02/2026</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidRPr="00662C65">
+    <w:r w:rsidRPr="0042157A">
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
+      <w:rPr>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
-        <w:id w:val="1049340832"/>
+        <w:id w:val="2123952831"/>
         <w:placeholder>
-          <w:docPart w:val="1FD9BC4DC6ED44388B0C16F09B840413"/>
+          <w:docPart w:val="49B8E8A9EF204D4C954CD61E8B95A417"/>
         </w:placeholder>
-        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{B182506D-7A9A-4AD2-9DB7-EB6B7FDEAA2B}"/>
+        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{9213EB15-F2E9-402F-950C-DA768C4AE071}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00AE42FD">
-          <w:t>3</w:t>
+        <w:r>
+          <w:rPr>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>4</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B86F765" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007" w:rsidP="00363336">
+    <w:p w14:paraId="2FBBBAE9" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E" w:rsidP="00363336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="102471D9" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007" w:rsidP="00363336">
+    <w:p w14:paraId="674C32A1" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E" w:rsidP="00363336">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1577E702" w14:textId="77777777" w:rsidR="00257007" w:rsidRDefault="00257007">
+    <w:p w14:paraId="1F16940B" w14:textId="77777777" w:rsidR="00D8202E" w:rsidRDefault="00D8202E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1D13BB36" w14:textId="0E4D18C2" w:rsidR="00363336" w:rsidRDefault="00363336" w:rsidP="00363336">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73D8CD53" wp14:editId="10807097">
           <wp:extent cx="304745" cy="609600"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:docPr id="24" name="Picture 24"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -1545,62 +1713,52 @@
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2FAA5573" w14:textId="77777777" w:rsidR="00363336" w:rsidRDefault="00363336">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024E0676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B526832"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2865" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3015,64 +3173,64 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7545" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FA507BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D15AE34C"/>
+    <w:tmpl w:val="BE9E5F8E"/>
     <w:lvl w:ilvl="0" w:tplc="1CD6B850">
       <w:start w:val="30"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2505" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3225" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
@@ -3351,343 +3509,387 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6110" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6830" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1792279781">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="194465848">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="84963333">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2080127526">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="251478736">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1881358336">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1945766345">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="880439402">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1307934438">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1324702241">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="90855848">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1534223037">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1167091219">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="789780092">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="670108336">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009908D8"/>
     <w:rsid w:val="0000083C"/>
     <w:rsid w:val="00002BBE"/>
     <w:rsid w:val="000342BA"/>
     <w:rsid w:val="0004625B"/>
+    <w:rsid w:val="00053D9E"/>
     <w:rsid w:val="00055112"/>
     <w:rsid w:val="00064419"/>
     <w:rsid w:val="00091A7C"/>
+    <w:rsid w:val="00094937"/>
     <w:rsid w:val="000A5D05"/>
     <w:rsid w:val="000C6FCA"/>
+    <w:rsid w:val="000D0323"/>
     <w:rsid w:val="000D5475"/>
     <w:rsid w:val="000E0AA3"/>
     <w:rsid w:val="000E168D"/>
+    <w:rsid w:val="00105836"/>
     <w:rsid w:val="00114C9E"/>
     <w:rsid w:val="001204EC"/>
+    <w:rsid w:val="00122C69"/>
     <w:rsid w:val="00127CD8"/>
     <w:rsid w:val="00136499"/>
     <w:rsid w:val="00140EC2"/>
+    <w:rsid w:val="001601A7"/>
     <w:rsid w:val="001A7253"/>
+    <w:rsid w:val="001B2E33"/>
     <w:rsid w:val="001C64F1"/>
     <w:rsid w:val="001D5BD0"/>
     <w:rsid w:val="001E509D"/>
     <w:rsid w:val="002140AE"/>
     <w:rsid w:val="00230D91"/>
     <w:rsid w:val="002344AD"/>
+    <w:rsid w:val="00246897"/>
     <w:rsid w:val="00251DE3"/>
     <w:rsid w:val="00256111"/>
     <w:rsid w:val="00257007"/>
     <w:rsid w:val="002606FB"/>
     <w:rsid w:val="00277547"/>
     <w:rsid w:val="00282E89"/>
     <w:rsid w:val="00285833"/>
     <w:rsid w:val="00295C2E"/>
     <w:rsid w:val="002B53D0"/>
     <w:rsid w:val="002C50B7"/>
     <w:rsid w:val="002E68E1"/>
     <w:rsid w:val="00311382"/>
     <w:rsid w:val="003147F0"/>
     <w:rsid w:val="00323E5E"/>
     <w:rsid w:val="00327DA3"/>
     <w:rsid w:val="00357208"/>
     <w:rsid w:val="00363336"/>
     <w:rsid w:val="00363CA5"/>
     <w:rsid w:val="00365FC3"/>
+    <w:rsid w:val="00366419"/>
+    <w:rsid w:val="00381F04"/>
     <w:rsid w:val="00387DAD"/>
+    <w:rsid w:val="003A49D5"/>
     <w:rsid w:val="003A55B9"/>
     <w:rsid w:val="003B6AC8"/>
     <w:rsid w:val="003C3F43"/>
     <w:rsid w:val="003C75AE"/>
     <w:rsid w:val="003E0204"/>
     <w:rsid w:val="003F366A"/>
     <w:rsid w:val="003F3FB6"/>
     <w:rsid w:val="003F5E4A"/>
     <w:rsid w:val="004009FE"/>
     <w:rsid w:val="00421605"/>
     <w:rsid w:val="004236F0"/>
     <w:rsid w:val="00427FE3"/>
     <w:rsid w:val="004421B5"/>
     <w:rsid w:val="004563FB"/>
     <w:rsid w:val="00482862"/>
+    <w:rsid w:val="00494F6E"/>
     <w:rsid w:val="00495A04"/>
     <w:rsid w:val="004D2327"/>
     <w:rsid w:val="004E0FD8"/>
     <w:rsid w:val="004E4E34"/>
+    <w:rsid w:val="004F0C2F"/>
     <w:rsid w:val="00505E03"/>
     <w:rsid w:val="00510119"/>
     <w:rsid w:val="00530DA5"/>
     <w:rsid w:val="005560D9"/>
     <w:rsid w:val="00567928"/>
     <w:rsid w:val="005779B2"/>
     <w:rsid w:val="005809A8"/>
     <w:rsid w:val="00583026"/>
     <w:rsid w:val="00592C80"/>
+    <w:rsid w:val="005F3D95"/>
     <w:rsid w:val="006024BC"/>
     <w:rsid w:val="00616D65"/>
     <w:rsid w:val="00623BD9"/>
     <w:rsid w:val="006342B8"/>
     <w:rsid w:val="00645499"/>
     <w:rsid w:val="00651844"/>
     <w:rsid w:val="00656F42"/>
     <w:rsid w:val="00662C65"/>
     <w:rsid w:val="00674487"/>
     <w:rsid w:val="00682FA3"/>
     <w:rsid w:val="006B0ED1"/>
     <w:rsid w:val="006B4B99"/>
     <w:rsid w:val="006C2E70"/>
     <w:rsid w:val="006C4C25"/>
     <w:rsid w:val="006C6833"/>
     <w:rsid w:val="006C68A8"/>
+    <w:rsid w:val="006F2FED"/>
     <w:rsid w:val="006F55D0"/>
+    <w:rsid w:val="00706091"/>
     <w:rsid w:val="00720938"/>
+    <w:rsid w:val="00724282"/>
+    <w:rsid w:val="007309E2"/>
     <w:rsid w:val="00764056"/>
     <w:rsid w:val="00772AEE"/>
     <w:rsid w:val="00784F2E"/>
     <w:rsid w:val="00785FD6"/>
     <w:rsid w:val="0078748E"/>
     <w:rsid w:val="00793077"/>
     <w:rsid w:val="00793E60"/>
+    <w:rsid w:val="007C2383"/>
     <w:rsid w:val="007D0092"/>
     <w:rsid w:val="007D24CD"/>
     <w:rsid w:val="007E384E"/>
     <w:rsid w:val="007E440B"/>
     <w:rsid w:val="007E586A"/>
     <w:rsid w:val="00801816"/>
     <w:rsid w:val="008145B6"/>
     <w:rsid w:val="00817B76"/>
     <w:rsid w:val="008203B1"/>
     <w:rsid w:val="00827FEA"/>
     <w:rsid w:val="00832C82"/>
     <w:rsid w:val="00832CFC"/>
     <w:rsid w:val="00835F3D"/>
     <w:rsid w:val="00846837"/>
     <w:rsid w:val="008473D4"/>
     <w:rsid w:val="00865A9E"/>
     <w:rsid w:val="008B751F"/>
     <w:rsid w:val="008C7CFF"/>
     <w:rsid w:val="008D23DC"/>
     <w:rsid w:val="008D4B36"/>
     <w:rsid w:val="008E714B"/>
     <w:rsid w:val="0090365F"/>
     <w:rsid w:val="00907A31"/>
     <w:rsid w:val="00917A54"/>
     <w:rsid w:val="00921B3F"/>
     <w:rsid w:val="00923239"/>
     <w:rsid w:val="00936FC5"/>
     <w:rsid w:val="009515D9"/>
     <w:rsid w:val="009908D8"/>
     <w:rsid w:val="00A13277"/>
     <w:rsid w:val="00A16D37"/>
     <w:rsid w:val="00A23CB0"/>
     <w:rsid w:val="00A43EDC"/>
     <w:rsid w:val="00A46273"/>
+    <w:rsid w:val="00A6344A"/>
     <w:rsid w:val="00A64231"/>
     <w:rsid w:val="00A64B7D"/>
     <w:rsid w:val="00AB31D3"/>
     <w:rsid w:val="00AE42FD"/>
     <w:rsid w:val="00AE628D"/>
     <w:rsid w:val="00B13655"/>
     <w:rsid w:val="00B47A8E"/>
     <w:rsid w:val="00B50189"/>
     <w:rsid w:val="00B551D7"/>
     <w:rsid w:val="00B60AE2"/>
     <w:rsid w:val="00B70C44"/>
     <w:rsid w:val="00B7137B"/>
     <w:rsid w:val="00B72F73"/>
     <w:rsid w:val="00B77877"/>
     <w:rsid w:val="00B803BE"/>
     <w:rsid w:val="00B940A8"/>
+    <w:rsid w:val="00BB4263"/>
+    <w:rsid w:val="00BC0220"/>
     <w:rsid w:val="00BC6F00"/>
     <w:rsid w:val="00BE3383"/>
     <w:rsid w:val="00BF3F60"/>
     <w:rsid w:val="00C130B5"/>
+    <w:rsid w:val="00C153CD"/>
     <w:rsid w:val="00C16E46"/>
     <w:rsid w:val="00C265A8"/>
     <w:rsid w:val="00C34CBA"/>
     <w:rsid w:val="00C36366"/>
     <w:rsid w:val="00C400B8"/>
     <w:rsid w:val="00C52F41"/>
     <w:rsid w:val="00C53F29"/>
     <w:rsid w:val="00C72DCC"/>
     <w:rsid w:val="00C76DE9"/>
     <w:rsid w:val="00C94504"/>
     <w:rsid w:val="00D01BEF"/>
     <w:rsid w:val="00D0233F"/>
     <w:rsid w:val="00D048B6"/>
     <w:rsid w:val="00D06FF6"/>
+    <w:rsid w:val="00D134A7"/>
     <w:rsid w:val="00D3431E"/>
     <w:rsid w:val="00D51DB5"/>
     <w:rsid w:val="00D63E59"/>
     <w:rsid w:val="00D73810"/>
+    <w:rsid w:val="00D8202E"/>
     <w:rsid w:val="00D87A5A"/>
     <w:rsid w:val="00E03410"/>
     <w:rsid w:val="00E26742"/>
     <w:rsid w:val="00E41B11"/>
+    <w:rsid w:val="00EA2E8B"/>
+    <w:rsid w:val="00EA5EA5"/>
     <w:rsid w:val="00EC391B"/>
     <w:rsid w:val="00ED7733"/>
     <w:rsid w:val="00EF69F0"/>
     <w:rsid w:val="00F11267"/>
     <w:rsid w:val="00F30A1A"/>
+    <w:rsid w:val="00F4202B"/>
     <w:rsid w:val="00F55794"/>
     <w:rsid w:val="00F62CAF"/>
     <w:rsid w:val="00F67BCE"/>
     <w:rsid w:val="00F87F4C"/>
     <w:rsid w:val="00F94519"/>
+    <w:rsid w:val="00FB2A58"/>
     <w:rsid w:val="00FD0A3D"/>
     <w:rsid w:val="00FD78B2"/>
+    <w:rsid w:val="147F602F"/>
+    <w:rsid w:val="184E4C00"/>
+    <w:rsid w:val="1C431734"/>
+    <w:rsid w:val="215E3A52"/>
+    <w:rsid w:val="2CDD6745"/>
+    <w:rsid w:val="32624BDB"/>
+    <w:rsid w:val="34875510"/>
+    <w:rsid w:val="4A0FC18F"/>
+    <w:rsid w:val="6462007C"/>
+    <w:rsid w:val="671D70D0"/>
+    <w:rsid w:val="6938FC12"/>
+    <w:rsid w:val="701E7529"/>
+    <w:rsid w:val="78A546D9"/>
+    <w:rsid w:val="7AAB366F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63B157A7"/>
-  <w15:docId w15:val="{B01D07C8-7DE0-4473-A583-B6B34D31206D}"/>
+  <w15:docId w15:val="{B74864D5-C28E-4B0B-900D-624A0BBF84D4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4291,100 +4493,132 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F94519"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F94519"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="1FD9BC4DC6ED44388B0C16F09B840413"/>
+        <w:name w:val="C550533C681B453E9BCF44E3E7C9FC40"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D1443AF5-295F-410B-A3A3-D17BC24B40FE}"/>
+        <w:guid w:val="{7461A92B-0D9C-45C8-973E-E25A1F08A5C9}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="005470C5" w:rsidRDefault="005F3D95">
-          <w:r w:rsidRPr="00EC38FF">
+        <w:p w:rsidR="00D07DB9" w:rsidRDefault="00B53D8F" w:rsidP="00B53D8F">
+          <w:pPr>
+            <w:pStyle w:val="C550533C681B453E9BCF44E3E7C9FC40"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00501F33">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>[Effective Date]</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="49B8E8A9EF204D4C954CD61E8B95A417"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E9CC57DB-8A77-47A7-B908-56BB997F201E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D07DB9" w:rsidRDefault="00B53D8F" w:rsidP="00B53D8F">
+          <w:pPr>
+            <w:pStyle w:val="49B8E8A9EF204D4C954CD61E8B95A417"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00501F33">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -4412,127 +4646,126 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...4 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009402B5"/>
     <w:rsid w:val="000A5D05"/>
+    <w:rsid w:val="002E21D3"/>
     <w:rsid w:val="004D7F37"/>
     <w:rsid w:val="005470C5"/>
     <w:rsid w:val="005F3D95"/>
     <w:rsid w:val="006038F5"/>
     <w:rsid w:val="0067699C"/>
+    <w:rsid w:val="008F068E"/>
+    <w:rsid w:val="008F2586"/>
+    <w:rsid w:val="008F7014"/>
     <w:rsid w:val="009402B5"/>
+    <w:rsid w:val="00940BB9"/>
+    <w:rsid w:val="00B53D8F"/>
+    <w:rsid w:val="00C04AE4"/>
     <w:rsid w:val="00CA3313"/>
+    <w:rsid w:val="00D07DB9"/>
+    <w:rsid w:val="00D134A7"/>
+    <w:rsid w:val="00EA5EA5"/>
     <w:rsid w:val="00F67F47"/>
+    <w:rsid w:val="00FB2A58"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7CDC3163"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4918,60 +5151,80 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005F3D95"/>
+    <w:rsid w:val="00B53D8F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EA94677438184FCF856ADE9ABCBAB5A3">
+    <w:name w:val="EA94677438184FCF856ADE9ABCBAB5A3"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C550533C681B453E9BCF44E3E7C9FC40">
+    <w:name w:val="C550533C681B453E9BCF44E3E7C9FC40"/>
+    <w:rsid w:val="00B53D8F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49B8E8A9EF204D4C954CD61E8B95A417">
+    <w:name w:val="49B8E8A9EF204D4C954CD61E8B95A417"/>
+    <w:rsid w:val="00B53D8F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -5206,377 +5459,231 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...45 lines deleted...]
-</spe:Receivers>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5621,285 +5728,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...86 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C0940F-F3ED-4331-A414-177B077582ED}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B182506D-7A9A-4AD2-9DB7-EB6B7FDEAA2B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1819B9CF-F434-4598-A104-8F3E57287983}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92BED626-8FED-462E-9BE6-5EF2347B02AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21C4247B-38D5-438B-8BCC-A4E2E3046119}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>913</Words>
-  <Characters>5207</Characters>
+  <Words>910</Words>
+  <Characters>5193</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6108</CharactersWithSpaces>
+  <CharactersWithSpaces>6091</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>1a062f1c-f534-423b-9de9-e601d5a4fb31</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
 </Properties>
 </file>