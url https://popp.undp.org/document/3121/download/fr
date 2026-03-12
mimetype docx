--- v0 (2025-10-05)
+++ v1 (2026-03-12)
@@ -1,208 +1,237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3F276551" w14:textId="77777777" w:rsidR="003F2C97" w:rsidRDefault="00761AD4">
       <w:pPr>
         <w:spacing w:after="197" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Dépenses des revenus générés par le recouvrement des coûts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6566AB6A" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EC70E1" w:rsidRDefault="003F2C97">
       <w:pPr>
         <w:spacing w:after="197" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Principes généraux</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D039B3" w14:textId="574AC1AA" w:rsidR="00642E70" w:rsidRPr="00B820EA" w:rsidRDefault="124635E2" w:rsidP="124635E2">
+    <w:p w14:paraId="47D039B3" w14:textId="57B0A63F" w:rsidR="00642E70" w:rsidRPr="00B820EA" w:rsidRDefault="124635E2" w:rsidP="124635E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="285"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Les revenus générés par le recouvrement des coûts, tels que les frais d’appui général à la gestion (GMS) provenant de projets de programmes non essentiels (se référer au POPP), les services d’appui (ISS) aux agences des NU bas</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">s sur les UPL ou LPL (se référer au POPP </w:t>
+        <w:t xml:space="preserve">Les revenus générés par le recouvrement des coûts, tels que les frais d’appui général à la gestion (GMS) provenant de projets de programmes non essentiels (se référer au POPP), les services d’appui (ISS) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00045C01">
+        <w:t xml:space="preserve">aux agences des NU basés sur les UPL ou LPL (se référer au POPP </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="124635E2">
+        <w:r w:rsidR="00E379D4" w:rsidRPr="00045C01">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-[...3 lines deleted...]
-            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>UN Agency Services,</w:t>
+          <w:t>UN Agency Services</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> les frais d’agent administratif pour les programmes conjoints et d’autres frais de services ad hoc pour les parties externes, constituent ensemble une source de financement majeure pour le budget institutionnel pour le financement des activités de gestion. </w:t>
+      <w:r w:rsidRPr="00045C01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E379D4" w:rsidRPr="00045C01">
+        <w:t>(en anglais))</w:t>
+      </w:r>
+      <w:r w:rsidR="00E379D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">les frais d’agent administratif pour les programmes conjoints et d’autres frais de services ad hoc pour les parties externes, constituent ensemble une source de financement majeure pour le budget institutionnel pour le financement des activités de gestion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0A2555" w14:textId="77777777" w:rsidR="00B820EA" w:rsidRDefault="00B820EA" w:rsidP="00B820EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="285"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C63DC6B" w14:textId="2D31DFE6" w:rsidR="00642E70" w:rsidRDefault="124635E2" w:rsidP="124635E2">
+    <w:p w14:paraId="3C63DC6B" w14:textId="088765B8" w:rsidR="00642E70" w:rsidRDefault="124635E2" w:rsidP="124635E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="285"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>À partir de 2017, la composante des recettes institutionnelles, essentielle pour financer le budget institutionnel de l’organisation, est formulée à travers l’agrégation des ressources budgétaires institutionnelles de base et autres que les ressources de base, notamment les revenus provenant de l’appui général à la gestion, les services aux agences, les contributions des gouvernements aux dépenses locales des bureaux (GLOC) et d’autres revenus extrabudgétaires, en vue de s’assurer que lorsque le groupe exécutif prend des décisions sur le budget institutionnel des centres de coûts, ces derniers ne soient pénalisés ou avantag</w:t>
+        <w:t>À partir de 2017, la composante des recettes institutionnelles, essentielle pour financer le budget institutionnel de l’organisation, est formulée à travers l’agrégation des ressources budgétaires institutionnelles de base et autres que les ressources de base, notamment les revenus provenant de l’appui général à la gestion, les services aux agences, les contributions des gouvernements aux dépenses locales des bureaux (GLOC) et d’autres revenus extrabudgétaires, en vue de s’assurer que lorsque le groupe exécutif</w:t>
+      </w:r>
+      <w:r w:rsidR="00016987">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00016987" w:rsidRPr="00016987">
+        <w:t>(EG)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> prend des décisions sur le budget institutionnel des centres de coûts, ces derniers ne soient pénalisés ou avantag</w:t>
       </w:r>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">s suivant la source particulière de leur financement traditionnel, et de permettre à la direction de l’organisation de prendre des décisions quant à l’utilisation de l’ensemble de ses ressources institutionnelles le plus efficacement possible (se référer à </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="124635E2">
+        <w:t>s suivant la source particulière de leur financement traditionnel, et de permettre à la direction de l’organisation de prendre des décisions quant à l’utilisation de l’ensemble de ses ressources institutionnelles le plus efficacement possible (</w:t>
+      </w:r>
+      <w:r w:rsidR="00016987" w:rsidRPr="00016987">
+        <w:t xml:space="preserve">voir le lien </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00016987" w:rsidRPr="00016987">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>the Administrator’s letter, 23 August 2016, Improved Planning and Budgeting Approach</w:t>
+          <w:t>ICI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve">) </w:t>
+      <w:r w:rsidR="00016987" w:rsidRPr="00016987">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00016987">
+        <w:t xml:space="preserve">(en anglais) </w:t>
+      </w:r>
+      <w:r w:rsidR="00016987" w:rsidRPr="00016987">
+        <w:t xml:space="preserve">vers la </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00016987" w:rsidRPr="00016987">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>lettre de l’Administrateur du 23 août 2016 sur l’approche améliorée de planification et de budgétisation</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00016987">
+        <w:t xml:space="preserve"> (en anglais)).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0BDB39" w14:textId="4C4E28F1" w:rsidR="00642E70" w:rsidRDefault="124635E2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="284"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>À la lumière de ce qui précède, le groupe exécutif prend ses décisions au sujet du budget institutionnel au niveau global (par exemple approbation d’un montant unique pour le budget institutionnel pour un centre de coûts). En considérant que, dans la perspective de l’établissement de rapports formels (états financiers, Conseil d’administration, etc.), l’utilisation des ressources doit être suivie dans des lignes de financement plus détaillées (de base, extrabudgétaire et autres sources de financement), des codes de financement différentiés sont utilisés pour suivre l’attribution, les recettes et les dépenses sur les lignes de financement de base et d’autres lignes de financement non institutionnelles.</w:t>
+        <w:t xml:space="preserve">À la lumière de ce qui précède, le groupe exécutif prend ses décisions au sujet du budget institutionnel au niveau global (par exemple approbation d’un montant unique pour le budget institutionnel pour un centre de coûts). En considérant que, dans la perspective de l’établissement de rapports formels (états financiers, Conseil d’administration, etc.), l’utilisation des ressources doit être suivie dans des lignes de financement plus détaillées (de base, extrabudgétaire et autres sources de financement), des codes de financement différentiés sont utilisés pour suivre l’attribution, les recettes et les dépenses sur les lignes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> financement de base et d’autres lignes de financement non institutionnelles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E5F832" w14:textId="41CBDC6C" w:rsidR="00013AD7" w:rsidRPr="00EC70E1" w:rsidRDefault="124635E2" w:rsidP="124635E2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Mise en place des allocations annuelles dans </w:t>
       </w:r>
       <w:r w:rsidR="00EC535F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Quantum</w:t>
       </w:r>
@@ -234,99 +263,101 @@
       </w:r>
       <w:r w:rsidR="00EC535F">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> sous des codes de fonds</w:t>
       </w:r>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> à </w:t>
       </w:r>
       <w:r>
         <w:t>« allocation contrôlée » et non plus des codes de fonds « contrôlées par espèces ». Néanmoins, à des fins de transparence, et afin de faciliter le suivi des recettes institutionnelles générées par un centre de coûts avec des chiffres planifiés, en principe, tous les revenus de recouvrement des coûts seront codés dans le code du département responsable de générer ces revenus de recouvrement des coûts. Ceci est clarifié de manière plus détaillée comme suit :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74B0C704" w14:textId="77777777" w:rsidR="00CE3DA0" w:rsidRDefault="00CE3DA0" w:rsidP="00EC70E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CCFC9E8" w14:textId="0A3FC72A" w:rsidR="00BD05D0" w:rsidRDefault="124635E2" w:rsidP="00EC70E1">
+    <w:p w14:paraId="3CCFC9E8" w14:textId="0A3FC72A" w:rsidR="00BD05D0" w:rsidRDefault="124635E2" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="284"/>
+        <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">À l’exception des fonds verticaux, les GMS seront enregistrés pleinement dans le fonds extrabudgétaire (11300) avec le code du département de gestion de chaque projet par le biais d’un procédé </w:t>
       </w:r>
       <w:r w:rsidR="00EC535F">
         <w:t>journalier</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> de capture des GMS (Batch process) dans </w:t>
       </w:r>
       <w:r w:rsidR="00EC535F">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. Les revenus extrabudgétaires de l’appui général à la gestion (GMS XB) ne sont pas rendus </w:t>
+        <w:t xml:space="preserve">. Les revenus extrabudgétaires de l’appui général à la </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">disponibles immédiatement à chaque unité dans </w:t>
+        <w:t xml:space="preserve">gestion (GMS XB) ne sont pas rendus disponibles immédiatement à chaque unité dans </w:t>
       </w:r>
       <w:r w:rsidR="00EC535F">
         <w:t>Quantum</w:t>
       </w:r>
       <w:r>
         <w:t>, mais ils financeront le budget institutionnel pour lequel les allocations seront fournies par chaque centre de coûts.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A81A107" w14:textId="77777777" w:rsidR="00642E70" w:rsidRPr="00642E70" w:rsidRDefault="00642E70" w:rsidP="00EC70E1">
+    <w:p w14:paraId="0A81A107" w14:textId="77777777" w:rsidR="00642E70" w:rsidRPr="00642E70" w:rsidRDefault="00642E70" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="284"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A0B318E" w14:textId="44082B45" w:rsidR="000A24C5" w:rsidRPr="00287711" w:rsidRDefault="124635E2" w:rsidP="00EC70E1">
+    <w:p w14:paraId="2A0B318E" w14:textId="44082B45" w:rsidR="000A24C5" w:rsidRPr="00287711" w:rsidRDefault="124635E2" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="5"/>
         </w:numPr>
+        <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>Les revenus de l’appui général à la gestion (GMS) provenant de fonds verticaux (Fonds Mondial</w:t>
       </w:r>
       <w:r w:rsidR="003819F5">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>Fonds pour l’environnement mondial, Fonds vert pour le climat et Protocole de Montréal) continueront d’être distribués aux différentes unités par le biais du Batch process mensuel des GMS sur la base de la décision de gestion d’avant 2017. Les revenus des GMS dus aux unités de gestion respectives du fonds vertical qui ont été identifiés comme programme spécial continueront de recevoir des allocations extrabudgétaires et de dépenser leurs fonds extrabudgétaires respectifs connus (11315, 62050, 63002, 63042, etc.). Les revenus des GMS dus aux centres de coûts régionaux seront crédités au fonds extrabudgétaire de l’appui général à la gestion (11300), qui constitue une source majeure de financement pour les centres de coûts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A78EE47" w14:textId="77777777" w:rsidR="002137E7" w:rsidRPr="002137E7" w:rsidRDefault="002137E7" w:rsidP="00405126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C59DD87" w14:textId="0CBD3AB1" w:rsidR="002137E7" w:rsidRDefault="1253BB02" w:rsidP="002137E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -372,175 +403,210 @@
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Les bureaux doivent suivre les lignes directrices annuelles des allocations des ressources internes du budget institutionnel lors de l’allocation et de l’utilisation pour l’année des plafonds de dépenses (ASL) provenant du budget non institutionnel. Ces lignes directrices sont distribuées annuellement et constituent les dernières décisions sur les questions budgétaires.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="145F345E" w14:textId="77777777" w:rsidR="00DB7F3F" w:rsidRDefault="00DB7F3F" w:rsidP="00405126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2368A5E9" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2" w:rsidP="00CE3DA0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="284"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Même si le champ d’application de l’attribution annuelle du budget institutionnel peut varier d’une année à l’autre, en général, les revenus de recouvrement des coûts doivent couvrir les catégories de coûts suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B1921F" w14:textId="466B5327" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2" w:rsidP="00405126">
+    <w:p w14:paraId="00B1921F" w14:textId="466B5327" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2" w:rsidP="00045C01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Coûts du personnel impliqué dans la gestion et les activités connexes de projets financés par d’autres ressources ou le personnel qui fournisse des services transactionnels d’appui aux agences des Nations Unies ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373F64C3" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2">
+    <w:p w14:paraId="373F64C3" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2" w:rsidP="00045C01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Dépenses de fonctionnement attribuables au personnel listé ci-dessus ; et</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16095AD8" w14:textId="0D0E0D2F" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2">
+    <w:p w14:paraId="16095AD8" w14:textId="0D0E0D2F" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="124635E2" w:rsidP="00045C01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="307"/>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:t>Investissements en capital pour renforcer l’efficacité organisationnelle et les capacités à mettre en œuvre les programmes encours et futurs. Cette catégorie de coûts peut comprendre les dépenses clairement liées aux améliorations en matière de fourniture de services et de capacités de delivery d’un bureau, ou des capacités de ce dernier à mettre en œuvre efficacement les activités desquelles les revenus extrabudgétaires sont générés.</w:t>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Investissements en capital pour renforcer l’efficacité organisationnelle et les capacités à mettre en œuvre les programmes encours et futurs. Cette catégorie de coûts peut comprendre les dépenses clairement liées aux améliorations en matière de fourniture de services et de capacités de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> d’un bureau, ou des capacités de ce dernier à mettre en œuvre efficacement les activités desquelles les revenus extrabudgétaires sont générés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FEED2C7" w14:textId="2ADEC448" w:rsidR="00830093" w:rsidRDefault="124635E2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="288"/>
         <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Par contre, les revenus extrabudgétaires ne doivent </w:t>
       </w:r>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pas</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> être utilisés pour financer les dépenses de programme ou de projet financés par d’autres ressources, et doivent uniquement être utilisés aux fins conformes aux plafonds de dépenses (ASL) fournis. Ce qui suit est une </w:t>
+        <w:t xml:space="preserve"> être utilisés pour financer les dépenses de programme ou de projet financés par d’autres ressources, et doivent uniquement être utilisés aux fins conformes aux plafonds de dépenses (ASL) fournis. Ce </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">qui suit est une </w:t>
       </w:r>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>liste illustrative des activités non éligibles au financement provenant de revenus extrabudgétaires</w:t>
       </w:r>
       <w:r>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081912FC" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00A806C0">
-      <w:pPr>
+    <w:p w14:paraId="081912FC" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00A806C0" w:rsidP="00045C01">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Les plafonds de dépenses du budget institutionnel </w:t>
       </w:r>
       <w:r w:rsidR="00AC7D54">
         <w:t>autres que les ressources de base</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ne peuvent </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00045C01">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>pas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> être utilisés comme un financement pour combler les écarts ou remplacer les contributions provenant d</w:t>
       </w:r>
       <w:r w:rsidR="001138E9">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">autres ressources qui ont été annulées ou non fournies en temps voulu par les donateurs ; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F9F63C" w14:textId="75A5257E" w:rsidR="00FE4700" w:rsidRDefault="124635E2">
-      <w:pPr>
+    <w:p w14:paraId="44F9F63C" w14:textId="75A5257E" w:rsidR="00FE4700" w:rsidRDefault="124635E2" w:rsidP="00045C01">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="270"/>
-        <w:ind w:hanging="360"/>
-[...2 lines deleted...]
-        <w:t>Les plafonds de dépenses du budget institutionnel autres que les ressources de base ne peuvent pas être utilisés en tant que « capital de départ » (seed money) lorsqu’aucun autre fonds de programmation n’est disponible, à l’exception du préfinancement pour les projets autonomes de coûts directs des projets (Stand-alone project) (se référer à la mise en œuvre des coûts directs des projets des politiques et procédures régissant les programmes et opérations par le biais d’un projet autonome).</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Les plafonds de dépenses du budget institutionnel autres que les ressources de base ne peuvent pas être utilisés en tant que « capital de départ » (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>seed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> money) lorsqu’aucun autre fonds de programmation n’est disponible, à l’exception du préfinancement pour les projets autonomes de coûts directs des projets (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Stand-alone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>project</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) (se référer à la mise en œuvre des coûts directs des projets des politiques et procédures régissant les programmes et opérations par le biais d’un projet autonome).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44682779" w14:textId="74FDF4F1" w:rsidR="00E62F44" w:rsidRDefault="124635E2">
-      <w:pPr>
+    <w:p w14:paraId="44682779" w14:textId="74FDF4F1" w:rsidR="00E62F44" w:rsidRDefault="124635E2" w:rsidP="00045C01">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="270"/>
-        <w:ind w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>Les plafonds de dépenses du budget institutionnel autres que les ressources de base ne peuvent pas être transférés ou utilisés autrement que pour les activités de gestion comme approuvé dans le plan de travail annuel intégré (IWP).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A71AA42" w14:textId="2A53CAD6" w:rsidR="124635E2" w:rsidRDefault="124635E2" w:rsidP="124635E2">
       <w:pPr>
         <w:spacing w:after="284"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="124635E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Redevabilité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E0D385" w14:textId="6ADE3AE9" w:rsidR="00FE4700" w:rsidRPr="000B3DD2" w:rsidRDefault="124635E2" w:rsidP="00EC70E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -573,276 +639,277 @@
       <w:pPr>
         <w:ind w:left="1053" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68F1E65B" w14:textId="4CA22B27" w:rsidR="00FE4700" w:rsidRDefault="124635E2" w:rsidP="00EC70E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Les bureaux et l’unité respective restent responsables d’assurer que les fonds sont dépensés conformément aux principes déterminés dans la section relative à la politique ci-dessus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="231F1D7B" w14:textId="77777777" w:rsidR="000B3DD2" w:rsidRDefault="000B3DD2" w:rsidP="00483631">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BBACB27" w14:textId="77777777" w:rsidR="000B3DD2" w:rsidRDefault="000B3DD2" w:rsidP="00483631">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3BCBD474" w14:textId="302AE7DF" w:rsidR="00BA3B63" w:rsidRPr="00483631" w:rsidRDefault="00BA3B63" w:rsidP="1253BB02">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15A241DB" w14:textId="77777777" w:rsidR="00A13577" w:rsidRDefault="00A13577" w:rsidP="001A6B06">
       <w:pPr>
         <w:ind w:left="1053" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7876B388" w14:textId="77777777" w:rsidR="001617FB" w:rsidRPr="001617FB" w:rsidRDefault="001617FB" w:rsidP="001617FB"/>
-    <w:p w14:paraId="2F90D402" w14:textId="77777777" w:rsidR="001617FB" w:rsidRPr="001617FB" w:rsidRDefault="001617FB" w:rsidP="001617FB"/>
-    <w:p w14:paraId="283614A3" w14:textId="77777777" w:rsidR="00027764" w:rsidRPr="003819F5" w:rsidRDefault="00027764" w:rsidP="00027764">
+    <w:p w14:paraId="2F90D402" w14:textId="77777777" w:rsidR="001617FB" w:rsidRPr="001617FB" w:rsidRDefault="001617FB" w:rsidP="00045C01">
+      <w:pPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="283614A3" w14:textId="3C924886" w:rsidR="00027764" w:rsidRPr="003819F5" w:rsidRDefault="00027764" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003819F5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Avertissement:</w:t>
+        <w:t>Avertissement</w:t>
+      </w:r>
+      <w:r w:rsidR="00045C01">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003819F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003819F5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="212121"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> Ce document a été traduit de l'anglais vers le français. En cas de divergence entre cette traduction et le document anglais original, le document anglais original prévaudra.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC27553" w14:textId="77777777" w:rsidR="00027764" w:rsidRPr="003819F5" w:rsidRDefault="00027764" w:rsidP="00027764">
+    <w:p w14:paraId="3DC27553" w14:textId="77777777" w:rsidR="00027764" w:rsidRPr="003819F5" w:rsidRDefault="00027764" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="681BCF43" w14:textId="77777777" w:rsidR="00027764" w:rsidRPr="00DD01F4" w:rsidRDefault="00027764" w:rsidP="00027764">
+    <w:p w14:paraId="681BCF43" w14:textId="6A0919C9" w:rsidR="00027764" w:rsidRPr="00DD01F4" w:rsidRDefault="00027764" w:rsidP="00045C01">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5CCB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="002C5CCB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> This document was translate</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EB6548">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ro</w:t>
+        <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="002C5CCB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>d from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
+        <w:t xml:space="preserve"> from English into French. In the event of any discrepancy between this translation and the original English document, the original English document shall prevail.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C6CC1A" w14:textId="7CD26C47" w:rsidR="00FE4700" w:rsidRPr="00027764" w:rsidRDefault="00FE4700" w:rsidP="001617FB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE4700" w:rsidRPr="00027764" w:rsidSect="00EF2807">
-      <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="even" r:id="rId17"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1172" w:right="1556" w:bottom="709" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79E9E8B3" w14:textId="77777777" w:rsidR="00BF3654" w:rsidRDefault="00BF3654" w:rsidP="002721D8">
+    <w:p w14:paraId="0BA6418C" w14:textId="77777777" w:rsidR="00A94F6E" w:rsidRDefault="00A94F6E" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6321D45A" w14:textId="77777777" w:rsidR="00BF3654" w:rsidRDefault="00BF3654" w:rsidP="002721D8">
+    <w:p w14:paraId="570C46CB" w14:textId="77777777" w:rsidR="00A94F6E" w:rsidRDefault="00A94F6E" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000006F" w:usb1="1200FBEF" w:usb2="0064C000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -869,278 +936,266 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5E4CAABC" w14:textId="77777777" w:rsidR="00EF2807" w:rsidRDefault="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3E3EE236" w14:textId="7652BC42" w:rsidR="002721D8" w:rsidRDefault="00EF2807">
+  <w:p w14:paraId="3E3EE236" w14:textId="1C55621C" w:rsidR="002721D8" w:rsidRDefault="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Page </w:t>
     </w:r>
     <w:r w:rsidR="005E5FF2">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="005E5FF2">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B820EA">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="005E5FF2">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
-[...7 lines deleted...]
-    </w:fldSimple>
+    <w:r w:rsidR="00A8499B">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00A8499B">
+      <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00A8499B">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00B820EA" w:rsidRPr="00B820EA">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00A8499B">
+      <w:rPr>
+        <w:b/>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
     <w:r>
-      <w:t xml:space="preserve"> pages </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00EC535F">
       <w:tab/>
-      <w:t>Date effective :</w:t>
+    </w:r>
+    <w:r w:rsidR="00016987" w:rsidRPr="00D8505C">
+      <w:t>Date d'entrée en vigueur</w:t>
+    </w:r>
+    <w:r w:rsidR="00016987">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00EC535F">
+      <w:t>:</w:t>
     </w:r>
     <w:r w:rsidR="00DA554B" w:rsidRPr="00DA554B">
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> 01/01/20</w:t>
     </w:r>
-    <w:r w:rsidR="00DA554B" w:rsidRPr="00DA554B">
-      <w:t>01/01/2017</w:t>
+    <w:r w:rsidR="00016987">
+      <w:t>26</w:t>
     </w:r>
     <w:r w:rsidR="00EC535F">
       <w:tab/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">Version # : </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1642957778"/>
         <w:placeholder>
           <w:docPart w:val="88EE1D27F2B0413998309C000B388DFC"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{0AE3453A-9882-4E93-BA2B-9C66064566A3}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00DA554B">
-          <w:t>8</w:t>
+        <w:r w:rsidR="00016987">
+          <w:t>9</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DCC2E1F" w14:textId="77777777" w:rsidR="00BF3654" w:rsidRDefault="00BF3654" w:rsidP="002721D8">
+    <w:p w14:paraId="7DCD3080" w14:textId="77777777" w:rsidR="00A94F6E" w:rsidRDefault="00A94F6E" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65D5842F" w14:textId="77777777" w:rsidR="00BF3654" w:rsidRDefault="00BF3654" w:rsidP="002721D8">
+    <w:p w14:paraId="4C267485" w14:textId="77777777" w:rsidR="00A94F6E" w:rsidRDefault="00A94F6E" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="78B261E7" w14:textId="4D60007E" w:rsidR="00EF2807" w:rsidRDefault="00EF2807" w:rsidP="00EF2807">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="78B261E7" w14:textId="79A724A8" w:rsidR="00EF2807" w:rsidRDefault="00016987" w:rsidP="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E5882D9" wp14:editId="2F9DC949">
-[...2 lines deleted...]
-          <wp:docPr id="24" name="Picture 24"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D144618" wp14:editId="0DD1F744">
+          <wp:extent cx="260198" cy="529050"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="4445"/>
+          <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="logo-undp-300.png"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect r="-4101" b="13722"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="322000" cy="615589"/>
+                    <a:ext cx="265260" cy="539343"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
-                  <a:extLst>
-[...3 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-</w:hdr>
-[...4 lines deleted...]
-  <w:p w14:paraId="03AF38FC" w14:textId="77777777" w:rsidR="00EC2C5A" w:rsidRDefault="00EC2C5A">
+  <w:p w14:paraId="1C362A75" w14:textId="77777777" w:rsidR="00016987" w:rsidRDefault="00016987" w:rsidP="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D2F058F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0F86D26"/>
     <w:lvl w:ilvl="0" w:tplc="D5A23668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -1634,50 +1689,276 @@
     <w:lvl w:ilvl="8" w:tplc="C84A71CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48DB3AA0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ABCAE728"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AA32679"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BD2304E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1413" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2133" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2853" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3573" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4293" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5013" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5733" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66120943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F66C1B16"/>
     <w:lvl w:ilvl="0" w:tplc="64801280">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -1845,113 +2126,123 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A04E3A32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1582132791">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="448473049">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1956324847">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE4700"/>
     <w:rsid w:val="00003C50"/>
     <w:rsid w:val="00005354"/>
     <w:rsid w:val="000113D1"/>
     <w:rsid w:val="00013AD7"/>
     <w:rsid w:val="00014CFD"/>
+    <w:rsid w:val="00016987"/>
     <w:rsid w:val="00020384"/>
     <w:rsid w:val="00021408"/>
     <w:rsid w:val="0002153C"/>
     <w:rsid w:val="00027764"/>
     <w:rsid w:val="0003005B"/>
     <w:rsid w:val="000427EA"/>
+    <w:rsid w:val="00045C01"/>
     <w:rsid w:val="00072D41"/>
     <w:rsid w:val="00082290"/>
     <w:rsid w:val="00092D49"/>
     <w:rsid w:val="000A1576"/>
     <w:rsid w:val="000A24C5"/>
     <w:rsid w:val="000A28E2"/>
     <w:rsid w:val="000B3DD2"/>
     <w:rsid w:val="000C24D7"/>
     <w:rsid w:val="000E27D9"/>
     <w:rsid w:val="000F044C"/>
+    <w:rsid w:val="000F0C27"/>
     <w:rsid w:val="00106F94"/>
     <w:rsid w:val="001138E9"/>
     <w:rsid w:val="00123635"/>
     <w:rsid w:val="00131E14"/>
     <w:rsid w:val="0014337D"/>
     <w:rsid w:val="00150FC4"/>
     <w:rsid w:val="001617FB"/>
     <w:rsid w:val="00171C85"/>
     <w:rsid w:val="00174E80"/>
     <w:rsid w:val="0017568D"/>
     <w:rsid w:val="00187111"/>
     <w:rsid w:val="00192F77"/>
     <w:rsid w:val="001A0BFB"/>
     <w:rsid w:val="001A1059"/>
     <w:rsid w:val="001A6B06"/>
     <w:rsid w:val="001B2B9A"/>
     <w:rsid w:val="001B437D"/>
     <w:rsid w:val="001E4E2F"/>
     <w:rsid w:val="002137E7"/>
     <w:rsid w:val="00216F75"/>
     <w:rsid w:val="002243BE"/>
     <w:rsid w:val="002319BF"/>
     <w:rsid w:val="00236143"/>
     <w:rsid w:val="002721D8"/>
     <w:rsid w:val="00273C2E"/>
@@ -1981,50 +2272,51 @@
     <w:rsid w:val="003D4422"/>
     <w:rsid w:val="003E669E"/>
     <w:rsid w:val="003E6CAB"/>
     <w:rsid w:val="003F2C97"/>
     <w:rsid w:val="004009ED"/>
     <w:rsid w:val="00401886"/>
     <w:rsid w:val="0040311C"/>
     <w:rsid w:val="00405126"/>
     <w:rsid w:val="00405835"/>
     <w:rsid w:val="00412E11"/>
     <w:rsid w:val="00412E71"/>
     <w:rsid w:val="00413ACA"/>
     <w:rsid w:val="00433862"/>
     <w:rsid w:val="004540EE"/>
     <w:rsid w:val="004733DB"/>
     <w:rsid w:val="00473989"/>
     <w:rsid w:val="00483631"/>
     <w:rsid w:val="00484EBB"/>
     <w:rsid w:val="004A456A"/>
     <w:rsid w:val="004A6877"/>
     <w:rsid w:val="004B2C5B"/>
     <w:rsid w:val="004B5ED8"/>
     <w:rsid w:val="004C02B5"/>
     <w:rsid w:val="004D3EEF"/>
     <w:rsid w:val="004E4701"/>
+    <w:rsid w:val="004F5831"/>
     <w:rsid w:val="00515FB4"/>
     <w:rsid w:val="0051666E"/>
     <w:rsid w:val="0052400B"/>
     <w:rsid w:val="00524DC2"/>
     <w:rsid w:val="00526FB3"/>
     <w:rsid w:val="0057447B"/>
     <w:rsid w:val="00577116"/>
     <w:rsid w:val="00597C4B"/>
     <w:rsid w:val="00597DC0"/>
     <w:rsid w:val="005B70B6"/>
     <w:rsid w:val="005B7CAE"/>
     <w:rsid w:val="005C41DA"/>
     <w:rsid w:val="005D08D4"/>
     <w:rsid w:val="005D22EA"/>
     <w:rsid w:val="005E5FF2"/>
     <w:rsid w:val="00602F4B"/>
     <w:rsid w:val="00603C90"/>
     <w:rsid w:val="00614AFD"/>
     <w:rsid w:val="00614F7D"/>
     <w:rsid w:val="00616D5A"/>
     <w:rsid w:val="00635375"/>
     <w:rsid w:val="006374D0"/>
     <w:rsid w:val="00640BA3"/>
     <w:rsid w:val="00642E70"/>
     <w:rsid w:val="0066419F"/>
@@ -2056,153 +2348,157 @@
     <w:rsid w:val="008915FE"/>
     <w:rsid w:val="008B4A54"/>
     <w:rsid w:val="009002DC"/>
     <w:rsid w:val="0091310C"/>
     <w:rsid w:val="009227FF"/>
     <w:rsid w:val="00936016"/>
     <w:rsid w:val="00943ECF"/>
     <w:rsid w:val="00961B3D"/>
     <w:rsid w:val="00975CAA"/>
     <w:rsid w:val="00985D45"/>
     <w:rsid w:val="00996EA7"/>
     <w:rsid w:val="009A330D"/>
     <w:rsid w:val="009A3808"/>
     <w:rsid w:val="009B6248"/>
     <w:rsid w:val="009D61B9"/>
     <w:rsid w:val="009E03B7"/>
     <w:rsid w:val="009F7C53"/>
     <w:rsid w:val="00A05283"/>
     <w:rsid w:val="00A07CB5"/>
     <w:rsid w:val="00A13577"/>
     <w:rsid w:val="00A50103"/>
     <w:rsid w:val="00A74B61"/>
     <w:rsid w:val="00A74E1B"/>
     <w:rsid w:val="00A7774F"/>
     <w:rsid w:val="00A806C0"/>
+    <w:rsid w:val="00A8499B"/>
+    <w:rsid w:val="00A94F6E"/>
     <w:rsid w:val="00A95CAA"/>
     <w:rsid w:val="00A95EFE"/>
     <w:rsid w:val="00AC0876"/>
     <w:rsid w:val="00AC7D54"/>
     <w:rsid w:val="00AD2399"/>
     <w:rsid w:val="00AD6A46"/>
     <w:rsid w:val="00AE1FE5"/>
     <w:rsid w:val="00B46D4C"/>
     <w:rsid w:val="00B6499F"/>
     <w:rsid w:val="00B820EA"/>
     <w:rsid w:val="00B82734"/>
     <w:rsid w:val="00B872CF"/>
     <w:rsid w:val="00BA1634"/>
     <w:rsid w:val="00BA3B63"/>
     <w:rsid w:val="00BB1525"/>
     <w:rsid w:val="00BC2D46"/>
     <w:rsid w:val="00BC542F"/>
     <w:rsid w:val="00BC5431"/>
     <w:rsid w:val="00BD05D0"/>
     <w:rsid w:val="00BD0893"/>
     <w:rsid w:val="00BD4192"/>
     <w:rsid w:val="00BF19DB"/>
     <w:rsid w:val="00BF3654"/>
     <w:rsid w:val="00C43C53"/>
     <w:rsid w:val="00C466DC"/>
     <w:rsid w:val="00C925C8"/>
     <w:rsid w:val="00CA4888"/>
     <w:rsid w:val="00CB0F0D"/>
     <w:rsid w:val="00CB3809"/>
     <w:rsid w:val="00CC4A1E"/>
     <w:rsid w:val="00CD454B"/>
     <w:rsid w:val="00CD765C"/>
     <w:rsid w:val="00CE3DA0"/>
     <w:rsid w:val="00D127B6"/>
     <w:rsid w:val="00D16466"/>
     <w:rsid w:val="00D409CD"/>
     <w:rsid w:val="00D508BA"/>
     <w:rsid w:val="00D56A27"/>
     <w:rsid w:val="00D769E7"/>
     <w:rsid w:val="00D94EA6"/>
     <w:rsid w:val="00DA554B"/>
     <w:rsid w:val="00DB7F3F"/>
     <w:rsid w:val="00DC0062"/>
     <w:rsid w:val="00DE52C7"/>
     <w:rsid w:val="00E04B65"/>
+    <w:rsid w:val="00E379D4"/>
     <w:rsid w:val="00E551CE"/>
     <w:rsid w:val="00E62F44"/>
     <w:rsid w:val="00E63605"/>
     <w:rsid w:val="00EA215A"/>
     <w:rsid w:val="00EA6819"/>
     <w:rsid w:val="00EA726B"/>
     <w:rsid w:val="00EB2A3B"/>
+    <w:rsid w:val="00EB6548"/>
     <w:rsid w:val="00EC2C5A"/>
     <w:rsid w:val="00EC535F"/>
     <w:rsid w:val="00EC70E1"/>
     <w:rsid w:val="00EF2807"/>
     <w:rsid w:val="00EF3FFC"/>
     <w:rsid w:val="00F00D38"/>
     <w:rsid w:val="00F21B0F"/>
     <w:rsid w:val="00F239C4"/>
     <w:rsid w:val="00F431F3"/>
     <w:rsid w:val="00F6239B"/>
     <w:rsid w:val="00F70200"/>
     <w:rsid w:val="00F72EC5"/>
     <w:rsid w:val="00F9597F"/>
     <w:rsid w:val="00FA0345"/>
     <w:rsid w:val="00FC381F"/>
     <w:rsid w:val="00FE4700"/>
     <w:rsid w:val="00FF155E"/>
     <w:rsid w:val="124635E2"/>
     <w:rsid w:val="1253BB02"/>
     <w:rsid w:val="30732133"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70F53969"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="fr-FR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2795,133 +3091,145 @@
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00027764"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00016987"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1690371553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/fr/node/11671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/Communication/Administrator&amp;apos;s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20-23-08-16.pdf&amp;action=default" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/policy-page/un-agency-services" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS%2FAdministrator%27s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20%2D23%2D08%2D16%2Epdf&amp;parent=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS%2FAdministrator%27s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20%2D23%2D08%2D16%2Epdf&amp;parent=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="88EE1D27F2B0413998309C000B388DFC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8F0A278-0D71-4692-8D93-72F1DC58729C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004F465C" w:rsidRDefault="00DA3D9C">
           <w:r w:rsidRPr="008651F4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="8000006F" w:usb1="1200FBEF" w:usb2="0064C000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2944,136 +3252,133 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA3D9C"/>
+    <w:rsid w:val="00033463"/>
+    <w:rsid w:val="00040C47"/>
     <w:rsid w:val="000F40C0"/>
     <w:rsid w:val="0015440A"/>
     <w:rsid w:val="001E4557"/>
     <w:rsid w:val="00217EF1"/>
     <w:rsid w:val="002B7CDD"/>
     <w:rsid w:val="002C7E15"/>
     <w:rsid w:val="003908F3"/>
     <w:rsid w:val="004F465C"/>
     <w:rsid w:val="00512F61"/>
     <w:rsid w:val="005C7418"/>
     <w:rsid w:val="0066419F"/>
     <w:rsid w:val="007A2EE8"/>
     <w:rsid w:val="008408E9"/>
     <w:rsid w:val="00885725"/>
     <w:rsid w:val="008E72D7"/>
     <w:rsid w:val="00B76ABB"/>
     <w:rsid w:val="00C87FC0"/>
     <w:rsid w:val="00DA3D9C"/>
     <w:rsid w:val="00E54E84"/>
     <w:rsid w:val="00EB3B4E"/>
     <w:rsid w:val="00ED1D59"/>
     <w:rsid w:val="00F106D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3465,65 +3770,55 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C7E15"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3772C34E763417D8FACFDF23264BBCE">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -3829,62 +4124,62 @@
     <UNDP_POPP_DOCUMENT_TEMPLATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <Location xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
     <TaxCatchAll xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Value>350</Value>
     </TaxCatchAll>
     <UNDP_POPP_VERSION_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_DOCUMENT_LANGUAGE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">French</UNDP_POPP_DOCUMENT_LANGUAGE>
     <UNDP_POPP_FOCALPOINT xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </UNDP_POPP_FOCALPOINT>
     <l0e6ef0c43e74560bd7f3acd1f5e8571 xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Financial Resources Management</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">682d4c54-a288-412d-bfec-ce5587bbd25c</TermId>
         </TermInfo>
       </Terms>
     </l0e6ef0c43e74560bd7f3acd1f5e8571>
     <UNDP_POPP_PLANNED_REVIEWDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_LASTMODIFIED xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
     <UNDP_POPP_REJECT_COMMENTS xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
-    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 01/01/2017                                                Version #: 9</DLCPolicyLabelValue>
+    <DLCPolicyLabelValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2017                                                Version #: 9.0</DLCPolicyLabelValue>
     <UNDP_POPP_EFFECTIVEDATE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">2016-12-31T23:00:00+00:00</UNDP_POPP_EFFECTIVEDATE>
     <UNDP_POPP_FILEVERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">1536</UNDP_POPP_FILEVERSION>
-    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">8</UNDP_POPP_REFITEM_VERSION>
+    <UNDP_POPP_REFITEM_VERSION xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">9</UNDP_POPP_REFITEM_VERSION>
     <UNDP_POPP_ISACTIVE xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">true</UNDP_POPP_ISACTIVE>
     <UNDP_POPP_TITLE_EN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">Dépenses des revenus générés par le recouvrement des coûts</UNDP_POPP_TITLE_EN>
     <_dlc_DocIdUrl xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
       <Url>https://intranet.undp.org/unit/bms/dir/internal/init_popp/_layouts/15/DocIdRedir.aspx?ID=UNITBMS-1904581467-35</Url>
       <Description>UNITBMS-1904581467-35</Description>
     </_dlc_DocIdUrl>
     <DLCPolicyLabelLock xmlns="e560140e-7b2f-4392-90df-e7567e3021a3" xsi:nil="true"/>
-    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 01/01/2017                                                Version #: 8.0</DLCPolicyLabelClientValue>
+    <DLCPolicyLabelClientValue xmlns="e560140e-7b2f-4392-90df-e7567e3021a3">Effective Date: 1/1/2017                                                Version #: 9.0</DLCPolicyLabelClientValue>
     <UNDP_POPP_BUSINESSUNITID_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <p:Policy xmlns:p="office.server.policy" id="" local="true">
   <p:Name>UNDP_POPP_DOCUMENTLIB_CONTENTTYPE</p:Name>
   <p:Description/>
   <p:Statement/>
   <p:PolicyItems>
     <p:PolicyItem featureId="Microsoft.Office.RecordsManagement.PolicyFeatures.PolicyLabel" staticId="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39|-591493697" UniqueId="d084c973-6e46-4ddd-b9a1-4c01a62f12ea">
       <p:Name>Labels</p:Name>
       <p:Description>Generates labels that can be inserted in Microsoft Office documents to ensure that document properties or other important information are included when documents are printed. Labels can also be used to search for documents.</p:Description>
       <p:CustomData>
         <label>
           <properties>
             <height>0.5</height>
             <font>Calibri</font>
           </properties>
           <segment type="literal">Effective Date: </segment>
           <segment type="metadata">UNDP_POPP_EFFECTIVEDATE</segment>
           <segment type="literal">                                                Version #: </segment>
           <segment type="metadata">UNDP_POPP_REFITEM_VERSION</segment>
@@ -4358,78 +4653,78 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C39E550-E3C2-48C9-B21A-59B5ADCA7DBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B8226ED-35B4-4B40-A633-5EE7CD770A29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73BE881-FDE4-4DB1-AFBA-EE1CA5F7AF12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1368</Words>
-  <Characters>7802</Characters>
+  <Words>1455</Words>
+  <Characters>8296</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>69</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9152</CharactersWithSpaces>
+  <CharactersWithSpaces>9732</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
   </property>