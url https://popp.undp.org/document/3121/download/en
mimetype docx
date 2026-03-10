--- v0 (2025-10-13)
+++ v1 (2026-03-10)
@@ -1,69 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="36B8D6C6" w14:textId="77777777" w:rsidR="003F2C97" w:rsidRDefault="00761AD4">
       <w:pPr>
         <w:spacing w:after="197" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Expenditure of Income Accrued from Cost Recovery</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C142F3C" w14:textId="0C6C9323" w:rsidR="00FE4700" w:rsidRPr="00EC70E1" w:rsidRDefault="003F2C97">
       <w:pPr>
         <w:spacing w:after="197" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -119,103 +113,106 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00857962">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> such as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">GMS fee from </w:t>
       </w:r>
       <w:r w:rsidR="00092D49" w:rsidRPr="00F21B0F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>non-core programme projects</w:t>
       </w:r>
       <w:r w:rsidR="003E6CAB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (refer to POPP )</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (refer to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003E6CAB">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>POPP )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, implementation support services</w:t>
       </w:r>
       <w:r w:rsidR="00294930">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0082635F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>UN Agencies</w:t>
       </w:r>
       <w:r w:rsidR="0082635F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on UPL or LPL</w:t>
       </w:r>
       <w:r w:rsidR="00A13577">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00294930">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">refer to POPP </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00A7774F">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00A7774F" w:rsidRPr="00EF10E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b/>
-[...3 lines deleted...]
-            <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>UN Agency Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00294930">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004733DB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00857962">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">dministrative </w:t>
       </w:r>
@@ -266,51 +263,51 @@
       <w:r w:rsidR="00DC0062">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004733DB">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC0062">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">together </w:t>
       </w:r>
       <w:r w:rsidR="00092D49" w:rsidRPr="00F21B0F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">constitute a major funding source for institutional budget to fund management activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0963DD83" w14:textId="49257C61" w:rsidR="00642E70" w:rsidRDefault="00DB7F3F">
+    <w:p w14:paraId="0963DD83" w14:textId="4F6D94F7" w:rsidR="00642E70" w:rsidRDefault="00DB7F3F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="284"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">From 2017 onwards, the </w:t>
       </w:r>
       <w:r w:rsidR="00106F94">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">institutional revenue component essential for financing of the organization’s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -434,93 +431,111 @@
       </w:r>
       <w:r w:rsidR="00803961">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>when the E</w:t>
       </w:r>
       <w:r w:rsidR="00CA4888">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">xecutive </w:t>
       </w:r>
       <w:r w:rsidR="00803961">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="00CA4888">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>roup</w:t>
       </w:r>
+      <w:r w:rsidR="000903D5" w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (EG)</w:t>
+      </w:r>
       <w:r w:rsidR="00803961">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> makes </w:t>
       </w:r>
       <w:r w:rsidR="0030750E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">decisions </w:t>
       </w:r>
       <w:r w:rsidR="00803961">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">on the institutional budget of </w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">cost </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>centers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00803961">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (CCs), respective CCs</w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> neither penalized no</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00061111" w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="00F431F3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>neither penalized no</w:t>
       </w:r>
       <w:r w:rsidR="00D508BA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> advantaged according to the particular source of their traditional funding, and </w:t>
       </w:r>
       <w:r w:rsidR="005D08D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">enable the leadership of the organization to make decisions </w:t>
       </w:r>
@@ -530,110 +545,164 @@
         </w:rPr>
         <w:t xml:space="preserve">on the </w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">use </w:t>
       </w:r>
       <w:r w:rsidR="005D08D4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>all its institutional resources in the most effective way</w:t>
       </w:r>
       <w:r w:rsidR="00324A90">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Refer to </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00324A90" w:rsidRPr="00614AFD">
+        <w:t xml:space="preserve"> (Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6222E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00276466" w:rsidRPr="00276466">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>the Administrator’s letter, 23 August 2016</w:t>
+          <w:t>HERE</w:t>
         </w:r>
-        <w:r w:rsidR="00614AFD" w:rsidRPr="00614AFD">
+      </w:hyperlink>
+      <w:r w:rsidR="000A54B3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0016328D">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00324A90">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00331636">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>, Improved Planning and Budgeting Approach</w:t>
+          <w:t>the Administrator’s letter on 23 August 2016 on the Improved Planning and Budgeting Approach)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F431F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00642E70">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1D626D" w14:textId="3E2183FC" w:rsidR="00642E70" w:rsidRDefault="00642E70">
+    <w:p w14:paraId="3F1D626D" w14:textId="3CEB634B" w:rsidR="00642E70" w:rsidRDefault="00642E70">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="284"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In light of the above, the EG makes its decisions on the </w:t>
       </w:r>
       <w:r w:rsidR="00F72EC5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>institutional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> budget at the overall, macro level (e.g. approval of a single amount for the institutional budget for a cost center CC).</w:t>
+        <w:t xml:space="preserve"> budget at the overall, macro level (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>e.g.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approval of a single amount for the institutional budget for a cost </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>center</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CC).</w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Noting that, fr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">om </w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>formal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> reporting </w:t>
       </w:r>
@@ -679,867 +748,984 @@
         </w:rPr>
         <w:t>), resource utilization needs to be tracked across more detailed fun</w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ding lines (core, XB</w:t>
       </w:r>
       <w:r w:rsidR="003F2C97">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other funding sources</w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> differentiated funding codes are used for </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00192F3F">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">differentiated funding codes are used for </w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tracking allocation, revenue, and expenditure on co</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">re </w:t>
       </w:r>
       <w:r w:rsidR="006A3C95">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>as well as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> non-core institutional funding lines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6555C204" w14:textId="19658781" w:rsidR="00394695" w:rsidRPr="00EC70E1" w:rsidRDefault="00E56E44" w:rsidP="00EC70E1">
+    <w:p w14:paraId="6555C204" w14:textId="6E347E2F" w:rsidR="00394695" w:rsidRDefault="00E56E44" w:rsidP="00EC70E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Qu</w:t>
       </w:r>
       <w:r w:rsidR="002F534E">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ntum </w:t>
       </w:r>
       <w:r w:rsidR="00394695" w:rsidRPr="00EC70E1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>setup for annual allocations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113C72A4" w14:textId="670C198E" w:rsidR="00526FB3" w:rsidRDefault="00642E70" w:rsidP="00EC70E1">
+    <w:p w14:paraId="6ED9CFED" w14:textId="77777777" w:rsidR="008A7A70" w:rsidRPr="00EC70E1" w:rsidRDefault="008A7A70" w:rsidP="00EC70E1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="113C72A4" w14:textId="13E4FDFF" w:rsidR="00526FB3" w:rsidRDefault="00642E70" w:rsidP="00EC70E1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">From </w:t>
       </w:r>
-      <w:r w:rsidR="002319BF">
+      <w:r w:rsidR="002319BF" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">commitment control </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">perspective, </w:t>
       </w:r>
-      <w:r w:rsidR="006A3C95">
+      <w:r w:rsidR="006A3C95" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">from 2017 onwards, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">all institutional budget funding lines are managed as ‘allocation controlled’ fund codes </w:t>
       </w:r>
-      <w:r w:rsidR="002319BF">
+      <w:r w:rsidR="002319BF" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00E56E44">
+      <w:r w:rsidR="00E56E44" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantum</w:t>
       </w:r>
-      <w:r w:rsidR="002319BF">
-[...11 lines deleted...]
-      <w:r w:rsidR="008915FE">
+      <w:r w:rsidR="00A848A9" w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="2F441010" w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002319BF" w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no longer ‘cash controlled’. Nevertheless, for transparency purposes, and in order to facilitate tracking of institutional revenue generated by a cost </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>center</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="7F48E817">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with planning figures, in principle</w:t>
+      </w:r>
+      <w:r w:rsidR="008915FE" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>all cost recovery income will be coded to the department code that is responsible for</w:t>
       </w:r>
-      <w:r w:rsidR="008915FE">
+      <w:r w:rsidR="008915FE" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>generati</w:t>
       </w:r>
-      <w:r w:rsidR="008915FE">
+      <w:r w:rsidR="008915FE" w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ng </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="7F48E817">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">such cost recovery income. This is clarified in more detail as follows: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5706A6B6" w14:textId="77777777" w:rsidR="00CE3DA0" w:rsidRDefault="00CE3DA0" w:rsidP="00EC70E1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3536899B" w14:textId="5EF89521" w:rsidR="00BD05D0" w:rsidRDefault="00BC2D46" w:rsidP="00EC70E1">
+    <w:p w14:paraId="3536899B" w14:textId="5EF89521" w:rsidR="00BD05D0" w:rsidRPr="005B31BF" w:rsidRDefault="00BC2D46" w:rsidP="005B31BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="284"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00642E70">
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Except for Vertical Funds, </w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>GMS income</w:t>
       </w:r>
-      <w:r w:rsidR="00C466DC" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00C466DC" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00597C4B" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00597C4B" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>will be r</w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ecorded</w:t>
       </w:r>
-      <w:r w:rsidRPr="00642E70">
+      <w:r w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009227FF" w:rsidRPr="00642E70">
+      <w:r w:rsidR="009227FF" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">fully </w:t>
       </w:r>
-      <w:r w:rsidR="003C6722" w:rsidRPr="00642E70">
+      <w:r w:rsidR="003C6722" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in XB fund</w:t>
       </w:r>
-      <w:r w:rsidR="00D94EA6" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00D94EA6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11300)</w:t>
       </w:r>
-      <w:r w:rsidR="00A74B61" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00A74B61" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00577116" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00577116" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">against </w:t>
       </w:r>
-      <w:r w:rsidR="00304BFB" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00304BFB" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">each project’s </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6A46" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00AD6A46" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">managing department code </w:t>
       </w:r>
-      <w:r w:rsidR="00787CD0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00787CD0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>through</w:t>
       </w:r>
-      <w:r w:rsidR="0054400B">
+      <w:r w:rsidR="0054400B" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> daily</w:t>
       </w:r>
-      <w:r w:rsidR="00787CD0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00787CD0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> GMS batch process </w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00713B7B">
+      <w:r w:rsidR="00713B7B" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantum</w:t>
       </w:r>
-      <w:r w:rsidR="00F00D38" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00F00D38" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00D94EA6" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00D94EA6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">GMS </w:t>
       </w:r>
-      <w:r w:rsidR="00F00D38" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00F00D38" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">XB income </w:t>
       </w:r>
-      <w:r w:rsidR="00936016" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00936016" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">is not made available immediately to </w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>each Unit</w:t>
       </w:r>
-      <w:r w:rsidR="00936016" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00936016" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
-      <w:r w:rsidR="00C45566">
+      <w:r w:rsidR="00C45566" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quantum</w:t>
       </w:r>
-      <w:r w:rsidR="00350633" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00350633" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, however,</w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> it </w:t>
       </w:r>
-      <w:r w:rsidR="00F00D38" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00F00D38" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00350633" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00350633" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">fund the institutional budget for which allocations </w:t>
       </w:r>
-      <w:r w:rsidR="00B82734" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00B82734" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">will be </w:t>
       </w:r>
-      <w:r w:rsidR="00BD05D0" w:rsidRPr="00642E70">
-[...5 lines deleted...]
-      <w:r w:rsidR="00722FAE" w:rsidRPr="00642E70">
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided by each cost </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD05D0" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>cente</w:t>
+      </w:r>
+      <w:r w:rsidR="00722FAE" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00B82734" w:rsidRPr="00642E70">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B82734" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0849D1F5" w14:textId="77777777" w:rsidR="00642E70" w:rsidRPr="00642E70" w:rsidRDefault="00642E70" w:rsidP="00EC70E1">
+    <w:p w14:paraId="0849D1F5" w14:textId="77777777" w:rsidR="00642E70" w:rsidRPr="00642E70" w:rsidRDefault="00642E70" w:rsidP="005B31BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="284"/>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:left="1440" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="130864E5" w14:textId="017DED5B" w:rsidR="000A24C5" w:rsidRPr="00287711" w:rsidRDefault="00BC2D46" w:rsidP="00EC70E1">
+    <w:p w14:paraId="130864E5" w14:textId="017DED5B" w:rsidR="000A24C5" w:rsidRPr="005B31BF" w:rsidRDefault="00BC2D46" w:rsidP="005B31BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00287711">
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">GMS </w:t>
       </w:r>
-      <w:r w:rsidR="00484EBB" w:rsidRPr="00287711">
+      <w:r w:rsidR="00484EBB" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">income </w:t>
       </w:r>
-      <w:r w:rsidRPr="00287711">
+      <w:r w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>from V</w:t>
       </w:r>
-      <w:r w:rsidR="00290839" w:rsidRPr="00287711">
+      <w:r w:rsidR="00290839" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ertical </w:t>
       </w:r>
-      <w:r w:rsidRPr="00287711">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C45566">
+      <w:r w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funds </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45566" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> G</w:t>
       </w:r>
-      <w:r w:rsidR="00E80303">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C45566">
+      <w:r w:rsidR="00E80303" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>lobal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E80303" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C45566" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00E80303">
+      <w:r w:rsidR="00E80303" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
-      <w:r w:rsidRPr="00287711">
+      <w:r w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, GEF, Green Climate Fund and Montreal Protocol)</w:t>
       </w:r>
-      <w:r w:rsidR="00A05283" w:rsidRPr="00287711">
+      <w:r w:rsidR="00A05283" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will continue </w:t>
       </w:r>
-      <w:r w:rsidR="00484EBB" w:rsidRPr="00287711">
+      <w:r w:rsidR="00484EBB" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to be distributed </w:t>
       </w:r>
-      <w:r w:rsidR="00F6239B" w:rsidRPr="00287711">
+      <w:r w:rsidR="00F6239B" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5431" w:rsidRPr="00287711">
+      <w:r w:rsidR="00BC5431" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">different units </w:t>
       </w:r>
-      <w:r w:rsidR="00292AA7" w:rsidRPr="00287711">
+      <w:r w:rsidR="00292AA7" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">through monthly GMS batch process </w:t>
       </w:r>
-      <w:r w:rsidR="00484EBB" w:rsidRPr="00287711">
+      <w:r w:rsidR="00484EBB" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5431" w:rsidRPr="00287711">
+      <w:r w:rsidR="00BC5431" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ased on the pre-2017 management </w:t>
       </w:r>
-      <w:r w:rsidR="00484EBB" w:rsidRPr="00287711">
+      <w:r w:rsidR="00484EBB" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">decision. </w:t>
       </w:r>
-      <w:r w:rsidR="00FF155E" w:rsidRPr="00287711">
-[...5 lines deleted...]
-      <w:r w:rsidR="003A5662" w:rsidRPr="00287711">
+      <w:r w:rsidR="00FF155E" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF155E" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">income accruing to the respective Vertical Fund Management Units that have been identified as special programme, will continue to receive </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5662" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">XB allocations </w:t>
       </w:r>
-      <w:r w:rsidR="00FF155E" w:rsidRPr="00287711">
+      <w:r w:rsidR="00FF155E" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and spend a</w:t>
       </w:r>
-      <w:r w:rsidR="004D3EEF" w:rsidRPr="00287711">
-[...12 lines deleted...]
-      <w:r w:rsidR="00D127B6" w:rsidRPr="00287711">
+      <w:r w:rsidR="004D3EEF" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gainst their respective designated XB </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004D3EEF" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>funds(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004D3EEF" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11315, 62050, 63002, 63042 etc.). </w:t>
+      </w:r>
+      <w:r w:rsidR="00D127B6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">GMS income accruing to Regional Cost </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D127B6" w:rsidRPr="00287711">
+      <w:r w:rsidR="00D127B6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Centers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D127B6" w:rsidRPr="00287711">
+      <w:r w:rsidR="00D127B6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be </w:t>
       </w:r>
-      <w:r w:rsidR="00D94EA6" w:rsidRPr="00287711">
+      <w:r w:rsidR="00D94EA6" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>credited to GMS XB fund (11300)</w:t>
       </w:r>
-      <w:r w:rsidR="00BD4192" w:rsidRPr="00287711">
+      <w:r w:rsidR="00BD4192" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> which will constitute a major funding source for </w:t>
       </w:r>
-      <w:r w:rsidR="00BC5431" w:rsidRPr="00287711">
+      <w:r w:rsidR="00BC5431" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00BD4192" w:rsidRPr="00287711">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BC5431" w:rsidRPr="00287711">
+      <w:r w:rsidR="00BD4192" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cost </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD4192" w:rsidRPr="005B31BF">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>cent</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5431" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00722FAE" w:rsidRPr="00287711">
+      <w:r w:rsidR="00722FAE" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00BD4192">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD4192" w:rsidRPr="005B31BF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44136435" w14:textId="0E605F5A" w:rsidR="002137E7" w:rsidRPr="002137E7" w:rsidRDefault="002137E7" w:rsidP="00405126">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36F815E1" w14:textId="77777777" w:rsidR="002137E7" w:rsidRDefault="002137E7" w:rsidP="002137E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">From 2017 onwards, agency services </w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>fees</w:t>
       </w:r>
-      <w:r w:rsidR="00614F7D">
+      <w:r w:rsidR="00614F7D" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (based on UPL/LPL, UNV and UNDSS) </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">will be recorded separately to a new fund (11302) whilst </w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">administrative agent fees will continue to be recorded under the </w:t>
       </w:r>
-      <w:r w:rsidR="00614F7D">
+      <w:r w:rsidR="00614F7D" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">existing </w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>fund</w:t>
       </w:r>
-      <w:r w:rsidR="00614F7D">
+      <w:r w:rsidR="00614F7D" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>11950</w:t>
       </w:r>
-      <w:r w:rsidR="00614F7D">
+      <w:r w:rsidR="00614F7D" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BF19DB">
+      <w:r w:rsidR="00BF19DB" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual allocations from </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>XB fund (11300)</w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
-[...5 lines deleted...]
-      <w:r w:rsidR="006C7B29">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to each cost </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>center</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7B29" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">include these revenues </w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>based on</w:t>
       </w:r>
-      <w:r w:rsidR="00021408">
+      <w:r w:rsidR="00021408" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>estim</w:t>
       </w:r>
-      <w:r w:rsidR="00021408">
+      <w:r w:rsidR="00021408" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ates </w:t>
       </w:r>
-      <w:r w:rsidR="008B4A54">
+      <w:r w:rsidR="008B4A54" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
-      <w:r w:rsidR="00635375">
+      <w:r w:rsidR="00635375" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">respective </w:t>
       </w:r>
-      <w:r w:rsidR="00020384">
+      <w:r w:rsidR="00020384" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">offices in their </w:t>
       </w:r>
-      <w:r w:rsidR="00EB2A3B">
+      <w:r w:rsidR="00EB2A3B" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>IWPs</w:t>
       </w:r>
-      <w:r w:rsidR="004A456A">
+      <w:r w:rsidR="004A456A" w:rsidRPr="23EAB4EE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="666C1D4C" w14:textId="77777777" w:rsidR="00740DEE" w:rsidRDefault="00740DEE" w:rsidP="00EC70E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CACCE2A" w14:textId="77777777" w:rsidR="00740DEE" w:rsidRPr="00EC70E1" w:rsidRDefault="00740DEE" w:rsidP="00EC70E1">
+    <w:p w14:paraId="5CACCE2A" w14:textId="2AB14AFE" w:rsidR="00740DEE" w:rsidRDefault="00740DEE" w:rsidP="00EC70E1">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC70E1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Spending of the ASLs issued from cost recovery income </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6E96BFAC" w14:textId="77777777" w:rsidR="008A7A70" w:rsidRPr="00EC70E1" w:rsidRDefault="008A7A70" w:rsidP="00EC70E1">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6E0E20" w14:textId="77777777" w:rsidR="00287711" w:rsidRDefault="00287711" w:rsidP="00287711">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE52C7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ffices should </w:t>
       </w:r>
       <w:r>
@@ -1669,130 +1855,130 @@
       <w:r w:rsidR="00DE52C7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">from one year to another, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>n general, cost recovery income should cover the following categories of costs</w:t>
       </w:r>
       <w:r w:rsidR="006A147C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED0A8A3" w14:textId="2E17F0CF" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00761AD4" w:rsidP="00405126">
+    <w:p w14:paraId="2ED0A8A3" w14:textId="2E17F0CF" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00761AD4" w:rsidP="005B31BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Personnel cost</w:t>
       </w:r>
       <w:r w:rsidR="005B7CAE">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for those involved in the management and related activities of Other Resources-funded projects or in providing transactional services to UN agencies</w:t>
       </w:r>
       <w:r w:rsidR="006A147C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E252A7" w14:textId="0B231F25" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00761AD4">
+    <w:p w14:paraId="15E252A7" w14:textId="0B231F25" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00761AD4" w:rsidP="005B31BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Operating expenditures attributable to personnel listed above</w:t>
       </w:r>
       <w:r w:rsidR="00394497">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2689978D" w14:textId="796EEBCE" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00CB3809">
+    <w:p w14:paraId="2689978D" w14:textId="796EEBCE" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00CB3809" w:rsidP="005B31BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="307"/>
-        <w:ind w:hanging="360"/>
+        <w:ind w:left="1350" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Capital </w:t>
       </w:r>
       <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">investments to enhance organizational effectiveness and capacity to execute current as well as </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">future </w:t>
       </w:r>
       <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -1860,289 +2046,218 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>be used for the purposes as per the issued ASL</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The following is an illustrative </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>listing of activities not eligible to be funded from XB income:</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2807">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CDDCD8" w14:textId="0708CC2E" w:rsidR="00FE4700" w:rsidRPr="00EF2807" w:rsidRDefault="00A806C0">
-      <w:pPr>
+    <w:p w14:paraId="02CDDCD8" w14:textId="0708CC2E" w:rsidR="00FE4700" w:rsidRPr="00FA6DE5" w:rsidRDefault="00A806C0" w:rsidP="00FA6DE5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:hanging="360"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Non-core Institutional budget ASLs </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
+      <w:r w:rsidR="00761AD4" w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
+      <w:r w:rsidR="00761AD4" w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
+      <w:r w:rsidR="00761AD4" w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> be utilized as bridge-gap funding or replacement for Other Resources contributions that were either cancelled or not provided in a timely fashion by donors; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9DF87A" w14:textId="0251AE1F" w:rsidR="00FE4700" w:rsidRDefault="00A806C0">
-      <w:pPr>
+    <w:p w14:paraId="2E9DF87A" w14:textId="0251AE1F" w:rsidR="00FE4700" w:rsidRDefault="00A806C0" w:rsidP="00FA6DE5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="270"/>
-        <w:ind w:hanging="360"/>
-[...7 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55131A68">
         <w:t xml:space="preserve">Non-core Institutional budget ASLs </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
+      <w:r w:rsidR="00761AD4" w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-GB"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t>be utilized as ‘seed money’ when no other programming funds are available, with the exception of the</w:t>
       </w:r>
-      <w:r w:rsidR="006D45DF">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006D45DF" w:rsidRPr="55131A68">
         <w:t xml:space="preserve"> pre-funding for DPC stand-alone project (Refer to POPP DPC implementation via a stand-alone project)</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="00EF2807">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D523666" w14:textId="77777777" w:rsidR="00E62F44" w:rsidRDefault="00216F75">
-      <w:pPr>
+    <w:p w14:paraId="7D523666" w14:textId="77777777" w:rsidR="00E62F44" w:rsidRPr="00FA6DE5" w:rsidRDefault="00216F75" w:rsidP="00FA6DE5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="3"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="270"/>
-        <w:ind w:hanging="360"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Non-core Institutional budget ASLs may not be transferred or used other than the management activities as approved in the annual</w:t>
       </w:r>
-      <w:r w:rsidR="00F21B0F">
+      <w:r w:rsidR="00F21B0F" w:rsidRPr="00FA6DE5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> IWP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EFE406" w14:textId="77777777" w:rsidR="00FE4700" w:rsidRPr="00EC70E1" w:rsidRDefault="00761AD4" w:rsidP="00EC70E1">
+    <w:p w14:paraId="06EFE406" w14:textId="305E701A" w:rsidR="00FE4700" w:rsidRPr="00EC70E1" w:rsidRDefault="00761AD4" w:rsidP="00EC70E1">
       <w:pPr>
         <w:spacing w:after="284"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC70E1">
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Accountability  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0B72FA" w14:textId="6E6BC34D" w:rsidR="00FE4700" w:rsidRPr="000B3DD2" w:rsidRDefault="00150FC4" w:rsidP="00EC70E1">
+    <w:p w14:paraId="3C0B72FA" w14:textId="6E6BC34D" w:rsidR="00FE4700" w:rsidRPr="000B3DD2" w:rsidRDefault="00150FC4" w:rsidP="55131A68">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="55131A68">
         <w:t>Each U</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">nit </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="55131A68">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve"> responsible for ensuring that </w:t>
       </w:r>
-      <w:r w:rsidR="003E669E" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E669E" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">its </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t>support requirements are clearly identified in their</w:t>
       </w:r>
-      <w:r w:rsidR="000A1576" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000A1576" w:rsidRPr="55131A68">
         <w:t xml:space="preserve"> IWP</w:t>
       </w:r>
-      <w:r w:rsidR="003E669E" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E669E" w:rsidRPr="55131A68">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0051666E" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0051666E" w:rsidRPr="55131A68">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E669E" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E669E" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">that its </w:t>
       </w:r>
-      <w:r w:rsidR="000A1576" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000A1576" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">management projects </w:t>
       </w:r>
-      <w:r w:rsidR="003E669E" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E669E" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">are also clearly defined with </w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">detail plans for utilization of XB </w:t>
       </w:r>
-      <w:r w:rsidR="009F7C53" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009F7C53" w:rsidRPr="55131A68">
         <w:t>allocations</w:t>
       </w:r>
-      <w:r w:rsidR="00761AD4" w:rsidRPr="000B3DD2">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00761AD4" w:rsidRPr="55131A68">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E46AE86" w14:textId="77777777" w:rsidR="000427EA" w:rsidRDefault="000427EA" w:rsidP="00483631">
       <w:pPr>
         <w:ind w:left="1053" w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A20C05" w14:textId="77777777" w:rsidR="0051666E" w:rsidRPr="000B3DD2" w:rsidRDefault="00F239C4" w:rsidP="00EC70E1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B3DD2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -2210,92 +2325,88 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> remain responsible for ensuring that funds are expended in accordance with principles identified in the policy section above. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D12889E" w14:textId="77777777" w:rsidR="000B3DD2" w:rsidRDefault="000B3DD2" w:rsidP="00483631">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B0FF9BA" w14:textId="77777777" w:rsidR="000B3DD2" w:rsidRDefault="000B3DD2" w:rsidP="00483631">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000B3DD2" w:rsidSect="00EF2807">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:sectPr w:rsidR="000B3DD2" w:rsidSect="00EA6293">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1172" w:right="1556" w:bottom="709" w:left="1702" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1172" w:right="1556" w:bottom="709" w:left="1702" w:header="720" w:footer="1000" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="505D6874" w14:textId="77777777" w:rsidR="00030D9D" w:rsidRDefault="00030D9D" w:rsidP="002721D8">
+    <w:p w14:paraId="62C8FF8C" w14:textId="77777777" w:rsidR="002C560F" w:rsidRDefault="002C560F" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17485A4B" w14:textId="77777777" w:rsidR="00030D9D" w:rsidRDefault="00030D9D" w:rsidP="002721D8">
+    <w:p w14:paraId="34B17506" w14:textId="77777777" w:rsidR="002C560F" w:rsidRDefault="002C560F" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -2349,67 +2460,57 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="241A0A31" w14:textId="77777777" w:rsidR="00EF2807" w:rsidRDefault="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1605C88E" w14:textId="11FB534D" w:rsidR="002721D8" w:rsidRDefault="00EF2807">
+  <w:p w14:paraId="1605C88E" w14:textId="7F5644A9" w:rsidR="002721D8" w:rsidRDefault="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CD3A86">
@@ -2447,146 +2548,130 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00CD3A86">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00EF2807">
       <w:t>Effective Date:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00400E38" w:rsidRPr="00400E38">
-      <w:t>01/01/2017</w:t>
+      <w:t>01/01/</w:t>
+    </w:r>
+    <w:r w:rsidR="004839D3">
+      <w:t>2026</w:t>
     </w:r>
     <w:r w:rsidR="00400E38" w:rsidRPr="00400E38">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00EF2807">
       <w:t>Version #:</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="POPPRefItemVersion"/>
         <w:tag w:val="UNDP_POPP_REFITEM_VERSION"/>
         <w:id w:val="-1642957778"/>
         <w:placeholder>
           <w:docPart w:val="88EE1D27F2B0413998309C000B388DFC"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/metadata/properties' xmlns:ns1='http://www.w3.org/2001/XMLSchema-instance' xmlns:ns2='http://schemas.microsoft.com/office/infopath/2007/PartnerControls' xmlns:ns3='8264c5cc-ec60-4b56-8111-ce635d3d139a' xmlns:ns4='e560140e-7b2f-4392-90df-e7567e3021a3' " w:xpath="/ns0:properties[1]/documentManagement[1]/ns3:UNDP_POPP_REFITEM_VERSION[1]" w:storeItemID="{0AE3453A-9882-4E93-BA2B-9C66064566A3}"/>
         <w:text/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="006C3A44">
-          <w:t>8</w:t>
+        <w:r w:rsidR="004839D3">
+          <w:t>9</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61ED90CC" w14:textId="77777777" w:rsidR="00030D9D" w:rsidRDefault="00030D9D" w:rsidP="002721D8">
+    <w:p w14:paraId="565A58B3" w14:textId="77777777" w:rsidR="002C560F" w:rsidRDefault="002C560F" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24F99092" w14:textId="77777777" w:rsidR="00030D9D" w:rsidRDefault="00030D9D" w:rsidP="002721D8">
+    <w:p w14:paraId="0753C44D" w14:textId="77777777" w:rsidR="002C560F" w:rsidRDefault="002C560F" w:rsidP="002721D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="772F3D5B" w14:textId="77777777" w:rsidR="00EF2807" w:rsidRDefault="00EF2807" w:rsidP="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09B01FDF" wp14:editId="718CD59C">
           <wp:extent cx="304800" cy="601980"/>
           <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-          <wp:docPr id="24" name="Picture 24"/>
+          <wp:docPr id="4" name="Picture 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="logo-undp-300.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect r="-18" b="14363"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="309373" cy="611011"/>
@@ -2597,62 +2682,52 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="6A51C584" w14:textId="77777777" w:rsidR="00EF2807" w:rsidRDefault="00EF2807" w:rsidP="00EF2807">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D2F058F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0F86D26"/>
     <w:lvl w:ilvl="0" w:tplc="D5A23668">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -3147,50 +3222,374 @@
     <w:lvl w:ilvl="8" w:tplc="C84A71CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="518C1D86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BDE221E6"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1053"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="520001FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1AF210FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66120943"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F66C1B16"/>
     <w:lvl w:ilvl="0" w:tplc="64801280">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
@@ -3358,361 +3757,563 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A04E3A32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="670762014">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79B43F00"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EB875D8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1413" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2133" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2853" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3573" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4293" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5013" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5733" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6453" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7173" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="355886281">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="57746105">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE4700"/>
     <w:rsid w:val="00003C50"/>
     <w:rsid w:val="00005354"/>
     <w:rsid w:val="000113D1"/>
     <w:rsid w:val="00014CFD"/>
     <w:rsid w:val="00020384"/>
     <w:rsid w:val="00021408"/>
     <w:rsid w:val="0002153C"/>
     <w:rsid w:val="0003005B"/>
     <w:rsid w:val="00030D9D"/>
     <w:rsid w:val="000427EA"/>
+    <w:rsid w:val="00061111"/>
+    <w:rsid w:val="00066E5F"/>
+    <w:rsid w:val="000709E5"/>
     <w:rsid w:val="00072D41"/>
+    <w:rsid w:val="000748A7"/>
     <w:rsid w:val="00077BD9"/>
     <w:rsid w:val="00082290"/>
+    <w:rsid w:val="000903D5"/>
     <w:rsid w:val="00092D49"/>
     <w:rsid w:val="000A1576"/>
     <w:rsid w:val="000A24C5"/>
+    <w:rsid w:val="000A54B3"/>
     <w:rsid w:val="000B3DD2"/>
     <w:rsid w:val="000C24D7"/>
     <w:rsid w:val="000E27D9"/>
     <w:rsid w:val="000F044C"/>
+    <w:rsid w:val="00103766"/>
     <w:rsid w:val="00106F94"/>
     <w:rsid w:val="00131E14"/>
     <w:rsid w:val="00150FC4"/>
+    <w:rsid w:val="0016328D"/>
     <w:rsid w:val="00171C85"/>
     <w:rsid w:val="00174E80"/>
     <w:rsid w:val="0017568D"/>
     <w:rsid w:val="001821C1"/>
     <w:rsid w:val="00187111"/>
+    <w:rsid w:val="00192F3F"/>
     <w:rsid w:val="00192F77"/>
     <w:rsid w:val="00193275"/>
     <w:rsid w:val="001A0BFB"/>
     <w:rsid w:val="001A1059"/>
     <w:rsid w:val="001A6B06"/>
     <w:rsid w:val="001B2B9A"/>
     <w:rsid w:val="001B437D"/>
+    <w:rsid w:val="001C37E4"/>
     <w:rsid w:val="001E4E2F"/>
+    <w:rsid w:val="001F3FC8"/>
     <w:rsid w:val="002137E7"/>
     <w:rsid w:val="00216F75"/>
     <w:rsid w:val="002319BF"/>
     <w:rsid w:val="00236143"/>
+    <w:rsid w:val="002458F9"/>
     <w:rsid w:val="002721D8"/>
     <w:rsid w:val="00273C2E"/>
+    <w:rsid w:val="0027581D"/>
+    <w:rsid w:val="00276466"/>
     <w:rsid w:val="00280EAB"/>
     <w:rsid w:val="00287711"/>
     <w:rsid w:val="00290839"/>
     <w:rsid w:val="00292AA7"/>
     <w:rsid w:val="00294930"/>
     <w:rsid w:val="0029713B"/>
     <w:rsid w:val="002C215B"/>
+    <w:rsid w:val="002C560F"/>
+    <w:rsid w:val="002D16AF"/>
     <w:rsid w:val="002E3F91"/>
     <w:rsid w:val="002F534E"/>
+    <w:rsid w:val="00304A92"/>
     <w:rsid w:val="00304BFB"/>
     <w:rsid w:val="0030750E"/>
     <w:rsid w:val="00324A90"/>
+    <w:rsid w:val="00331636"/>
     <w:rsid w:val="003364FC"/>
     <w:rsid w:val="00342A7B"/>
     <w:rsid w:val="003437B0"/>
     <w:rsid w:val="00350633"/>
     <w:rsid w:val="00355A45"/>
     <w:rsid w:val="00371213"/>
     <w:rsid w:val="003766C2"/>
     <w:rsid w:val="0038159F"/>
+    <w:rsid w:val="00393AFF"/>
     <w:rsid w:val="00394497"/>
     <w:rsid w:val="00394695"/>
     <w:rsid w:val="003A3D2F"/>
     <w:rsid w:val="003A5662"/>
     <w:rsid w:val="003B44AD"/>
     <w:rsid w:val="003C6722"/>
     <w:rsid w:val="003D4422"/>
     <w:rsid w:val="003E669E"/>
     <w:rsid w:val="003E6CAB"/>
     <w:rsid w:val="003F2C97"/>
     <w:rsid w:val="004009ED"/>
+    <w:rsid w:val="00400BC4"/>
     <w:rsid w:val="00400E38"/>
     <w:rsid w:val="00401886"/>
+    <w:rsid w:val="00404837"/>
     <w:rsid w:val="00405126"/>
     <w:rsid w:val="00405835"/>
     <w:rsid w:val="00412E71"/>
     <w:rsid w:val="00413ACA"/>
+    <w:rsid w:val="00422258"/>
     <w:rsid w:val="004540EE"/>
     <w:rsid w:val="004733DB"/>
     <w:rsid w:val="00473989"/>
     <w:rsid w:val="00483631"/>
+    <w:rsid w:val="004839D3"/>
+    <w:rsid w:val="00483AEF"/>
     <w:rsid w:val="00484EBB"/>
     <w:rsid w:val="004A456A"/>
     <w:rsid w:val="004A6877"/>
+    <w:rsid w:val="004B2503"/>
     <w:rsid w:val="004B2C5B"/>
     <w:rsid w:val="004B5ED8"/>
     <w:rsid w:val="004C793A"/>
     <w:rsid w:val="004D3EEF"/>
     <w:rsid w:val="004E4701"/>
+    <w:rsid w:val="005117C8"/>
     <w:rsid w:val="00515FB4"/>
     <w:rsid w:val="0051666E"/>
     <w:rsid w:val="0052400B"/>
     <w:rsid w:val="00524DC2"/>
     <w:rsid w:val="00526FB3"/>
     <w:rsid w:val="0054400B"/>
     <w:rsid w:val="0057447B"/>
     <w:rsid w:val="00577116"/>
+    <w:rsid w:val="005777AE"/>
+    <w:rsid w:val="0057785F"/>
     <w:rsid w:val="00597C4B"/>
     <w:rsid w:val="00597DC0"/>
+    <w:rsid w:val="005B31BF"/>
     <w:rsid w:val="005B7CAE"/>
     <w:rsid w:val="005C3A0F"/>
     <w:rsid w:val="005C41DA"/>
     <w:rsid w:val="005D08D4"/>
     <w:rsid w:val="005D22EA"/>
     <w:rsid w:val="00602F4B"/>
     <w:rsid w:val="00603C90"/>
     <w:rsid w:val="00614AFD"/>
     <w:rsid w:val="00614F7D"/>
     <w:rsid w:val="00616D5A"/>
     <w:rsid w:val="00635375"/>
     <w:rsid w:val="006374D0"/>
     <w:rsid w:val="00640BA3"/>
     <w:rsid w:val="00642E70"/>
+    <w:rsid w:val="006430AF"/>
+    <w:rsid w:val="006432CE"/>
     <w:rsid w:val="0067071E"/>
+    <w:rsid w:val="006773FC"/>
     <w:rsid w:val="00685D89"/>
     <w:rsid w:val="006865D1"/>
     <w:rsid w:val="00686BD1"/>
     <w:rsid w:val="006A147C"/>
     <w:rsid w:val="006A3C95"/>
     <w:rsid w:val="006C3A44"/>
+    <w:rsid w:val="006C4CA3"/>
     <w:rsid w:val="006C5465"/>
     <w:rsid w:val="006C7B29"/>
     <w:rsid w:val="006D45DF"/>
     <w:rsid w:val="00713B7B"/>
     <w:rsid w:val="00722FAE"/>
+    <w:rsid w:val="00724F13"/>
+    <w:rsid w:val="007251C7"/>
     <w:rsid w:val="00740DEE"/>
+    <w:rsid w:val="007525BB"/>
     <w:rsid w:val="00761AD4"/>
     <w:rsid w:val="00766B7D"/>
     <w:rsid w:val="007835FC"/>
     <w:rsid w:val="00787CD0"/>
     <w:rsid w:val="007924AE"/>
     <w:rsid w:val="0079635B"/>
+    <w:rsid w:val="007D7427"/>
     <w:rsid w:val="007F0E97"/>
     <w:rsid w:val="00803961"/>
     <w:rsid w:val="00823B7A"/>
     <w:rsid w:val="0082635F"/>
     <w:rsid w:val="00830093"/>
     <w:rsid w:val="00831243"/>
     <w:rsid w:val="00857962"/>
     <w:rsid w:val="00861E20"/>
+    <w:rsid w:val="00887289"/>
     <w:rsid w:val="00887331"/>
     <w:rsid w:val="008915FE"/>
+    <w:rsid w:val="008A7A70"/>
+    <w:rsid w:val="008B33AB"/>
     <w:rsid w:val="008B4A54"/>
     <w:rsid w:val="008D1E0E"/>
     <w:rsid w:val="008F2755"/>
+    <w:rsid w:val="008F69FE"/>
     <w:rsid w:val="009002DC"/>
     <w:rsid w:val="009227FF"/>
+    <w:rsid w:val="00931828"/>
     <w:rsid w:val="00936016"/>
     <w:rsid w:val="00943ECF"/>
     <w:rsid w:val="00961B3D"/>
     <w:rsid w:val="00975CAA"/>
     <w:rsid w:val="00985D45"/>
+    <w:rsid w:val="00996C32"/>
     <w:rsid w:val="00996EA7"/>
     <w:rsid w:val="009A330D"/>
+    <w:rsid w:val="009B48FC"/>
     <w:rsid w:val="009B6248"/>
     <w:rsid w:val="009D61B9"/>
     <w:rsid w:val="009E03B7"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="009F285E"/>
     <w:rsid w:val="009F7C53"/>
     <w:rsid w:val="00A05283"/>
     <w:rsid w:val="00A07CB5"/>
     <w:rsid w:val="00A13577"/>
     <w:rsid w:val="00A50103"/>
+    <w:rsid w:val="00A512DC"/>
+    <w:rsid w:val="00A61857"/>
     <w:rsid w:val="00A646EB"/>
     <w:rsid w:val="00A74B61"/>
     <w:rsid w:val="00A74E1B"/>
     <w:rsid w:val="00A7774F"/>
     <w:rsid w:val="00A806C0"/>
+    <w:rsid w:val="00A848A9"/>
+    <w:rsid w:val="00A92A14"/>
     <w:rsid w:val="00A95EFE"/>
     <w:rsid w:val="00A96DF4"/>
     <w:rsid w:val="00AC0876"/>
+    <w:rsid w:val="00AC095F"/>
     <w:rsid w:val="00AD6A46"/>
     <w:rsid w:val="00AE1FE5"/>
     <w:rsid w:val="00B23ACB"/>
     <w:rsid w:val="00B25F4B"/>
     <w:rsid w:val="00B46D4C"/>
     <w:rsid w:val="00B6499F"/>
     <w:rsid w:val="00B82734"/>
+    <w:rsid w:val="00B833DD"/>
+    <w:rsid w:val="00B85CD7"/>
     <w:rsid w:val="00B872CF"/>
     <w:rsid w:val="00BA3B63"/>
     <w:rsid w:val="00BB1525"/>
     <w:rsid w:val="00BC2D46"/>
     <w:rsid w:val="00BC542F"/>
     <w:rsid w:val="00BC5431"/>
     <w:rsid w:val="00BD05D0"/>
     <w:rsid w:val="00BD0893"/>
+    <w:rsid w:val="00BD2C1F"/>
     <w:rsid w:val="00BD4192"/>
     <w:rsid w:val="00BF19DB"/>
     <w:rsid w:val="00C45566"/>
     <w:rsid w:val="00C466DC"/>
     <w:rsid w:val="00C925C8"/>
     <w:rsid w:val="00CA4888"/>
     <w:rsid w:val="00CB0F0D"/>
     <w:rsid w:val="00CB3809"/>
     <w:rsid w:val="00CC4A1E"/>
     <w:rsid w:val="00CD3A86"/>
     <w:rsid w:val="00CD454B"/>
     <w:rsid w:val="00CD765C"/>
     <w:rsid w:val="00CE3DA0"/>
     <w:rsid w:val="00D127B6"/>
     <w:rsid w:val="00D16466"/>
+    <w:rsid w:val="00D358C4"/>
     <w:rsid w:val="00D409CD"/>
     <w:rsid w:val="00D508BA"/>
+    <w:rsid w:val="00D558A0"/>
     <w:rsid w:val="00D56A27"/>
     <w:rsid w:val="00D769E7"/>
+    <w:rsid w:val="00D87283"/>
     <w:rsid w:val="00D94EA6"/>
+    <w:rsid w:val="00DA3D9C"/>
     <w:rsid w:val="00DB7F3F"/>
     <w:rsid w:val="00DC0062"/>
+    <w:rsid w:val="00DC0B3D"/>
     <w:rsid w:val="00DE52C7"/>
     <w:rsid w:val="00E04B65"/>
     <w:rsid w:val="00E52171"/>
     <w:rsid w:val="00E551CE"/>
     <w:rsid w:val="00E56E44"/>
     <w:rsid w:val="00E62F44"/>
     <w:rsid w:val="00E63605"/>
     <w:rsid w:val="00E80303"/>
     <w:rsid w:val="00EA215A"/>
+    <w:rsid w:val="00EA6293"/>
     <w:rsid w:val="00EA726B"/>
+    <w:rsid w:val="00EB1A64"/>
     <w:rsid w:val="00EB2A3B"/>
     <w:rsid w:val="00EC70E1"/>
+    <w:rsid w:val="00EF10E1"/>
     <w:rsid w:val="00EF2807"/>
     <w:rsid w:val="00EF3FFC"/>
+    <w:rsid w:val="00EF4CA2"/>
     <w:rsid w:val="00F00D38"/>
     <w:rsid w:val="00F21B0F"/>
     <w:rsid w:val="00F220E3"/>
     <w:rsid w:val="00F239C4"/>
     <w:rsid w:val="00F431F3"/>
+    <w:rsid w:val="00F45D68"/>
+    <w:rsid w:val="00F6222E"/>
     <w:rsid w:val="00F6239B"/>
     <w:rsid w:val="00F72EC5"/>
+    <w:rsid w:val="00F81395"/>
     <w:rsid w:val="00F9597F"/>
     <w:rsid w:val="00FA0345"/>
+    <w:rsid w:val="00FA6DE5"/>
     <w:rsid w:val="00FC381F"/>
+    <w:rsid w:val="00FC3B29"/>
     <w:rsid w:val="00FE4700"/>
+    <w:rsid w:val="00FE4871"/>
     <w:rsid w:val="00FF155E"/>
+    <w:rsid w:val="062DA454"/>
+    <w:rsid w:val="10C0B0F9"/>
+    <w:rsid w:val="15595A32"/>
+    <w:rsid w:val="23EAB4EE"/>
+    <w:rsid w:val="2F441010"/>
+    <w:rsid w:val="31BE4C2D"/>
+    <w:rsid w:val="35C05207"/>
+    <w:rsid w:val="55131A68"/>
+    <w:rsid w:val="716F8CAF"/>
+    <w:rsid w:val="71C230EC"/>
+    <w:rsid w:val="7F48E817"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0DDB2C9C"/>
-  <w15:docId w15:val="{6A4260E1-AB9C-483C-87C9-7F8F1D6B8857}"/>
+  <w15:docId w15:val="{DE5050D6-F1F9-40B8-9A0E-FF37CE4F1077}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4301,159 +4902,180 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00614AFD"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0067071E"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0067071E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0067071E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0067071E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0067071E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F3FC8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D358C4"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intranet.undp.org/unit/ofrm/_layouts/15/WopiFrame.aspx?sourcedoc=/unit/ofrm/Financial%20Resource%20Management%20Policies/Communication/Administrator%27s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20-23-08-16.pdf&amp;action=default" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/:b:/r/teams/OFM/Shared%20Documents/PDI%20-%20Costing%20and%20Cost%20Recovery%20Documents/GMS/Administrator%27s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20-23-08-16.pdf?csf=1&amp;web=1&amp;e=27SqjV" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/teams/OFM/Shared%20Documents/Forms/AllItems.aspx?id=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS%2FAdministrator%27s%202016%20Letter%20on%20%20Improved%20Planning%20and%20Budgeting%20Approach%20%2D23%2D08%2D16%2Epdf&amp;parent=%2Fteams%2FOFM%2FShared%20Documents%2FPDI%20%2D%20Costing%20and%20Cost%20Recovery%20Documents%2FGMS" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://popp.undp.org/node/11671" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="88EE1D27F2B0413998309C000B388DFC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8F0A278-0D71-4692-8D93-72F1DC58729C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004F465C" w:rsidRDefault="00DA3D9C">
           <w:r w:rsidRPr="008651F4">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>[POPPRefItemVersion]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4503,132 +5125,146 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="DE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
-  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA3D9C"/>
+    <w:rsid w:val="00062272"/>
+    <w:rsid w:val="000709E5"/>
     <w:rsid w:val="000F40C0"/>
+    <w:rsid w:val="00311F08"/>
     <w:rsid w:val="003126F2"/>
     <w:rsid w:val="004F465C"/>
+    <w:rsid w:val="005117C8"/>
     <w:rsid w:val="00512F61"/>
+    <w:rsid w:val="0057785F"/>
     <w:rsid w:val="005C3A0F"/>
+    <w:rsid w:val="005F7C01"/>
+    <w:rsid w:val="006430AF"/>
+    <w:rsid w:val="006432CE"/>
     <w:rsid w:val="0064375D"/>
+    <w:rsid w:val="00720890"/>
     <w:rsid w:val="00810A99"/>
     <w:rsid w:val="008408E9"/>
     <w:rsid w:val="00885725"/>
+    <w:rsid w:val="009B48FC"/>
+    <w:rsid w:val="009E7884"/>
+    <w:rsid w:val="00A17D9B"/>
+    <w:rsid w:val="00AB107D"/>
     <w:rsid w:val="00B9161E"/>
     <w:rsid w:val="00B92FBC"/>
     <w:rsid w:val="00C87FC0"/>
+    <w:rsid w:val="00CB56F2"/>
+    <w:rsid w:val="00D558A0"/>
+    <w:rsid w:val="00D87283"/>
+    <w:rsid w:val="00D93966"/>
     <w:rsid w:val="00DA3D9C"/>
     <w:rsid w:val="00DE2CFE"/>
+    <w:rsid w:val="00E3249B"/>
     <w:rsid w:val="00E54E84"/>
+    <w:rsid w:val="00EE2477"/>
+    <w:rsid w:val="00F44483"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5023,51 +5659,51 @@
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA3D9C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5330,379 +5966,222 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <UNDP_POPP_BUSINESSPROCESS_HIDDEN xmlns="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <TaxCatchAll xmlns="7ef5284c-a724-486d-9c6e-6b46d35db2dd" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9c9e5014-7273-40ba-95fc-e628b777c505">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    </UNDP_POPP_BUSINESSPROCESS_HIDDEN>
-[...41 lines deleted...]
-    </_dlc_DocIdUrl>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="UNDP_POPP_DOCUMENTLIB_CONTENTTYPE" ma:contentTypeID="0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6be656cb1c163ecae2ba3479e659beb4">
-[...3 lines deleted...]
-    <xsd:import namespace="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C70F24FAA7BA5249BDEB0641E59DC52A" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d971145f1b56e9c13361b9e0ab868cd7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c9e5014-7273-40ba-95fc-e628b777c505" xmlns:ns3="7ef5284c-a724-486d-9c6e-6b46d35db2dd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f55cf61d224918266b7d54861f14722c" ns2:_="" ns3:_="">
+    <xsd:import namespace="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <xsd:import namespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:UNDP_POPP_TITLE_EN" minOccurs="0"/>
-[...26 lines deleted...]
-                <xsd:element ref="ns3:POPPIsArchived" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c9e5014-7273-40ba-95fc-e628b777c505" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_Exempt" ma:index="30" nillable="true" ma:displayName="Exempt from Policy" ma:hidden="true" ma:internalName="_dlc_Exempt" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="UNDP_POPP_TITLE_EN" ma:index="1" nillable="true" ma:displayName="Title_EN" ma:indexed="true" ma:internalName="UNDP_POPP_TITLE_EN">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f8ebb0a5-c57d-4c3a-bec7-8a38252dd05c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FOCALPOINT" ma:index="3" nillable="true" ma:displayName="Focal Point" ma:SharePointGroup="0" ma:internalName="UNDP_POPP_FOCALPOINT" ma:showField="ImnName">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ef5284c-a724-486d-9c6e-6b46d35db2dd" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_DOCUMENT_TYPE" ma:index="5" ma:displayName="Document TYPE" ma:default="Template" ma:format="Dropdown" ma:indexed="true" ma:internalName="UNDP_POPP_DOCUMENT_TYPE" ma:readOnly="false">
-[...29 lines deleted...]
-    <xsd:element name="UNDP_POPP_VERSION_COMMENTS" ma:index="9" nillable="true" ma:displayName="Version Comments" ma:internalName="UNDP_POPP_VERSION_COMMENTS">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="UNDP_POPP_FILEVERSION" ma:index="10" nillable="true" ma:displayName="FileVersionID" ma:decimals="0" ma:internalName="UNDP_POPP_FILEVERSION">
-[...21 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ee792a02-1c68-437d-afee-526d4eee3bde}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="8264c5cc-ec60-4b56-8111-ce635d3d139a">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{795fc9f7-b0fa-4401-b58e-16dde1209691}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="7ef5284c-a724-486d-9c6e-6b46d35db2dd">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...100 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="24" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5748,255 +6227,167 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...29 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-[...46 lines deleted...]
-</spe:Receivers>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AE3453A-9882-4E93-BA2B-9C66064566A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="8264c5cc-ec60-4b56-8111-ce635d3d139a"/>
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5C5749E-AB07-444D-A50D-ADBB987EC7AF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37FDC019-C5B7-4983-9E13-EB92FA06718C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="e560140e-7b2f-4392-90df-e7567e3021a3"/>
+    <ds:schemaRef ds:uri="9c9e5014-7273-40ba-95fc-e628b777c505"/>
+    <ds:schemaRef ds:uri="7ef5284c-a724-486d-9c6e-6b46d35db2dd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B8226ED-35B4-4B40-A633-5EE7CD770A29}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAA185AF-693A-44C7-B8D0-3BCA7903626D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>986</Words>
-  <Characters>5622</Characters>
+  <Words>1053</Words>
+  <Characters>6003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6595</CharactersWithSpaces>
+  <CharactersWithSpaces>7042</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010061FF32BFFC2B4E50A3A86F4682D7D367007687F3382310C0489D2A99E053BA6D39</vt:lpwstr>
+    <vt:lpwstr>0x010100C70F24FAA7BA5249BDEB0641E59DC52A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>84b3788f-78c4-47d4-9f49-84375d61cab8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UNDP_POPP_BUSINESSUNIT">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="POPPBusinessProcess">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="UNDP_POPP_BUSINESSPROCESS_HIDDEN">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TaxCatchAll">
     <vt:lpwstr>350;#Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="l0e6ef0c43e74560bd7f3acd1f5e8571">
     <vt:lpwstr>Financial Resources Management|682d4c54-a288-412d-bfec-ce5587bbd25c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLCPolicyLabelValue">
     <vt:lpwstr>Effective Date: {Effective Date}                                                Version #: {POPPRefItemVersion}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>